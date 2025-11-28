--- v0 (2025-10-17)
+++ v1 (2025-11-28)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27425"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Marketing.Dep\Website\eastview.com\Products\8_Product Title Lists\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\Websites\eastview.com\Products\8_Product Title Lists\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BDCB8C89-C7E9-49FF-BCEC-FCC175B5E7FB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D942FDF5-7BD6-4E6A-90E6-BFF52772A966}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-98" yWindow="-98" windowWidth="21376" windowHeight="14595" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="27180" windowHeight="16440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="59">
   <si>
     <t>Publication Title</t>
   </si>
   <si>
     <t>Publication Title-Transliteration</t>
   </si>
   <si>
     <t>ISSN</t>
   </si>
   <si>
@@ -197,61 +197,61 @@
   <si>
     <t>Letapis hazetnykh artykulaў</t>
   </si>
   <si>
     <t>Летапiс газетных артыкулаў</t>
   </si>
   <si>
     <t>Contents of UDB-BIB-BEL (Belarusian National Bibliography)</t>
   </si>
   <si>
     <t>Беларусь у сусветным друку</t>
   </si>
   <si>
     <t>Belarus' u susvetnym druku</t>
   </si>
   <si>
     <t>Belarus in the World Press</t>
   </si>
   <si>
     <t>0207-9003</t>
   </si>
   <si>
     <t>https://dlib.eastview.com/browse/publication/526986</t>
   </si>
   <si>
-    <t>Ceased</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">from 2014 included in Knizhny letapis </t>
+  </si>
+  <si>
+    <t>Suspended</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -262,50 +262,57 @@
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
@@ -321,55 +328,56 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="22">
+  <cellXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -381,57 +389,55 @@
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Обычный 2 2" xfId="2" xr:uid="{6688912F-FB50-4A03-9B25-3D92F0113281}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
@@ -758,481 +764,481 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dlib.eastview.com/browse/publication/402186" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dlib.eastview.com/browse/publication/397646" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dlib.eastview.com/browse/publication/402226" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dlib.eastview.com/browse/publication/397666" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dlib.eastview.com/browse/publication/397606" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dlib.eastview.com/browse/publication/402206" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dlib.eastview.com/browse/publication/397586" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dlib.eastview.com/browse/publication/397566" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dlib.eastview.com/browse/publication/402186" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:L16"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A6" sqref="A6"/>
+    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="A17" sqref="A17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="37.1328125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="15.1328125" customWidth="1"/>
+    <col min="1" max="1" width="37.140625" customWidth="1"/>
+    <col min="2" max="2" width="33.5703125" customWidth="1"/>
+    <col min="3" max="3" width="35.42578125" customWidth="1"/>
+    <col min="4" max="4" width="15.140625" customWidth="1"/>
     <col min="5" max="5" width="11" customWidth="1"/>
-    <col min="6" max="6" width="19.265625" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="11" max="11" width="15.265625" customWidth="1"/>
+    <col min="6" max="6" width="19.28515625" customWidth="1"/>
+    <col min="7" max="7" width="12.7109375" customWidth="1"/>
+    <col min="8" max="8" width="10.7109375" customWidth="1"/>
+    <col min="9" max="9" width="11.7109375" customWidth="1"/>
+    <col min="10" max="10" width="49.85546875" customWidth="1"/>
+    <col min="11" max="11" width="15.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="13.05" customHeight="1" x14ac:dyDescent="0.65">
+    <row r="1" spans="1:12" ht="13.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="2"/>
       <c r="F1" s="3"/>
       <c r="H1" s="3"/>
       <c r="J1" s="4"/>
       <c r="K1" s="3"/>
     </row>
-    <row r="2" spans="1:12" ht="22.9" x14ac:dyDescent="0.65">
+    <row r="2" spans="1:12" ht="23.25" x14ac:dyDescent="0.35">
       <c r="A2" s="1"/>
       <c r="B2" s="7" t="s">
         <v>51</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="2"/>
       <c r="F2" s="2"/>
       <c r="H2" s="3"/>
       <c r="J2" s="4"/>
       <c r="K2" s="3"/>
     </row>
-    <row r="3" spans="1:12" ht="13.05" customHeight="1" x14ac:dyDescent="0.65">
+    <row r="3" spans="1:12" ht="13.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="2"/>
       <c r="F3" s="2"/>
       <c r="H3" s="3"/>
       <c r="J3" s="4"/>
       <c r="K3" s="3"/>
     </row>
-    <row r="4" spans="1:12" ht="13.05" customHeight="1" x14ac:dyDescent="0.65">
+    <row r="4" spans="1:12" ht="13.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="2"/>
       <c r="F4" s="2"/>
       <c r="H4" s="3"/>
       <c r="J4" s="4"/>
       <c r="K4" s="3"/>
     </row>
-    <row r="5" spans="1:12" ht="13.05" customHeight="1" x14ac:dyDescent="0.65">
+    <row r="5" spans="1:12" ht="13.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
       <c r="D5" s="2"/>
       <c r="F5" s="2"/>
       <c r="H5" s="3"/>
       <c r="J5" s="4"/>
       <c r="K5" s="3"/>
     </row>
-    <row r="6" spans="1:12" ht="13.05" customHeight="1" x14ac:dyDescent="0.65">
+    <row r="6" spans="1:12" ht="13.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="6"/>
       <c r="B6" s="1"/>
       <c r="C6" s="1"/>
       <c r="D6" s="5"/>
       <c r="F6" s="3"/>
       <c r="H6" s="3"/>
       <c r="J6" s="4"/>
       <c r="K6" s="3"/>
     </row>
-    <row r="7" spans="1:12" s="19" customFormat="1" ht="26.25" x14ac:dyDescent="0.4">
+    <row r="7" spans="1:12" s="19" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A7" s="16" t="s">
         <v>0</v>
       </c>
       <c r="B7" s="16" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="16" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="16" t="s">
         <v>2</v>
       </c>
       <c r="E7" s="16" t="s">
         <v>3</v>
       </c>
       <c r="F7" s="17" t="s">
         <v>4</v>
       </c>
       <c r="G7" s="16" t="s">
         <v>5</v>
       </c>
       <c r="H7" s="16" t="s">
         <v>6</v>
       </c>
       <c r="I7" s="16" t="s">
         <v>7</v>
       </c>
       <c r="J7" s="18" t="s">
         <v>8</v>
       </c>
       <c r="K7" s="17" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="8" spans="1:12" s="19" customFormat="1" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:12" s="19" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A8" s="8" t="s">
         <v>30</v>
       </c>
       <c r="B8" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>19</v>
       </c>
       <c r="D8" s="10" t="s">
         <v>17</v>
       </c>
       <c r="E8" s="10">
         <v>12</v>
       </c>
       <c r="F8" s="10" t="s">
         <v>47</v>
       </c>
       <c r="G8" s="10" t="s">
         <v>15</v>
       </c>
       <c r="H8" s="10">
         <v>1993</v>
       </c>
       <c r="I8" s="10">
         <v>2023</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="10" t="s">
         <v>10</v>
       </c>
       <c r="L8" s="20"/>
     </row>
-    <row r="9" spans="1:12" s="19" customFormat="1" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:12" s="19" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A9" s="8" t="s">
         <v>31</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>35</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>23</v>
       </c>
       <c r="D9" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E9" s="12">
         <v>1</v>
       </c>
       <c r="F9" s="10" t="s">
         <v>47</v>
       </c>
       <c r="G9" s="10" t="s">
         <v>15</v>
       </c>
       <c r="H9" s="10">
         <v>2007</v>
       </c>
       <c r="I9" s="10">
         <v>2023</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="10" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="10" spans="1:12" s="19" customFormat="1" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:12" s="19" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A10" s="8" t="s">
         <v>50</v>
       </c>
       <c r="B10" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>20</v>
       </c>
       <c r="D10" s="14" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10">
         <v>12</v>
       </c>
       <c r="F10" s="10" t="s">
         <v>47</v>
       </c>
       <c r="G10" s="10" t="s">
         <v>15</v>
       </c>
       <c r="H10" s="10">
         <v>1995</v>
       </c>
       <c r="I10" s="10">
         <v>2023</v>
       </c>
       <c r="J10" s="15" t="s">
         <v>22</v>
       </c>
       <c r="K10" s="10" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="11" spans="1:12" s="19" customFormat="1" ht="38.25" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:12" s="19" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A11" s="8" t="s">
         <v>38</v>
       </c>
       <c r="B11" s="8" t="s">
         <v>39</v>
       </c>
       <c r="C11" s="8" t="s">
         <v>41</v>
       </c>
       <c r="D11" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E11" s="12">
         <v>1</v>
       </c>
       <c r="F11" s="10" t="s">
         <v>47</v>
       </c>
       <c r="G11" s="10" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="12">
         <v>2007</v>
       </c>
       <c r="I11" s="12">
         <v>2013</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>42</v>
       </c>
-      <c r="K11" s="21" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="1:12" s="19" customFormat="1" ht="12.75" x14ac:dyDescent="0.35">
+      <c r="K11" s="10" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" s="19" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A12" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>14</v>
       </c>
       <c r="D12" s="10" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="10">
         <v>12</v>
       </c>
       <c r="F12" s="10" t="s">
         <v>47</v>
       </c>
       <c r="G12" s="10" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="10">
         <v>1996</v>
       </c>
       <c r="I12" s="10">
         <v>2023</v>
       </c>
       <c r="J12" s="11" t="s">
         <v>16</v>
       </c>
-      <c r="K12" s="21" t="s">
+      <c r="K12" s="10" t="s">
         <v>10</v>
       </c>
       <c r="L12" s="20"/>
     </row>
-    <row r="13" spans="1:12" s="19" customFormat="1" ht="38.25" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:12" s="19" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A13" s="8" t="s">
         <v>43</v>
       </c>
       <c r="B13" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>45</v>
       </c>
       <c r="D13" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E13" s="12">
         <v>1</v>
       </c>
       <c r="F13" s="10" t="s">
         <v>47</v>
       </c>
       <c r="G13" s="10" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="12">
         <v>2007</v>
       </c>
       <c r="I13" s="12">
         <v>2013</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>46</v>
       </c>
-      <c r="K13" s="21" t="s">
-[...3 lines deleted...]
-    <row r="14" spans="1:12" s="19" customFormat="1" ht="38.25" x14ac:dyDescent="0.35">
+      <c r="K13" s="10" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" s="19" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A14" s="8" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="8" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>40</v>
       </c>
       <c r="D14" s="10" t="s">
         <v>24</v>
       </c>
       <c r="E14" s="12">
         <v>1</v>
       </c>
       <c r="F14" s="10" t="s">
         <v>47</v>
       </c>
       <c r="G14" s="10" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="12">
         <v>2007</v>
       </c>
       <c r="I14" s="12">
         <v>2013</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>29</v>
       </c>
-      <c r="K14" s="21" t="s">
-[...3 lines deleted...]
-    <row r="15" spans="1:12" s="19" customFormat="1" ht="25.5" x14ac:dyDescent="0.35">
+      <c r="K14" s="10" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" s="19" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A15" s="8" t="s">
         <v>32</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>26</v>
       </c>
       <c r="D15" s="10" t="s">
         <v>25</v>
       </c>
       <c r="E15" s="12">
         <v>1</v>
       </c>
       <c r="F15" s="10" t="s">
         <v>47</v>
       </c>
       <c r="G15" s="10" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="12">
         <v>1996</v>
       </c>
       <c r="I15" s="12">
         <v>2022</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="10" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="16" spans="1:12" s="19" customFormat="1" ht="12.75" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:12" s="19" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A16" s="8" t="s">
         <v>52</v>
       </c>
       <c r="B16" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>54</v>
       </c>
       <c r="D16" s="10" t="s">
         <v>55</v>
       </c>
       <c r="E16" s="12">
         <v>4</v>
       </c>
       <c r="F16" s="10" t="s">
         <v>47</v>
       </c>
       <c r="G16" s="10" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="12">
         <v>2005</v>
       </c>
       <c r="I16" s="12">
         <v>2017</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K16" s="12" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:L15">
     <sortCondition ref="A8:A15"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="J8" r:id="rId1" xr:uid="{48666337-8D95-4C0D-B804-E97E6092EF91}"/>
     <hyperlink ref="J15" r:id="rId2" xr:uid="{12B27B0D-9DD2-44B5-992F-0D84BF2CFBE4}"/>
     <hyperlink ref="J9" r:id="rId3" xr:uid="{17446C5E-FEA6-4943-BDF0-CAAA9D870FF7}"/>
     <hyperlink ref="J10" r:id="rId4" xr:uid="{03EA266B-16DD-409B-9A24-A39EAACFE79B}"/>
     <hyperlink ref="J12" r:id="rId5" xr:uid="{B70A1AC6-5263-4777-B4F1-DE7DA9DC1EE7}"/>
     <hyperlink ref="J14" r:id="rId6" xr:uid="{EE73C67D-78BB-4034-B5E8-1D8F91853310}"/>
     <hyperlink ref="J11" r:id="rId7" xr:uid="{1807F7F3-79B7-4B74-9037-1A4F37CF77DB}"/>
     <hyperlink ref="J13" r:id="rId8" xr:uid="{EB1DB746-BF1B-49B5-8520-CD0C7D01E4C7}"/>
     <hyperlink ref="J16" r:id="rId9" display="https://dlib.eastview.com/browse/publication/402186" xr:uid="{63E66624-0B54-454F-ABB5-C9AE09032401}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId10"/>
   <drawing r:id="rId11"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">