--- v0 (2025-10-18)
+++ v1 (2025-11-08)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\Websites\eastview.com\Products\8_Product Title Lists\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BFE60376-6A3C-4575-BE29-9BE9E423D80A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{4953C7BC-8F0D-4A6A-8DC1-2A3AD1FA38D3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-98" yWindow="-98" windowWidth="21376" windowHeight="14595" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ASI 2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ASI 2025'!$A$7:$J$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="57">
   <si>
     <t>City</t>
   </si>
   <si>
     <t>Language</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Publication Title</t>
   </si>
   <si>
     <t>Archive Start</t>
   </si>
   <si>
     <t>Archive End</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Russian</t>
   </si>
   <si>
@@ -200,50 +200,53 @@
     <t>Czech Republic</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
     <t>Taipei</t>
   </si>
   <si>
     <t>Contents of Global Press Archive Area Studies Initiative 2025 Offer</t>
   </si>
   <si>
     <t>https://gpa.eastview.com/esto/</t>
   </si>
   <si>
     <t>https://gpa.eastview.com/iepda/</t>
   </si>
   <si>
     <t>https://gpa.eastview.com/emjh/</t>
   </si>
   <si>
     <t>https://gpa.eastview.com/abfs/</t>
   </si>
   <si>
     <t>https://gpa.eastview.com/jdda/</t>
+  </si>
+  <si>
+    <t>https://gpa.eastview.com/ssda/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1228,465 +1231,465 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A2:K27"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="J27" sqref="J27"/>
+      <selection activeCell="A17" sqref="A17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
-    <col min="1" max="1" width="37.85546875" customWidth="1"/>
-    <col min="2" max="2" width="35.140625" customWidth="1"/>
+    <col min="1" max="1" width="37.86328125" customWidth="1"/>
+    <col min="2" max="2" width="35.1328125" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
-    <col min="4" max="4" width="17.5703125" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="11" max="11" width="34.42578125" customWidth="1"/>
+    <col min="4" max="4" width="17.59765625" customWidth="1"/>
+    <col min="5" max="5" width="24.73046875" style="7" customWidth="1"/>
+    <col min="6" max="6" width="13.265625" style="7" customWidth="1"/>
+    <col min="7" max="7" width="21.1328125" style="7" customWidth="1"/>
+    <col min="8" max="8" width="21.86328125" customWidth="1"/>
+    <col min="9" max="9" width="19.1328125" customWidth="1"/>
+    <col min="10" max="10" width="38.3984375" style="4" customWidth="1"/>
+    <col min="11" max="11" width="34.3984375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:11" ht="23.25" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:11" ht="22.5" x14ac:dyDescent="0.6">
       <c r="C2" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D2" s="2"/>
     </row>
-    <row r="7" spans="1:11" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:11" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A7" s="13" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="14" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="14" t="s">
         <v>0</v>
       </c>
       <c r="E7" s="14" t="s">
         <v>6</v>
       </c>
       <c r="F7" s="14" t="s">
         <v>4</v>
       </c>
       <c r="G7" s="14" t="s">
         <v>5</v>
       </c>
       <c r="H7" s="14" t="s">
         <v>9</v>
       </c>
       <c r="I7" s="14" t="s">
         <v>10</v>
       </c>
       <c r="J7" s="14" t="s">
         <v>2</v>
       </c>
       <c r="K7" s="14" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="8" spans="1:11" s="1" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:11" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A8" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="11" t="s">
         <v>19</v>
       </c>
       <c r="C8" s="10" t="s">
         <v>12</v>
       </c>
       <c r="D8" s="10" t="s">
         <v>34</v>
       </c>
       <c r="E8" s="8" t="s">
         <v>43</v>
       </c>
       <c r="F8" s="10">
         <v>1963</v>
       </c>
       <c r="G8" s="10">
         <v>1967</v>
       </c>
       <c r="H8" s="9">
         <v>176</v>
       </c>
       <c r="I8" s="9">
         <v>1799</v>
       </c>
       <c r="J8" s="12" t="s">
         <v>54</v>
       </c>
       <c r="K8" s="15" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="9" spans="1:11" s="1" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:11" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A9" s="11" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="11" t="s">
         <v>21</v>
       </c>
       <c r="C9" s="10" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="10" t="s">
         <v>36</v>
       </c>
       <c r="E9" s="8" t="s">
         <v>45</v>
       </c>
       <c r="F9" s="10">
         <v>1839</v>
       </c>
       <c r="G9" s="10">
         <v>1928</v>
       </c>
       <c r="H9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="J9" s="12" t="s">
         <v>16</v>
       </c>
       <c r="K9" s="15" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="10" spans="1:11" s="1" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:11" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A10" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="11" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="10" t="s">
         <v>28</v>
       </c>
       <c r="D10" s="10" t="s">
         <v>35</v>
       </c>
       <c r="E10" s="8" t="s">
         <v>44</v>
       </c>
       <c r="F10" s="10">
         <v>1957</v>
       </c>
       <c r="G10" s="10">
         <v>1962</v>
       </c>
       <c r="H10" s="9">
         <v>27</v>
       </c>
       <c r="I10" s="9">
         <v>285</v>
       </c>
       <c r="J10" s="12" t="s">
         <v>53</v>
       </c>
       <c r="K10" s="15" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A11" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="11" t="s">
         <v>24</v>
       </c>
       <c r="C11" s="10" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="10" t="s">
         <v>39</v>
       </c>
       <c r="E11" s="8" t="s">
         <v>48</v>
       </c>
       <c r="F11" s="10">
         <v>1991</v>
       </c>
       <c r="G11" s="10">
         <v>2001</v>
       </c>
       <c r="H11" s="9">
         <v>6316</v>
       </c>
       <c r="I11" s="9">
         <v>64242</v>
       </c>
       <c r="J11" s="12" t="s">
         <v>51</v>
       </c>
       <c r="K11" s="15" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="12" spans="1:11" s="1" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:11" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A12" s="11" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="10" t="s">
         <v>31</v>
       </c>
       <c r="D12" s="10" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>49</v>
       </c>
       <c r="F12" s="10">
         <v>1947</v>
       </c>
       <c r="G12" s="10">
         <v>1995</v>
       </c>
       <c r="H12" s="9">
         <v>14204</v>
       </c>
       <c r="I12" s="9">
         <v>124196</v>
       </c>
       <c r="J12" s="12" t="s">
         <v>52</v>
       </c>
       <c r="K12" s="15" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="13" spans="1:11" s="1" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:11" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A13" s="11" t="s">
         <v>22</v>
       </c>
       <c r="B13" s="11" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="10" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="10" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="8" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="10">
         <v>1946</v>
       </c>
       <c r="G13" s="10">
-        <v>1947</v>
+        <v>1948</v>
       </c>
       <c r="H13" s="9">
         <v>46</v>
       </c>
       <c r="I13" s="9">
         <v>552</v>
       </c>
       <c r="J13" s="12" t="s">
         <v>55</v>
       </c>
       <c r="K13" s="15" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A14" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="11" t="s">
         <v>18</v>
       </c>
       <c r="C14" s="10" t="s">
         <v>27</v>
       </c>
       <c r="D14" s="10" t="s">
         <v>33</v>
       </c>
       <c r="E14" s="8" t="s">
         <v>42</v>
       </c>
       <c r="F14" s="10">
         <v>1930</v>
       </c>
       <c r="G14" s="10">
         <v>1960</v>
       </c>
       <c r="H14" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="9" t="s">
         <v>16</v>
       </c>
       <c r="J14" s="12" t="s">
         <v>16</v>
       </c>
       <c r="K14" s="15" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A15" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="11" t="s">
         <v>17</v>
       </c>
       <c r="C15" s="10" t="s">
         <v>26</v>
       </c>
       <c r="D15" s="10" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="8" t="s">
         <v>41</v>
       </c>
       <c r="F15" s="10">
         <v>1966</v>
       </c>
       <c r="G15" s="10">
         <v>2001</v>
       </c>
       <c r="H15" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="9" t="s">
         <v>16</v>
       </c>
       <c r="J15" s="12" t="s">
         <v>16</v>
       </c>
       <c r="K15" s="15" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A16" s="11" t="s">
         <v>23</v>
       </c>
       <c r="B16" s="11" t="s">
         <v>23</v>
       </c>
       <c r="C16" s="10" t="s">
         <v>30</v>
       </c>
       <c r="D16" s="10" t="s">
         <v>38</v>
       </c>
       <c r="E16" s="8" t="s">
         <v>47</v>
       </c>
       <c r="F16" s="10">
         <v>1945</v>
       </c>
       <c r="G16" s="10">
-        <v>1967</v>
-[...5 lines deleted...]
-        <v>16</v>
+        <v>1948</v>
+      </c>
+      <c r="H16" s="9">
+        <v>333</v>
+      </c>
+      <c r="I16" s="9">
+        <v>2278</v>
       </c>
       <c r="J16" s="12" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="K16" s="15" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="17" spans="8:9" x14ac:dyDescent="0.25">
+    <row r="17" spans="8:9" x14ac:dyDescent="0.45">
       <c r="H17" s="5"/>
       <c r="I17" s="5"/>
     </row>
-    <row r="18" spans="8:9" x14ac:dyDescent="0.25">
+    <row r="18" spans="8:9" x14ac:dyDescent="0.45">
       <c r="H18" s="5"/>
       <c r="I18" s="5"/>
     </row>
-    <row r="19" spans="8:9" x14ac:dyDescent="0.25">
+    <row r="19" spans="8:9" x14ac:dyDescent="0.45">
       <c r="H19" s="5"/>
       <c r="I19" s="5"/>
     </row>
-    <row r="20" spans="8:9" x14ac:dyDescent="0.25">
+    <row r="20" spans="8:9" x14ac:dyDescent="0.45">
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
     </row>
-    <row r="21" spans="8:9" x14ac:dyDescent="0.25">
+    <row r="21" spans="8:9" x14ac:dyDescent="0.45">
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
     </row>
-    <row r="22" spans="8:9" x14ac:dyDescent="0.25">
+    <row r="22" spans="8:9" x14ac:dyDescent="0.45">
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
     </row>
-    <row r="23" spans="8:9" x14ac:dyDescent="0.25">
+    <row r="23" spans="8:9" x14ac:dyDescent="0.45">
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
     </row>
-    <row r="24" spans="8:9" x14ac:dyDescent="0.25">
+    <row r="24" spans="8:9" x14ac:dyDescent="0.45">
       <c r="H24" s="6"/>
       <c r="I24" s="6"/>
     </row>
-    <row r="25" spans="8:9" x14ac:dyDescent="0.25">
+    <row r="25" spans="8:9" x14ac:dyDescent="0.45">
       <c r="H25" s="6"/>
       <c r="I25" s="6"/>
     </row>
-    <row r="26" spans="8:9" x14ac:dyDescent="0.25">
+    <row r="26" spans="8:9" x14ac:dyDescent="0.45">
       <c r="H26" s="6"/>
       <c r="I26" s="6"/>
     </row>
-    <row r="27" spans="8:9" x14ac:dyDescent="0.25">
+    <row r="27" spans="8:9" x14ac:dyDescent="0.45">
       <c r="H27" s="6"/>
       <c r="I27" s="6"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:K16">
     <sortCondition ref="A8:A16"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>