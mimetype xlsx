--- v1 (2025-11-08)
+++ v2 (2025-11-28)
@@ -7,76 +7,76 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\Websites\eastview.com\Products\8_Product Title Lists\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4953C7BC-8F0D-4A6A-8DC1-2A3AD1FA38D3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{6E047ADF-A097-45FF-A748-85025C9751CC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-98" yWindow="-98" windowWidth="21376" windowHeight="14595" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ASI 2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ASI 2025'!$A$7:$J$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="58">
   <si>
     <t>City</t>
   </si>
   <si>
     <t>Language</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Publication Title</t>
   </si>
   <si>
     <t>Archive Start</t>
   </si>
   <si>
     <t>Archive End</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Russian</t>
   </si>
   <si>
@@ -203,50 +203,53 @@
     <t>Estonia</t>
   </si>
   <si>
     <t>Taipei</t>
   </si>
   <si>
     <t>Contents of Global Press Archive Area Studies Initiative 2025 Offer</t>
   </si>
   <si>
     <t>https://gpa.eastview.com/esto/</t>
   </si>
   <si>
     <t>https://gpa.eastview.com/iepda/</t>
   </si>
   <si>
     <t>https://gpa.eastview.com/emjh/</t>
   </si>
   <si>
     <t>https://gpa.eastview.com/abfs/</t>
   </si>
   <si>
     <t>https://gpa.eastview.com/jdda/</t>
   </si>
   <si>
     <t>https://gpa.eastview.com/ssda/</t>
+  </si>
+  <si>
+    <t>https://gpa.eastview.com/nnda/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1231,51 +1234,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A2:K27"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="A17" sqref="A17"/>
+      <selection activeCell="A8" sqref="A8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="37.86328125" customWidth="1"/>
     <col min="2" max="2" width="35.1328125" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="4" width="17.59765625" customWidth="1"/>
     <col min="5" max="5" width="24.73046875" style="7" customWidth="1"/>
     <col min="6" max="6" width="13.265625" style="7" customWidth="1"/>
     <col min="7" max="7" width="21.1328125" style="7" customWidth="1"/>
     <col min="8" max="8" width="21.86328125" customWidth="1"/>
     <col min="9" max="9" width="19.1328125" customWidth="1"/>
     <col min="10" max="10" width="38.3984375" style="4" customWidth="1"/>
     <col min="11" max="11" width="34.3984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:11" ht="22.5" x14ac:dyDescent="0.6">
       <c r="C2" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D2" s="2"/>
     </row>
     <row r="7" spans="1:11" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A7" s="13" t="s">
@@ -1412,51 +1415,51 @@
       </c>
       <c r="J10" s="12" t="s">
         <v>53</v>
       </c>
       <c r="K10" s="15" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A11" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="11" t="s">
         <v>24</v>
       </c>
       <c r="C11" s="10" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="10" t="s">
         <v>39</v>
       </c>
       <c r="E11" s="8" t="s">
         <v>48</v>
       </c>
       <c r="F11" s="10">
-        <v>1991</v>
+        <v>1984</v>
       </c>
       <c r="G11" s="10">
         <v>2001</v>
       </c>
       <c r="H11" s="9">
         <v>6316</v>
       </c>
       <c r="I11" s="9">
         <v>64242</v>
       </c>
       <c r="J11" s="12" t="s">
         <v>51</v>
       </c>
       <c r="K11" s="15" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:11" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A12" s="11" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="10" t="s">
@@ -1564,51 +1567,51 @@
       <c r="B15" s="11" t="s">
         <v>17</v>
       </c>
       <c r="C15" s="10" t="s">
         <v>26</v>
       </c>
       <c r="D15" s="10" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="8" t="s">
         <v>41</v>
       </c>
       <c r="F15" s="10">
         <v>1966</v>
       </c>
       <c r="G15" s="10">
         <v>2001</v>
       </c>
       <c r="H15" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="9" t="s">
         <v>16</v>
       </c>
       <c r="J15" s="12" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="K15" s="15" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A16" s="11" t="s">
         <v>23</v>
       </c>
       <c r="B16" s="11" t="s">
         <v>23</v>
       </c>
       <c r="C16" s="10" t="s">
         <v>30</v>
       </c>
       <c r="D16" s="10" t="s">
         <v>38</v>
       </c>
       <c r="E16" s="8" t="s">
         <v>47</v>
       </c>
       <c r="F16" s="10">
         <v>1945</v>
       </c>
       <c r="G16" s="10">