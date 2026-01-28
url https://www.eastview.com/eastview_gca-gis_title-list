--- v0 (2025-10-17)
+++ v1 (2026-01-28)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\Products\Global Census Archive\GCA title lists\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{142BCD3F-925C-4A62-B0D3-98C200D3F633}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{9C975615-B913-4518-A66C-5EBF1092A8B3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="27180" windowHeight="16440" xr2:uid="{9B6EC6D6-CC33-4646-B399-15D1C59BB8D2}"/>
+    <workbookView xWindow="-98" yWindow="-98" windowWidth="21376" windowHeight="14595" xr2:uid="{9B6EC6D6-CC33-4646-B399-15D1C59BB8D2}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="336" uniqueCount="170">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="341" uniqueCount="171">
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Smallest Geography Name</t>
   </si>
   <si>
     <t>ADM Level</t>
   </si>
   <si>
     <t>Fact Sheet</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
     <t>Côte d’Ivoire</t>
   </si>
   <si>
@@ -551,50 +551,53 @@
     <t>https://www.eastview.com/venezuela_2001census_factsheet/</t>
   </si>
   <si>
     <t>https://www.eastview.com/venezuela_2011census_factsheet/</t>
   </si>
   <si>
     <t>contact info@eastview.com for details</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Rayon</t>
   </si>
   <si>
     <t>https://www.eastview.com/belarus_2009census_factsheet/</t>
   </si>
   <si>
     <t>https://www.eastview.com/argentina_1991census_factsheet/</t>
   </si>
   <si>
     <t>Radios</t>
+  </si>
+  <si>
+    <t>https://www.eastview.com/argentina_2022census_factsheet/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0%"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -675,109 +678,98 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="27">
+  <cellXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...8 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
@@ -1206,56 +1198,56 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/japan_2005census_factsheet/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/malaysia_2000census_factsheet/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/argentina_2010census_factsheet/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/ecuador_2001census_factsheet/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/samoa_2016census_factsheet/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/costarica_2000census_factsheet/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/guatemala_2018census_factsheet/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/nicaragua_1995census_factsheet/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/panama_2010census_factsheet/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/uruguay_2011census_factsheet/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/cambodia_1998census_factsheet/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/ivorycoast_2014census_factsheet/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/laos_2015census_factsheet/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/chile_1992census_factsheet/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/india_2011census_factsheet/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/russia_2010census_factsheet/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/colombia_2005census_factsheet/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/cuba_2012census_factsheet/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/ecuador_2010census_factsheet/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/mexico_2010census_factsheet/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/peru_2007census_factsheet/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/iran_2011census_factsheet/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/southafrica_2011census_factsheet/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/myanmar_2014census_factsheet/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/japan_2015census_factsheet/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/latvia_2011census_factsheet/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/bolivia_2012census_factsheet/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/chile_2002census_factsheet/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/costarica_2011census_factsheet/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/honduras_2001census_factsheet/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/nicaragua_2005census_factsheet/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/venezuela_2001census_factsheet/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/cambodia_2008census_factsheet/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/paraguay_1992census_factsheet/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/egypt_2017census_factsheet/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/japan_1995census_factsheet/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/malaysia_1991census_factsheet/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/argentina_2001census_factsheet/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/colombia_2018census_factsheet/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/dr_2010census_factsheet/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/mexico_2020census_factsheet/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/belarus_2009census_factsheet/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/philippines_2015census_factsheet/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/elsalvador_2007census_factsheet/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/peru_2017census_factsheet/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/burundi_2008census_factsheet/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/tanzania_2012census_factsheet/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/laos_2005census_factsheet/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/lithuania_2011census_factsheet/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/brazil_2010census_factsheet/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/cuba_2002census_factsheet/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/panama_2000census_factsheet/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/venezuela_2011census_factsheet/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/hongkong_2016census_factsheet/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/chile_2017census_factsheet/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/honduras_2013census_factsheet/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/paraguay_2002census_factsheet/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/argentina_1991census_factsheet/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/malawi_2018census_factsheet/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/hongkong_2011census_factsheet/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/japan_2005census_factsheet/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/malaysia_2000census_factsheet/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/argentina_2010census_factsheet/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/ecuador_2001census_factsheet/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/samoa_2016census_factsheet/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/costarica_2000census_factsheet/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/guatemala_2018census_factsheet/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/nicaragua_1995census_factsheet/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/panama_2010census_factsheet/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/uruguay_2011census_factsheet/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/cambodia_1998census_factsheet/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/ivorycoast_2014census_factsheet/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/laos_2015census_factsheet/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/chile_1992census_factsheet/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/india_2011census_factsheet/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/russia_2010census_factsheet/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/colombia_2005census_factsheet/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/cuba_2012census_factsheet/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/ecuador_2010census_factsheet/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/mexico_2010census_factsheet/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/peru_2007census_factsheet/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/iran_2011census_factsheet/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/southafrica_2011census_factsheet/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/argentina_2010census_factsheet/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/myanmar_2014census_factsheet/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/japan_2015census_factsheet/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/latvia_2011census_factsheet/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/bolivia_2012census_factsheet/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/chile_2002census_factsheet/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/costarica_2011census_factsheet/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/honduras_2001census_factsheet/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/nicaragua_2005census_factsheet/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/venezuela_2001census_factsheet/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/cambodia_2008census_factsheet/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/paraguay_1992census_factsheet/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/egypt_2017census_factsheet/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/japan_1995census_factsheet/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/malaysia_1991census_factsheet/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/argentina_2001census_factsheet/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/colombia_2018census_factsheet/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/dr_2010census_factsheet/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/mexico_2020census_factsheet/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/belarus_2009census_factsheet/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/philippines_2015census_factsheet/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/elsalvador_2007census_factsheet/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/peru_2017census_factsheet/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/burundi_2008census_factsheet/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/tanzania_2012census_factsheet/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/laos_2005census_factsheet/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/lithuania_2011census_factsheet/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/brazil_2010census_factsheet/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/cuba_2002census_factsheet/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/panama_2000census_factsheet/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/venezuela_2011census_factsheet/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/hongkong_2016census_factsheet/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/chile_2017census_factsheet/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/honduras_2013census_factsheet/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/paraguay_2002census_factsheet/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/argentina_1991census_factsheet/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/malawi_2018census_factsheet/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eastview.com/hongkong_2011census_factsheet/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CD8A7818-25C7-49A1-9CB8-E86D8A80D505}">
-  <dimension ref="A1:L67"/>
+  <dimension ref="A1:L68"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="27.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="26.42578125" style="1" customWidth="1"/>
     <col min="3" max="3" width="9.28515625" style="11" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12" style="11" customWidth="1"/>
     <col min="5" max="6" width="15.7109375" style="11" customWidth="1"/>
     <col min="7" max="7" width="49.85546875" style="1" customWidth="1"/>
     <col min="8" max="8" width="15.7109375" style="11" customWidth="1"/>
     <col min="9" max="9" width="13.140625" style="11" customWidth="1"/>
     <col min="10" max="11" width="15.7109375" style="11" customWidth="1"/>
     <col min="12" max="12" width="58.5703125" style="1" customWidth="1"/>
     <col min="13" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A1" s="2"/>
       <c r="B1" s="2"/>
       <c r="C1" s="9"/>
       <c r="D1" s="9"/>
@@ -2332,1445 +2324,1484 @@
       <c r="E32" s="12">
         <v>1</v>
       </c>
       <c r="F32" s="12">
         <v>1</v>
       </c>
       <c r="G32" s="8" t="s">
         <v>71</v>
       </c>
       <c r="H32" s="13">
         <v>21659</v>
       </c>
       <c r="I32" s="10">
         <v>39</v>
       </c>
       <c r="J32" s="13">
         <v>3010601</v>
       </c>
       <c r="K32" s="10" t="s">
         <v>34</v>
       </c>
       <c r="L32" s="17" t="s">
         <v>156</v>
       </c>
     </row>
-    <row r="33" spans="1:12" s="25" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="20" t="s">
+    <row r="33" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A33" s="8" t="s">
         <v>104</v>
       </c>
-      <c r="B33" s="20" t="s">
+      <c r="B33" s="8" t="s">
         <v>43</v>
       </c>
-      <c r="C33" s="21">
+      <c r="C33" s="10">
         <v>1991</v>
       </c>
-      <c r="D33" s="21">
+      <c r="D33" s="10">
         <v>4</v>
       </c>
-      <c r="E33" s="22">
-[...5 lines deleted...]
-      <c r="G33" s="20" t="s">
+      <c r="E33" s="12">
+        <v>1</v>
+      </c>
+      <c r="F33" s="12">
+        <v>1</v>
+      </c>
+      <c r="G33" s="8" t="s">
         <v>73</v>
       </c>
-      <c r="H33" s="23">
+      <c r="H33" s="13">
         <v>40093</v>
       </c>
-      <c r="I33" s="21">
+      <c r="I33" s="10">
         <v>27</v>
       </c>
-      <c r="J33" s="23">
+      <c r="J33" s="13">
         <v>6495066</v>
       </c>
-      <c r="K33" s="21" t="s">
-[...2 lines deleted...]
-      <c r="L33" s="24" t="s">
+      <c r="K33" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" s="20" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="34" spans="1:12" s="25" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="20" t="s">
+    <row r="34" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A34" s="8" t="s">
         <v>104</v>
       </c>
-      <c r="B34" s="20" t="s">
+      <c r="B34" s="8" t="s">
         <v>43</v>
       </c>
-      <c r="C34" s="21">
+      <c r="C34" s="10">
         <v>2001</v>
       </c>
-      <c r="D34" s="21">
+      <c r="D34" s="10">
         <v>4</v>
       </c>
-      <c r="E34" s="22">
-[...5 lines deleted...]
-      <c r="G34" s="20" t="s">
+      <c r="E34" s="12">
+        <v>1</v>
+      </c>
+      <c r="F34" s="12">
+        <v>1</v>
+      </c>
+      <c r="G34" s="8" t="s">
         <v>73</v>
       </c>
-      <c r="H34" s="23">
+      <c r="H34" s="13">
         <v>46579</v>
       </c>
-      <c r="I34" s="21">
+      <c r="I34" s="10">
         <v>85</v>
       </c>
-      <c r="J34" s="23">
+      <c r="J34" s="13">
         <v>17560283</v>
       </c>
-      <c r="K34" s="21" t="s">
-[...2 lines deleted...]
-      <c r="L34" s="26" t="s">
+      <c r="K34" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" s="21" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="35" spans="1:12" s="25" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="20" t="s">
+    <row r="35" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A35" s="8" t="s">
         <v>104</v>
       </c>
-      <c r="B35" s="20" t="s">
+      <c r="B35" s="8" t="s">
         <v>43</v>
       </c>
-      <c r="C35" s="21">
+      <c r="C35" s="10">
         <v>2010</v>
       </c>
-      <c r="D35" s="21">
+      <c r="D35" s="10">
         <v>6</v>
       </c>
-      <c r="E35" s="22">
-[...5 lines deleted...]
-      <c r="G35" s="20" t="s">
+      <c r="E35" s="12">
+        <v>1</v>
+      </c>
+      <c r="F35" s="12">
+        <v>1</v>
+      </c>
+      <c r="G35" s="8" t="s">
         <v>169</v>
       </c>
-      <c r="H35" s="23">
+      <c r="H35" s="13">
         <v>52406</v>
       </c>
-      <c r="I35" s="21">
+      <c r="I35" s="10">
         <v>44</v>
       </c>
-      <c r="J35" s="23">
+      <c r="J35" s="13">
         <v>21067712</v>
       </c>
-      <c r="K35" s="21" t="s">
-[...2 lines deleted...]
-      <c r="L35" s="26" t="s">
+      <c r="K35" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" s="21" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="36" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A36" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C36" s="10">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="D36" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E36" s="12">
-        <v>1</v>
+        <v>0.99</v>
       </c>
       <c r="F36" s="12">
         <v>1</v>
       </c>
       <c r="G36" s="8" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>344</v>
+        <v>169</v>
+      </c>
+      <c r="H36" s="13">
+        <v>66515</v>
       </c>
       <c r="I36" s="10">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="J36" s="13">
-        <v>111112</v>
+        <v>75827100</v>
       </c>
       <c r="K36" s="10" t="s">
         <v>34</v>
       </c>
-      <c r="L36" s="17" t="s">
-        <v>107</v>
+      <c r="L36" s="21" t="s">
+        <v>170</v>
       </c>
     </row>
     <row r="37" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A37" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C37" s="10">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="D37" s="10">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>0.79100000000000004</v>
+        <v>3</v>
+      </c>
+      <c r="E37" s="12">
+        <v>1</v>
       </c>
       <c r="F37" s="12">
-        <v>0.95</v>
+        <v>1</v>
       </c>
       <c r="G37" s="8" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>316570</v>
+        <v>73</v>
+      </c>
+      <c r="H37" s="10">
+        <v>344</v>
       </c>
       <c r="I37" s="10">
-        <v>6</v>
+        <v>28</v>
       </c>
       <c r="J37" s="13">
-        <v>1326428300</v>
+        <v>111112</v>
       </c>
       <c r="K37" s="10" t="s">
         <v>34</v>
       </c>
       <c r="L37" s="17" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="38" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A38" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C38" s="10">
-        <v>1992</v>
+        <v>2010</v>
       </c>
       <c r="D38" s="10">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>0.97</v>
+        <v>6</v>
+      </c>
+      <c r="E38" s="14">
+        <v>0.79100000000000004</v>
       </c>
       <c r="F38" s="12">
-        <v>1</v>
+        <v>0.95</v>
       </c>
       <c r="G38" s="8" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>342</v>
+        <v>74</v>
+      </c>
+      <c r="H38" s="13">
+        <v>316570</v>
       </c>
       <c r="I38" s="10">
-        <v>37</v>
+        <v>6</v>
       </c>
       <c r="J38" s="13">
-        <v>270180</v>
+        <v>1326428300</v>
       </c>
       <c r="K38" s="10" t="s">
         <v>34</v>
       </c>
       <c r="L38" s="17" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
     </row>
     <row r="39" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A39" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B39" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C39" s="10">
-        <v>2002</v>
+        <v>1992</v>
       </c>
       <c r="D39" s="10">
-        <v>6</v>
-[...5 lines deleted...]
-        <v>4.0000000000000001E-3</v>
+        <v>3</v>
+      </c>
+      <c r="E39" s="12">
+        <v>0.97</v>
+      </c>
+      <c r="F39" s="12">
+        <v>1</v>
       </c>
       <c r="G39" s="8" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>150930</v>
+        <v>75</v>
+      </c>
+      <c r="H39" s="10">
+        <v>342</v>
       </c>
       <c r="I39" s="10">
-        <v>71</v>
+        <v>37</v>
       </c>
       <c r="J39" s="13">
-        <v>132063750</v>
+        <v>270180</v>
       </c>
       <c r="K39" s="10" t="s">
-        <v>88</v>
+        <v>34</v>
       </c>
       <c r="L39" s="17" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
     </row>
     <row r="40" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A40" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B40" s="8" t="s">
         <v>46</v>
       </c>
       <c r="C40" s="10">
-        <v>2017</v>
+        <v>2002</v>
       </c>
       <c r="D40" s="10">
         <v>6</v>
       </c>
-      <c r="E40" s="12">
-        <v>0.87</v>
+      <c r="E40" s="14">
+        <v>0.97199999999999998</v>
       </c>
       <c r="F40" s="14">
         <v>4.0000000000000001E-3</v>
       </c>
       <c r="G40" s="8" t="s">
         <v>76</v>
       </c>
       <c r="H40" s="13">
-        <v>151545</v>
+        <v>150930</v>
       </c>
       <c r="I40" s="10">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="J40" s="13">
-        <v>8183430</v>
+        <v>132063750</v>
       </c>
       <c r="K40" s="10" t="s">
         <v>88</v>
       </c>
       <c r="L40" s="17" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
     </row>
     <row r="41" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A41" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C41" s="10">
-        <v>2005</v>
+        <v>2017</v>
       </c>
       <c r="D41" s="10">
         <v>6</v>
       </c>
-      <c r="E41" s="14">
-        <v>0.90700000000000003</v>
+      <c r="E41" s="12">
+        <v>0.87</v>
       </c>
       <c r="F41" s="14">
-        <v>3.0000000000000001E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="G41" s="8" t="s">
         <v>76</v>
       </c>
       <c r="H41" s="13">
-        <v>261263</v>
+        <v>151545</v>
       </c>
       <c r="I41" s="10">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="J41" s="13">
-        <v>50685022</v>
+        <v>8183430</v>
       </c>
       <c r="K41" s="10" t="s">
         <v>88</v>
       </c>
       <c r="L41" s="17" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="42" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A42" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B42" s="8" t="s">
         <v>47</v>
       </c>
       <c r="C42" s="10">
-        <v>2018</v>
+        <v>2005</v>
       </c>
       <c r="D42" s="10">
         <v>6</v>
       </c>
-      <c r="E42" s="12">
-        <v>0.89</v>
+      <c r="E42" s="14">
+        <v>0.90700000000000003</v>
       </c>
       <c r="F42" s="14">
-        <v>1E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="G42" s="8" t="s">
         <v>76</v>
       </c>
       <c r="H42" s="13">
-        <v>349708</v>
+        <v>261263</v>
       </c>
       <c r="I42" s="10">
-        <v>70</v>
+        <v>42</v>
       </c>
       <c r="J42" s="13">
-        <v>354254204</v>
+        <v>50685022</v>
       </c>
       <c r="K42" s="10" t="s">
         <v>88</v>
       </c>
       <c r="L42" s="17" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="43" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A43" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C43" s="10">
-        <v>2000</v>
+        <v>2018</v>
       </c>
       <c r="D43" s="10">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E43" s="12">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>0.89</v>
+      </c>
+      <c r="F43" s="14">
+        <v>1E-3</v>
       </c>
       <c r="G43" s="8" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>472</v>
+        <v>76</v>
+      </c>
+      <c r="H43" s="13">
+        <v>349708</v>
       </c>
       <c r="I43" s="10">
-        <v>37</v>
+        <v>70</v>
       </c>
       <c r="J43" s="13">
-        <v>530056</v>
+        <v>354254204</v>
       </c>
       <c r="K43" s="10" t="s">
-        <v>34</v>
+        <v>88</v>
       </c>
       <c r="L43" s="17" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
     </row>
     <row r="44" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A44" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B44" s="8" t="s">
         <v>48</v>
       </c>
       <c r="C44" s="10">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="D44" s="10">
         <v>3</v>
       </c>
       <c r="E44" s="12">
         <v>1</v>
       </c>
       <c r="F44" s="12">
         <v>1</v>
       </c>
       <c r="G44" s="8" t="s">
         <v>77</v>
       </c>
       <c r="H44" s="10">
         <v>472</v>
       </c>
       <c r="I44" s="10">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="J44" s="13">
-        <v>339368</v>
+        <v>530056</v>
       </c>
       <c r="K44" s="10" t="s">
         <v>34</v>
       </c>
       <c r="L44" s="17" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
     </row>
     <row r="45" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A45" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C45" s="10">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="D45" s="10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E45" s="12">
         <v>1</v>
       </c>
       <c r="F45" s="12">
         <v>1</v>
       </c>
       <c r="G45" s="8" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="H45" s="10">
-        <v>162</v>
+        <v>472</v>
       </c>
       <c r="I45" s="10">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="J45" s="13">
-        <v>69174</v>
+        <v>339368</v>
       </c>
       <c r="K45" s="10" t="s">
         <v>34</v>
       </c>
       <c r="L45" s="17" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="46" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A46" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B46" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C46" s="10">
-        <v>2012</v>
+        <v>2002</v>
       </c>
       <c r="D46" s="10">
         <v>2</v>
       </c>
       <c r="E46" s="12">
         <v>1</v>
       </c>
       <c r="F46" s="12">
         <v>1</v>
       </c>
       <c r="G46" s="8" t="s">
         <v>73</v>
       </c>
       <c r="H46" s="10">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="I46" s="10">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="J46" s="13">
-        <v>75168</v>
+        <v>69174</v>
       </c>
       <c r="K46" s="10" t="s">
         <v>34</v>
       </c>
       <c r="L46" s="17" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A47" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B47" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="C47" s="10">
+        <v>2012</v>
+      </c>
+      <c r="D47" s="10">
+        <v>2</v>
+      </c>
+      <c r="E47" s="12">
+        <v>1</v>
+      </c>
+      <c r="F47" s="12">
+        <v>1</v>
+      </c>
+      <c r="G47" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="H47" s="10">
+        <v>158</v>
+      </c>
+      <c r="I47" s="10">
         <v>50</v>
       </c>
-      <c r="C47" s="10">
-[...19 lines deleted...]
-      </c>
       <c r="J47" s="13">
-        <v>9499140</v>
+        <v>75168</v>
       </c>
       <c r="K47" s="10" t="s">
         <v>34</v>
       </c>
       <c r="L47" s="17" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="48" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A48" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B48" s="8" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C48" s="10">
-        <v>2001</v>
+        <v>2010</v>
       </c>
       <c r="D48" s="10">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="E48" s="12">
         <v>1</v>
       </c>
       <c r="F48" s="12">
         <v>1</v>
       </c>
       <c r="G48" s="8" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="H48" s="13">
-        <v>32115</v>
+        <v>12565</v>
       </c>
       <c r="I48" s="10">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="J48" s="13">
-        <v>34812660</v>
+        <v>9499140</v>
       </c>
       <c r="K48" s="10" t="s">
         <v>34</v>
       </c>
       <c r="L48" s="17" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
     <row r="49" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A49" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="8" t="s">
         <v>51</v>
       </c>
       <c r="C49" s="10">
-        <v>2010</v>
+        <v>2001</v>
       </c>
       <c r="D49" s="10">
         <v>6</v>
       </c>
       <c r="E49" s="12">
         <v>1</v>
       </c>
       <c r="F49" s="12">
         <v>1</v>
       </c>
       <c r="G49" s="8" t="s">
         <v>72</v>
       </c>
       <c r="H49" s="13">
-        <v>40649</v>
+        <v>32115</v>
       </c>
       <c r="I49" s="10">
-        <v>91</v>
+        <v>32</v>
       </c>
       <c r="J49" s="13">
-        <v>50201515</v>
+        <v>34812660</v>
       </c>
       <c r="K49" s="10" t="s">
         <v>34</v>
       </c>
       <c r="L49" s="17" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
     </row>
     <row r="50" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A50" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C50" s="10">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="D50" s="10">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>0.92400000000000004</v>
+        <v>6</v>
+      </c>
+      <c r="E50" s="12">
+        <v>1</v>
       </c>
       <c r="F50" s="12">
         <v>1</v>
       </c>
       <c r="G50" s="8" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>273</v>
+        <v>72</v>
+      </c>
+      <c r="H50" s="13">
+        <v>40649</v>
       </c>
       <c r="I50" s="10">
-        <v>58</v>
+        <v>91</v>
       </c>
       <c r="J50" s="13">
-        <v>317226</v>
+        <v>50201515</v>
       </c>
       <c r="K50" s="10" t="s">
         <v>34</v>
       </c>
       <c r="L50" s="17" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
     </row>
     <row r="51" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A51" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C51" s="10">
-        <v>2018</v>
+        <v>2007</v>
       </c>
       <c r="D51" s="10">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>0.86</v>
+        <v>2</v>
+      </c>
+      <c r="E51" s="14">
+        <v>0.92400000000000004</v>
       </c>
       <c r="F51" s="12">
         <v>1</v>
       </c>
       <c r="G51" s="8" t="s">
         <v>73</v>
       </c>
       <c r="H51" s="10">
-        <v>340</v>
+        <v>273</v>
       </c>
       <c r="I51" s="10">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="J51" s="13">
-        <v>99960</v>
+        <v>317226</v>
       </c>
       <c r="K51" s="10" t="s">
         <v>34</v>
       </c>
       <c r="L51" s="17" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
     </row>
     <row r="52" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A52" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C52" s="10">
-        <v>2001</v>
+        <v>2018</v>
       </c>
       <c r="D52" s="10">
         <v>3</v>
       </c>
       <c r="E52" s="12">
-        <v>0.93</v>
+        <v>0.86</v>
       </c>
       <c r="F52" s="12">
         <v>1</v>
       </c>
       <c r="G52" s="8" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>3727</v>
+        <v>73</v>
+      </c>
+      <c r="H52" s="10">
+        <v>340</v>
       </c>
       <c r="I52" s="10">
-        <v>52</v>
+        <v>68</v>
       </c>
       <c r="J52" s="13">
-        <v>1487073</v>
+        <v>99960</v>
       </c>
       <c r="K52" s="10" t="s">
         <v>34</v>
       </c>
       <c r="L52" s="17" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
     </row>
     <row r="53" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A53" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B53" s="8" t="s">
         <v>54</v>
       </c>
       <c r="C53" s="10">
-        <v>2013</v>
+        <v>2001</v>
       </c>
       <c r="D53" s="10">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>0.92200000000000004</v>
+        <v>3</v>
+      </c>
+      <c r="E53" s="12">
+        <v>0.93</v>
       </c>
       <c r="F53" s="12">
         <v>1</v>
       </c>
       <c r="G53" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H53" s="13">
-        <v>3732</v>
+        <v>3727</v>
       </c>
       <c r="I53" s="10">
-        <v>64</v>
+        <v>52</v>
       </c>
       <c r="J53" s="13">
-        <v>2347428</v>
+        <v>1487073</v>
       </c>
       <c r="K53" s="10" t="s">
         <v>34</v>
       </c>
       <c r="L53" s="17" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
     </row>
     <row r="54" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A54" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B54" s="8" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C54" s="10">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="D54" s="10">
         <v>5</v>
       </c>
       <c r="E54" s="14">
-        <v>0.68500000000000005</v>
-[...2 lines deleted...]
-        <v>1.6E-2</v>
+        <v>0.92200000000000004</v>
+      </c>
+      <c r="F54" s="12">
+        <v>1</v>
       </c>
       <c r="G54" s="8" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="H54" s="13">
-        <v>2311569</v>
+        <v>3732</v>
       </c>
       <c r="I54" s="10">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="J54" s="13">
-        <v>439198110</v>
+        <v>2347428</v>
       </c>
       <c r="K54" s="10" t="s">
-        <v>88</v>
+        <v>34</v>
       </c>
       <c r="L54" s="17" t="s">
-        <v>144</v>
+        <v>129</v>
       </c>
     </row>
     <row r="55" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A55" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B55" s="8" t="s">
         <v>55</v>
       </c>
       <c r="C55" s="10">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="D55" s="10">
         <v>5</v>
       </c>
       <c r="E55" s="14">
-        <v>0.79400000000000004</v>
+        <v>0.68500000000000005</v>
       </c>
       <c r="F55" s="14">
-        <v>1.7000000000000001E-2</v>
+        <v>1.6E-2</v>
       </c>
       <c r="G55" s="8" t="s">
         <v>76</v>
       </c>
       <c r="H55" s="13">
-        <v>2438447</v>
+        <v>2311569</v>
       </c>
       <c r="I55" s="10">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="J55" s="13">
-        <v>541335234</v>
+        <v>439198110</v>
       </c>
       <c r="K55" s="10" t="s">
         <v>88</v>
       </c>
       <c r="L55" s="17" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
     </row>
     <row r="56" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A56" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B56" s="8" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C56" s="10">
-        <v>1995</v>
+        <v>2020</v>
       </c>
       <c r="D56" s="10">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>0.84</v>
+        <v>5</v>
+      </c>
+      <c r="E56" s="14">
+        <v>0.79400000000000004</v>
+      </c>
+      <c r="F56" s="14">
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="G56" s="8" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="H56" s="13">
-        <v>8136</v>
+        <v>2438447</v>
       </c>
       <c r="I56" s="10">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="J56" s="13">
-        <v>2872008</v>
+        <v>541335234</v>
       </c>
       <c r="K56" s="10" t="s">
-        <v>34</v>
+        <v>88</v>
       </c>
       <c r="L56" s="17" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
     </row>
     <row r="57" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A57" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B57" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C57" s="10">
-        <v>2005</v>
+        <v>1995</v>
       </c>
       <c r="D57" s="10">
         <v>4</v>
       </c>
       <c r="E57" s="12">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>0.84099999999999997</v>
+        <v>0.94</v>
+      </c>
+      <c r="F57" s="12">
+        <v>0.84</v>
       </c>
       <c r="G57" s="8" t="s">
         <v>78</v>
       </c>
       <c r="H57" s="13">
         <v>8136</v>
       </c>
       <c r="I57" s="10">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="J57" s="13">
-        <v>2863872</v>
+        <v>2872008</v>
       </c>
       <c r="K57" s="10" t="s">
         <v>34</v>
       </c>
       <c r="L57" s="17" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
     </row>
     <row r="58" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A58" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B58" s="8" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C58" s="10">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="D58" s="10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E58" s="12">
-        <v>0.54</v>
-[...2 lines deleted...]
-        <v>0.06</v>
+        <v>1</v>
+      </c>
+      <c r="F58" s="14">
+        <v>0.84099999999999997</v>
       </c>
       <c r="G58" s="8" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="H58" s="13">
-        <v>11651</v>
+        <v>8136</v>
       </c>
       <c r="I58" s="10">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="J58" s="13">
-        <v>8843109</v>
+        <v>2863872</v>
       </c>
       <c r="K58" s="10" t="s">
-        <v>88</v>
+        <v>34</v>
       </c>
       <c r="L58" s="17" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
     </row>
     <row r="59" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A59" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B59" s="8" t="s">
         <v>57</v>
       </c>
       <c r="C59" s="10">
-        <v>2010</v>
+        <v>2000</v>
       </c>
       <c r="D59" s="10">
         <v>5</v>
       </c>
-      <c r="E59" s="14">
-[...3 lines deleted...]
-        <v>3.0000000000000001E-3</v>
+      <c r="E59" s="12">
+        <v>0.54</v>
+      </c>
+      <c r="F59" s="12">
+        <v>0.06</v>
       </c>
       <c r="G59" s="8" t="s">
         <v>80</v>
       </c>
       <c r="H59" s="13">
-        <v>13124</v>
+        <v>11651</v>
       </c>
       <c r="I59" s="10">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="J59" s="13">
-        <v>15591312</v>
+        <v>8843109</v>
       </c>
       <c r="K59" s="10" t="s">
         <v>88</v>
       </c>
       <c r="L59" s="17" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
     </row>
     <row r="60" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A60" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B60" s="8" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="C60" s="10">
-        <v>1992</v>
+        <v>2010</v>
       </c>
       <c r="D60" s="10">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>0.33</v>
+        <v>5</v>
+      </c>
+      <c r="E60" s="14">
+        <v>0.30499999999999999</v>
       </c>
       <c r="F60" s="14">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G60" s="8" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="H60" s="13">
-        <v>51085</v>
+        <v>13124</v>
       </c>
       <c r="I60" s="10">
         <v>46</v>
       </c>
       <c r="J60" s="13">
-        <v>35146480</v>
+        <v>15591312</v>
       </c>
       <c r="K60" s="10" t="s">
         <v>88</v>
       </c>
       <c r="L60" s="17" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A61" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B61" s="8" t="s">
         <v>58</v>
       </c>
       <c r="C61" s="10">
-        <v>2002</v>
+        <v>1992</v>
       </c>
       <c r="D61" s="10">
         <v>6</v>
       </c>
-      <c r="E61" s="14">
-        <v>0.92900000000000005</v>
+      <c r="E61" s="12">
+        <v>0.33</v>
       </c>
       <c r="F61" s="14">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G61" s="8" t="s">
         <v>76</v>
       </c>
       <c r="H61" s="13">
-        <v>56241</v>
+        <v>51085</v>
       </c>
       <c r="I61" s="10">
-        <v>82</v>
+        <v>46</v>
       </c>
       <c r="J61" s="13">
-        <v>43980462</v>
+        <v>35146480</v>
       </c>
       <c r="K61" s="10" t="s">
         <v>88</v>
       </c>
       <c r="L61" s="17" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
     </row>
     <row r="62" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A62" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B62" s="8" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C62" s="10">
-        <v>2007</v>
+        <v>2002</v>
       </c>
       <c r="D62" s="10">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>6</v>
+      </c>
+      <c r="E62" s="14">
+        <v>0.92900000000000005</v>
+      </c>
+      <c r="F62" s="14">
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="G62" s="8" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="H62" s="13">
-        <v>1834</v>
+        <v>56241</v>
       </c>
       <c r="I62" s="10">
-        <v>58</v>
+        <v>82</v>
       </c>
       <c r="J62" s="13">
-        <v>1432354</v>
+        <v>43980462</v>
       </c>
       <c r="K62" s="10" t="s">
-        <v>34</v>
+        <v>88</v>
       </c>
       <c r="L62" s="17" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
     </row>
     <row r="63" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A63" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B63" s="8" t="s">
         <v>59</v>
       </c>
       <c r="C63" s="10">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="D63" s="10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E63" s="12">
-        <v>0.92</v>
+        <v>1</v>
       </c>
       <c r="F63" s="12">
         <v>1</v>
       </c>
       <c r="G63" s="8" t="s">
         <v>77</v>
       </c>
       <c r="H63" s="13">
-        <v>1874</v>
+        <v>1834</v>
       </c>
       <c r="I63" s="10">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="J63" s="13">
-        <v>1920850</v>
+        <v>1432354</v>
       </c>
       <c r="K63" s="10" t="s">
         <v>34</v>
       </c>
       <c r="L63" s="17" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
     </row>
     <row r="64" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A64" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C64" s="10">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="D64" s="10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E64" s="12">
-        <v>1</v>
+        <v>0.92</v>
       </c>
       <c r="F64" s="12">
         <v>1</v>
       </c>
       <c r="G64" s="8" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="H64" s="13">
-        <v>4313</v>
+        <v>1874</v>
       </c>
       <c r="I64" s="10">
-        <v>64</v>
+        <v>48</v>
       </c>
       <c r="J64" s="13">
-        <v>1854590</v>
+        <v>1920850</v>
       </c>
       <c r="K64" s="10" t="s">
         <v>34</v>
       </c>
       <c r="L64" s="17" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
     </row>
     <row r="65" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A65" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B65" s="8" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C65" s="10">
-        <v>2001</v>
+        <v>2011</v>
       </c>
       <c r="D65" s="10">
         <v>3</v>
       </c>
       <c r="E65" s="12">
-        <v>0.99</v>
+        <v>1</v>
       </c>
       <c r="F65" s="12">
-        <v>0.93</v>
+        <v>1</v>
       </c>
       <c r="G65" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H65" s="13">
-        <v>1114</v>
+        <v>4313</v>
       </c>
       <c r="I65" s="10">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="J65" s="13">
-        <v>1227628</v>
+        <v>1854590</v>
       </c>
       <c r="K65" s="10" t="s">
         <v>34</v>
       </c>
       <c r="L65" s="17" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A66" s="8" t="s">
         <v>104</v>
       </c>
       <c r="B66" s="8" t="s">
         <v>61</v>
       </c>
       <c r="C66" s="10">
-        <v>2011</v>
+        <v>2001</v>
       </c>
       <c r="D66" s="10">
         <v>3</v>
       </c>
       <c r="E66" s="12">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>0.78100000000000003</v>
+        <v>0.99</v>
+      </c>
+      <c r="F66" s="12">
+        <v>0.93</v>
       </c>
       <c r="G66" s="8" t="s">
         <v>82</v>
       </c>
       <c r="H66" s="13">
-        <v>1062</v>
+        <v>1114</v>
       </c>
       <c r="I66" s="10">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="J66" s="13">
-        <v>1170324</v>
+        <v>1227628</v>
       </c>
       <c r="K66" s="10" t="s">
         <v>34</v>
       </c>
       <c r="L66" s="17" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
     </row>
     <row r="67" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A67" s="8" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="B67" s="8" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C67" s="10">
         <v>2011</v>
       </c>
       <c r="D67" s="10">
+        <v>3</v>
+      </c>
+      <c r="E67" s="12">
+        <v>1</v>
+      </c>
+      <c r="F67" s="14">
+        <v>0.78100000000000003</v>
+      </c>
+      <c r="G67" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="H67" s="13">
+        <v>1062</v>
+      </c>
+      <c r="I67" s="10">
+        <v>65</v>
+      </c>
+      <c r="J67" s="13">
+        <v>1170324</v>
+      </c>
+      <c r="K67" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" s="17" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A68" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="B68" s="8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C68" s="10">
+        <v>2011</v>
+      </c>
+      <c r="D68" s="10">
         <v>4</v>
       </c>
-      <c r="E67" s="12">
+      <c r="E68" s="12">
         <v>0.75</v>
       </c>
-      <c r="F67" s="14">
+      <c r="F68" s="14">
         <v>1.4E-2</v>
       </c>
-      <c r="G67" s="8" t="s">
+      <c r="G68" s="8" t="s">
         <v>83</v>
       </c>
-      <c r="H67" s="13">
+      <c r="H68" s="13">
         <v>4299</v>
       </c>
-      <c r="I67" s="10">
+      <c r="I68" s="10">
         <v>27</v>
       </c>
-      <c r="J67" s="13">
+      <c r="J68" s="13">
         <v>1427268</v>
       </c>
-      <c r="K67" s="10" t="s">
+      <c r="K68" s="10" t="s">
         <v>88</v>
       </c>
-      <c r="L67" s="17" t="s">
+      <c r="L68" s="17" t="s">
         <v>133</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="L7" r:id="rId1" xr:uid="{662B9C0D-339A-456C-BEE3-8D8D8CB9EDEC}"/>
     <hyperlink ref="L8" r:id="rId2" xr:uid="{58B3F8F7-FE9D-4E78-8AFA-A2922890FFD7}"/>
     <hyperlink ref="L9" r:id="rId3" xr:uid="{261569E7-CD38-490E-B4CC-B1163051A098}"/>
     <hyperlink ref="L10" r:id="rId4" xr:uid="{85311EFE-82CB-4DBE-BD7B-6FB3273FBDA8}"/>
     <hyperlink ref="L11" r:id="rId5" xr:uid="{C7558A62-21CD-4339-9986-7AC5067303A0}"/>
     <hyperlink ref="L12" r:id="rId6" xr:uid="{9F997D98-F904-46AA-94FA-5349E83C283B}"/>
     <hyperlink ref="L13" r:id="rId7" xr:uid="{C95591D8-1588-4B92-973E-C48D705245A8}"/>
     <hyperlink ref="L14" r:id="rId8" xr:uid="{575E54A6-BE94-4399-8CC2-71BBB0D045DE}"/>
     <hyperlink ref="L15" r:id="rId9" xr:uid="{497AD9BA-FC76-41AF-943F-BCB31D0365FE}"/>
     <hyperlink ref="L16" r:id="rId10" xr:uid="{C76D84EB-904D-45B7-B096-CB9CC6DFF62C}"/>
     <hyperlink ref="L17" r:id="rId11" xr:uid="{5D3DF53E-C2C1-4373-87C6-A1683F144A89}"/>
     <hyperlink ref="L18" r:id="rId12" xr:uid="{7DF631BB-0F2B-4123-99EF-3EB52D0F88C0}"/>
     <hyperlink ref="L19" r:id="rId13" xr:uid="{17B6294B-2D63-411B-A6FC-3335564C2104}"/>
     <hyperlink ref="L20" r:id="rId14" xr:uid="{F8C8B34A-2AFA-4925-87C7-8B0DF0088670}"/>
     <hyperlink ref="L21" r:id="rId15" xr:uid="{97B3EFDD-E8C4-4CDD-A70B-51E2758D6775}"/>
     <hyperlink ref="L22" r:id="rId16" xr:uid="{AB9452C7-6604-4C06-83A1-5627CE2ECD51}"/>
     <hyperlink ref="L23" r:id="rId17" xr:uid="{527DC334-C427-4786-9FD0-51A88CD9A691}"/>
     <hyperlink ref="L24" r:id="rId18" xr:uid="{E5DD90E2-A388-4638-BD7D-4CC20B421106}"/>
     <hyperlink ref="L25" r:id="rId19" xr:uid="{F0C27AAD-9DD0-47FB-B8CB-DDB3E7AAC561}"/>
     <hyperlink ref="L27" r:id="rId20" xr:uid="{0A55BEC9-EE20-4841-8B2C-4D2C9146E3C8}"/>
     <hyperlink ref="L28" r:id="rId21" xr:uid="{2D6A6CE3-1247-407C-918B-7BFE3DCDE03F}"/>
     <hyperlink ref="L30" r:id="rId22" xr:uid="{DC5BC90C-65A5-4A10-85DC-E6862CB77F2D}"/>
     <hyperlink ref="L31" r:id="rId23" xr:uid="{04AF8EC0-34B4-4BF6-A914-08425396487A}"/>
     <hyperlink ref="L32" r:id="rId24" xr:uid="{45108DB6-9DE0-4A2F-80B7-4908A7CC4237}"/>
     <hyperlink ref="L34" r:id="rId25" xr:uid="{35813B20-5076-4F5E-A30C-1312FF8346CD}"/>
     <hyperlink ref="L35" r:id="rId26" xr:uid="{C1AD2B7C-D010-4C95-AF69-085777F15B25}"/>
-    <hyperlink ref="L36" r:id="rId27" xr:uid="{D76293B7-0CAB-49A3-8344-10BA02811D69}"/>
-[...30 lines deleted...]
-    <hyperlink ref="L67" r:id="rId58" xr:uid="{E8E4DA76-C271-4080-8E68-001389014C02}"/>
+    <hyperlink ref="L37" r:id="rId27" xr:uid="{D76293B7-0CAB-49A3-8344-10BA02811D69}"/>
+    <hyperlink ref="L38" r:id="rId28" xr:uid="{5BB38632-0888-4549-8B8A-718D6C5BE541}"/>
+    <hyperlink ref="L39" r:id="rId29" xr:uid="{BEB3F905-36F7-468F-A49F-B946C78CD1D0}"/>
+    <hyperlink ref="L40" r:id="rId30" xr:uid="{9CFF8410-0FF4-44EF-B4DE-2EA0D4C0D331}"/>
+    <hyperlink ref="L41" r:id="rId31" xr:uid="{50949123-0A73-4C9E-BF91-19A2B66C7143}"/>
+    <hyperlink ref="L42" r:id="rId32" xr:uid="{8BD8E389-A97A-4603-BFAF-90C50717788D}"/>
+    <hyperlink ref="L43" r:id="rId33" xr:uid="{CED6AD2D-5D74-41A5-BA1D-076F0B103838}"/>
+    <hyperlink ref="L44" r:id="rId34" xr:uid="{EADBC3CD-ADFE-4F7E-B6A3-287AFAF6C299}"/>
+    <hyperlink ref="L45" r:id="rId35" xr:uid="{649BAFAF-6EB3-4266-B75E-09B34924DB57}"/>
+    <hyperlink ref="L46" r:id="rId36" xr:uid="{F0FF31B1-C59B-42F5-83E2-3E50E65436A4}"/>
+    <hyperlink ref="L47" r:id="rId37" xr:uid="{BBFCE17F-409C-401D-A2BF-9AA20369CA33}"/>
+    <hyperlink ref="L48" r:id="rId38" xr:uid="{02EAA5D7-6E86-41DE-B0DE-962F88271A62}"/>
+    <hyperlink ref="L49" r:id="rId39" xr:uid="{97CFC002-D8F1-4D17-88AB-037F8DC9F28F}"/>
+    <hyperlink ref="L50" r:id="rId40" xr:uid="{9646D407-385A-4D5B-9BE0-DA985229E652}"/>
+    <hyperlink ref="L51" r:id="rId41" xr:uid="{39AA569A-C733-4C8E-90B7-F81F6E44A883}"/>
+    <hyperlink ref="L52" r:id="rId42" xr:uid="{F073A229-4C1C-418F-82F5-A24820F8DBA6}"/>
+    <hyperlink ref="L53" r:id="rId43" xr:uid="{8793C25C-12C0-4EDF-81EB-D2FAE5292D60}"/>
+    <hyperlink ref="L54" r:id="rId44" xr:uid="{30A66F52-F2FE-4414-86B2-1C805353413B}"/>
+    <hyperlink ref="L55" r:id="rId45" xr:uid="{9DCB98EB-AC7B-4D61-B0B4-6FC7F6EEE47D}"/>
+    <hyperlink ref="L56" r:id="rId46" xr:uid="{7985CA26-2834-477C-9E3B-EB84B4CE9553}"/>
+    <hyperlink ref="L57" r:id="rId47" xr:uid="{BD9C4EEB-D630-4245-A507-EE6371DDE595}"/>
+    <hyperlink ref="L58" r:id="rId48" xr:uid="{4D176699-C1E5-490F-AC89-97D3F6CEA739}"/>
+    <hyperlink ref="L59" r:id="rId49" xr:uid="{340053B9-7EAB-4D6F-8F1F-767CD6CF705D}"/>
+    <hyperlink ref="L60" r:id="rId50" xr:uid="{D46A8290-BB0A-44BD-82F6-FF89A9FB72A1}"/>
+    <hyperlink ref="L61" r:id="rId51" xr:uid="{CD865287-75E7-4D68-AA90-E6209DB405FF}"/>
+    <hyperlink ref="L62" r:id="rId52" xr:uid="{540A4731-229A-4092-A5A2-4DC3E214CDD1}"/>
+    <hyperlink ref="L63" r:id="rId53" xr:uid="{A55AC059-821C-44FA-B95B-6FB4BA982D16}"/>
+    <hyperlink ref="L64" r:id="rId54" xr:uid="{E60D5CB6-2B56-4834-A106-1065F3724B9F}"/>
+    <hyperlink ref="L65" r:id="rId55" xr:uid="{B6EF25C3-A6D6-4A08-A85C-DBFEE9FBE979}"/>
+    <hyperlink ref="L66" r:id="rId56" xr:uid="{9C92F0C6-C33D-4D8B-A447-362608FDF6E3}"/>
+    <hyperlink ref="L67" r:id="rId57" xr:uid="{395F4657-CF7E-40D4-8215-2896F3A7E64D}"/>
+    <hyperlink ref="L68" r:id="rId58" xr:uid="{E8E4DA76-C271-4080-8E68-001389014C02}"/>
     <hyperlink ref="L29" r:id="rId59" xr:uid="{431C6081-8B99-4DEF-9723-476E4A819877}"/>
     <hyperlink ref="L33" r:id="rId60" xr:uid="{6AF738CC-DE20-4F77-8467-93D391E94ADD}"/>
+    <hyperlink ref="L36" r:id="rId61" display="https://www.eastview.com/argentina_2010census_factsheet/" xr:uid="{90F264E7-9FE1-4AC9-B6B0-02E5812D3094}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId61"/>
+  <drawing r:id="rId62"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>