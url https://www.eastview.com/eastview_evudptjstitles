--- v0 (2025-10-18)
+++ v1 (2025-11-28)
@@ -1,5708 +1,7196 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\Websites\eastview.com\Products\8_Product Title Lists\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F46A2C42-52B8-4369-AE0B-B3D5293C4E54}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C68FDE39-CBD8-48B7-AFED-882C4EC76F19}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="27180" windowHeight="16440" xr2:uid="{DFC7B560-64F0-47EE-8B03-5AA636D90923}"/>
+    <workbookView xWindow="-98" yWindow="-98" windowWidth="21376" windowHeight="14595" xr2:uid="{90D750A9-3B80-4B59-B669-B7F856DDD690}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$7:$L$357</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$7:$N$480</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3260" uniqueCount="1817">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4301" uniqueCount="2310">
   <si>
     <t>Journal Title</t>
   </si>
   <si>
     <t>Other Title</t>
   </si>
   <si>
     <t>Initiate Year of Publication</t>
   </si>
   <si>
     <t>ISSN</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Language</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Frequency</t>
   </si>
   <si>
     <t>Coverage years</t>
   </si>
   <si>
+    <t>URL</t>
+  </si>
+  <si>
     <t>Remarks</t>
   </si>
   <si>
     <t>OPEN ACCESS</t>
   </si>
   <si>
+    <t>Taiwan Journals Search</t>
+  </si>
+  <si>
+    <t>As at October 2025</t>
+  </si>
+  <si>
+    <t>農業與經濟</t>
+  </si>
+  <si>
+    <t>亞洲家庭暴力與性侵害期刊</t>
+  </si>
+  <si>
+    <t>經濟論文</t>
+  </si>
+  <si>
+    <t>農業經濟叢刊</t>
+  </si>
+  <si>
+    <t>中華科技史學會學刊</t>
+  </si>
+  <si>
+    <t>建築學報</t>
+  </si>
+  <si>
+    <t>國立臺灣大學理學院心理學系研究報告</t>
+  </si>
+  <si>
+    <t>檔案半年刊</t>
+  </si>
+  <si>
+    <t>身體文化學報</t>
+  </si>
+  <si>
+    <t>臺大中文學報</t>
+  </si>
+  <si>
+    <t>考古人類學刊</t>
+  </si>
+  <si>
+    <t>教育心理學報</t>
+  </si>
+  <si>
+    <t>教育研究集刊</t>
+  </si>
+  <si>
+    <t>白沙歷史地理學報</t>
+  </si>
+  <si>
+    <t>特殊教育研究學刊</t>
+  </si>
+  <si>
+    <t>台灣文學學報</t>
+  </si>
+  <si>
+    <t>臺北大學中文學報</t>
+  </si>
+  <si>
+    <t>中華印刷科技年報</t>
+  </si>
+  <si>
+    <t>都市與計劃</t>
+  </si>
+  <si>
+    <t>政大中文學報</t>
+  </si>
+  <si>
+    <t>國立中正大學法學集刊</t>
+  </si>
+  <si>
+    <t>當代中國研究通訊</t>
+  </si>
+  <si>
+    <t>傳播、文化與政治</t>
+  </si>
+  <si>
+    <t>中正台灣文學與文化研究集刊</t>
+  </si>
+  <si>
+    <t>中正漢學研究</t>
+  </si>
+  <si>
+    <t>中國飲食文化</t>
+  </si>
+  <si>
+    <t>公民教育與活動領導學報</t>
+  </si>
+  <si>
+    <t>中華民國教育年報</t>
+  </si>
+  <si>
+    <t>中華輔導與諮商學報</t>
+  </si>
+  <si>
+    <t>長庚人文社會學報</t>
+  </si>
+  <si>
+    <t>中華團體心理治療</t>
+  </si>
+  <si>
+    <t>國立政治大學歷史學報</t>
+  </si>
+  <si>
+    <t>人文社會學報</t>
+  </si>
+  <si>
+    <t>課程與教學</t>
+  </si>
+  <si>
+    <t>Issues &amp; Studies</t>
+  </si>
+  <si>
+    <t>運輸學刊</t>
+  </si>
+  <si>
+    <t>國立彰化師範大學文學院學報</t>
+  </si>
+  <si>
+    <t>中華心理學刊</t>
+  </si>
+  <si>
+    <t>成大中文學報</t>
+  </si>
+  <si>
+    <t>韓國學研究論文集</t>
+  </si>
+  <si>
+    <t>中國地方自治</t>
+  </si>
+  <si>
+    <t>國家圖書館館訊</t>
+  </si>
+  <si>
+    <t>國家圖書館英文通訊</t>
+  </si>
+  <si>
+    <t>華語文教學研究</t>
+  </si>
+  <si>
+    <t>成大歷史學報</t>
+  </si>
+  <si>
+    <t>中華體育季刊</t>
+  </si>
+  <si>
+    <t>國立政治大學哲學學報</t>
+  </si>
+  <si>
+    <t>地籍測量：中華民國地籍測量學會會刊</t>
+  </si>
+  <si>
+    <t>同心圓：語言學研究</t>
+  </si>
+  <si>
+    <t>世新中文研究集刊</t>
+  </si>
+  <si>
+    <t>編譯論叢</t>
+  </si>
+  <si>
+    <t>彰化師大教育學報</t>
+  </si>
+  <si>
+    <t>台灣社區工作與社區研究學刊</t>
+  </si>
+  <si>
+    <t>中外文學</t>
+  </si>
+  <si>
+    <t>東華漢學</t>
+  </si>
+  <si>
+    <t>淡江中文學報</t>
+  </si>
+  <si>
+    <t>當代教育研究季刊</t>
+  </si>
+  <si>
+    <t>IJDMD國際數位媒體設計學刊</t>
+  </si>
+  <si>
+    <t>東華人文學報</t>
+  </si>
+  <si>
+    <t>當代儒學研究</t>
+  </si>
+  <si>
+    <t>淡江史學</t>
+  </si>
+  <si>
+    <t>設計學研究</t>
+  </si>
+  <si>
+    <t>英美文學評論</t>
+  </si>
+  <si>
+    <t>東亞研究</t>
+  </si>
+  <si>
+    <t>歐美研究</t>
+  </si>
+  <si>
+    <t>幼兒教保研究期刊</t>
+  </si>
+  <si>
+    <t>幼兒教育年刊</t>
+  </si>
+  <si>
+    <t>早期中國史研究</t>
+  </si>
+  <si>
+    <t>教育實踐與研究</t>
+  </si>
+  <si>
+    <t>教育資料與研究</t>
+  </si>
+  <si>
+    <t>教育研究與發展期刊</t>
+  </si>
+  <si>
+    <t>教育行政論壇</t>
+  </si>
+  <si>
+    <t>佛光學報</t>
+  </si>
+  <si>
+    <t>輔仁大學藝術學報</t>
+  </si>
+  <si>
+    <t>外國語文研究</t>
+  </si>
+  <si>
+    <t>台灣醫學人文學刊</t>
+  </si>
+  <si>
+    <t>哲學論集</t>
+  </si>
+  <si>
+    <t>藝術研究學報</t>
+  </si>
+  <si>
+    <t>藝術學研究</t>
+  </si>
+  <si>
+    <t>全球客家研究</t>
+  </si>
+  <si>
+    <t>地理學報</t>
+  </si>
+  <si>
+    <t>廣譯：語言、文學與文化翻譯</t>
+  </si>
+  <si>
+    <t>民俗藝術與文化資產集刊</t>
+  </si>
+  <si>
+    <t>國文學報</t>
+  </si>
+  <si>
+    <t>玄奘佛學研究</t>
+  </si>
+  <si>
+    <t>人類發展與家庭學報</t>
+  </si>
+  <si>
+    <t>家政教育學報</t>
+  </si>
+  <si>
+    <t>臺大歷史學報</t>
+  </si>
+  <si>
+    <t>華梵人文學報</t>
+  </si>
+  <si>
+    <t>華岡英語期刊</t>
+  </si>
+  <si>
+    <t>華岡英語學報</t>
+  </si>
+  <si>
+    <t>弘誓雙月刊</t>
+  </si>
+  <si>
+    <t>史學彙刊</t>
+  </si>
+  <si>
+    <t>人文社會科學研究：教育類</t>
+  </si>
+  <si>
+    <t>人文社會科學研究</t>
+  </si>
+  <si>
+    <t>華人文化研究</t>
+  </si>
+  <si>
+    <t>東亞觀念史集刊</t>
+  </si>
+  <si>
+    <t>商略學報</t>
+  </si>
+  <si>
+    <t>理工研究國際期刊</t>
+  </si>
+  <si>
+    <t>資訊管理研究</t>
+  </si>
+  <si>
+    <t>本土心理學研究</t>
+  </si>
+  <si>
+    <t>應華學報</t>
+  </si>
+  <si>
+    <t>農業經濟半年刊</t>
+  </si>
+  <si>
+    <t>應用語文學報</t>
+  </si>
+  <si>
+    <t>會計評論</t>
+  </si>
+  <si>
+    <t>奇萊論衡：東華文哲研究集刊</t>
+  </si>
+  <si>
+    <t>商業設計學報</t>
+  </si>
+  <si>
+    <t>彰化師大國文學誌</t>
+  </si>
+  <si>
+    <t>民主與治理</t>
+  </si>
+  <si>
+    <t>設計研究學報</t>
+  </si>
+  <si>
+    <t>法印學報</t>
+  </si>
+  <si>
+    <t>電子商務學報</t>
+  </si>
+  <si>
+    <t>清華教育學報</t>
+  </si>
+  <si>
+    <t>國立臺中科技大學通識教育學報</t>
+  </si>
+  <si>
+    <t>地理研究</t>
+  </si>
+  <si>
+    <t>住宅學報</t>
+  </si>
+  <si>
+    <t>臺大文史哲學報</t>
+  </si>
+  <si>
+    <t>圖書資訊學刊</t>
+  </si>
+  <si>
+    <t>教育理論與實踐學刊</t>
+  </si>
+  <si>
+    <t>博物館與文化</t>
+  </si>
+  <si>
+    <t>經營管理學刊</t>
+  </si>
+  <si>
+    <t>音樂研究</t>
+  </si>
+  <si>
+    <t>明代研究</t>
+  </si>
+  <si>
+    <t>華嚴學報</t>
+  </si>
+  <si>
+    <t>犯罪學期刊</t>
+  </si>
+  <si>
+    <t>設計學報</t>
+  </si>
+  <si>
+    <t>台灣文學研究學報</t>
+  </si>
+  <si>
+    <t>公共行政學報</t>
+  </si>
+  <si>
+    <t>台灣公共衛生雜誌</t>
+  </si>
+  <si>
+    <t>政治科學論叢</t>
+  </si>
+  <si>
+    <t>教師專業研究期刊</t>
+  </si>
+  <si>
+    <t>俄語學報</t>
+  </si>
+  <si>
+    <t>特殊教育學報</t>
+  </si>
+  <si>
+    <t>社會研究學報</t>
+  </si>
+  <si>
+    <t>臺灣社會福利學刊</t>
+  </si>
+  <si>
+    <t>科技管理學刊</t>
+  </si>
+  <si>
+    <t>教科書研究</t>
+  </si>
+  <si>
+    <t>戲劇研究</t>
+  </si>
+  <si>
+    <t>嘉義大學通識學報</t>
+  </si>
+  <si>
+    <t>國立屏東大學學報：教育類</t>
+  </si>
+  <si>
+    <t>教育研究學報</t>
+  </si>
+  <si>
+    <t>高雄文獻</t>
+  </si>
+  <si>
+    <t>城市學學刊</t>
+  </si>
+  <si>
+    <t>高大法學論叢</t>
+  </si>
+  <si>
+    <t>博雅教育學報</t>
+  </si>
+  <si>
+    <t>語言暨語言學</t>
+  </si>
+  <si>
+    <t>國立臺灣科技大學人文社會學報</t>
+  </si>
+  <si>
+    <t>同心圓：文學與文化研究</t>
+  </si>
+  <si>
+    <t>語文與國際研究</t>
+  </si>
+  <si>
+    <t>休閒與社會研究</t>
+  </si>
+  <si>
+    <t>新聞學研究</t>
+  </si>
+  <si>
+    <t>中國大陸研究</t>
+  </si>
+  <si>
+    <t>美術學刊</t>
+  </si>
+  <si>
+    <t>台灣學誌</t>
+  </si>
+  <si>
+    <t>全國新書資訊月刊</t>
+  </si>
+  <si>
+    <t>國家圖書館年報</t>
+  </si>
+  <si>
+    <t>國家圖書館館刊</t>
+  </si>
+  <si>
+    <t>新世紀宗教研究</t>
+  </si>
+  <si>
+    <t>國防大學通識教育學報</t>
+  </si>
+  <si>
+    <t xml:space="preserve">師大學報：數理與科技類 </t>
+  </si>
+  <si>
+    <t>新史學</t>
+  </si>
+  <si>
+    <t>師大學報</t>
+  </si>
+  <si>
+    <t>新北大史學</t>
+  </si>
+  <si>
+    <t>中國文哲研究通訊</t>
+  </si>
+  <si>
+    <t>問題與研究</t>
+  </si>
+  <si>
+    <t>國立金門技術學院學報</t>
+  </si>
+  <si>
+    <t>Ex-position</t>
+  </si>
+  <si>
+    <t>新世代海外華人研究論叢</t>
+  </si>
+  <si>
+    <t>國立金門大學學報</t>
+  </si>
+  <si>
+    <t>師大學報：科學教育類</t>
+  </si>
+  <si>
+    <t>臺大社會工作學刊</t>
+  </si>
+  <si>
+    <t>臺大管理論叢</t>
+  </si>
+  <si>
+    <t>女學學誌：婦女與性別研究</t>
+  </si>
+  <si>
+    <t>海華與東南亞研究</t>
+  </si>
+  <si>
+    <t>僑教與海外華人研究學報</t>
+  </si>
+  <si>
+    <t>問哲</t>
+  </si>
+  <si>
+    <t>戶外遊憩研究</t>
+  </si>
+  <si>
+    <t>勞動及職業安全衛生研究季刊</t>
+  </si>
+  <si>
+    <t>行政暨政策學報</t>
+  </si>
+  <si>
+    <t>公共事務評論</t>
+  </si>
+  <si>
+    <t>體育學報</t>
+  </si>
+  <si>
+    <t>國立屏東商業技術學院學報</t>
+  </si>
+  <si>
+    <t>教育脈動</t>
+  </si>
+  <si>
+    <t>實踐設計學報</t>
+  </si>
+  <si>
+    <t>屏東大學體育</t>
+  </si>
+  <si>
+    <t>屏東教育大學學報 教育類</t>
+  </si>
+  <si>
+    <t>屏東教育大學學報 人文社會類</t>
+  </si>
+  <si>
+    <t>國立屏東大學學報─管理類</t>
+  </si>
+  <si>
+    <t>國立屏東大學學報-人文社會類</t>
+  </si>
+  <si>
+    <t>應用心理研究</t>
+  </si>
+  <si>
+    <t>漢學研究通訊</t>
+  </si>
+  <si>
+    <t>青少年犯罪防治研究期刊</t>
+  </si>
+  <si>
+    <t>教育科學研究期刊</t>
+  </si>
+  <si>
+    <t>全球政治評論</t>
+  </si>
+  <si>
+    <t>社會科學論叢</t>
+  </si>
+  <si>
+    <t>人文研究學報</t>
+  </si>
+  <si>
+    <t>亞洲廣電與新媒體研究</t>
+  </si>
+  <si>
+    <t>社會分析</t>
+  </si>
+  <si>
+    <t>正觀</t>
+  </si>
+  <si>
+    <t>敦煌學</t>
+  </si>
+  <si>
+    <t>性/別教育通訊</t>
+  </si>
+  <si>
+    <t>屏東大學科學教育</t>
+  </si>
+  <si>
+    <t>通識教育與多元文化學報</t>
+  </si>
+  <si>
+    <t>史匯</t>
+  </si>
+  <si>
+    <t>書畫藝術學刊</t>
+  </si>
+  <si>
+    <t>翻譯學研究集刊</t>
+  </si>
+  <si>
+    <t>會計學報</t>
+  </si>
+  <si>
+    <t>東吳中文學報</t>
+  </si>
+  <si>
+    <t>東吳經濟商學學報</t>
+  </si>
+  <si>
+    <t>東吳中文研究集刊</t>
+  </si>
+  <si>
+    <t>東吳歷史學報</t>
+  </si>
+  <si>
+    <t>東吳政治學報</t>
+  </si>
+  <si>
+    <t>新竹教育大學教育學報</t>
+  </si>
+  <si>
+    <t>東吳社會工作學報</t>
+  </si>
+  <si>
+    <t>視覺藝術論壇</t>
+  </si>
+  <si>
+    <t>東吳中文線上學術論文</t>
+  </si>
+  <si>
+    <t>黨產研究</t>
+  </si>
+  <si>
+    <t>運動文化研究</t>
+  </si>
+  <si>
+    <t>社會政策與社會工作學刊</t>
+  </si>
+  <si>
+    <t>社會與區域發展學報</t>
+  </si>
+  <si>
+    <t>中山管理評論</t>
+  </si>
+  <si>
+    <t>雕塑研究</t>
+  </si>
+  <si>
+    <t>有鳳初鳴年刊</t>
+  </si>
+  <si>
+    <t>科技、醫療與社會</t>
+  </si>
+  <si>
+    <t>庶民文化研究</t>
+  </si>
+  <si>
+    <t>中山人文學報</t>
+  </si>
+  <si>
+    <t>應用經濟論叢</t>
+  </si>
+  <si>
+    <t>南藝學報</t>
+  </si>
+  <si>
+    <t>理論與政策</t>
+  </si>
+  <si>
+    <t>臺灣出版與閱讀</t>
+  </si>
+  <si>
+    <t>浸神學刊</t>
+  </si>
+  <si>
+    <t>台灣浸信會神學院學術年刊</t>
+  </si>
+  <si>
+    <t>臺北城市科技大學通識學報</t>
+  </si>
+  <si>
+    <t>東海中文學報</t>
+  </si>
+  <si>
+    <t>臺灣民主季刊</t>
+  </si>
+  <si>
+    <t>臺灣東亞文明研究學刊</t>
+  </si>
+  <si>
+    <t>臺灣經濟預測與政策</t>
+  </si>
+  <si>
+    <t>師資培育與教師專業發展期刊</t>
+  </si>
+  <si>
+    <t>臺灣民俗藝術彙刊</t>
+  </si>
+  <si>
+    <t>特殊教育與復健學報</t>
+  </si>
+  <si>
+    <t>清華學報</t>
+  </si>
+  <si>
+    <t>東海教育評論</t>
+  </si>
+  <si>
+    <t>清華中文學報</t>
+  </si>
+  <si>
+    <t>台灣原住民族研究學報</t>
+  </si>
+  <si>
+    <t>台灣國際法學刊</t>
+  </si>
+  <si>
+    <t>台灣國際研究季刊</t>
+  </si>
+  <si>
+    <t>臺大佛學研究</t>
+  </si>
+  <si>
+    <t>臺灣華語教學研究</t>
+  </si>
+  <si>
+    <t>國土測繪與空間資訊</t>
+  </si>
+  <si>
+    <t>東海歷史研究集刊</t>
+  </si>
+  <si>
+    <t>臺灣語言學期刊</t>
+  </si>
+  <si>
+    <t>臺灣語文研究</t>
+  </si>
+  <si>
+    <t>臺灣土地研究</t>
+  </si>
+  <si>
+    <t>行銷科學學報</t>
+  </si>
+  <si>
+    <t>臺灣海洋法學報</t>
+  </si>
+  <si>
+    <t xml:space="preserve">運輸計劃季刊 </t>
+  </si>
+  <si>
+    <t>大學教學實務與研究學刊</t>
+  </si>
+  <si>
+    <t>淡江評論</t>
+  </si>
+  <si>
+    <t>台灣社會學</t>
+  </si>
+  <si>
+    <t>臺灣師大歷史學報</t>
+  </si>
+  <si>
+    <t>臺灣社會工作學刊</t>
+  </si>
+  <si>
+    <t>臺灣社會學刊</t>
+  </si>
+  <si>
+    <t>台灣社會研究季刊</t>
+  </si>
+  <si>
+    <t>國立臺中技術學院通識教育學報</t>
+  </si>
+  <si>
+    <t>戲劇學刊</t>
+  </si>
+  <si>
+    <t>東海大學圖書館館刊</t>
+  </si>
+  <si>
+    <t>東海大學法學研究</t>
+  </si>
+  <si>
+    <t>東海大學圖書館館訊</t>
+  </si>
+  <si>
+    <t>國立臺灣大學哲學論評</t>
+  </si>
+  <si>
+    <t>臺灣文學研究集刊</t>
+  </si>
+  <si>
+    <t>華文世界</t>
+  </si>
+  <si>
+    <t>文山評論：文學與文化</t>
+  </si>
+  <si>
+    <t>文化研究</t>
+  </si>
+  <si>
+    <t>文史臺灣學報</t>
+  </si>
+  <si>
+    <t>文資學報</t>
+  </si>
+  <si>
+    <t>選舉研究</t>
+  </si>
+  <si>
+    <t>中央大學人文學報</t>
+  </si>
+  <si>
+    <t>議藝份子</t>
+  </si>
+  <si>
+    <t>中原華語文學報</t>
+  </si>
+  <si>
+    <t>新竹教育大學人文社會學報</t>
+  </si>
+  <si>
+    <t>中極學刊</t>
+  </si>
+  <si>
+    <t>中國學術年刊</t>
+  </si>
+  <si>
+    <t>中正歷史學刊</t>
+  </si>
+  <si>
+    <t>臺灣傳播學刊</t>
+  </si>
+  <si>
+    <t>交流</t>
+  </si>
+  <si>
+    <t>暨南史學</t>
+  </si>
+  <si>
+    <t>經濟論文叢刊</t>
+  </si>
+  <si>
+    <t>屏東文獻</t>
+  </si>
+  <si>
+    <t>檔案季刊</t>
+  </si>
+  <si>
+    <t>清華藝術學報</t>
+  </si>
+  <si>
+    <t>中華佛學研究</t>
+  </si>
+  <si>
+    <t>中華佛學學報</t>
+  </si>
+  <si>
+    <t>藝術論壇</t>
+  </si>
+  <si>
+    <t>環境與世界</t>
+  </si>
+  <si>
+    <t>臺灣宗教研究</t>
+  </si>
+  <si>
+    <t>當代會計</t>
+  </si>
+  <si>
+    <t>中華會計學刊</t>
+  </si>
+  <si>
+    <t>經濟研究</t>
+  </si>
+  <si>
+    <t>教學實踐與創新</t>
+  </si>
+  <si>
+    <t>組織與管理</t>
+  </si>
+  <si>
+    <t>傳播研究與實踐</t>
+  </si>
+  <si>
+    <t>台灣東南亞學刊</t>
+  </si>
+  <si>
+    <t>中正台灣文學與文化研究</t>
+  </si>
+  <si>
+    <t>史原</t>
+  </si>
+  <si>
+    <t>日本與亞太研究季刊</t>
+  </si>
+  <si>
+    <t>中華心理衛生學刊</t>
+  </si>
+  <si>
     <t>Defense Security Brief</t>
   </si>
   <si>
-    <t>Ex-position</t>
-[...5 lines deleted...]
-    <t>Issues &amp; Studies</t>
+    <t>國防情勢月報</t>
+  </si>
+  <si>
+    <t>戰略與評估</t>
+  </si>
+  <si>
+    <t>國防安全週報</t>
+  </si>
+  <si>
+    <t>國防情勢特刊</t>
+  </si>
+  <si>
+    <t>亞太研究通訊</t>
+  </si>
+  <si>
+    <t>戰略：台灣國家安全政策評論</t>
+  </si>
+  <si>
+    <t>東南亞季刊</t>
+  </si>
+  <si>
+    <t>國防政策評論</t>
+  </si>
+  <si>
+    <t>國際與公共事務</t>
+  </si>
+  <si>
+    <t>測驗學刊</t>
+  </si>
+  <si>
+    <t>戰略安全研析</t>
+  </si>
+  <si>
+    <t>國立政治大學社會學報</t>
   </si>
   <si>
     <t>Taiwan Journal of TESOL</t>
   </si>
   <si>
-    <t>人文社會科學研究</t>
-[...35 lines deleted...]
-    <t>中正台灣文學與文化研究集刊</t>
+    <t>國防安全雙週報</t>
+  </si>
+  <si>
+    <t>國際關係學報</t>
+  </si>
+  <si>
+    <t>智慧財產評論</t>
+  </si>
+  <si>
+    <t>傳播研究集刊</t>
+  </si>
+  <si>
+    <t>民族學報</t>
+  </si>
+  <si>
+    <t>問題と研究</t>
+  </si>
+  <si>
+    <t>民族學界</t>
+  </si>
+  <si>
+    <t>廣告學研究</t>
+  </si>
+  <si>
+    <t>中文計算語言學期刊</t>
+  </si>
+  <si>
+    <t>管理資訊計算</t>
+  </si>
+  <si>
+    <t>文化：政策・管理・新創</t>
+  </si>
+  <si>
+    <t>商管科技季刊</t>
+  </si>
+  <si>
+    <t>台灣人權學刊</t>
+  </si>
+  <si>
+    <t>傳播文化</t>
+  </si>
+  <si>
+    <t>教育科技與學習</t>
+  </si>
+  <si>
+    <t>輔導與諮商學報</t>
+  </si>
+  <si>
+    <t>揭諦 ：南華大學哲學與生命教育學報</t>
   </si>
   <si>
     <t>中正財經法學</t>
   </si>
   <si>
-    <t>中正漢學研究</t>
-[...158 lines deleted...]
-    <t>民主與治理</t>
+    <t>嘉大教育研究學刊</t>
+  </si>
+  <si>
+    <t>當代社會工作學刊</t>
   </si>
   <si>
     <t>民生論叢</t>
   </si>
   <si>
-    <t>民俗藝術與文化資產集刊</t>
-[...721 lines deleted...]
-  <si>
     <t>戲曲學報</t>
   </si>
   <si>
-    <t>戲劇研究</t>
-[...65 lines deleted...]
-    <t>中文計算語言學期刊</t>
+    <t>轉型正義與黨產研究</t>
+  </si>
+  <si>
+    <t>資訊社會研究</t>
+  </si>
+  <si>
+    <t>政治與社會哲學評論</t>
+  </si>
+  <si>
+    <t>會計審計論叢</t>
+  </si>
+  <si>
+    <t>Agriculture and Economics</t>
+  </si>
+  <si>
+    <t>Asian Journal of Domestic Violence and Sexual Offense</t>
+  </si>
+  <si>
+    <t>Academia Economic Papers</t>
+  </si>
+  <si>
+    <t>Taiwanese Agricultural Economic Review</t>
+  </si>
+  <si>
+    <t>The Archive of Guidance &amp; Counseling</t>
+  </si>
+  <si>
+    <t>Bulletin of Chinese Association for the History of Science</t>
+  </si>
+  <si>
+    <t>Aletheia：NHU Journal of Philosophy and Life Education</t>
+  </si>
+  <si>
+    <t>Journal of Architecture</t>
+  </si>
+  <si>
+    <t>Acta Psychologica Taiwanica</t>
+  </si>
+  <si>
+    <t>Archives Semiannual</t>
+  </si>
+  <si>
+    <t>Body Culture Journal</t>
+  </si>
+  <si>
+    <t>Bulletin of the Department of Chinese Literature N.T.U.</t>
+  </si>
+  <si>
+    <t>Journal of Archaeology and Anthropology</t>
+  </si>
+  <si>
+    <t>Bulletin of Educational Psychology</t>
+  </si>
+  <si>
+    <t>Bulletin of Educational Research</t>
+  </si>
+  <si>
+    <t>Baisha Journal of GeoHistory</t>
+  </si>
+  <si>
+    <t>Bulletin of Special Education</t>
+  </si>
+  <si>
+    <t>Bulletin of Taiwanese Literature</t>
+  </si>
+  <si>
+    <t>Journal of Chinese Language and Literature of National Taipei University</t>
+  </si>
+  <si>
+    <t>Journal of CAGST</t>
+  </si>
+  <si>
+    <t>City and Planning</t>
+  </si>
+  <si>
+    <t>Chung Cheng Financial and Economic Law Review</t>
+  </si>
+  <si>
+    <t>National ChengChi University Chinese Journal Introduction</t>
+  </si>
+  <si>
+    <t>National Chung Cheng University Law Journal</t>
+  </si>
+  <si>
+    <t>Contemporary China Newsletter</t>
+  </si>
+  <si>
+    <t>Communication, Culture,&amp; Politics</t>
+  </si>
+  <si>
+    <t>Chung Cheng Chinese Studies</t>
+  </si>
+  <si>
+    <t>Journal of Chinese Dietary Culture</t>
+  </si>
+  <si>
+    <t>The Bulletin of Civic Education and Leadership</t>
+  </si>
+  <si>
+    <t>The Republic of China Education Yearbook</t>
+  </si>
+  <si>
+    <t>Chinese Journal of Guidance and Counseling</t>
+  </si>
+  <si>
+    <t>Chang Gung Journal of Humanities and Social Sciences</t>
+  </si>
+  <si>
+    <t>Chinese Group Psychotherapy</t>
+  </si>
+  <si>
+    <t>The Journal of History</t>
+  </si>
+  <si>
+    <t>Journal of the Humanities and Social Sciences</t>
+  </si>
+  <si>
+    <t>Curriculum &amp; Instruction Quarterly</t>
+  </si>
+  <si>
+    <t>Issues &amp; Studies         *English</t>
+  </si>
+  <si>
+    <t>Journal of the Chinese Institute of Transportation</t>
+  </si>
+  <si>
+    <t>National Chiayi University Journal of the Educational Research</t>
+  </si>
+  <si>
+    <t>NCUE Journal of Humanities</t>
+  </si>
+  <si>
+    <t>Chinese Journal of Psychology</t>
+  </si>
+  <si>
+    <t>Journal of Chinese Literature of National Cheng Kung University</t>
+  </si>
+  <si>
+    <t>Collected Papers of Korean Studies</t>
+  </si>
+  <si>
+    <t>National Central Library News Bulletin</t>
+  </si>
+  <si>
+    <t>National Central Library Newsletter</t>
+  </si>
+  <si>
+    <t>Journal of Chinese Language Teaching</t>
+  </si>
+  <si>
+    <t>Cheng Kung Journal of Historical Studies</t>
+  </si>
+  <si>
+    <t>Quarterly of Chinese Physical Education</t>
+  </si>
+  <si>
+    <t>The National Chengchi University Philosophical Journal</t>
+  </si>
+  <si>
+    <t>Journal of Cadastral Survey</t>
+  </si>
+  <si>
+    <t>Concentric: Studies in Linguistics</t>
+  </si>
+  <si>
+    <t>Journal of The Institute of Chinese Literature Shih Hsin University</t>
+  </si>
+  <si>
+    <t>Journal of Contemporary Social Work</t>
+  </si>
+  <si>
+    <t>Compilation and Translation Review</t>
+  </si>
+  <si>
+    <t>Journal of Education National Changhua University of Education</t>
+  </si>
+  <si>
+    <t>Journal of Community Work and Community Studies</t>
+  </si>
+  <si>
+    <t>Chung Wai Literary Quarterly</t>
+  </si>
+  <si>
+    <t>Dong Hwa Journal of Chinese Studies</t>
+  </si>
+  <si>
+    <t>Tamkang Journal of Chinese Literature</t>
+  </si>
+  <si>
+    <t>Contemporary Educational Research Quarterly</t>
+  </si>
+  <si>
+    <t>International Journal of Digital Media Design</t>
+  </si>
+  <si>
+    <t>Dong Hwa Journal of Humanities</t>
+  </si>
+  <si>
+    <t>Journal of Contemporary Studies of Confucianism</t>
+  </si>
+  <si>
+    <t>Tamkang History Review</t>
+  </si>
+  <si>
+    <t>Journal of Design Science</t>
+  </si>
+  <si>
+    <t>Review of English and American Literature</t>
+  </si>
+  <si>
+    <t>East Asia Studies</t>
+  </si>
+  <si>
+    <t>EurAmerica: A Journal of European and American Studies</t>
+  </si>
+  <si>
+    <t>Journal of Early Childhood Education &amp; Care</t>
+  </si>
+  <si>
+    <t>Journal of Early Childhood Education</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Early and Medieval Chinese History </t>
+  </si>
+  <si>
+    <t>Journal of Education Practice and Research</t>
+  </si>
+  <si>
+    <t>Educational Resources and Research</t>
+  </si>
+  <si>
+    <t>Journal of Educational Research and Development</t>
+  </si>
+  <si>
+    <t>Forum of Educational Administration</t>
+  </si>
+  <si>
+    <t>Fo Guang Journal of Buddhist Studies</t>
+  </si>
+  <si>
+    <t>Journal of Arts</t>
+  </si>
+  <si>
+    <t>Foreign Language Studies</t>
+  </si>
+  <si>
+    <t>Formosan Journal of Medical Humanities</t>
+  </si>
+  <si>
+    <t>Fu Jen Philosophical Studies</t>
+  </si>
+  <si>
+    <t>Journal of Performing and Visual Arts Studies</t>
+  </si>
+  <si>
+    <t>Journal of Art Studies</t>
+  </si>
+  <si>
+    <t>Global Hakka Studies</t>
+  </si>
+  <si>
+    <t>Journal of Geographical Science</t>
+  </si>
+  <si>
+    <t>Lingual, Literary, and Cultural Translation</t>
+  </si>
+  <si>
+    <t>Bulletin of Chinese</t>
+  </si>
+  <si>
+    <t>Hsuan Chuang Journal of Buddhism Studies</t>
+  </si>
+  <si>
+    <t>Journal of Human Development and Family Studies</t>
+  </si>
+  <si>
+    <t>Journal of Home Economics Education</t>
+  </si>
+  <si>
+    <t>Human Ecology : Vision and Insight</t>
+  </si>
+  <si>
+    <t>Historical Inquiry</t>
+  </si>
+  <si>
+    <t>Huafan Journal of Humanities</t>
+  </si>
+  <si>
+    <t>Hwa Kang English Journal</t>
+  </si>
+  <si>
+    <t>Hwa Kang Journal of English Language and Literature</t>
+  </si>
+  <si>
+    <t>Hongshi</t>
+  </si>
+  <si>
+    <t>Journal of the Historical Studies</t>
+  </si>
+  <si>
+    <t>NPUST Humanities and Social Sciences Research: Pedagogy</t>
+  </si>
+  <si>
+    <t>NPUST Humanities and Social Sciences Research</t>
+  </si>
+  <si>
+    <t>Journal of Chinese Cultural Studies</t>
+  </si>
+  <si>
+    <t>Journal of The History of Ideas East Asia</t>
+  </si>
+  <si>
+    <t>International Journal of Commerce and Strategy</t>
+  </si>
+  <si>
+    <t>International Journal of Science and Engineering</t>
+  </si>
+  <si>
+    <t>Information Management Research</t>
+  </si>
+  <si>
+    <t>Indigenous Psychological Research in Chinese Societies</t>
+  </si>
+  <si>
+    <t>Journal of Applied Chinese</t>
+  </si>
+  <si>
+    <t>Journal of Agricultural Economics</t>
+  </si>
+  <si>
+    <t>Journal of Applied Languages</t>
+  </si>
+  <si>
+    <t>Journal of Accounting Review</t>
+  </si>
+  <si>
+    <t>The Journal Of Commercial Design</t>
+  </si>
+  <si>
+    <t>NCUE Journal of Chinese Studies</t>
+  </si>
+  <si>
+    <t>Journal of Democracy and Governance</t>
+  </si>
+  <si>
+    <t>Journal of Design Research</t>
+  </si>
+  <si>
+    <t>Journal of Dharma Seals</t>
+  </si>
+  <si>
+    <t>Journal of E-Business</t>
+  </si>
+  <si>
+    <t>Tsing Hua Journal of Educational Research</t>
+  </si>
+  <si>
+    <t>Journal of General Education</t>
+  </si>
+  <si>
+    <t>Journal of Geographical Research</t>
+  </si>
+  <si>
+    <t>Journal of Housing Studies</t>
+  </si>
+  <si>
+    <t>Humanitas Taiwanica</t>
+  </si>
+  <si>
+    <t>Journal of Library and Information Studies</t>
+  </si>
+  <si>
+    <t>Journal of Educational Theory &amp; Practice</t>
+  </si>
+  <si>
+    <t>Journal Of Museum And Culture</t>
+  </si>
+  <si>
+    <t>Journal of management and openrations</t>
+  </si>
+  <si>
+    <t>Journal of Music Research</t>
+  </si>
+  <si>
+    <t>Journal of Ming Studies</t>
+  </si>
+  <si>
+    <t>Journal of Huayen Buddhism</t>
+  </si>
+  <si>
+    <t>Journal of Criminology</t>
+  </si>
+  <si>
+    <t>Journal of Design</t>
+  </si>
+  <si>
+    <t>Journal of Taiwan Literary Studies</t>
+  </si>
+  <si>
+    <t>Journal of Public Administration</t>
+  </si>
+  <si>
+    <t>Taiwan Journal of Public Health</t>
+  </si>
+  <si>
+    <t>Taiwanese Journal of Political Science</t>
+  </si>
+  <si>
+    <t>Journal of Professional Teachers</t>
+  </si>
+  <si>
+    <t>Journal of Russian Philology</t>
+  </si>
+  <si>
+    <t>Journal of Special Education</t>
+  </si>
+  <si>
+    <t>Journal of Social Sciences Studies</t>
+  </si>
+  <si>
+    <t>Taiwanese Journal of Social Welfare</t>
+  </si>
+  <si>
+    <t>Journal of Technology Management</t>
+  </si>
+  <si>
+    <t>Journal of Textbook Research</t>
+  </si>
+  <si>
+    <t>Journal of Theater Studies</t>
+  </si>
+  <si>
+    <t>Journal of National Pingtung University. Education</t>
+  </si>
+  <si>
+    <t>Journal of Education Studies</t>
+  </si>
+  <si>
+    <t>Kaohsiung Historiography</t>
+  </si>
+  <si>
+    <t>Journal of Urbanology</t>
+  </si>
+  <si>
+    <t>National University of Kaohsiung Law Journal</t>
+  </si>
+  <si>
+    <t>Journal of Liberal Arts Education</t>
+  </si>
+  <si>
+    <t>Language and Linguistics</t>
+  </si>
+  <si>
+    <t>Journal of Liberal Arts and Social Sciences</t>
+  </si>
+  <si>
+    <t>Languages and International Studies</t>
+  </si>
+  <si>
+    <t>Leisure &amp; Society Research</t>
+  </si>
+  <si>
+    <t>Mainland China Studies</t>
+  </si>
+  <si>
+    <t>Journal of Fine Arts</t>
+  </si>
+  <si>
+    <t>Monumenta Taiwanica</t>
+  </si>
+  <si>
+    <t>New Books：Recent Publications in Taiwan, ROC</t>
+  </si>
+  <si>
+    <t>National Central Library Annual Report</t>
+  </si>
+  <si>
+    <t>National Central Library Bulletin</t>
+  </si>
+  <si>
+    <t>New Century Religious Studies</t>
+  </si>
+  <si>
+    <t>The Journal of National Defense University General Education</t>
+  </si>
+  <si>
+    <t>Journal of Taiwan Normal University. Mathematics, Science &amp; Technology</t>
+  </si>
+  <si>
+    <t>New History</t>
+  </si>
+  <si>
+    <t>Journal of National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>New History of National Taipei University</t>
+  </si>
+  <si>
+    <t>Newsletter of the Institute of Chinese Literature and Philosophy</t>
+  </si>
+  <si>
+    <t>Issues &amp; Studies      *Chinese</t>
+  </si>
+  <si>
+    <t>Journal of National Kinmen Institute of Technology</t>
+  </si>
+  <si>
+    <t>Essay Compilation on New Generation of Overseas Chinese Research</t>
+  </si>
+  <si>
+    <t>Journal of National Quemoy University</t>
+  </si>
+  <si>
+    <t>Journal of Taiwan Normal University: Science Education</t>
+  </si>
+  <si>
+    <t>NTU Social Work Review</t>
+  </si>
+  <si>
+    <t>NTU Management Review</t>
+  </si>
+  <si>
+    <t>Journal of Women's and Gender Studies</t>
+  </si>
+  <si>
+    <t>Journal of Overseas Chinese and Southeast Asian Studies</t>
+  </si>
+  <si>
+    <t>Journal of Overseas Chinese Education and Overseas Chinese Studies</t>
+  </si>
+  <si>
+    <t>On Philosophical</t>
+  </si>
+  <si>
+    <t>Journal of Outdoor Recreation Study</t>
+  </si>
+  <si>
+    <t>Journal of Labor, Occupational Safety and Health</t>
+  </si>
+  <si>
+    <t>The Journal of Public Administration and Policy</t>
+  </si>
+  <si>
+    <t>Journal of Public Affairs Review</t>
+  </si>
+  <si>
+    <t>Physical Education Journal</t>
+  </si>
+  <si>
+    <t>Bulletin of National Pingtung Institute of Commerce</t>
+  </si>
+  <si>
+    <t>Pulse of Education</t>
+  </si>
+  <si>
+    <t>Praxes</t>
+  </si>
+  <si>
+    <t>Pingtung ta hsueh ti yu</t>
+  </si>
+  <si>
+    <t>Journal of Pingtung University of Education. Education</t>
+  </si>
+  <si>
+    <t>Journal of Pingtung University of Education. Liberal Arts &amp; Social Sciences</t>
+  </si>
+  <si>
+    <t>Journal of National Pingtung University: Managemen</t>
+  </si>
+  <si>
+    <t>Journal of National Pingtung University: Liberal Arts and Social Sciences</t>
+  </si>
+  <si>
+    <t>Research in Applied Psychology</t>
+  </si>
+  <si>
+    <t>Newsletter for Research in Chinese Studies</t>
+  </si>
+  <si>
+    <t>Journal of Research in Delinquency and Prevention</t>
+  </si>
+  <si>
+    <t>Journal of research in education Sciences</t>
+  </si>
+  <si>
+    <t>Review of Global Politics</t>
+  </si>
+  <si>
+    <t>Review of Social Sciences</t>
+  </si>
+  <si>
+    <t>Journal of Humanistic Studies</t>
+  </si>
+  <si>
+    <t>Asian Broadcasting &amp; New Media Research</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Social Analysis </t>
+  </si>
+  <si>
+    <t>Satyabhisamaya</t>
+  </si>
+  <si>
+    <t>Journal of Traditional Chinese Theater</t>
+  </si>
+  <si>
+    <t>Studies on Dun-Huang</t>
+  </si>
+  <si>
+    <t>Bulletin of Sexuality Education</t>
+  </si>
+  <si>
+    <t>Science Education of National University of Education</t>
+  </si>
+  <si>
+    <t>Shih-Hui</t>
+  </si>
+  <si>
+    <t>Thesis of Department of Painting and Calligraphy</t>
+  </si>
+  <si>
+    <t>Studies of Interpretation and Translation</t>
+  </si>
+  <si>
+    <t>Soochow Journal of Accounting</t>
+  </si>
+  <si>
+    <t>Soochow Journal of Chinese Studies</t>
+  </si>
+  <si>
+    <t>Soochow Journal of Economics and Business</t>
+  </si>
+  <si>
+    <t>Soochow Journal of the Graduate School of Chinese</t>
+  </si>
+  <si>
+    <t>Soochow Journal of History</t>
+  </si>
+  <si>
+    <t>Soochow Journal of Political Science</t>
+  </si>
+  <si>
+    <t>Educational Journal of NHCUE</t>
+  </si>
+  <si>
+    <t>Soochow Journal of Social Work</t>
+  </si>
+  <si>
+    <t>Visual Arts Forum</t>
+  </si>
+  <si>
+    <t>Soochow Journal of Chinese literature online</t>
+  </si>
+  <si>
+    <t>Journal for the Study of the Party Assets</t>
+  </si>
+  <si>
+    <t>Sport Studies</t>
+  </si>
+  <si>
+    <t>Social Policy &amp; Social Work</t>
+  </si>
+  <si>
+    <t>Journal of Social and Regional Development</t>
+  </si>
+  <si>
+    <t>Sun Yat-Sen Management Review</t>
+  </si>
+  <si>
+    <t>The Sculpture Research Semiyearly</t>
+  </si>
+  <si>
+    <t>Annual of Graduate School of Chinese Literature Soochow University</t>
+  </si>
+  <si>
+    <t>Taiwanese Journal for Studies of Science, Technology and Medicine</t>
+  </si>
+  <si>
+    <t>Journal for Studies of Everyday Life</t>
+  </si>
+  <si>
+    <t>Sun Yat-sen Journal of Humanities</t>
+  </si>
+  <si>
+    <t>Taiwan Journal of Applied Economics</t>
+  </si>
+  <si>
+    <t>ARTISTICA TNNUA</t>
+  </si>
+  <si>
+    <t>Theory and Policy</t>
+  </si>
+  <si>
+    <t>Taiwan Publishing and Reading</t>
+  </si>
+  <si>
+    <t>Taiwan Baptist Christian Seminary Journal</t>
+  </si>
+  <si>
+    <t>Taiwan Baptist Theological Seminary Annual Bulletin</t>
+  </si>
+  <si>
+    <t>Taipei City University of Science and Technology Journal of General Education</t>
+  </si>
+  <si>
+    <t>Tunghai Journal of Chinese Literature</t>
+  </si>
+  <si>
+    <t>Taiwan Democracy Quarterly</t>
+  </si>
+  <si>
+    <t>Taiwan Journal of East Asian Studies</t>
+  </si>
+  <si>
+    <t>Taiwan Economic Forecast and Policy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Journal of Teacher Education and Professional Development </t>
+  </si>
+  <si>
+    <t>Journal of Taiwan Folk Arts</t>
+  </si>
+  <si>
+    <t>Bulletin of Special Education and Rehabilitation</t>
+  </si>
+  <si>
+    <t>Tsing Hua Journal of Chinese Studies</t>
+  </si>
+  <si>
+    <t>Tunghai Chiao Yu Ping Lun</t>
+  </si>
+  <si>
+    <t>Tsing Hua Journal of Chinese Literature</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taiwan Journal of International Law </t>
+  </si>
+  <si>
+    <t>Taiwan International Studies Quarterly</t>
+  </si>
+  <si>
+    <t>Taiwan Journal of Buddhist Studies</t>
+  </si>
+  <si>
+    <t>Taiwan Journal of C hinese as a SecondLanguage</t>
+  </si>
+  <si>
+    <t>Taiwan Journal of Geoinformatics</t>
+  </si>
+  <si>
+    <t>Tunghai Journal of History</t>
+  </si>
+  <si>
+    <t>Taiwan Journal of Linguistics</t>
+  </si>
+  <si>
+    <t>Journal of Taiwanese Languages and Literature</t>
+  </si>
+  <si>
+    <t>Journal of Taiwan Land Research</t>
+  </si>
+  <si>
+    <t>Taiwan Journal of Marketing Science</t>
+  </si>
+  <si>
+    <t>The Taiwan Ocean Law Review</t>
+  </si>
+  <si>
+    <t>Transportation Planning Journal</t>
+  </si>
+  <si>
+    <t>Journal of Teaching Practice and Research on Higher Education</t>
+  </si>
+  <si>
+    <t>Tamkang Review</t>
+  </si>
+  <si>
+    <t>Taiwanese Sociology</t>
+  </si>
+  <si>
+    <t>Bulletin of Historical Research</t>
+  </si>
+  <si>
+    <t>Taiwanese Social Work</t>
+  </si>
+  <si>
+    <t>Taiwanese Journal of Sociology</t>
+  </si>
+  <si>
+    <t>Taiwan : A Radical Quarterly in Social Studies</t>
+  </si>
+  <si>
+    <t>National Taichung Institute of Technology Journal of General Education</t>
+  </si>
+  <si>
+    <t>Taipei Theatre Journal</t>
+  </si>
+  <si>
+    <t>Tunghai University Library Journal</t>
+  </si>
+  <si>
+    <t>Tunghai University Law Review</t>
+  </si>
+  <si>
+    <t>Tunghai University Library Newsletter</t>
+  </si>
+  <si>
+    <t>National Taiwan University Philosophical Review</t>
+  </si>
+  <si>
+    <t>NTU Studies in Taiwan Literature</t>
+  </si>
+  <si>
+    <t>The World of Chinese Language</t>
+  </si>
+  <si>
+    <t>The Wenshan Review of Literature and Culture</t>
+  </si>
+  <si>
+    <t>Router: A Journal of Cultural Studies</t>
+  </si>
+  <si>
+    <t>Taiwan Studies in Literature and History</t>
+  </si>
+  <si>
+    <t>Journal of Culture Resources</t>
+  </si>
+  <si>
+    <t>Journal of Electoral Studies</t>
+  </si>
+  <si>
+    <t>National Central University Journal of Humanities</t>
+  </si>
+  <si>
+    <t>Art Forum (suspended 2003)</t>
+  </si>
+  <si>
+    <t>Art Forum (resumed 2008)</t>
+  </si>
+  <si>
+    <t>Art Symposium</t>
+  </si>
+  <si>
+    <t>Chung Yuan Journal of Teaching Chinese as a Second Language</t>
+  </si>
+  <si>
+    <t>Journal of Hummanities and Social Sciences of NHCUE</t>
+  </si>
+  <si>
+    <t>Zhongji Xuekan</t>
+  </si>
+  <si>
+    <t>Studies in Sinology</t>
+  </si>
+  <si>
+    <t>Chung Cheng Journal of History</t>
+  </si>
+  <si>
+    <t>Chinese Studies</t>
+  </si>
+  <si>
+    <t>EXCHANGE</t>
+  </si>
+  <si>
+    <t>Historical Journal of Chi Nan</t>
+  </si>
+  <si>
+    <t>Taiwan Economic Review</t>
+  </si>
+  <si>
+    <t>The Journal of Ping-Tung History</t>
+  </si>
+  <si>
+    <t>Archives Quarterly</t>
+  </si>
+  <si>
+    <t>Journal of Tsing Hua Arts</t>
+  </si>
+  <si>
+    <t>Chung-Hwa Buddhist Studies</t>
+  </si>
+  <si>
+    <t>Journal of Chinese Buddhist Studies</t>
+  </si>
+  <si>
+    <t>Journal of Art Forum</t>
+  </si>
+  <si>
+    <t>Taiwan Journal of Religious Studies</t>
+  </si>
+  <si>
+    <t>Journal of Contemporary Accounting</t>
+  </si>
+  <si>
+    <t>Taiwan Accounting Review</t>
+  </si>
+  <si>
+    <t>Taipei Economic Inquiry</t>
+  </si>
+  <si>
+    <t>Journal of Teaching Practice and Pedagogical Innovation</t>
+  </si>
+  <si>
+    <t>Organization and Management</t>
+  </si>
+  <si>
+    <t>Journal of Communication Research and Practice</t>
+  </si>
+  <si>
+    <t>Taiwan Journal of Southeast Asian Studies</t>
+  </si>
+  <si>
+    <t>Chung Cheng Journal of Taiwan Literature and Culture Studies</t>
+  </si>
+  <si>
+    <t>Shih Yuan</t>
+  </si>
+  <si>
+    <t>Japan and Asia-Pacific Studies Quarterly</t>
+  </si>
+  <si>
+    <t>Chinese Journal of Mental Health</t>
+  </si>
+  <si>
+    <t>Defense Situation Monthly</t>
+  </si>
+  <si>
+    <t>Defense Strategy &amp; Assessment Journal</t>
+  </si>
+  <si>
+    <t>Defense Security Weekly</t>
+  </si>
+  <si>
+    <t>Defense Situation Special Report</t>
+  </si>
+  <si>
+    <t>Journal of Asia-Pacific Studies</t>
+  </si>
+  <si>
+    <t>Taiwan's national security policy review</t>
+  </si>
+  <si>
+    <t>Journal of Southeast Asian Studies</t>
+  </si>
+  <si>
+    <t>Taiwan defence affairs</t>
+  </si>
+  <si>
+    <t>International and Public Affairs</t>
+  </si>
+  <si>
+    <t>Psychological Testing</t>
+  </si>
+  <si>
+    <t>Journal of Strategic and Security Analyses</t>
+  </si>
+  <si>
+    <t>The NCCU Journal of Sociology</t>
+  </si>
+  <si>
+    <t>National Defense Security Biweekly Report</t>
+  </si>
+  <si>
+    <t>The Journal of International Relations</t>
+  </si>
+  <si>
+    <t>NCCU Intellectual Property Review</t>
+  </si>
+  <si>
+    <t>Communication Research Monographs</t>
+  </si>
+  <si>
+    <t>Bulletin of the Department of Ethnology</t>
+  </si>
+  <si>
+    <t>MONDAI TO KENKYU</t>
+  </si>
+  <si>
+    <t>Ethnologia</t>
+  </si>
+  <si>
+    <t>The Journal of Advertising &amp; Public Relations</t>
+  </si>
+  <si>
+    <t>International Journal of Computational Linguistics and Chinese Language Processing</t>
+  </si>
+  <si>
+    <t>Management Information Computing</t>
+  </si>
+  <si>
+    <t>Culture: Policy, Management &amp; Entrepreneurship</t>
+  </si>
+  <si>
+    <t>Commerce &amp; Management Quarterly</t>
+  </si>
+  <si>
+    <t>Taiwan Human Rights Journal</t>
+  </si>
+  <si>
+    <t>Journal of Communication &amp; Culture</t>
+  </si>
+  <si>
+    <t>Educational Technology＆Learning</t>
+  </si>
+  <si>
+    <t>The Journal of Information Society</t>
+  </si>
+  <si>
+    <t>SOCIETAS: A Journal for Philosophical Study of Public Affairs</t>
+  </si>
+  <si>
+    <t>Review of Accounting and Auditing Studies</t>
+  </si>
+  <si>
+    <t>1011-520X</t>
+  </si>
+  <si>
+    <t>1994-5779</t>
+  </si>
+  <si>
+    <t>1018-161x</t>
+  </si>
+  <si>
+    <t>1027-7757</t>
+  </si>
+  <si>
+    <t>2075-7379</t>
+  </si>
+  <si>
+    <t>1028-4583</t>
+  </si>
+  <si>
+    <t>1016-3212</t>
+  </si>
+  <si>
+    <t>0065-1613</t>
+  </si>
+  <si>
+    <t>1684-1212</t>
+  </si>
+  <si>
+    <t>1817-6690</t>
+  </si>
+  <si>
+    <t>1013-2422</t>
+  </si>
+  <si>
+    <t>0077-5843</t>
+  </si>
+  <si>
+    <t>1011-5714</t>
+  </si>
+  <si>
+    <t>1028-8708</t>
+  </si>
+  <si>
+    <t>1991-1475</t>
+  </si>
+  <si>
+    <t>1026-4485</t>
+  </si>
+  <si>
+    <t>1608-1692</t>
+  </si>
+  <si>
+    <t>1993-1638</t>
+  </si>
+  <si>
+    <t>2220-2579</t>
+  </si>
+  <si>
+    <t>1018-1067</t>
+  </si>
+  <si>
+    <t>2078-7375</t>
+  </si>
+  <si>
+    <t>1684-4246</t>
+  </si>
+  <si>
+    <t>1728-7618</t>
+  </si>
+  <si>
+    <t>1810-1955</t>
+  </si>
+  <si>
+    <t>2411-4006</t>
+  </si>
+  <si>
+    <t>2218-4481</t>
+  </si>
+  <si>
+    <t>1996-269X</t>
+  </si>
+  <si>
+    <t>1811-9301</t>
+  </si>
+  <si>
+    <t>1683-660X</t>
+  </si>
+  <si>
+    <t>1563-3608</t>
+  </si>
+  <si>
+    <t>1728-5186</t>
+  </si>
+  <si>
+    <t>2070-9455</t>
+  </si>
+  <si>
+    <t>0301-9667</t>
+  </si>
+  <si>
+    <t>1562-7934</t>
+  </si>
+  <si>
+    <t>1560-1277</t>
+  </si>
+  <si>
+    <t>1013-2511</t>
+  </si>
+  <si>
+    <t>1027-2275</t>
+  </si>
+  <si>
+    <t>1029-0192</t>
+  </si>
+  <si>
+    <t>2305-9761</t>
+  </si>
+  <si>
+    <t>1013-9656</t>
+  </si>
+  <si>
+    <t>1817-0021</t>
+  </si>
+  <si>
+    <t>0529-6498</t>
+  </si>
+  <si>
+    <t>1026-7220</t>
+  </si>
+  <si>
+    <t>0034-5016</t>
+  </si>
+  <si>
+    <t>1811-8429</t>
+  </si>
+  <si>
+    <t>1683-9749</t>
+  </si>
+  <si>
+    <t>1024-7300</t>
+  </si>
+  <si>
+    <t>1027-6076</t>
+  </si>
+  <si>
+    <t>2072-5507</t>
+  </si>
+  <si>
+    <t>1810-7478</t>
+  </si>
+  <si>
+    <t>2071-4858</t>
+  </si>
+  <si>
+    <t>1819-8309</t>
+  </si>
+  <si>
+    <t>2223-7240</t>
+  </si>
+  <si>
+    <t>0303-0849</t>
+  </si>
+  <si>
+    <t>1726-8265</t>
+  </si>
+  <si>
+    <t>1819-7469</t>
+  </si>
+  <si>
+    <t>1814-4810</t>
+  </si>
+  <si>
+    <t>2078-4775</t>
+  </si>
+  <si>
+    <t>1608-8344</t>
+  </si>
+  <si>
+    <t>1994-5760</t>
+  </si>
+  <si>
+    <t>1023-358x</t>
+  </si>
+  <si>
+    <t>1562-9708</t>
+  </si>
+  <si>
+    <t>1024-2856</t>
+  </si>
+  <si>
+    <t>1013-2546</t>
+  </si>
+  <si>
+    <t>1021-3058</t>
+  </si>
+  <si>
+    <t>1997-468X</t>
+  </si>
+  <si>
+    <t>1018-158X</t>
+  </si>
+  <si>
+    <t>2075-0366</t>
+  </si>
+  <si>
+    <t>1993-5633</t>
+  </si>
+  <si>
+    <t>1024-3058</t>
+  </si>
+  <si>
+    <t>1816-6504</t>
+  </si>
+  <si>
+    <t>2076-3638</t>
+  </si>
+  <si>
+    <t>2414-3006</t>
+  </si>
+  <si>
+    <t>1813-0755</t>
+  </si>
+  <si>
+    <t>1606-5727</t>
+  </si>
+  <si>
+    <t>1995-9176</t>
+  </si>
+  <si>
+    <t>2070-3589</t>
+  </si>
+  <si>
+    <t>1996-1863</t>
+  </si>
+  <si>
+    <t>2310-8436</t>
+  </si>
+  <si>
+    <t>0494-5387</t>
+  </si>
+  <si>
+    <t>1998-5177</t>
+  </si>
+  <si>
+    <t>1019-6706</t>
+  </si>
+  <si>
+    <t>1813-3649</t>
+  </si>
+  <si>
+    <t>2076-8591</t>
+  </si>
+  <si>
+    <t>2074-8159</t>
+  </si>
+  <si>
+    <t>1012-8514</t>
+  </si>
+  <si>
+    <t>1812-4305</t>
+  </si>
+  <si>
+    <t>2218-8088</t>
+  </si>
+  <si>
+    <t>1729-2786</t>
+  </si>
+  <si>
+    <t>2304-5213</t>
+  </si>
+  <si>
+    <t>2414-0228</t>
+  </si>
+  <si>
+    <t>1996-7985</t>
+  </si>
+  <si>
+    <t>2309-0057</t>
+  </si>
+  <si>
+    <t>2303-9205</t>
+  </si>
+  <si>
+    <t>2073-2147</t>
+  </si>
+  <si>
+    <t>2223-4489</t>
+  </si>
+  <si>
+    <t>1029-8282</t>
+  </si>
+  <si>
+    <t>1994-1919</t>
+  </si>
+  <si>
+    <t>0546-9600</t>
+  </si>
+  <si>
+    <t>2312-0126</t>
+  </si>
+  <si>
+    <t>1018-1687</t>
+  </si>
+  <si>
+    <t>2415-4547</t>
+  </si>
+  <si>
+    <t>1028-9518</t>
+  </si>
+  <si>
+    <t>1991-7856</t>
+  </si>
+  <si>
+    <t>2311-505X</t>
+  </si>
+  <si>
+    <t>1996-4250</t>
+  </si>
+  <si>
+    <t>2224-1299</t>
+  </si>
+  <si>
+    <t>1816-6598</t>
+  </si>
+  <si>
+    <t>2521-9006</t>
+  </si>
+  <si>
+    <t>2071-4998</t>
+  </si>
+  <si>
+    <t>1019-6684</t>
+  </si>
+  <si>
+    <t>1666-0040</t>
+  </si>
+  <si>
+    <t>1015-2687</t>
+  </si>
+  <si>
+    <t>1606-7509</t>
+  </si>
+  <si>
+    <t>2079-7778</t>
+  </si>
+  <si>
+    <t>2224-9850</t>
+  </si>
+  <si>
+    <t>2077-6446</t>
+  </si>
+  <si>
+    <t>2079-8857</t>
+  </si>
+  <si>
+    <t>1607-5994</t>
+  </si>
+  <si>
+    <t>2222-6885</t>
+  </si>
+  <si>
+    <t>1605-2382</t>
+  </si>
+  <si>
+    <t>1606-8327</t>
+  </si>
+  <si>
+    <t>1817-2946</t>
+  </si>
+  <si>
+    <t>1561-8080</t>
+  </si>
+  <si>
+    <t>1023-2141</t>
+  </si>
+  <si>
+    <t>1018-3892</t>
+  </si>
+  <si>
+    <t>2225-0042</t>
+  </si>
+  <si>
+    <t>1029-4996</t>
+  </si>
+  <si>
+    <t>2074-5583</t>
+  </si>
+  <si>
+    <t>2411-4243</t>
+  </si>
+  <si>
+    <t>1682-2927</t>
+  </si>
+  <si>
+    <t>1028-7353</t>
+  </si>
+  <si>
+    <t>1999-8856</t>
+  </si>
+  <si>
+    <t>2070-2663</t>
+  </si>
+  <si>
+    <t>2523-0549</t>
+  </si>
+  <si>
+    <t>1990-4428</t>
+  </si>
+  <si>
+    <t>2222-8306</t>
+  </si>
+  <si>
+    <t>2078-4279</t>
+  </si>
+  <si>
+    <t>1819-8457</t>
+  </si>
+  <si>
+    <t>1998-5657</t>
+  </si>
+  <si>
+    <t>1606-822X</t>
+  </si>
+  <si>
+    <t>1819-7205</t>
+  </si>
+  <si>
+    <t>1729-6897</t>
+  </si>
+  <si>
+    <t>1811-4717</t>
+  </si>
+  <si>
+    <t>2219-5777</t>
+  </si>
+  <si>
+    <t>1016-1007</t>
+  </si>
+  <si>
+    <t>1013-2716</t>
+  </si>
+  <si>
+    <t>2309-4931</t>
+  </si>
+  <si>
+    <t>2219-2204</t>
+  </si>
+  <si>
+    <t>1560-6708</t>
+  </si>
+  <si>
+    <t>1026-5279</t>
+  </si>
+  <si>
+    <t>1684-3738</t>
+  </si>
+  <si>
+    <t>2223-3547</t>
+  </si>
+  <si>
+    <t>1684-7636</t>
+  </si>
+  <si>
+    <t>1023-2249</t>
+  </si>
+  <si>
+    <t>2074-5192</t>
+  </si>
+  <si>
+    <t>1017-7558</t>
+  </si>
+  <si>
+    <t>0591-2539</t>
+  </si>
+  <si>
+    <t>2221-142X</t>
+  </si>
+  <si>
+    <t>1684-7679</t>
+  </si>
+  <si>
+    <t>1681-8822</t>
+  </si>
+  <si>
+    <t>1018-1601</t>
+  </si>
+  <si>
+    <t>1683-4852</t>
+  </si>
+  <si>
+    <t>2414-7494</t>
+  </si>
+  <si>
+    <t>2415-5977</t>
+  </si>
+  <si>
+    <t>1012-5434</t>
+  </si>
+  <si>
+    <t>2414-0147</t>
+  </si>
+  <si>
+    <t>1728-6425</t>
+  </si>
+  <si>
+    <t>1608-9456</t>
+  </si>
+  <si>
+    <t>1024-7297</t>
+  </si>
+  <si>
+    <t>1729-3308</t>
+  </si>
+  <si>
+    <t>2411-409X</t>
+  </si>
+  <si>
+    <t>2414-4185</t>
+  </si>
+  <si>
+    <t>2070-1489</t>
+  </si>
+  <si>
+    <t>1995-9311</t>
+  </si>
+  <si>
+    <t>2520-4319</t>
+  </si>
+  <si>
+    <t>2518-8879</t>
+  </si>
+  <si>
+    <t>1560-9251</t>
+  </si>
+  <si>
+    <t>0253-2875</t>
+  </si>
+  <si>
+    <t>2078-0249</t>
+  </si>
+  <si>
+    <t>2073-753X</t>
+  </si>
+  <si>
+    <t>1726-3786</t>
+  </si>
+  <si>
+    <t>1995-6584</t>
+  </si>
+  <si>
+    <t>1021-0776</t>
+  </si>
+  <si>
+    <t>2218-6689</t>
+  </si>
+  <si>
+    <t>1609-9575</t>
+  </si>
+  <si>
+    <t>2070-1136</t>
+  </si>
+  <si>
+    <t>2413-9165</t>
+  </si>
+  <si>
+    <t>2227-8036</t>
+  </si>
+  <si>
+    <t>1993-7156</t>
+  </si>
+  <si>
+    <t>2070-9668</t>
+  </si>
+  <si>
+    <t>2071-9817</t>
+  </si>
+  <si>
+    <t>1027-1163</t>
+  </si>
+  <si>
+    <t>0259-3769</t>
+  </si>
+  <si>
+    <t>1561-3828</t>
+  </si>
+  <si>
+    <t>1025-0689</t>
+  </si>
+  <si>
+    <t>1019-8636</t>
+  </si>
+  <si>
+    <t>1819-7310</t>
+  </si>
+  <si>
+    <t>1026-4493</t>
+  </si>
+  <si>
+    <t>1029-0206</t>
+  </si>
+  <si>
+    <t>2075-0404</t>
+  </si>
+  <si>
+    <t>2521-9529</t>
+  </si>
+  <si>
+    <t>1994-1900</t>
+  </si>
+  <si>
+    <t>1028-7337</t>
+  </si>
+  <si>
+    <t>2073-3275</t>
+  </si>
+  <si>
+    <t>1023-2842</t>
+  </si>
+  <si>
+    <t>2072-2605</t>
+  </si>
+  <si>
+    <t>1817-2903</t>
+  </si>
+  <si>
+    <t>1680-5585</t>
+  </si>
+  <si>
+    <t>2078-9548</t>
+  </si>
+  <si>
+    <t>1024-3631</t>
+  </si>
+  <si>
+    <t>2220-9093</t>
+  </si>
+  <si>
+    <t>1021-1983</t>
+  </si>
+  <si>
+    <t>2616-5074</t>
+  </si>
+  <si>
+    <t>2219-5971</t>
+  </si>
+  <si>
+    <t>1811-4520</t>
+  </si>
+  <si>
+    <t>1024-2287</t>
+  </si>
+  <si>
+    <t>1726-9350</t>
+  </si>
+  <si>
+    <t>1812-6243</t>
+  </si>
+  <si>
+    <t>2071-3649</t>
+  </si>
+  <si>
+    <t>978-986-02-8702-8</t>
+  </si>
+  <si>
+    <t>1563-3586</t>
+  </si>
+  <si>
+    <t>0577-9170</t>
+  </si>
+  <si>
+    <t>2071-4882</t>
+  </si>
+  <si>
+    <t>2218-8517</t>
+  </si>
+  <si>
+    <t>2308-3263</t>
+  </si>
+  <si>
+    <t>1818-4185</t>
+  </si>
+  <si>
+    <t>1816-2622</t>
+  </si>
+  <si>
+    <t>1027-1112</t>
+  </si>
+  <si>
+    <t>2221-1624</t>
+  </si>
+  <si>
+    <t>2304-3342</t>
+  </si>
+  <si>
+    <t>1729-4649</t>
+  </si>
+  <si>
+    <t>1726-5185</t>
+  </si>
+  <si>
+    <t>1606-4682</t>
+  </si>
+  <si>
+    <t>1816-6601</t>
+  </si>
+  <si>
+    <t>1017-7159</t>
+  </si>
+  <si>
+    <t>2519-6499</t>
+  </si>
+  <si>
+    <t>0049-2949</t>
+  </si>
+  <si>
+    <t>1680-2969</t>
+  </si>
+  <si>
+    <t>1811-0681</t>
+  </si>
+  <si>
+    <t>1011-2219</t>
+  </si>
+  <si>
+    <t>1021-9528</t>
+  </si>
+  <si>
+    <t>1813-9078</t>
+  </si>
+  <si>
+    <t>2414-7443</t>
+  </si>
+  <si>
+    <t>1026-7247</t>
+  </si>
+  <si>
+    <t>1682-3893</t>
+  </si>
+  <si>
+    <t>1015-8995</t>
+  </si>
+  <si>
+    <t>1818-5649</t>
+  </si>
+  <si>
+    <t>1017-0855</t>
+  </si>
+  <si>
+    <t>2077-1282</t>
+  </si>
+  <si>
+    <t>1816-0514</t>
+  </si>
+  <si>
+    <t>1814-3121</t>
+  </si>
+  <si>
+    <t>1025-7551</t>
+  </si>
+  <si>
+    <t>1993-9167</t>
+  </si>
+  <si>
+    <t>2073-2384</t>
+  </si>
+  <si>
+    <t>1562-3475</t>
+  </si>
+  <si>
+    <t>2070-1977</t>
+  </si>
+  <si>
+    <t>2070-2892</t>
+  </si>
+  <si>
+    <t>1021-7851</t>
+  </si>
+  <si>
+    <t>2070-1071</t>
+  </si>
+  <si>
+    <t>1726-3581</t>
+  </si>
+  <si>
+    <t>1560-6716</t>
+  </si>
+  <si>
+    <t>1606-8343</t>
+  </si>
+  <si>
+    <t>1018-3833</t>
+  </si>
+  <si>
+    <t>1813-3703</t>
+  </si>
+  <si>
+    <t>1026-969X</t>
+  </si>
+  <si>
+    <t>2313-2000</t>
+  </si>
+  <si>
+    <t>1726-4790</t>
+  </si>
+  <si>
+    <t>1029-3159</t>
+  </si>
+  <si>
+    <t>2079-9458</t>
+  </si>
+  <si>
+    <t>1609-3895</t>
+  </si>
+  <si>
+    <t>1609-3372</t>
+  </si>
+  <si>
+    <t>1018-1245</t>
+  </si>
+  <si>
+    <t>2616-5449</t>
+  </si>
+  <si>
+    <t>1996-8760</t>
+  </si>
+  <si>
+    <t>2221-1411</t>
+  </si>
+  <si>
+    <t>1811-5713</t>
+  </si>
+  <si>
+    <t>2957-6563</t>
+  </si>
+  <si>
+    <t>1027-7641</t>
+  </si>
+  <si>
+    <t>2519-9978</t>
+  </si>
+  <si>
+    <t>1023-7283</t>
+  </si>
+  <si>
+    <t>2225360-2</t>
+  </si>
+  <si>
+    <t>2223-9413</t>
+  </si>
+  <si>
+    <t>1816-2576</t>
+  </si>
+  <si>
+    <t>1609-4905</t>
+  </si>
+  <si>
+    <t>1816-6547</t>
+  </si>
+  <si>
+    <t>1028-8694</t>
+  </si>
+  <si>
+    <t>1814-9448</t>
+  </si>
+  <si>
+    <t>1023-8786</t>
+  </si>
+  <si>
+    <t>1811-8518</t>
+  </si>
+  <si>
+    <t>1024-8250</t>
+  </si>
+  <si>
+    <t>0288-7738</t>
+  </si>
+  <si>
+    <t>2310-1865</t>
+  </si>
+  <si>
+    <t>1025-5230</t>
+  </si>
+  <si>
+    <t>1027-376x</t>
+  </si>
+  <si>
+    <t>2225-9481</t>
+  </si>
+  <si>
+    <t>2958-1966</t>
+  </si>
+  <si>
+    <t>1511-0044</t>
+  </si>
+  <si>
+    <t>1994-8107</t>
+  </si>
+  <si>
+    <t>2224-6622</t>
+  </si>
+  <si>
+    <t>1023-2206</t>
+  </si>
+  <si>
+    <t>2306-5931</t>
+  </si>
+  <si>
+    <t>2468-8800</t>
+  </si>
+  <si>
+    <t>2287-9226</t>
+  </si>
+  <si>
+    <t>2709-9946</t>
+  </si>
+  <si>
+    <t>2288-0453</t>
+  </si>
+  <si>
+    <t>2671-4035</t>
+  </si>
+  <si>
+    <t>2288-9477</t>
+  </si>
+  <si>
+    <t>2616-7328 (Online)</t>
+  </si>
+  <si>
+    <t>3078-5472</t>
+  </si>
+  <si>
+    <t>1680-8428</t>
+  </si>
+  <si>
+    <t>0217-6742</t>
+  </si>
+  <si>
+    <t>1225-083x</t>
+  </si>
+  <si>
+    <t>0857-3662</t>
+  </si>
+  <si>
+    <t>2612-6680</t>
+  </si>
+  <si>
+    <t>2234-067X</t>
+  </si>
+  <si>
+    <t>0081-2889</t>
+  </si>
+  <si>
+    <t>2180-4729</t>
+  </si>
+  <si>
+    <t>2289-232X</t>
+  </si>
+  <si>
+    <t>2563-0458</t>
+  </si>
+  <si>
+    <t>1684-5153</t>
+  </si>
+  <si>
+    <t>2221-9374</t>
+  </si>
+  <si>
+    <t>2618-0510</t>
+  </si>
+  <si>
+    <t>1343-9332</t>
+  </si>
+  <si>
+    <t>3006-9491</t>
+  </si>
+  <si>
+    <t>2588-1043</t>
+  </si>
+  <si>
+    <t>2349-5081</t>
+  </si>
+  <si>
+    <t>Title changed</t>
+  </si>
+  <si>
+    <t>國立臺灣大學農業經濟學系</t>
+  </si>
+  <si>
+    <t>社團法人台灣家庭暴力暨性犯罪處遇協會</t>
+  </si>
+  <si>
+    <t>中央研究院經濟研究所</t>
+  </si>
+  <si>
+    <t>臺灣農村經濟學會</t>
+  </si>
+  <si>
+    <t>國立彰化師範大學輔導與諮商學系</t>
+  </si>
+  <si>
+    <t>中華科技史學會</t>
+  </si>
+  <si>
+    <t>南華大學哲學與生死教育學系</t>
+  </si>
+  <si>
+    <t>臺灣建築學會</t>
+  </si>
+  <si>
+    <t>國立臺灣大學理學院心理學系</t>
+  </si>
+  <si>
+    <t>國家發展委員會檔案管理局</t>
+  </si>
+  <si>
+    <t>臺灣身體文化學會</t>
+  </si>
+  <si>
+    <t>國立臺灣大學中國文學系</t>
+  </si>
+  <si>
+    <t>《考古人類學刊》編輯委員會</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學教育心理與輔導學系</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學教育學系</t>
+  </si>
+  <si>
+    <t>國立彰化師範大學歷史學研究所</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學特殊教育學系</t>
+  </si>
+  <si>
+    <t>國立政治大學台灣文學研究所</t>
+  </si>
+  <si>
+    <t>國立臺北大學中國語文學系</t>
+  </si>
+  <si>
+    <t>社團法人中華印刷科技學會</t>
+  </si>
+  <si>
+    <t>中華民國都市計劃學會</t>
+  </si>
+  <si>
+    <t>國立中正大學財經法律學系</t>
+  </si>
+  <si>
+    <t>國立政治大學中國文學系</t>
+  </si>
+  <si>
+    <t>國立清華大學當代中國研究中心</t>
+  </si>
+  <si>
+    <t>媒體改造學社</t>
+  </si>
+  <si>
+    <t>國立中正大學台灣文學與創意應用研究所</t>
+  </si>
+  <si>
+    <t>國立中正大學中國文學系</t>
+  </si>
+  <si>
+    <t>財團法人中華飲食文化基金會</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學公民教育與活動領導學系</t>
+  </si>
+  <si>
+    <t>國家教育研究院</t>
+  </si>
+  <si>
+    <t>台灣輔導與諮商學會</t>
+  </si>
+  <si>
+    <t>長庚大學通識教育中心</t>
+  </si>
+  <si>
+    <t>中華團體心理治療學會</t>
+  </si>
+  <si>
+    <t>國立政治大學歷史學系</t>
+  </si>
+  <si>
+    <t>世新大學人文社會學院</t>
+  </si>
+  <si>
+    <t>國立政治大學國際關係研究中心</t>
+  </si>
+  <si>
+    <t>中華民國運輸學會</t>
+  </si>
+  <si>
+    <t>國立嘉義大學教育學系</t>
+  </si>
+  <si>
+    <t>國立彰化師範大學文學院</t>
+  </si>
+  <si>
+    <t>台灣心理學會與五南圖書共同出版</t>
+  </si>
+  <si>
+    <t>國立成功大學中國文學系</t>
+  </si>
+  <si>
+    <t>中國文化大學韓國語文學系</t>
+  </si>
+  <si>
+    <t>中國地方自治學會</t>
+  </si>
+  <si>
+    <t>國家圖書館</t>
+  </si>
+  <si>
+    <t>世界華語文教育學會</t>
+  </si>
+  <si>
+    <t>國立成功大學歷史學系</t>
+  </si>
+  <si>
+    <t>中華民國體育學會</t>
+  </si>
+  <si>
+    <t>國立政治大學哲學系</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學英語學系</t>
+  </si>
+  <si>
+    <t>世新大學中國文學系</t>
+  </si>
+  <si>
+    <t>東海大學社會工作學系暨社會工作研究所</t>
+  </si>
+  <si>
+    <t>國立彰化師範大學教育研究所</t>
+  </si>
+  <si>
+    <t>台灣社區工作與社區研究學會</t>
+  </si>
+  <si>
+    <t>國立臺灣大學外國語文學系</t>
+  </si>
+  <si>
+    <t>國立東華大學中國語文學系、華文文學系</t>
+  </si>
+  <si>
+    <t>淡江大學中國文學學系</t>
+  </si>
+  <si>
+    <t>台灣數位媒體設計學會</t>
+  </si>
+  <si>
+    <t>國立東華大學人文社會科學學院</t>
+  </si>
+  <si>
+    <t>國立中央大學文學院儒學研究中心</t>
+  </si>
+  <si>
+    <t>淡江大學歷史學系</t>
+  </si>
+  <si>
+    <t>中原大學設計學院</t>
+  </si>
+  <si>
+    <t>中華民國英美文學學會</t>
+  </si>
+  <si>
+    <t>國立政治大學東亞研究所</t>
+  </si>
+  <si>
+    <t>中央研究院歐美研究所</t>
+  </si>
+  <si>
+    <t>國立嘉義大學幼兒教育系</t>
+  </si>
+  <si>
+    <t>國立臺中教育大學幼兒教育學系</t>
+  </si>
+  <si>
+    <t>早期中國史研究會</t>
+  </si>
+  <si>
+    <t>國立臺北教育大學</t>
+  </si>
+  <si>
+    <t>國立屏東大學</t>
+  </si>
+  <si>
+    <t>佛光大學佛教研究中心</t>
+  </si>
+  <si>
+    <t>輔仁大學藝術學院</t>
+  </si>
+  <si>
+    <t>國立政治大學外國語文學院</t>
+  </si>
+  <si>
+    <t>中山醫學大學醫學社會暨社會工作學系</t>
+  </si>
+  <si>
+    <t>輔仁大學哲學系</t>
+  </si>
+  <si>
+    <t>國立臺南大學</t>
+  </si>
+  <si>
+    <t>國立中央大學藝術學研究所</t>
+  </si>
+  <si>
+    <t>國立交通大學客家文化學院</t>
+  </si>
+  <si>
+    <t>國立臺灣大學地理環境資源學系</t>
+  </si>
+  <si>
+    <t>國立政治大學外國語文學院翻譯中心</t>
+  </si>
+  <si>
+    <t>國立臺北大學民俗藝術與文化資產研究所</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學國文學系</t>
+  </si>
+  <si>
+    <t>玄奘大學</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學人類發展與家庭學系</t>
+  </si>
+  <si>
+    <t>實踐大學民生學院</t>
+  </si>
+  <si>
+    <t>國立臺灣大學歷史學系</t>
+  </si>
+  <si>
+    <t>華梵大學文學院</t>
+  </si>
+  <si>
+    <t>中國文化大學英文系</t>
+  </si>
+  <si>
+    <t>財團法人弘誓文教基金會</t>
+  </si>
+  <si>
+    <t>中國文化大學史學研究所暨史學系</t>
+  </si>
+  <si>
+    <t>國立屏東科技大學</t>
+  </si>
+  <si>
+    <t>南洋文化學會</t>
+  </si>
+  <si>
+    <t>政大出版社</t>
+  </si>
+  <si>
+    <t>台灣管理學會</t>
+  </si>
+  <si>
+    <t>中華企業資源規劃學會</t>
+  </si>
+  <si>
+    <t>國立臺灣大學心理學系本土心理學研究室</t>
+  </si>
+  <si>
+    <t>文藻外語大學應用華語文系</t>
+  </si>
+  <si>
+    <t>國立中興大學應用經濟學系</t>
+  </si>
+  <si>
+    <t>國立臺中科技大學</t>
+  </si>
+  <si>
+    <t>國立政治大學會計學系、財團法人李先庚會計文教基金會</t>
+  </si>
+  <si>
+    <t>國立東華大學中國語文學系</t>
+  </si>
+  <si>
+    <t>國立臺中科技大學商業設計系</t>
+  </si>
+  <si>
+    <t>國立彰化師範大學國文學系</t>
+  </si>
+  <si>
+    <t>國立中正大學政治學系</t>
+  </si>
+  <si>
+    <t>輔仁大學應用美術系</t>
+  </si>
+  <si>
+    <t>國立清華大學竹師教育學院</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學地理學系</t>
+  </si>
+  <si>
+    <t>中華民國住宅學會</t>
+  </si>
+  <si>
+    <t>國立臺灣大學文學院</t>
+  </si>
+  <si>
+    <t>國立臺灣大學圖書資訊學系</t>
+  </si>
+  <si>
+    <t>國立臺中教育大學教育學系</t>
+  </si>
+  <si>
+    <t>中華民國博物館學會</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學音樂學院</t>
+  </si>
+  <si>
+    <t>中國明代研究學會</t>
+  </si>
+  <si>
+    <t>中華民國犯罪學學會</t>
+  </si>
+  <si>
+    <t>中華民國設計學會</t>
+  </si>
+  <si>
+    <t>國立政治大學公共行政學系</t>
+  </si>
+  <si>
+    <t>台灣公共衛生學會</t>
+  </si>
+  <si>
+    <t>國立臺灣大學政治學系</t>
+  </si>
+  <si>
+    <t>國立嘉義大學師資培育中心</t>
+  </si>
+  <si>
+    <t>國立政治大學斯拉夫語文學系</t>
+  </si>
+  <si>
+    <t>國立彰化師範大學特殊教育學系</t>
+  </si>
+  <si>
+    <t>臺灣社會福利學會</t>
+  </si>
+  <si>
+    <t>國立臺灣大學戲劇系</t>
+  </si>
+  <si>
+    <t>國立嘉義大學</t>
+  </si>
+  <si>
+    <t>高雄市立歷史博物館</t>
+  </si>
+  <si>
+    <t>高雄市立空中大學研發處</t>
+  </si>
+  <si>
+    <t>國立高雄大學法學院</t>
+  </si>
+  <si>
+    <t>真理大學通識教育中心</t>
+  </si>
+  <si>
+    <t>中央研究院語言學研究所</t>
+  </si>
+  <si>
+    <t>國立臺灣科技大學</t>
+  </si>
+  <si>
+    <t>文藻外語大學</t>
+  </si>
+  <si>
+    <t>休閒與社會研究編輯委員會</t>
+  </si>
+  <si>
+    <t>國立政治大學新聞系</t>
+  </si>
+  <si>
+    <t>國立臺灣藝術大學美術學院美術學系</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學臺灣語文學系</t>
+  </si>
+  <si>
+    <t>財團法人世界宗教博物館發展基金會附設出版社</t>
+  </si>
+  <si>
+    <t>國防大學</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學</t>
+  </si>
+  <si>
+    <t>新史學雜誌社</t>
+  </si>
+  <si>
+    <t>國立臺北大學歷史學系</t>
+  </si>
+  <si>
+    <t>中央研究院中國文哲研究所</t>
+  </si>
+  <si>
+    <t>國立金門技術學院</t>
+  </si>
+  <si>
+    <t>中原大學海外華人研究中心</t>
+  </si>
+  <si>
+    <t>國立金門大學</t>
+  </si>
+  <si>
+    <t>國立臺灣大學社會工作學系</t>
+  </si>
+  <si>
+    <t>國立臺灣大學管理學院</t>
+  </si>
+  <si>
+    <t>國立臺灣大學婦女研究室</t>
+  </si>
+  <si>
+    <t>海華與東南亞研究雜誌社</t>
+  </si>
+  <si>
+    <t>華梵蓮華佛學研究所</t>
+  </si>
+  <si>
+    <t>勞動部勞動及職業安全衛生研究所</t>
+  </si>
+  <si>
+    <t>國立臺北大學公共行政暨政策學系</t>
+  </si>
+  <si>
+    <t>中華公共事務管理學會</t>
+  </si>
+  <si>
+    <t>國立屏東商業技術學院</t>
+  </si>
+  <si>
+    <t>實踐大學設計學院</t>
+  </si>
+  <si>
+    <t>國立屏東教育大學</t>
+  </si>
+  <si>
+    <t>臺灣應用心理學會、應用心理研究雜誌社</t>
+  </si>
+  <si>
+    <t>台灣青少年犯罪防治研究學會</t>
+  </si>
+  <si>
+    <t>國立中興大學國際政治研究所</t>
+  </si>
+  <si>
+    <t>國立政治大學社會科學學院</t>
+  </si>
+  <si>
+    <t>國立政治大學廣播與電視學系</t>
+  </si>
+  <si>
+    <t>社會分析編輯委員會</t>
+  </si>
+  <si>
+    <t>正觀雜誌社</t>
+  </si>
+  <si>
+    <t>南華大學敦煌學研究中心</t>
+  </si>
+  <si>
+    <t>國立中央大學性/別研究室</t>
+  </si>
+  <si>
+    <t>世新大學通識教育中心</t>
+  </si>
+  <si>
+    <t>國立中央大學歷史研究所</t>
+  </si>
+  <si>
+    <t>國立臺灣藝術大學</t>
+  </si>
+  <si>
+    <t>臺灣翻譯學學會</t>
+  </si>
+  <si>
+    <t>東吳大學會計學系；財團法人東吳大學會計系所同學聯誼會文教基金會</t>
+  </si>
+  <si>
+    <t>東吳大學中國文學系</t>
+  </si>
+  <si>
+    <t>東吳大學商學院</t>
+  </si>
+  <si>
+    <t>東吳大學歷史學系</t>
+  </si>
+  <si>
+    <t>東吳大學政治學系</t>
+  </si>
+  <si>
+    <t>國立新竹教育大學</t>
+  </si>
+  <si>
+    <t>東吳大學社會工作學系</t>
+  </si>
+  <si>
+    <t>國立嘉義大學人文藝術學院視覺藝術學系</t>
+  </si>
+  <si>
+    <t>不當黨產處理委員會</t>
+  </si>
+  <si>
+    <t>台灣社會政策學會</t>
+  </si>
+  <si>
+    <t>國立臺北教育大學社會與區域發展科學系</t>
+  </si>
+  <si>
+    <t>管理學術發展辦公室</t>
+  </si>
+  <si>
+    <t>財團法人朱銘文教基金會</t>
+  </si>
+  <si>
+    <t>國立科學工藝博物館</t>
+  </si>
+  <si>
+    <t>逢甲大學人文社會學院庶民文化研究中心</t>
+  </si>
+  <si>
+    <t>國立中山大學文學院</t>
+  </si>
+  <si>
+    <t>國立臺南藝術大學</t>
+  </si>
+  <si>
+    <t>財團法人民主文教基金會</t>
+  </si>
+  <si>
+    <t>基督教台灣浸會神學院</t>
+  </si>
+  <si>
+    <t>臺北城市科技大學通識教育中心</t>
+  </si>
+  <si>
+    <t>東海大學中國文學系</t>
+  </si>
+  <si>
+    <t>財團法人臺灣民主基金會</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學國際與社會科學學院</t>
+  </si>
+  <si>
+    <t>國立彰化師範大學</t>
+  </si>
+  <si>
+    <t>國立清華大學出版社</t>
+  </si>
+  <si>
+    <t>東海大學教育研究所</t>
+  </si>
+  <si>
+    <t>國立清華大學中國文學系</t>
+  </si>
+  <si>
+    <t>台灣原住民族研究學會</t>
+  </si>
+  <si>
+    <t>台灣國際法學會</t>
+  </si>
+  <si>
+    <t>臺灣國際研究學會</t>
+  </si>
+  <si>
+    <t>國立臺灣大學佛學研究中心</t>
+  </si>
+  <si>
+    <t>台灣華語文教學學會</t>
+  </si>
+  <si>
+    <t>東海大學歷史學系</t>
+  </si>
+  <si>
+    <t>國立政治大學語言學研究所</t>
+  </si>
+  <si>
+    <t>台灣語文學會</t>
+  </si>
+  <si>
+    <t>國立政治大學地政學系、臺北大學不動產與城鄉環境學系</t>
+  </si>
+  <si>
+    <t>台灣行銷科學學會</t>
+  </si>
+  <si>
+    <t>國立臺灣海洋大學海洋法律研究所</t>
+  </si>
+  <si>
+    <t>交通部運輸研究所</t>
+  </si>
+  <si>
+    <t>國立清華大學</t>
+  </si>
+  <si>
+    <t>淡江大學英文學系</t>
+  </si>
+  <si>
+    <t>中央研究院社會學研究所</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學歷史學系</t>
+  </si>
+  <si>
+    <t>臺灣社會工作專業人員協會、中華民國醫務社會工作協會、中華民國社會工作師公會全國聯合會</t>
+  </si>
+  <si>
+    <t>臺灣社會學會</t>
+  </si>
+  <si>
+    <t>台灣社會研究雜誌社</t>
+  </si>
+  <si>
+    <t>國立臺中技術學院</t>
+  </si>
+  <si>
+    <t>國立臺北藝術大學戲劇學院</t>
+  </si>
+  <si>
+    <t>東海大學圖書館</t>
+  </si>
+  <si>
+    <t>東海大學法律學院</t>
+  </si>
+  <si>
+    <t>國立臺灣大學哲學系</t>
+  </si>
+  <si>
+    <t>國立臺灣大學臺灣文學研究所</t>
+  </si>
+  <si>
+    <t>國立政治大學英國語文學系</t>
+  </si>
+  <si>
+    <t>文化研究學會</t>
+  </si>
+  <si>
+    <t>國立臺北教育大學臺灣文化研究所</t>
+  </si>
+  <si>
+    <t>國立臺北藝術大學文化資源學院</t>
+  </si>
+  <si>
+    <t>國立政治大學選舉研究中心</t>
+  </si>
+  <si>
+    <t>國立中央大學文學院</t>
+  </si>
+  <si>
+    <t>國立成功大學藝術研究所</t>
+  </si>
+  <si>
+    <t>中原大學應用華語文學系</t>
+  </si>
+  <si>
+    <t>國立暨南國際大學中國語文學系</t>
+  </si>
+  <si>
+    <t>國立中正大學歷史研究所</t>
+  </si>
+  <si>
+    <t>臺灣傳播學會</t>
+  </si>
+  <si>
+    <t>財團法人海峽交流基金會</t>
+  </si>
+  <si>
+    <t>國立暨南國際大學歷史學系</t>
+  </si>
+  <si>
+    <t>國立臺灣大學經濟學系</t>
+  </si>
+  <si>
+    <t>屏東縣政府</t>
+  </si>
+  <si>
+    <t>國立清華大學藝術學院</t>
+  </si>
+  <si>
+    <t>財團法人中華佛學研究所</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學美術學系</t>
+  </si>
+  <si>
+    <t>國立高雄師範大學地理學系</t>
+  </si>
+  <si>
+    <t>台灣宗教學會</t>
+  </si>
+  <si>
+    <t>財團法人台北市淡江會計教育基金會</t>
+  </si>
+  <si>
+    <t>中華會計教育學會</t>
+  </si>
+  <si>
+    <t>國立臺北大學經濟學系</t>
+  </si>
+  <si>
+    <t>臺灣組織與管理學會</t>
+  </si>
+  <si>
+    <t>世新大學新聞傳播學院與世新大學舍我紀念館</t>
+  </si>
+  <si>
+    <t>國立暨南國際大學東南亞研究中心</t>
+  </si>
+  <si>
+    <t>當代日本研究學會</t>
+  </si>
+  <si>
+    <t>中華心理衛生協會</t>
+  </si>
+  <si>
+    <t>財團法人國防安全研究院</t>
+  </si>
+  <si>
+    <t>南華大學國際事務與企業學系</t>
+  </si>
+  <si>
+    <t>國防政策與戰略硏究學會</t>
+  </si>
+  <si>
+    <t>中國測驗學會</t>
+  </si>
+  <si>
+    <t>國立政治大學社會學系</t>
+  </si>
+  <si>
+    <t>國立政治大學外交學系</t>
+  </si>
+  <si>
+    <t>國立政治大學科技管理與智慧財產研究所</t>
+  </si>
+  <si>
+    <t>國立政治大學傳播學院研究暨發展中心</t>
+  </si>
+  <si>
+    <t>國立政治大學民族學系</t>
+  </si>
+  <si>
+    <t>國立政治大學廣告學系</t>
+  </si>
+  <si>
+    <t>社團法人中華民國計算語言學學會</t>
+  </si>
+  <si>
+    <t>韓江傳媒大學學院</t>
+  </si>
+  <si>
+    <t>馬來西亞華社研究中心</t>
+  </si>
+  <si>
+    <t>亞博出版社</t>
+  </si>
+  <si>
+    <t>社團法人台灣文化政策研究學會</t>
+  </si>
+  <si>
+    <t>中華商管科技學會</t>
+  </si>
+  <si>
+    <t>輔仁大學傳播學院</t>
+  </si>
+  <si>
+    <t>中華資訊與科技教育學會</t>
+  </si>
+  <si>
+    <t>中央研究院與歐洲臺灣研究學會（EATS）</t>
+  </si>
+  <si>
+    <t>韓國成均館大學成均中國研究所</t>
+  </si>
+  <si>
+    <t>歐洲漢學學會</t>
+  </si>
+  <si>
+    <t>烏克蘭漢學協會</t>
+  </si>
+  <si>
+    <t>台灣資訊社會研究學會</t>
+  </si>
+  <si>
+    <t>新加坡亞洲研究學會</t>
+  </si>
+  <si>
+    <t>嶺南中國語文學會</t>
+  </si>
+  <si>
+    <t>泰國朱拉隆功大學亞洲研究所</t>
+  </si>
+  <si>
+    <t>Asia Maior Think Tank</t>
+  </si>
+  <si>
+    <t>韓國外語大學台灣研究中心</t>
+  </si>
+  <si>
+    <t>南洋學會</t>
+  </si>
+  <si>
+    <t>馬來亞大學中文系</t>
+  </si>
+  <si>
+    <t>國際人文學會、澳門大學中國歷史文化中心及陝西師範大學文學院</t>
+  </si>
+  <si>
+    <t>中央研究院人文社會科學研究中心</t>
+  </si>
+  <si>
+    <t>國立臺灣大學會計學系、財團法人臺灣會計教育基金會</t>
+  </si>
+  <si>
+    <t>香港中文大學出版社</t>
+  </si>
+  <si>
+    <t>PCD 出版社（印尼日惹大學政治與政府系）</t>
+  </si>
+  <si>
+    <t>尼泊爾特里布萬大學中央地理系</t>
+  </si>
+  <si>
+    <t>日本東北大學東北亞研究中心</t>
+  </si>
+  <si>
+    <t>孟加拉 Stecab 出版社</t>
+  </si>
+  <si>
+    <t>越南胡志明市國家大學</t>
+  </si>
+  <si>
+    <t>印度布巴內斯瓦爾亞洲研究中心</t>
+  </si>
+  <si>
+    <t>Publisher in English</t>
+  </si>
+  <si>
+    <t>Department of Agricultural Economics, National Taiwan University</t>
+  </si>
+  <si>
+    <t>Taiwan Association for Treatment of Domestic Violence and Sexual Offense</t>
+  </si>
+  <si>
+    <t>Institute of Economics, Academia Sinica</t>
+  </si>
+  <si>
+    <t>Rural Economics Society of Taiwan</t>
+  </si>
+  <si>
+    <t>Department of Guidance &amp; Counseling ,National Changhua University of Education</t>
+  </si>
+  <si>
+    <t>Department of Philosophy and Life Education, Nanhua University</t>
+  </si>
+  <si>
+    <t>Architectural Institute of the Taiwan</t>
+  </si>
+  <si>
+    <t>Department of Psychology, National Taiwan University</t>
+  </si>
+  <si>
+    <t>National Archives Administration, National Development Council</t>
+  </si>
+  <si>
+    <t>Taiwan Body Culture Society</t>
+  </si>
+  <si>
+    <t>Department of Chinese Literature, National Taiwan University</t>
+  </si>
+  <si>
+    <t>Department of Educational Psychology and Counseling, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>Department of Education, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>Graduate Institute of History, National Changhua University of Education</t>
+  </si>
+  <si>
+    <t>Department of Special Education, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>Graduate Institute of Taiwanese Literature, National Chengchi University</t>
+  </si>
+  <si>
+    <t>Department of Chinese Literature, National Taipei University</t>
+  </si>
+  <si>
+    <t>Taiwan Institute of Urban Planning</t>
+  </si>
+  <si>
+    <t>Department of Chinese Literature, National Chengchi University</t>
+  </si>
+  <si>
+    <t>Department of Law, National Chung Cheng University.</t>
+  </si>
+  <si>
+    <t>Center for Contemporary China, National Tsing Hua University</t>
+  </si>
+  <si>
+    <t>Campaign for Media Reform</t>
+  </si>
+  <si>
+    <t>Department of Chinese Literature, National Chung Cheng University</t>
+  </si>
+  <si>
+    <t>Department of Civic Education and Leadership, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>Taiwan Guidance and Counseling Association</t>
+  </si>
+  <si>
+    <t>Center for General Education, Chang Gung University</t>
+  </si>
+  <si>
+    <t>Department of History , National Chengchi University</t>
+  </si>
+  <si>
+    <t>Association for Curriculum and Instruction , Taiwan, R.O.C</t>
+  </si>
+  <si>
+    <t>Institute of International Relations, National Chengchi University</t>
+  </si>
+  <si>
+    <t>Chinese Institute of Transportation</t>
+  </si>
+  <si>
+    <t>National Chiayi Normal College, Department of Education</t>
+  </si>
+  <si>
+    <t>College of Arts, National Changhua University of Education</t>
+  </si>
+  <si>
+    <t>Department of Korean Language and Literature, Chinese Culture University.</t>
+  </si>
+  <si>
+    <t>National Central Library</t>
+  </si>
+  <si>
+    <t>World Chinese Language Association</t>
+  </si>
+  <si>
+    <t>Department of History, National Cheng Kung University</t>
+  </si>
+  <si>
+    <t>National Society of Physical Education of the Republic of China</t>
+  </si>
+  <si>
+    <t>Department of philosophies, National Chengchi University</t>
+  </si>
+  <si>
+    <t>Chinese Society of Cadastral Survey</t>
+  </si>
+  <si>
+    <t>Department of English, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>Department of Social Work, Tunghai University Library</t>
+  </si>
+  <si>
+    <t>National Academy for Educational Research</t>
+  </si>
+  <si>
+    <t>Graduate Institute of Education, National Changhua University of Education</t>
+  </si>
+  <si>
+    <t>Department of Foreign Languages and Literatures, National Taiwan University</t>
+  </si>
+  <si>
+    <t>Department of Chinese Language and Literature, National Dong Hwa University</t>
+  </si>
+  <si>
+    <t>Department of Chinese Literature, Tamkang University</t>
+  </si>
+  <si>
+    <t>Center for Educational Research and Evaluation, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>The College of Humanities and Social Sciences, National Dong Hwa University</t>
+  </si>
+  <si>
+    <t>Research Center for Confucian Studies, National Central University</t>
+  </si>
+  <si>
+    <t>Department of History, Tamkang University</t>
+  </si>
+  <si>
+    <t>College of Design, Chung Yuan Christian University</t>
+  </si>
+  <si>
+    <t>English and American Literature Association</t>
+  </si>
+  <si>
+    <t>Graduate Institute of East Asian Studies, National Chengchi University</t>
+  </si>
+  <si>
+    <t>Institute of European and American Studies, Academia Sinica</t>
+  </si>
+  <si>
+    <t>Department of Early Childhood Education, National Chiayi University</t>
+  </si>
+  <si>
+    <t>Department of Early Childhood Education, National Taichung University of Education</t>
+  </si>
+  <si>
+    <t>National Taipei University of Education</t>
+  </si>
+  <si>
+    <t>National Pingtung University</t>
+  </si>
+  <si>
+    <t>College of Arts, Fu Jen Catholic University</t>
+  </si>
+  <si>
+    <t>Department of Medical Sociology and Social Work, Chung Shan Medical University</t>
+  </si>
+  <si>
+    <t>Department of Philosophy, Fu Jen Catholic University</t>
+  </si>
+  <si>
+    <t>National University of Tainan</t>
+  </si>
+  <si>
+    <t>Graduate Institute of Art Studies, National Central University</t>
+  </si>
+  <si>
+    <t>Department of Geography, National Taiwan University</t>
+  </si>
+  <si>
+    <t>Translation Center, National Chengchi University</t>
+  </si>
+  <si>
+    <t>Graduate Institute of Folk Arts Cultural Heritage, National Taipei University</t>
+  </si>
+  <si>
+    <t>Department of Chinese, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>Hsuan Chuang University</t>
+  </si>
+  <si>
+    <t>Department of Human Development and Family Studies, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>College of Human Ecology, Shih Chien University</t>
+  </si>
+  <si>
+    <t>Department of History,National Taiwan University</t>
+  </si>
+  <si>
+    <t>College of Liberal Arts, Huafan University</t>
+  </si>
+  <si>
+    <t>Department of English Language and Literature, Chinese Culture University</t>
+  </si>
+  <si>
+    <t>Hongshi Buddhist Cultural and Educational Foundation</t>
+  </si>
+  <si>
+    <t>National Pingtung University of Science and Technology</t>
+  </si>
+  <si>
+    <t>Academy of Southeast Asia Culture</t>
+  </si>
+  <si>
+    <t>Chengchi University Press</t>
+  </si>
+  <si>
+    <t>Taiwan Management Institute</t>
+  </si>
+  <si>
+    <t>Chinese ERP Society</t>
+  </si>
+  <si>
+    <t>Department of Applied Chinese, Wenzao Ursuline University of Languages.</t>
+  </si>
+  <si>
+    <t>Department of Agricultural Economics, National Chung Hsing University</t>
+  </si>
+  <si>
+    <t>National Taichung University of Science and Technology</t>
+  </si>
+  <si>
+    <t>Shian-Geng Lee Accounting Culture &amp; Education Foundation and Department of Accounting of National Chengchi University</t>
+  </si>
+  <si>
+    <t>Department of Commercial Design, National Taichung University of Science and Technology.</t>
+  </si>
+  <si>
+    <t>Department of Chinese, National Changhua University of Education</t>
+  </si>
+  <si>
+    <t>Department and Graduate Institute of Political Science, National Chung Cheng University</t>
+  </si>
+  <si>
+    <t>Department of Applied Arts, Fu Jen Catholic University</t>
+  </si>
+  <si>
+    <t>National Tsing Hua University Hsinchu Teachers College</t>
+  </si>
+  <si>
+    <t>College of Liberal Arts, National Taiwan University</t>
+  </si>
+  <si>
+    <t>Department of Library &amp; Information Science, National Taiwan University</t>
+  </si>
+  <si>
+    <t>Department of Education , National Taichung University of Education</t>
+  </si>
+  <si>
+    <t>Chinese Association of Museums</t>
+  </si>
+  <si>
+    <t>College of Music, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>Association for Ming-Dynasty Studies</t>
+  </si>
+  <si>
+    <t>Huayen World Community</t>
+  </si>
+  <si>
+    <t>Chinese Institute of Design in Taiwan</t>
+  </si>
+  <si>
+    <t>National Museum of Taiwan Literature</t>
+  </si>
+  <si>
+    <t>Department of Public Administration, National Chengchi University</t>
+  </si>
+  <si>
+    <t>Taiwan Public Health Association</t>
+  </si>
+  <si>
+    <t>Education Program Center, National Chiayi University</t>
+  </si>
+  <si>
+    <t>Department of Slavic Languages &amp; Literatures, National Chengchi University</t>
+  </si>
+  <si>
+    <t>Department of Special Education, National Changhua University of Education</t>
+  </si>
+  <si>
+    <t>Social Welfare Association of Taiwan</t>
+  </si>
+  <si>
+    <t>Chinese Society for Management of Technology</t>
+  </si>
+  <si>
+    <t>Department of Drama and Theatre, National Taiwan University</t>
+  </si>
+  <si>
+    <t>National Chiayi University</t>
+  </si>
+  <si>
+    <t>Kaohsiung Museum of History</t>
+  </si>
+  <si>
+    <t>Research Division of the Open University of Kaohsiung</t>
+  </si>
+  <si>
+    <t>College of Law, National University of Kaohsiung</t>
+  </si>
+  <si>
+    <t>Institute of Linguistics,?Academia Sinica</t>
+  </si>
+  <si>
+    <t>National Taiwan University of Science and Technology</t>
+  </si>
+  <si>
+    <t>Wenzao Ursuline University of Languages</t>
+  </si>
+  <si>
+    <t>Department of Journalism, National Chengchi University</t>
+  </si>
+  <si>
+    <t>National Taiwan University of Arts</t>
+  </si>
+  <si>
+    <t>The Subsidiary Publishing House of Museum of World Religions Development Foundation</t>
+  </si>
+  <si>
+    <t>National Defense University</t>
+  </si>
+  <si>
+    <t>National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>Department of History, National Taipei University</t>
+  </si>
+  <si>
+    <t>Institute of Chinese Literature and Philosophy, Academia Sinica</t>
+  </si>
+  <si>
+    <t>National Kinmen Institute of Technology</t>
+  </si>
+  <si>
+    <t>Chung Yuan Christian University</t>
+  </si>
+  <si>
+    <t>National Quemoy University</t>
+  </si>
+  <si>
+    <t>Department of Social Work, National Taiwan University</t>
+  </si>
+  <si>
+    <t>College of Management,National Taiwan University</t>
+  </si>
+  <si>
+    <t>Hurng Yu Chen, Ph.D.</t>
+  </si>
+  <si>
+    <t>Huafan University</t>
+  </si>
+  <si>
+    <t>Institute of Labor, Occupational Safety and Health, Minstry of Labor</t>
+  </si>
+  <si>
+    <t>Department of Public Administration and Policy, National Taipei University</t>
+  </si>
+  <si>
+    <t>National Pingtung Institute of Commerce</t>
+  </si>
+  <si>
+    <t>College of Design, Shih Chien University</t>
+  </si>
+  <si>
+    <t>Pingtung University of Education</t>
+  </si>
+  <si>
+    <t>Taiwan Applied Psychology Association and Research in Applied Psychology</t>
+  </si>
+  <si>
+    <t>Taiwan Society of Delinquency Research and Prevention</t>
+  </si>
+  <si>
+    <t>Graduate Institute of International Politics, National Chung Hsing University</t>
+  </si>
+  <si>
+    <t>College of Social Science, National Chengchi University</t>
+  </si>
+  <si>
+    <t>Department of Radio &amp; Television, National Chengchi University</t>
+  </si>
+  <si>
+    <t>Social Analysis Editorial Board</t>
+  </si>
+  <si>
+    <t>National Taiwan College of Performing Art</t>
+  </si>
+  <si>
+    <t>Center of Dun-Huang Studies,Nanhua University</t>
+  </si>
+  <si>
+    <t>Center For the Study of Sexualities, Dept. of English, National Central University</t>
+  </si>
+  <si>
+    <t>Graduate Institute of History, National Central University</t>
+  </si>
+  <si>
+    <t>Taiwan Association of Translation and Interpretation</t>
+  </si>
+  <si>
+    <t>Department of Accounting, Soochow University and Soochow University Accounting Department Alumnus Academic Foundation.</t>
+  </si>
+  <si>
+    <t>Department of Chinese Literature , Soochow University</t>
+  </si>
+  <si>
+    <t>School of Business, Soochow University</t>
+  </si>
+  <si>
+    <t>Department of History, Soochow University</t>
+  </si>
+  <si>
+    <t>Department of Political Science, Soochow University.</t>
+  </si>
+  <si>
+    <t>National HsinChu University of Education</t>
+  </si>
+  <si>
+    <t>Department of Social Work, Soochow University</t>
+  </si>
+  <si>
+    <t>Department of Visual Arts, National Chiayi University</t>
+  </si>
+  <si>
+    <t>Ill-gotten Party Assets Settlement Committee</t>
+  </si>
+  <si>
+    <t>Department of Social and Regional Development, National Taipei University of Education</t>
+  </si>
+  <si>
+    <t>Juming Museum</t>
+  </si>
+  <si>
+    <t>National Science And Technology Museum</t>
+  </si>
+  <si>
+    <t>Center for the Studies of Everyday Life, Feng Chia University</t>
+  </si>
+  <si>
+    <t>College of Liberal Arts, National Sun Yat-sen University</t>
+  </si>
+  <si>
+    <t>Tainan National University of the Arts</t>
+  </si>
+  <si>
+    <t>Democracy Foundation</t>
+  </si>
+  <si>
+    <t>Taiwan Baptist Christian Seminary</t>
+  </si>
+  <si>
+    <t>Center for General Education,Taipei City University of Science and Technology</t>
+  </si>
+  <si>
+    <t>Department of Chinese Literature, Tunghai University</t>
+  </si>
+  <si>
+    <t>Taiwan Foundation for Democracy</t>
+  </si>
+  <si>
+    <t>College of international Studies and Social Sciences, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>National Changhua University of Education</t>
+  </si>
+  <si>
+    <t>National Tsing Hua University</t>
+  </si>
+  <si>
+    <t>Graduate Institute of Education, Tunghai University</t>
+  </si>
+  <si>
+    <t>Department of Chinese Language and Literature, National Tsing Hua University</t>
+  </si>
+  <si>
+    <t>Taiwan Indigenous Studies Association</t>
+  </si>
+  <si>
+    <t>Center for Buddhist Studies, National Taiwan University</t>
+  </si>
+  <si>
+    <t>Association of Teaching Chinese as a Second Language</t>
+  </si>
+  <si>
+    <t>Department of History, Tung Hai University.</t>
+  </si>
+  <si>
+    <t>Graduate Institute of Linguistics, National Chengchi University</t>
+  </si>
+  <si>
+    <t>Taiwan Languages and Literature Society</t>
+  </si>
+  <si>
+    <t>Department of Real Estate and Built Environment of National Taipei University and Department of Land Economics of National Chengchi University</t>
+  </si>
+  <si>
+    <t>Institute of Transportation, Ministry of Transportation and Communications</t>
+  </si>
+  <si>
+    <t>Department of English, Tamkang University</t>
+  </si>
+  <si>
+    <t>Institute of Sociology, Academia Sinica</t>
+  </si>
+  <si>
+    <t>Department of History, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>Taiwan Association of Social Workers, Medical Social Work Association.R.O.C. and National Union of Professional Social Worker Associations,Taiwan, R.O.C.</t>
+  </si>
+  <si>
+    <t>Taiwanese Sociological Association</t>
+  </si>
+  <si>
+    <t>National Taichung Institute of Technology</t>
+  </si>
+  <si>
+    <t>School of Theatre Arts, Taipei National University of the Arts</t>
+  </si>
+  <si>
+    <t>Tunghai University Library</t>
+  </si>
+  <si>
+    <t>The College of Law, Tunghai University</t>
+  </si>
+  <si>
+    <t>Department of Philosophy, National Taiwan University</t>
+  </si>
+  <si>
+    <t>Graduate Institute of Taiwan Literature, National Taiwan University</t>
+  </si>
+  <si>
+    <t>Department of English, National Chengchi University</t>
+  </si>
+  <si>
+    <t>Cultural Studies Association</t>
+  </si>
+  <si>
+    <t>Election Study Center, National Chengchi University</t>
+  </si>
+  <si>
+    <t>College of Liberal Arts, National Central University</t>
+  </si>
+  <si>
+    <t>Institute of Art Studies, National Cheng Kung University</t>
+  </si>
+  <si>
+    <t>Department of Chinese Language and Literature, National Chi Nan University</t>
+  </si>
+  <si>
+    <t>Taiwan Communication Association</t>
+  </si>
+  <si>
+    <t>Straits Exchange Foundation</t>
+  </si>
+  <si>
+    <t>Department of History, National Chi Nan University</t>
+  </si>
+  <si>
+    <t>Department of Economics, National Taiwan University</t>
+  </si>
+  <si>
+    <t>Pingtung County Government</t>
+  </si>
+  <si>
+    <t>College of Arts, National Tsing Hua University</t>
+  </si>
+  <si>
+    <t>Chung-Hwa Institute of Buddhist Studies</t>
+  </si>
+  <si>
+    <t>Department of Geography, National Kaohsiung Normal University</t>
+  </si>
+  <si>
+    <t>Taiwan Association for religious Studiies</t>
+  </si>
+  <si>
+    <t>Tamkang Accounting Educational Foundation</t>
+  </si>
+  <si>
+    <t>National Taipei University Department of Economics</t>
+  </si>
+  <si>
+    <t>Taiwan Academy of Management</t>
+  </si>
+  <si>
+    <t>Center for Southeast Asian Studies, National Chi Nan University</t>
+  </si>
+  <si>
+    <t>Department of History, National Taiwan University</t>
+  </si>
+  <si>
+    <t>Institute for National Defense and Security Research</t>
+  </si>
+  <si>
+    <t>National Defense Policy and Strategic Studies Association</t>
+  </si>
+  <si>
+    <t>Chinese Association of Psychological Testing</t>
+  </si>
+  <si>
+    <t>Department of Diplomacy, National Chenchi University</t>
+  </si>
+  <si>
+    <t>Graduate Institute of Technology, Innovation &amp; Intellectual Property Management, National Chenchi University</t>
+  </si>
+  <si>
+    <t>Center for Media and Information, College of Communication, National Chengchi University</t>
+  </si>
+  <si>
+    <t>Department of Ethnology, National Chengchi University</t>
+  </si>
+  <si>
+    <t>Department of Advertising, National Chengchi University</t>
+  </si>
+  <si>
+    <t>Association for Computational Linguistics and Chinese Language Processing</t>
+  </si>
+  <si>
+    <t>Han Chiang University College of Communication</t>
+  </si>
+  <si>
+    <t>Centre for Malaysian Chinese Studies</t>
+  </si>
+  <si>
+    <t>Taiwan Association of Cultural Policy Studies</t>
+  </si>
+  <si>
+    <t>Chinese Association of Business &amp; Management Technology</t>
+  </si>
+  <si>
+    <t>the Chang Fo-chuan Center for the Study of Human Rights at Soochow University</t>
+  </si>
+  <si>
+    <t>College of Communication, Fu Jen Catholic University</t>
+  </si>
+  <si>
+    <t>Chinese Association for Computer and Educational Technology</t>
+  </si>
+  <si>
+    <t>Academia Sinica and the European Association of Taiwan Studies (EATS)</t>
+  </si>
+  <si>
+    <t>Sungkyun Institute of China Studies, Sungkyunkwan University</t>
+  </si>
+  <si>
+    <t>European Association for Chinese Studies</t>
+  </si>
+  <si>
+    <t>Ukrainian Association of Sinologists</t>
+  </si>
+  <si>
+    <t>Taiwan Academy for Information Society</t>
+  </si>
+  <si>
+    <t>Singapore Society of Asian Studies</t>
+  </si>
+  <si>
+    <t>Chinese Literary Society of Yeungnam</t>
+  </si>
+  <si>
+    <t>Institute of Asian Studies, Chulalongkorn University</t>
+  </si>
+  <si>
+    <t>Institute for Taiwan Studies, Hankuk University of Foreign Studies</t>
+  </si>
+  <si>
+    <t>South Seas Society</t>
+  </si>
+  <si>
+    <t>Department of Chinese Studies, University of Malaya</t>
+  </si>
+  <si>
+    <t>International Association for Humanities, the Centre for Chinese History and Culture at the University of Macau, and the School of Chinese Language and Literature at Shaanxi Normal University</t>
+  </si>
+  <si>
+    <t>Research Center for Humanities and Social Sciences, Academia Sinica</t>
+  </si>
+  <si>
+    <t>Department of Accounting, National Taiwan University and the Taiwan Accounting Education Foundation</t>
+  </si>
+  <si>
+    <t>The Chinese University of Hong Kong Press</t>
+  </si>
+  <si>
+    <t>Central Department of Geography, Tribhuvan University</t>
+  </si>
+  <si>
+    <t>Center for Northeast Asian Studies, Tohoku University, Japan</t>
+  </si>
+  <si>
+    <t>Stecab Publishing, Bangladesh</t>
+  </si>
+  <si>
+    <t>Vietnam National University Ho Chi Minh City</t>
+  </si>
+  <si>
+    <t>Centre for Asian Studies, Bhubaneswar, Odisha, India.</t>
+  </si>
+  <si>
+    <t>Taipei</t>
+  </si>
+  <si>
+    <t>Taichung</t>
+  </si>
+  <si>
+    <t>Pingtung</t>
+  </si>
+  <si>
+    <t>Changhua</t>
+  </si>
+  <si>
+    <t>New Taipei City</t>
+  </si>
+  <si>
+    <t>Chiayi</t>
+  </si>
+  <si>
+    <t>Hsinchu</t>
+  </si>
+  <si>
+    <t>Taoyuan</t>
+  </si>
+  <si>
+    <t>Tainan</t>
+  </si>
+  <si>
+    <t>Hualien</t>
+  </si>
+  <si>
+    <t>Ilan</t>
+  </si>
+  <si>
+    <t>Kaohsiung</t>
+  </si>
+  <si>
+    <t>Kinmen</t>
+  </si>
+  <si>
+    <t>Nantou</t>
+  </si>
+  <si>
+    <t>Keelung</t>
+  </si>
+  <si>
+    <t>Hong Kong</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Yunlin</t>
+  </si>
+  <si>
+    <t>Taiwan and  UK</t>
+  </si>
+  <si>
+    <t>Seoul, South Korea</t>
+  </si>
+  <si>
+    <t>Europe</t>
+  </si>
+  <si>
+    <t>Ukraine</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>South Korea</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>China and Canada</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Nepal</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Vietnam</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>International Journal of Taiwan Studies</t>
+  </si>
+  <si>
+    <t>Asian Review</t>
+  </si>
+  <si>
+    <t>Asia Maior</t>
+  </si>
+  <si>
+    <t>PCD Journal (Power, Conflict, and Democracy)</t>
+  </si>
+  <si>
+    <t>Geographical Journal of Nepal</t>
+  </si>
+  <si>
+    <t>Journal of Arts, Humanities and Social Science(JAHSS)</t>
+  </si>
+  <si>
+    <t>VNUHCM Journal of Social Sciences and Humanities</t>
+  </si>
+  <si>
+    <t>margASIA</t>
+  </si>
+  <si>
+    <t>Southeast Asia: A Multidisciplinary Journal</t>
+  </si>
+  <si>
+    <t>English</t>
+  </si>
+  <si>
+    <t>Biannually</t>
+  </si>
+  <si>
+    <t>2018-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/dsb</t>
+  </si>
+  <si>
+    <t>2663-032X</t>
+  </si>
+  <si>
+    <t>2007-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nll</t>
+  </si>
+  <si>
+    <t>THCI</t>
+  </si>
+  <si>
+    <t>Taiwan Digital Media Design Association</t>
+  </si>
+  <si>
+    <t>2009-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/dmd</t>
+  </si>
+  <si>
+    <t>Center for International Relations, National Chengchi University</t>
+  </si>
+  <si>
+    <t>Quarterly</t>
+  </si>
+  <si>
+    <t>2011-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cis</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tjt</t>
+  </si>
+  <si>
+    <t>Traditional Chinese</t>
+  </si>
+  <si>
+    <t>2007-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hss</t>
+  </si>
+  <si>
+    <t>2015-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hsp</t>
+  </si>
+  <si>
+    <t>College of Humanities and Social Sciences, Shih Hsin University</t>
+  </si>
+  <si>
+    <t>Annually</t>
+  </si>
+  <si>
+    <t>2008-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/chs</t>
+  </si>
+  <si>
+    <t>2073-5219</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/rsy</t>
+  </si>
+  <si>
+    <t>2006-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hdf</t>
+  </si>
+  <si>
+    <t>2016-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tpr</t>
+  </si>
+  <si>
+    <t>Women's Studies Program, National Taiwan University</t>
+  </si>
+  <si>
+    <t>1990-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nxx</t>
+  </si>
+  <si>
+    <t>TSSCI</t>
+  </si>
+  <si>
+    <t>2009-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/syh</t>
+  </si>
+  <si>
+    <t>Office of Research and Development, National Taiwan University</t>
+  </si>
+  <si>
+    <t>2004-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/srr</t>
+  </si>
+  <si>
+    <t>1972-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cwl</t>
+  </si>
+  <si>
+    <t>1983-2020</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/yrx</t>
+  </si>
+  <si>
+    <t>Graduate Institute of Taiwanese Literature and Creative Innovation, National Chung Cheng University</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/clc</t>
+  </si>
+  <si>
+    <t>Chungcheng taiwan wenhsiao yu wenhua yenchiu chikan</t>
+  </si>
+  <si>
+    <t>國立中正大學台灣文學與創意應用硏究所</t>
+  </si>
+  <si>
+    <t>2011-2021</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cct</t>
+  </si>
+  <si>
+    <t>Department of Financial and Economic Law, National Chung Cheng University</t>
+  </si>
+  <si>
+    <t>2018-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ccf</t>
+  </si>
+  <si>
+    <t>1997-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ccx</t>
+  </si>
+  <si>
+    <t>Graduate Institute of History, National Chung Cheng University</t>
+  </si>
+  <si>
+    <t>2009-2022</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/zzl</t>
+  </si>
+  <si>
+    <t>YES</t>
+  </si>
+  <si>
+    <t>Department of Applied Chinese Language and Literature, Chung Yuan Christian University</t>
+  </si>
+  <si>
+    <t>2008-2022</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/zhw</t>
+  </si>
+  <si>
+    <t>1998-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/mcs</t>
+  </si>
+  <si>
+    <t>1991-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nic</t>
+  </si>
+  <si>
+    <t>Chinese Local Government</t>
+  </si>
+  <si>
+    <t>The Chinese Association for Local Autonomy</t>
+  </si>
+  <si>
+    <t>Monthly</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cla</t>
+  </si>
+  <si>
+    <t>Chinese Food Culture Foundation</t>
+  </si>
+  <si>
+    <t>2005-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cdc</t>
+  </si>
+  <si>
+    <t>2011-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/zxn</t>
+  </si>
+  <si>
+    <t>Chinese Society for Mental Health</t>
+  </si>
+  <si>
+    <t>2003-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/fjm</t>
+  </si>
+  <si>
+    <t>Taiwan Psychological Association / Wu-Nan Book Co. (co-publication)</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cjp</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cey</t>
+  </si>
+  <si>
+    <t>Chinese Society for Printing Technology</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cag</t>
+  </si>
+  <si>
+    <t>2010-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/chb</t>
+  </si>
+  <si>
+    <t>2004-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jcb</t>
+  </si>
+  <si>
+    <t>Chinese Society for the History of Science and Technology</t>
+  </si>
+  <si>
+    <t>2004-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ahs</t>
+  </si>
+  <si>
+    <t>Chinese Journal of Communication Research</t>
+  </si>
+  <si>
+    <t>2006-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ccr</t>
+  </si>
+  <si>
+    <t>Chinese Accounting Association</t>
+  </si>
+  <si>
+    <t>2020-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cha</t>
+  </si>
+  <si>
+    <t>Taiwan Association of Group Psychotherapy</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cgp</t>
+  </si>
+  <si>
+    <t>Triannually</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cgc</t>
+  </si>
+  <si>
+    <t>Chinese Society of Physical Education</t>
+  </si>
+  <si>
+    <t>2003-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cpe</t>
+  </si>
+  <si>
+    <t>2001-2016</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/zxj</t>
+  </si>
+  <si>
+    <t>2014-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cel</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jpa</t>
+  </si>
+  <si>
+    <t>Chinese Society for Public Affairs Management</t>
+  </si>
+  <si>
+    <t>2012-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/par</t>
+  </si>
+  <si>
+    <t>中華民國戶外遊憩學會</t>
+  </si>
+  <si>
+    <t>Taiwan Outdoor Recreation Association</t>
+  </si>
+  <si>
+    <t>2000-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ors</t>
+  </si>
+  <si>
+    <t>1995-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/whc</t>
+  </si>
+  <si>
+    <t>2005-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/why</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TSSCI, THCI </t>
+  </si>
+  <si>
+    <t>Graduate Institute of Taiwanese Culture, National Taipei University of Education</t>
+  </si>
+  <si>
+    <t>2009-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/wst</t>
+  </si>
+  <si>
+    <t>College of Culture Resources, Taipei National University of the Arts</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/wzx</t>
+  </si>
+  <si>
+    <t>Society for Contemporary Japanese Studies</t>
+  </si>
+  <si>
+    <t>2017-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jaq</t>
+  </si>
+  <si>
+    <t>Department of Chinese Literature, Shih Hsin University</t>
+  </si>
+  <si>
+    <t>2008-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/csu</t>
+  </si>
+  <si>
+    <t>Bimonthly</t>
+  </si>
+  <si>
+    <t>2010-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jph</t>
+  </si>
+  <si>
+    <t>國立台灣文學館</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jot</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/btl</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tsa</t>
+  </si>
+  <si>
+    <t>Taiwan Association of Community Work and Community Studies</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cwc</t>
+  </si>
+  <si>
+    <t>Taiwan Social Research Quarterly</t>
+  </si>
+  <si>
+    <t>2008-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tsy</t>
+  </si>
+  <si>
+    <t>2001-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tsj</t>
+  </si>
+  <si>
+    <t>2011-2019</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tia</t>
+  </si>
+  <si>
+    <t>Taiwan Baptist Theological Seminary</t>
+  </si>
+  <si>
+    <t>2003-2009</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tbt</t>
+  </si>
+  <si>
+    <t>Taiwan Society of International Law</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/til</t>
+  </si>
+  <si>
+    <t>Taiwan Association of International Relations</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tis</t>
+  </si>
+  <si>
+    <t>Department of Taiwanese Languages and Literature, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/mtj</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/fmh</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hsy</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/shh</t>
+  </si>
+  <si>
+    <t>Graduate Institute of History and Department of History, Chinese Culture University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hsj</t>
+  </si>
+  <si>
+    <t>College of Foreign Languages, National Chengchi University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/fls</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ece</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ecc</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hsb</t>
+  </si>
+  <si>
+    <t>Department of Psychology, National Taiwan University – Laboratory of Indigenous Psychology</t>
+  </si>
+  <si>
+    <t>1993-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ipr</t>
+  </si>
+  <si>
+    <t>Chengguan Magazine</t>
+  </si>
+  <si>
+    <t>1997-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sbh</t>
+  </si>
+  <si>
+    <t>Department of Political Science, National Chung Cheng University</t>
+  </si>
+  <si>
+    <t>2014-2022</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jdg</t>
+  </si>
+  <si>
+    <t>2009-2018</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hev</t>
+  </si>
+  <si>
+    <t>Journal of Folk Arts and Cultural Heritages</t>
+  </si>
+  <si>
+    <t>Graduate Institute of Folk Arts and Cultural Heritage, National Taipei University</t>
+  </si>
+  <si>
+    <t>2012-2017</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/gwm</t>
+  </si>
+  <si>
+    <t>Criminology Association of the Republic of China</t>
+  </si>
+  <si>
+    <t>2004-2020</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/joc</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hcb</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/bjg</t>
+  </si>
+  <si>
+    <t>2017-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/exj</t>
+  </si>
+  <si>
+    <t>Editorial Board of Leisure and Society Studies</t>
+  </si>
+  <si>
+    <t>2010-2022</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/lsr</t>
+  </si>
+  <si>
+    <t>2006-2017</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nbr</t>
+  </si>
+  <si>
+    <t>College of Hakka Studies, National Yang Ming Chiao Tung University</t>
+  </si>
+  <si>
+    <t>2013-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ghs</t>
+  </si>
+  <si>
+    <t>2002-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/rgp</t>
+  </si>
+  <si>
+    <t>Concentric： Literary and Cultural Studies</t>
+  </si>
+  <si>
+    <t>2001-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/lcs</t>
+  </si>
+  <si>
+    <t>2001-2018</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/csl</t>
+  </si>
+  <si>
+    <t xml:space="preserve">THCI </t>
+  </si>
+  <si>
+    <t>Department of Geography, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jgr</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/gsj</t>
+  </si>
+  <si>
+    <t>中華民國地籍測量學會</t>
+  </si>
+  <si>
+    <t>Chinese Association of Cadastral Surveying</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/csj</t>
+  </si>
+  <si>
+    <t>Department of Chinese Literature, National Cheng Kung University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ckl</t>
+  </si>
+  <si>
+    <t>1974-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/clx</t>
+  </si>
+  <si>
+    <t>Society for Early China Studies</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/emc</t>
+  </si>
+  <si>
+    <t>Department of Chinese Literature, Soochow University</t>
+  </si>
+  <si>
+    <t>2005-2022</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ssu</t>
+  </si>
+  <si>
+    <t>Editorial Board of the Journal of Archaeology and Anthropology</t>
+  </si>
+  <si>
+    <t>2007-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/bda</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TSSCI </t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/pap</t>
+  </si>
+  <si>
+    <t>Taiwan Marketing Science Society</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tms</t>
+  </si>
+  <si>
+    <t>Chinese Housing Society</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jhs</t>
+  </si>
+  <si>
+    <t>Center for Buddhist Studies, Fo Guang University</t>
+  </si>
+  <si>
+    <t>2015-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/fgb</t>
+  </si>
+  <si>
+    <t>2005-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/bcj</t>
+  </si>
+  <si>
+    <t>Department of International Affairs and Business, Nanhua University</t>
+  </si>
+  <si>
+    <t>2005-2014</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/aps</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/adv</t>
+  </si>
+  <si>
+    <t>chilai lunheng</t>
+  </si>
+  <si>
+    <t>2016-2022</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jca</t>
+  </si>
+  <si>
+    <t>1997-1999</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/seb</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jms</t>
+  </si>
+  <si>
+    <t>2016-2019</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sjg</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/slo</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sjc</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sjw</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sjp</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sje</t>
+  </si>
+  <si>
+    <t>1995-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sjh</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/eaq</t>
+  </si>
+  <si>
+    <t>2011-2022</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/iea</t>
+  </si>
+  <si>
+    <t>1996-1999</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sas</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tul</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tuj</t>
+  </si>
+  <si>
+    <t>2001-2015</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tun</t>
+  </si>
+  <si>
+    <t>1979-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tcl</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/the</t>
+  </si>
+  <si>
+    <t>2013-2020</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tjh</t>
+  </si>
+  <si>
+    <t>2011-2013</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/drx</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/dhc</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jds</t>
+  </si>
+  <si>
+    <t>2010-2021</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/saj</t>
+  </si>
+  <si>
+    <t>Taiwanese Association of Social Policy</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sps</t>
+  </si>
+  <si>
+    <t>2015-2017</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jss</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ros</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/srd</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cgh</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/rdp</t>
+  </si>
+  <si>
+    <t>2002-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jrp</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/taj</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/kju</t>
+  </si>
+  <si>
+    <t>2015-2018</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/seu</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ptp</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/pth</t>
+  </si>
+  <si>
+    <t>2008-2015</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/pul</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/pue</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/aoj</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ccj</t>
+  </si>
+  <si>
+    <t>Department of Political Science, National Taiwan University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jps</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/stm</t>
+  </si>
+  <si>
+    <t>中華民國科技管理學會</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jtm</t>
+  </si>
+  <si>
+    <t>2010-2016</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/msx</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/eal</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jmr</t>
+  </si>
+  <si>
+    <t>1972-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/fzl</t>
+  </si>
+  <si>
+    <t>1998-2005</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hee</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nhs</t>
+  </si>
+  <si>
+    <t>1997-2008</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nse</t>
+  </si>
+  <si>
+    <t>1997-2006</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/net</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tep</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/shx</t>
+  </si>
+  <si>
+    <t>2001-2004</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/oca</t>
+  </si>
+  <si>
+    <t>2010-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tbc</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/bse</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tfx</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jse</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/klj</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/khj</t>
+  </si>
+  <si>
+    <t>2009-2021</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ijc</t>
+  </si>
+  <si>
+    <t>2008-2020</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jcd</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/opj</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nis</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tjg</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/gwx</t>
+  </si>
+  <si>
+    <t>國立中正大學法律學系</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ccl</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nqu</t>
+  </si>
+  <si>
+    <t>2005-2010</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nkt</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jue</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/pum</t>
+  </si>
+  <si>
+    <t>2016-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/pus</t>
+  </si>
+  <si>
+    <t>2011-2014</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/pic</t>
+  </si>
+  <si>
+    <t>Irregularly</t>
+  </si>
+  <si>
+    <t>2004-2008</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jos</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cpj</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/chj</t>
+  </si>
+  <si>
+    <t>2012-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cjh</t>
+  </si>
+  <si>
+    <t>2007-2011</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tte</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jge</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tup</t>
+  </si>
+  <si>
+    <t>1958-1972</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/apt</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/las</t>
+  </si>
+  <si>
+    <t>2011-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nde</t>
+  </si>
+  <si>
+    <t>2018-2020</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sdb</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sdw</t>
+  </si>
+  <si>
+    <t>2000-2006</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tda</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/dsm</t>
+  </si>
+  <si>
+    <t>2020-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/dss</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nca</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cln</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ncb</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/clb</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ipa</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/swy</t>
+  </si>
+  <si>
+    <t>2006-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/bep</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/fea</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ber</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/erd</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jyx</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/res</t>
+  </si>
+  <si>
+    <t>2015-2019</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/poe</t>
+  </si>
+  <si>
+    <t>2014-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jls</t>
+  </si>
+  <si>
+    <t>2013-2014</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/era</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/eps</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jtr</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jpt</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ppi</t>
+  </si>
+  <si>
+    <t>1992-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/djs</t>
+  </si>
+  <si>
+    <t>1989-2022</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/dsx</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/trj</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/thj</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jer</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/thc</t>
+  </si>
+  <si>
+    <t>2019-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tha</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ijs</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tap</t>
+  </si>
+  <si>
+    <t>2022-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tao</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jdr</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/dsy</t>
+  </si>
+  <si>
+    <t>1996-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jod</t>
+  </si>
+  <si>
+    <t>Bulletin of General Education and Multiculturalism</t>
+  </si>
+  <si>
+    <t>Center For General Education, Shih Hsin University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/shg</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cap</t>
+  </si>
+  <si>
+    <t>1998-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/osh</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jmc</t>
+  </si>
+  <si>
+    <t>Aletheia University</t>
+  </si>
+  <si>
+    <t>2013-2017</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/lae</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ale</t>
+  </si>
+  <si>
+    <t>978-986-88194-7-4</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sdh</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/pst</t>
+  </si>
+  <si>
+    <t>2013-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hwy</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/wcl</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hkj</t>
+  </si>
+  <si>
+    <t>2001-2009</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hkl</t>
+  </si>
+  <si>
+    <t>2003-2015</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hjh</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/clt</t>
+  </si>
+  <si>
+    <t>中華民國佛教華嚴學會</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/job</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sjy</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ccp</t>
+  </si>
+  <si>
+    <t>College of Journalism &amp; Communication, Shih Hsin University Cheng She-Wo Institute for Chinese Journalism</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/crp</t>
+  </si>
+  <si>
+    <t>2013-2016</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/noc</t>
+  </si>
+  <si>
+    <t>2002-2021</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ncr</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nht</t>
+  </si>
+  <si>
+    <t>1990-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nhj</t>
+  </si>
+  <si>
+    <t>2008-2016</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/zrs</t>
+  </si>
+  <si>
+    <t>2006-2016</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sjr</t>
+  </si>
+  <si>
+    <t>Mass Communication Research</t>
+  </si>
+  <si>
+    <t>1967-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/mcr</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jas</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sja</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ccn</t>
+  </si>
+  <si>
+    <t>2014-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/csw</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學教育研究與評鑑中心</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/djy</t>
+  </si>
+  <si>
+    <t>2000-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/caj</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/dry</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tei</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/aep</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ter</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jmo</t>
+  </si>
+  <si>
+    <t>1996-2002</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/imr</t>
+  </si>
+  <si>
+    <t>2006-2008</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jae</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/aer</t>
+  </si>
+  <si>
+    <t>2002-2022</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/aae</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/spo</t>
+  </si>
+  <si>
+    <t>2002-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tpj</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cit</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jeb</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ocs</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cje</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jtx</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jli</t>
+  </si>
+  <si>
+    <t>2007-2020</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/pra</t>
+  </si>
+  <si>
+    <t>2005-2006</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/prt</t>
+  </si>
+  <si>
+    <t>2009-2020</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jcs</t>
+  </si>
+  <si>
+    <t>2006-2021</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cue</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hcn</t>
+  </si>
+  <si>
+    <t>1982-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/rcs</t>
+  </si>
+  <si>
+    <t>1985-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/bcl</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jht</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tjb</t>
+  </si>
+  <si>
+    <t>1999-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nsw</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ntm</t>
+  </si>
+  <si>
+    <t>1974-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hij</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/bzx</t>
+  </si>
+  <si>
+    <t>1819-8422</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tce</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tlr</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/twj</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tar</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tdq</t>
+  </si>
+  <si>
+    <t>2004-2011</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tfa</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tjr</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tea</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/stw</t>
+  </si>
+  <si>
+    <t>1999-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jsw</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tsx</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tsl</t>
+  </si>
+  <si>
+    <t>Institute of the Law of the Sea, National Taiwan Ocean University.</t>
+  </si>
+  <si>
+    <t>2015-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tol</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tjc</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1729-8849</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tef</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tll</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tlj</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/lis</t>
+  </si>
+  <si>
+    <t>Termination of Authorization</t>
+  </si>
+  <si>
+    <t>2000-2016</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/lal</t>
+  </si>
+  <si>
+    <t>2012-2016</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/fja</t>
+  </si>
+  <si>
+    <t>1818-1562</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/agc</t>
+  </si>
+  <si>
+    <t>1992-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/rts</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/guw</t>
+  </si>
+  <si>
+    <t>1991-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/eas</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ctr</t>
+  </si>
+  <si>
+    <t>中華民國課程與教學學會</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ciq</t>
+  </si>
+  <si>
+    <t>2008-2009</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sts</t>
+  </si>
+  <si>
+    <t>2021-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ssa</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/dsa</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/xjy</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/srs</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/rap</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tae</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jal</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jac</t>
+  </si>
+  <si>
+    <t>國立臺灣戲曲學院</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/scx</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jts</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ttj</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/asj</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/aqj</t>
+  </si>
+  <si>
+    <t>Environment and Worlds</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/eaw</t>
+  </si>
+  <si>
+    <t>2012-2018</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cks</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sit</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/gaj</t>
+  </si>
+  <si>
+    <t>Department &amp; Graduate Institute of Fine Arts, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jaf</t>
+  </si>
+  <si>
+    <t>1995-2003</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ysl</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ysr</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/gar</t>
+  </si>
+  <si>
+    <t>國立中央大學藝術學研究所學生會</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/yyf</t>
+  </si>
+  <si>
+    <t>2017-2022</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/spa</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/pej</t>
+  </si>
+  <si>
+    <t>2017-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jir</t>
+  </si>
+  <si>
+    <t>2012-2019</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/npr</t>
+  </si>
+  <si>
+    <t>1997-2003</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cmr</t>
+  </si>
+  <si>
+    <t>2005-2009</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/eta</t>
+  </si>
+  <si>
+    <t>Japanese</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ias</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/eth</t>
+  </si>
+  <si>
+    <t>2005-2011</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jar</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/acl</t>
+  </si>
+  <si>
+    <t>Journal of Han Chiang e Journal</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hce</t>
+  </si>
+  <si>
+    <t>Journal of Han Chiang</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jhc</t>
+  </si>
+  <si>
+    <t>Journal of Han Chiang College</t>
+  </si>
+  <si>
+    <t>2002-2017</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hcc</t>
+  </si>
+  <si>
+    <t>Rosa Sinensis</t>
+  </si>
+  <si>
+    <t>Simplified Chinese</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ras</t>
+  </si>
+  <si>
+    <t>1992-1998</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/rar</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/rrt</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/mic</t>
+  </si>
+  <si>
+    <t>2022-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cpm</t>
+  </si>
+  <si>
+    <t>Journal of Malaysian Chinese Studies</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/smc</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cmq</t>
+  </si>
+  <si>
+    <t>東吳大學張佛泉人權研究中心</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hrj</t>
+  </si>
+  <si>
+    <t>1993-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jcc</t>
+  </si>
+  <si>
+    <t>2013-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/etl</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ijt</t>
+  </si>
+  <si>
+    <t>Sungkyun China Focus</t>
+  </si>
+  <si>
+    <t>Korean</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sgk</t>
+  </si>
+  <si>
+    <t>Sungkyun China Observer</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sco</t>
+  </si>
+  <si>
+    <t>Journal of the European Association for Chinese Studies</t>
+  </si>
+  <si>
+    <t>2021-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ecs</t>
+  </si>
+  <si>
+    <t>The Korea Journal of Chinese Social Science</t>
+  </si>
+  <si>
+    <t>2019-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/kjc</t>
+  </si>
+  <si>
+    <t>Sungkyun China Brief</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/scb</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ucs</t>
+  </si>
+  <si>
+    <t>Journal for the Studies of Transitional Justice and the Party Assets</t>
+  </si>
+  <si>
+    <t>2024-</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/pas</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jis</t>
+  </si>
+  <si>
+    <t>Asian Culture</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/acj</t>
+  </si>
+  <si>
+    <t>Journal of Chinese Language and Literature</t>
+  </si>
+  <si>
+    <t>1980-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cll</t>
+  </si>
+  <si>
+    <t>1987-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/arc</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/amj</t>
+  </si>
+  <si>
+    <t>Taiwan Studies</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/thu</t>
+  </si>
+  <si>
+    <t>Journal of The South Seas Society</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sss</t>
+  </si>
+  <si>
+    <t>Journal of Sinological Studies</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ssj</t>
+  </si>
+  <si>
+    <t>Journal of Chinese Literature And Culture</t>
+  </si>
+  <si>
+    <t>2013-2022</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jcl</t>
+  </si>
+  <si>
+    <t>China in Culture</t>
+  </si>
+  <si>
+    <t>2020-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cic</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ppa</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/aas</t>
+  </si>
+  <si>
+    <t>Hong Kong Studies</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hks</t>
+  </si>
+  <si>
+    <t>2085-0441</t>
+  </si>
+  <si>
+    <t>PCD Press, Department of Politics and Government - Faculty of Social and Political Sciences, Universitas Gadjah Mada</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/pcd</t>
+  </si>
+  <si>
+    <t>0259-0948</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/gjn</t>
+  </si>
+  <si>
+    <t>Northeast Asian Studies</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nas</t>
+  </si>
+  <si>
+    <t>Journal of Arts, Humanities and Social Science (JAHSS)</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jah</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hcm</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/mar</t>
+  </si>
+  <si>
+    <t>2321-2594</t>
+  </si>
+  <si>
+    <t>汶萊大學與Emerald Publishing</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Universiti Brunei Darussalam, Emerald Publishing</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/dac</t>
   </si>
   <si>
     <t>韓江學刊電子學刊</t>
   </si>
   <si>
     <t>韓江學刊</t>
   </si>
   <si>
     <t>韓江學報</t>
   </si>
   <si>
     <t>人文雜誌</t>
   </si>
   <si>
     <t>資料與研究</t>
   </si>
   <si>
-    <t>資料與研究（試刊）</t>
-[...7 lines deleted...]
-  <si>
     <t>馬來西亞華人研究學刊</t>
   </si>
   <si>
-    <t>商管科技季刊</t>
-[...4313 lines deleted...]
-    <t>YES</t>
+    <t>Journal of the European Association for Chinese Studies (歐洲漢學學會學刊)</t>
+  </si>
+  <si>
+    <t>亞洲文化</t>
+  </si>
+  <si>
+    <t>中國語文學</t>
+  </si>
+  <si>
+    <t>대만연구(臺灣硏究)</t>
+  </si>
+  <si>
+    <t>南洋學報</t>
+  </si>
+  <si>
+    <t>漢學研究學刊</t>
+  </si>
+  <si>
+    <t>馬大華人文學與文化學刊</t>
+  </si>
+  <si>
+    <t>文化中國學刊</t>
+  </si>
+  <si>
+    <t>香港研究</t>
+  </si>
+  <si>
+    <t>東北アジア研究</t>
+  </si>
+  <si>
+    <t>Traditional Chinese, English</t>
+  </si>
+  <si>
+    <t>Simplified Chinese, English</t>
+  </si>
+  <si>
+    <t>Korean, Simplified Chinese</t>
+  </si>
+  <si>
+    <t>English, Simplified Chinese</t>
+  </si>
+  <si>
+    <t>Korean, Traditional and Simplified graphics</t>
+  </si>
+  <si>
+    <t>Italian, English</t>
+  </si>
+  <si>
+    <t>Korean, Traditional Chinese, English</t>
+  </si>
+  <si>
+    <t>Japanese, English</t>
+  </si>
+  <si>
+    <t>English, Vietnamese</t>
+  </si>
+  <si>
+    <t>Traditional Chinese, Korean</t>
+  </si>
+  <si>
+    <t>Traditional Chinese, Japanese</t>
+  </si>
+  <si>
+    <t>Traditional Chinese, Russian</t>
+  </si>
+  <si>
+    <t>Ukrainian, English, Traditional and Simplified graphics</t>
+  </si>
+  <si>
+    <t>Weekly</t>
+  </si>
+  <si>
+    <t>Biweekly</t>
   </si>
   <si>
     <t>Active</t>
   </si>
   <si>
     <t>Suspended</t>
   </si>
   <si>
-    <t>Changed journal title</t>
-[...47 lines deleted...]
-    <t>As at September 2024</t>
+    <t>Place of Publication</t>
+  </si>
+  <si>
+    <t>實踐設計學報 (試刊)</t>
+  </si>
+  <si>
+    <t>藝術論衡  (2003年停刊)</t>
+  </si>
+  <si>
+    <t>藝術論衡  (2008年復刊)</t>
+  </si>
+  <si>
+    <t>資料與研究 (試刊)</t>
+  </si>
+  <si>
+    <t>성균차이나포커스  (成均中國焦點)</t>
+  </si>
+  <si>
+    <t>성균중국관찰 (成均中國觀察)</t>
+  </si>
+  <si>
+    <t>중국사회과학논총 (中國社會科學論叢)</t>
+  </si>
+  <si>
+    <t>성균차이나브리프 (成均中國摘要)</t>
+  </si>
+  <si>
+    <t>КИТАЄЗНАВЧІ ДОСЛІДЖЕННЯ (漢學研究)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...13 lines deleted...]
-    <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
       <b/>
       <sz val="18"/>
-      <name val="Aptos Display"/>
+      <name val="Aptos"/>
       <family val="2"/>
-      <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
-      <name val="Aptos Display"/>
+      <name val="Aptos"/>
       <family val="2"/>
-      <scheme val="major"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF26A69A"/>
         <bgColor rgb="FF26A69A"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_Sheet1" xfId="1" xr:uid="{388BA0F7-D62E-43AB-923F-3DC90B2AB0F2}"/>
+    <cellStyle name="Normal_Sheet1" xfId="1" xr:uid="{EFF596BC-79C2-4129-A4A7-EBA0435DA7AE}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>76200</xdr:colOff>
+      <xdr:colOff>57150</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>85725</xdr:rowOff>
+      <xdr:rowOff>114300</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>2219325</xdr:colOff>
+      <xdr:colOff>1943100</xdr:colOff>
       <xdr:row>4</xdr:row>
-      <xdr:rowOff>28575</xdr:rowOff>
+      <xdr:rowOff>57150</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B23D3887-1BE0-4F54-81DD-0E85EDAAFD51}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E18BFCE3-E624-485B-BB0F-74D33CA2236C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="76200" y="85725"/>
-          <a:ext cx="2143125" cy="828675"/>
+          <a:off x="57150" y="114300"/>
+          <a:ext cx="1885950" cy="828675"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
@@ -5986,11185 +7474,15655 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5097189D-BC36-424E-B274-1D5FB918F51F}">
-  <dimension ref="A1:L357"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E49F11FD-96A6-46C0-A44C-0B97E395002E}">
+  <dimension ref="A1:N387"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="G18" sqref="G18"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A8" sqref="A8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
-    <col min="1" max="1" width="29.42578125" style="3" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="13" max="16384" width="9" style="3"/>
+    <col min="1" max="1" width="47.73046875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="57.1328125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="18.265625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="19.1328125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="18.86328125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="38" style="1" customWidth="1"/>
+    <col min="7" max="7" width="41.1328125" style="1" customWidth="1"/>
+    <col min="8" max="8" width="73.73046875" style="1" customWidth="1"/>
+    <col min="9" max="9" width="24" style="1" customWidth="1"/>
+    <col min="10" max="10" width="14.59765625" style="1" customWidth="1"/>
+    <col min="11" max="11" width="23.1328125" style="1" customWidth="1"/>
+    <col min="12" max="12" width="36.265625" style="1" customWidth="1"/>
+    <col min="13" max="13" width="17.1328125" style="1" customWidth="1"/>
+    <col min="14" max="14" width="19.3984375" style="1" customWidth="1"/>
+    <col min="15" max="16384" width="9.1328125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="B2" s="6" t="s">
+    <row r="1" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A1" s="2"/>
+      <c r="B1" s="2"/>
+      <c r="C1" s="2"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="2"/>
+      <c r="F1" s="2"/>
+      <c r="G1" s="2"/>
+      <c r="H1" s="2"/>
+      <c r="I1" s="2"/>
+      <c r="J1" s="2"/>
+      <c r="K1" s="2"/>
+      <c r="L1" s="2"/>
+      <c r="M1" s="2"/>
+      <c r="N1" s="2"/>
+    </row>
+    <row r="2" spans="1:14" ht="23.25" x14ac:dyDescent="0.45">
+      <c r="A2" s="2"/>
+      <c r="B2" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="C2" s="2"/>
+      <c r="D2" s="2"/>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
+      <c r="G2" s="2"/>
+      <c r="H2" s="2"/>
+      <c r="I2" s="2"/>
+      <c r="J2" s="2"/>
+      <c r="K2" s="2"/>
+      <c r="L2" s="2"/>
+      <c r="M2" s="2"/>
+      <c r="N2" s="2"/>
+    </row>
+    <row r="3" spans="1:14" ht="15.75" x14ac:dyDescent="0.45">
+      <c r="A3" s="2"/>
+      <c r="B3" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" s="2"/>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2"/>
+      <c r="I3" s="2"/>
+      <c r="J3" s="2"/>
+      <c r="K3" s="2"/>
+      <c r="L3" s="2"/>
+      <c r="M3" s="2"/>
+      <c r="N3" s="2"/>
+    </row>
+    <row r="4" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A4" s="2"/>
+      <c r="B4" s="2"/>
+      <c r="C4" s="2"/>
+      <c r="D4" s="2"/>
+      <c r="E4" s="2"/>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2"/>
+      <c r="I4" s="2"/>
+      <c r="J4" s="2"/>
+      <c r="K4" s="2"/>
+      <c r="L4" s="2"/>
+      <c r="M4" s="2"/>
+      <c r="N4" s="2"/>
+    </row>
+    <row r="5" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A5" s="2"/>
+      <c r="B5" s="2"/>
+      <c r="C5" s="2"/>
+      <c r="D5" s="2"/>
+      <c r="E5" s="2"/>
+      <c r="F5" s="2"/>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2"/>
+      <c r="I5" s="2"/>
+      <c r="J5" s="2"/>
+      <c r="K5" s="2"/>
+      <c r="L5" s="2"/>
+      <c r="M5" s="2"/>
+      <c r="N5" s="2"/>
+    </row>
+    <row r="6" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A6" s="2"/>
+      <c r="B6" s="2"/>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
+      <c r="J6" s="2"/>
+      <c r="K6" s="2"/>
+      <c r="L6" s="2"/>
+      <c r="M6" s="2"/>
+      <c r="N6" s="2"/>
+    </row>
+    <row r="7" spans="1:14" ht="32.25" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A7" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="B7" s="8" t="s">
+        <v>1</v>
+      </c>
+      <c r="C7" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="D7" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="E7" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="F7" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="G7" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="H7" s="8" t="s">
+        <v>1310</v>
+      </c>
+      <c r="I7" s="8" t="s">
+        <v>2300</v>
+      </c>
+      <c r="J7" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="K7" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="L7" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="M7" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="N7" s="8" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A8" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="B8" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="C8" s="6">
+        <v>2018</v>
+      </c>
+      <c r="D8" s="6" t="s">
+        <v>975</v>
+      </c>
+      <c r="E8" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F8" s="6" t="s">
+        <v>1595</v>
+      </c>
+      <c r="G8" s="6" t="s">
+        <v>1270</v>
+      </c>
+      <c r="H8" s="6" t="s">
+        <v>1517</v>
+      </c>
+      <c r="I8" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J8" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K8" s="6" t="s">
+        <v>1597</v>
+      </c>
+      <c r="L8" s="6" t="s">
+        <v>1598</v>
+      </c>
+      <c r="M8" s="6"/>
+      <c r="N8" s="6"/>
+    </row>
+    <row r="9" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A9" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="B9" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="C9" s="6">
+        <v>1985</v>
+      </c>
+      <c r="D9" s="6" t="s">
+        <v>1599</v>
+      </c>
+      <c r="E9" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F9" s="6" t="s">
+        <v>1595</v>
+      </c>
+      <c r="G9" s="6" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H9" s="6" t="s">
+        <v>1354</v>
+      </c>
+      <c r="I9" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J9" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K9" s="6" t="s">
+        <v>1600</v>
+      </c>
+      <c r="L9" s="6" t="s">
+        <v>1601</v>
+      </c>
+      <c r="M9" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N9" s="6"/>
+    </row>
+    <row r="10" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A10" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" s="6" t="s">
+        <v>420</v>
+      </c>
+      <c r="C10" s="6">
+        <v>2006</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>751</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>2283</v>
+      </c>
+      <c r="G10" s="6" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H10" s="6" t="s">
+        <v>1603</v>
+      </c>
+      <c r="I10" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J10" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K10" s="6" t="s">
+        <v>1604</v>
+      </c>
+      <c r="L10" s="6" t="s">
+        <v>1605</v>
+      </c>
+      <c r="M10" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N10" s="6"/>
+    </row>
+    <row r="11" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A11" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>396</v>
+      </c>
+      <c r="C11" s="6">
+        <v>1964</v>
+      </c>
+      <c r="D11" s="6" t="s">
+        <v>729</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F11" s="6" t="s">
+        <v>1595</v>
+      </c>
+      <c r="G11" s="6" t="s">
+        <v>1057</v>
+      </c>
+      <c r="H11" s="6" t="s">
+        <v>1606</v>
+      </c>
+      <c r="I11" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J11" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K11" s="6" t="s">
+        <v>1608</v>
+      </c>
+      <c r="L11" s="6" t="s">
+        <v>1609</v>
+      </c>
+      <c r="M11" s="6"/>
+      <c r="N11" s="6"/>
+    </row>
+    <row r="12" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A12" s="6" t="s">
+        <v>333</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>333</v>
+      </c>
+      <c r="C12" s="6">
+        <v>2004</v>
+      </c>
+      <c r="D12" s="6" t="s">
+        <v>981</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F12" s="6" t="s">
+        <v>1595</v>
+      </c>
+      <c r="G12" s="6" t="s">
+        <v>1242</v>
+      </c>
+      <c r="H12" s="6" t="s">
+        <v>1497</v>
+      </c>
+      <c r="I12" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J12" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K12" s="6" t="s">
+        <v>1597</v>
+      </c>
+      <c r="L12" s="6" t="s">
+        <v>1610</v>
+      </c>
+      <c r="M12" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N12" s="6"/>
+    </row>
+    <row r="13" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A13" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>457</v>
+      </c>
+      <c r="C13" s="6">
+        <v>2007</v>
+      </c>
+      <c r="D13" s="6" t="s">
+        <v>785</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F13" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G13" s="6" t="s">
+        <v>1111</v>
+      </c>
+      <c r="H13" s="6" t="s">
+        <v>1385</v>
+      </c>
+      <c r="I13" s="6" t="s">
+        <v>1555</v>
+      </c>
+      <c r="J13" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K13" s="6" t="s">
+        <v>1612</v>
+      </c>
+      <c r="L13" s="6" t="s">
+        <v>1613</v>
+      </c>
+      <c r="M13" s="6"/>
+      <c r="N13" s="6"/>
+    </row>
+    <row r="14" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A14" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" s="6" t="s">
+        <v>456</v>
+      </c>
+      <c r="C14" s="6">
+        <v>2007</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>784</v>
+      </c>
+      <c r="E14" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F14" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G14" s="6" t="s">
+        <v>1111</v>
+      </c>
+      <c r="H14" s="6" t="s">
+        <v>1385</v>
+      </c>
+      <c r="I14" s="6" t="s">
+        <v>1555</v>
+      </c>
+      <c r="J14" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K14" s="6" t="s">
+        <v>1614</v>
+      </c>
+      <c r="L14" s="6" t="s">
+        <v>1615</v>
+      </c>
+      <c r="M14" s="6"/>
+      <c r="N14" s="6"/>
+    </row>
+    <row r="15" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A15" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="C15" s="6">
+        <v>1999</v>
+      </c>
+      <c r="D15" s="6" t="s">
+        <v>727</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F15" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G15" s="6" t="s">
+        <v>1056</v>
+      </c>
+      <c r="H15" s="6" t="s">
+        <v>1616</v>
+      </c>
+      <c r="I15" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J15" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K15" s="6" t="s">
+        <v>1618</v>
+      </c>
+      <c r="L15" s="6" t="s">
+        <v>1619</v>
+      </c>
+      <c r="M15" s="6"/>
+      <c r="N15" s="6"/>
+    </row>
+    <row r="16" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A16" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>553</v>
+      </c>
+      <c r="C16" s="6">
+        <v>1968</v>
+      </c>
+      <c r="D16" s="6" t="s">
+        <v>1620</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F16" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G16" s="6" t="s">
+        <v>1096</v>
+      </c>
+      <c r="H16" s="6" t="s">
+        <v>1372</v>
+      </c>
+      <c r="I16" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="J16" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K16" s="6" t="s">
+        <v>1604</v>
+      </c>
+      <c r="L16" s="6" t="s">
+        <v>1621</v>
+      </c>
+      <c r="M16" s="6"/>
+      <c r="N16" s="6"/>
+    </row>
+    <row r="17" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A17" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="B17" s="6" t="s">
+        <v>447</v>
+      </c>
+      <c r="C17" s="6">
+        <v>1998</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>777</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F17" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G17" s="6" t="s">
+        <v>1104</v>
+      </c>
+      <c r="H17" s="6" t="s">
+        <v>1379</v>
+      </c>
+      <c r="I17" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J17" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K17" s="6" t="s">
+        <v>1622</v>
+      </c>
+      <c r="L17" s="6" t="s">
+        <v>1623</v>
+      </c>
+      <c r="M17" s="6"/>
+      <c r="N17" s="6"/>
+    </row>
+    <row r="18" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A18" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="B18" s="6" t="s">
+        <v>613</v>
+      </c>
+      <c r="C18" s="6">
+        <v>2016</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>930</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F18" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G18" s="6" t="s">
+        <v>1229</v>
+      </c>
+      <c r="H18" s="6" t="s">
+        <v>1475</v>
+      </c>
+      <c r="I18" s="6" t="s">
+        <v>1559</v>
+      </c>
+      <c r="J18" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K18" s="6" t="s">
+        <v>1624</v>
+      </c>
+      <c r="L18" s="6" t="s">
+        <v>1625</v>
+      </c>
+      <c r="M18" s="6"/>
+      <c r="N18" s="6"/>
+    </row>
+    <row r="19" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A19" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B19" s="6" t="s">
+        <v>530</v>
+      </c>
+      <c r="C19" s="6">
+        <v>1990</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>856</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F19" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G19" s="6" t="s">
+        <v>1168</v>
+      </c>
+      <c r="H19" s="6" t="s">
+        <v>1626</v>
+      </c>
+      <c r="I19" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J19" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K19" s="6" t="s">
+        <v>1627</v>
+      </c>
+      <c r="L19" s="6" t="s">
+        <v>1628</v>
+      </c>
+      <c r="M19" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N19" s="6"/>
+    </row>
+    <row r="20" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A20" s="6" t="s">
+        <v>239</v>
+      </c>
+      <c r="B20" s="6" t="s">
+        <v>583</v>
+      </c>
+      <c r="C20" s="6">
+        <v>1993</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>904</v>
+      </c>
+      <c r="E20" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F20" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G20" s="6" t="s">
+        <v>1205</v>
+      </c>
+      <c r="H20" s="6" t="s">
+        <v>1466</v>
+      </c>
+      <c r="I20" s="6" t="s">
+        <v>1564</v>
+      </c>
+      <c r="J20" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K20" s="6" t="s">
+        <v>1630</v>
+      </c>
+      <c r="L20" s="6" t="s">
+        <v>1631</v>
+      </c>
+      <c r="M20" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N20" s="6"/>
+    </row>
+    <row r="21" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A21" s="6" t="s">
+        <v>234</v>
+      </c>
+      <c r="B21" s="6" t="s">
+        <v>578</v>
+      </c>
+      <c r="C21" s="6">
+        <v>1993</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>899</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F21" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G21" s="6" t="s">
+        <v>1201</v>
+      </c>
+      <c r="H21" s="6" t="s">
+        <v>1632</v>
+      </c>
+      <c r="I21" s="6" t="s">
+        <v>1564</v>
+      </c>
+      <c r="J21" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K21" s="6" t="s">
+        <v>1633</v>
+      </c>
+      <c r="L21" s="6" t="s">
+        <v>1634</v>
+      </c>
+      <c r="M21" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N21" s="6"/>
+    </row>
+    <row r="22" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A22" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="B22" s="6" t="s">
+        <v>416</v>
+      </c>
+      <c r="C22" s="6">
+        <v>1972</v>
+      </c>
+      <c r="D22" s="6" t="s">
+        <v>747</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F22" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G22" s="6" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H22" s="6" t="s">
+        <v>1354</v>
+      </c>
+      <c r="I22" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J22" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K22" s="6" t="s">
+        <v>1635</v>
+      </c>
+      <c r="L22" s="6" t="s">
+        <v>1636</v>
+      </c>
+      <c r="M22" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N22" s="6"/>
+    </row>
+    <row r="23" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A23" s="6" t="s">
+        <v>290</v>
+      </c>
+      <c r="B23" s="6" t="s">
+        <v>633</v>
+      </c>
+      <c r="C23" s="6">
+        <v>1983</v>
+      </c>
+      <c r="D23" s="6" t="s">
+        <v>947</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F23" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G23" s="6" t="s">
+        <v>1247</v>
+      </c>
+      <c r="H23" s="6" t="s">
+        <v>1500</v>
+      </c>
+      <c r="I23" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="J23" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K23" s="6" t="s">
+        <v>1637</v>
+      </c>
+      <c r="L23" s="6" t="s">
+        <v>1638</v>
+      </c>
+      <c r="M23" s="6"/>
+      <c r="N23" s="6"/>
+    </row>
+    <row r="24" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A24" s="6" t="s">
+        <v>316</v>
+      </c>
+      <c r="B24" s="6" t="s">
+        <v>660</v>
+      </c>
+      <c r="C24" s="6">
+        <v>2022</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>971</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F24" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G24" s="6" t="s">
+        <v>1047</v>
+      </c>
+      <c r="H24" s="6" t="s">
+        <v>1639</v>
+      </c>
+      <c r="I24" s="6" t="s">
+        <v>1558</v>
+      </c>
+      <c r="J24" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K24" s="6" t="s">
+        <v>1640</v>
+      </c>
+      <c r="L24" s="6" t="s">
+        <v>1641</v>
+      </c>
+      <c r="M24" s="6"/>
+      <c r="N24" s="6"/>
+    </row>
+    <row r="25" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A25" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="B25" s="6" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C25" s="6">
+        <v>2007</v>
+      </c>
+      <c r="D25" s="6" t="s">
+        <v>719</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F25" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G25" s="6" t="s">
+        <v>1643</v>
+      </c>
+      <c r="H25" s="6" t="s">
+        <v>1639</v>
+      </c>
+      <c r="I25" s="6"/>
+      <c r="J25" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K25" s="6" t="s">
+        <v>1644</v>
+      </c>
+      <c r="L25" s="6" t="s">
+        <v>1645</v>
+      </c>
+      <c r="M25" s="6"/>
+      <c r="N25" s="6"/>
+    </row>
+    <row r="26" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A26" s="6" t="s">
+        <v>351</v>
+      </c>
+      <c r="B26" s="6" t="s">
+        <v>381</v>
+      </c>
+      <c r="C26" s="6">
+        <v>2010</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>714</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F26" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G26" s="6" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H26" s="6" t="s">
+        <v>1646</v>
+      </c>
+      <c r="I26" s="6" t="s">
+        <v>1558</v>
+      </c>
+      <c r="J26" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K26" s="6" t="s">
+        <v>1647</v>
+      </c>
+      <c r="L26" s="6" t="s">
+        <v>1648</v>
+      </c>
+      <c r="M26" s="6"/>
+      <c r="N26" s="6"/>
+    </row>
+    <row r="27" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A27" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="B27" s="6" t="s">
+        <v>386</v>
+      </c>
+      <c r="C27" s="6">
+        <v>1997</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>720</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F27" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G27" s="6" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H27" s="6" t="s">
+        <v>1333</v>
+      </c>
+      <c r="I27" s="6" t="s">
+        <v>1558</v>
+      </c>
+      <c r="J27" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K27" s="6" t="s">
+        <v>1649</v>
+      </c>
+      <c r="L27" s="6" t="s">
+        <v>1650</v>
+      </c>
+      <c r="M27" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N27" s="6"/>
+    </row>
+    <row r="28" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A28" s="6" t="s">
+        <v>296</v>
+      </c>
+      <c r="B28" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="C28" s="6">
+        <v>1998</v>
+      </c>
+      <c r="D28" s="6" t="s">
+        <v>953</v>
+      </c>
+      <c r="E28" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F28" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G28" s="6" t="s">
+        <v>1251</v>
+      </c>
+      <c r="H28" s="6" t="s">
+        <v>1651</v>
+      </c>
+      <c r="I28" s="6" t="s">
+        <v>1558</v>
+      </c>
+      <c r="J28" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K28" s="6" t="s">
+        <v>1652</v>
+      </c>
+      <c r="L28" s="6" t="s">
+        <v>1653</v>
+      </c>
+      <c r="M28" s="6"/>
+      <c r="N28" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A29" s="6" t="s">
+        <v>292</v>
+      </c>
+      <c r="B29" s="6" t="s">
+        <v>637</v>
+      </c>
+      <c r="C29" s="6">
+        <v>2008</v>
+      </c>
+      <c r="D29" s="6" t="s">
+        <v>950</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F29" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G29" s="6" t="s">
+        <v>1249</v>
+      </c>
+      <c r="H29" s="6" t="s">
+        <v>1655</v>
+      </c>
+      <c r="I29" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="J29" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K29" s="6" t="s">
+        <v>1656</v>
+      </c>
+      <c r="L29" s="6" t="s">
+        <v>1657</v>
+      </c>
+      <c r="M29" s="6"/>
+      <c r="N29" s="6"/>
+    </row>
+    <row r="30" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A30" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="B30" s="6" t="s">
+        <v>510</v>
+      </c>
+      <c r="C30" s="6">
+        <v>1956</v>
+      </c>
+      <c r="D30" s="6" t="s">
+        <v>840</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F30" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G30" s="6" t="s">
+        <v>1057</v>
+      </c>
+      <c r="H30" s="6" t="s">
+        <v>1606</v>
+      </c>
+      <c r="I30" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J30" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K30" s="6" t="s">
+        <v>1658</v>
+      </c>
+      <c r="L30" s="6" t="s">
+        <v>1659</v>
+      </c>
+      <c r="M30" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N30" s="6"/>
+    </row>
+    <row r="31" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A31" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="B31" s="6" t="s">
+        <v>522</v>
+      </c>
+      <c r="C31" s="6">
+        <v>1991</v>
+      </c>
+      <c r="D31" s="6" t="s">
+        <v>850</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F31" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G31" s="6" t="s">
+        <v>1162</v>
+      </c>
+      <c r="H31" s="6" t="s">
+        <v>1429</v>
+      </c>
+      <c r="I31" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J31" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K31" s="6" t="s">
+        <v>1660</v>
+      </c>
+      <c r="L31" s="6" t="s">
+        <v>1661</v>
+      </c>
+      <c r="M31" s="6"/>
+      <c r="N31" s="6"/>
+    </row>
+    <row r="32" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A32" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B32" s="6" t="s">
+        <v>1662</v>
+      </c>
+      <c r="C32" s="6">
+        <v>1953</v>
+      </c>
+      <c r="D32" s="6" t="s">
+        <v>735</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F32" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G32" s="6" t="s">
+        <v>1064</v>
+      </c>
+      <c r="H32" s="6" t="s">
+        <v>1663</v>
+      </c>
+      <c r="I32" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J32" s="6" t="s">
+        <v>1664</v>
+      </c>
+      <c r="K32" s="6" t="s">
+        <v>1647</v>
+      </c>
+      <c r="L32" s="6" t="s">
+        <v>1665</v>
+      </c>
+      <c r="M32" s="6"/>
+      <c r="N32" s="6"/>
+    </row>
+    <row r="33" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A33" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="B33" s="6" t="s">
+        <v>387</v>
+      </c>
+      <c r="C33" s="6">
+        <v>2005</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>721</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F33" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G33" s="6" t="s">
+        <v>1049</v>
+      </c>
+      <c r="H33" s="6" t="s">
+        <v>1666</v>
+      </c>
+      <c r="I33" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J33" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K33" s="6" t="s">
+        <v>1667</v>
+      </c>
+      <c r="L33" s="6" t="s">
+        <v>1668</v>
+      </c>
+      <c r="M33" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N33" s="6"/>
+    </row>
+    <row r="34" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A34" s="6" t="s">
+        <v>295</v>
+      </c>
+      <c r="B34" s="6" t="s">
+        <v>640</v>
+      </c>
+      <c r="C34" s="6">
+        <v>1976</v>
+      </c>
+      <c r="D34" s="6" t="s">
+        <v>952</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F34" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G34" s="6" t="s">
+        <v>1102</v>
+      </c>
+      <c r="H34" s="6" t="s">
+        <v>1377</v>
+      </c>
+      <c r="I34" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J34" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K34" s="6" t="s">
+        <v>1669</v>
+      </c>
+      <c r="L34" s="6" t="s">
+        <v>1670</v>
+      </c>
+      <c r="M34" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N34" s="6"/>
+    </row>
+    <row r="35" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A35" s="6" t="s">
+        <v>319</v>
+      </c>
+      <c r="B35" s="6" t="s">
+        <v>663</v>
+      </c>
+      <c r="C35" s="6">
+        <v>1984</v>
+      </c>
+      <c r="D35" s="6" t="s">
+        <v>974</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F35" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G35" s="6" t="s">
+        <v>1269</v>
+      </c>
+      <c r="H35" s="6" t="s">
+        <v>1671</v>
+      </c>
+      <c r="I35" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J35" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K35" s="6" t="s">
+        <v>1672</v>
+      </c>
+      <c r="L35" s="6" t="s">
+        <v>1673</v>
+      </c>
+      <c r="M35" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N35" s="6"/>
+    </row>
+    <row r="36" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A36" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B36" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="C36" s="6">
+        <v>1958</v>
+      </c>
+      <c r="D36" s="6" t="s">
+        <v>733</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F36" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G36" s="6" t="s">
+        <v>1061</v>
+      </c>
+      <c r="H36" s="6" t="s">
+        <v>1674</v>
+      </c>
+      <c r="I36" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J36" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K36" s="6" t="s">
+        <v>1647</v>
+      </c>
+      <c r="L36" s="6" t="s">
+        <v>1675</v>
+      </c>
+      <c r="M36" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N36" s="6"/>
+    </row>
+    <row r="37" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A37" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="B37" s="6" t="s">
+        <v>389</v>
+      </c>
+      <c r="C37" s="6">
+        <v>1999</v>
+      </c>
+      <c r="D37" s="6" t="s">
+        <v>723</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F37" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G37" s="6" t="s">
+        <v>1051</v>
+      </c>
+      <c r="H37" s="6" t="s">
+        <v>1352</v>
+      </c>
+      <c r="I37" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J37" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K37" s="6" t="s">
+        <v>1604</v>
+      </c>
+      <c r="L37" s="6" t="s">
+        <v>1676</v>
+      </c>
+      <c r="M37" s="6"/>
+      <c r="N37" s="6"/>
+    </row>
+    <row r="38" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A38" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B38" s="6" t="s">
+        <v>379</v>
+      </c>
+      <c r="C38" s="6">
+        <v>1992</v>
+      </c>
+      <c r="D38" s="6" t="s">
+        <v>712</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F38" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G38" s="6" t="s">
+        <v>1041</v>
+      </c>
+      <c r="H38" s="6" t="s">
+        <v>1677</v>
+      </c>
+      <c r="I38" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J38" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K38" s="6" t="s">
+        <v>1597</v>
+      </c>
+      <c r="L38" s="6" t="s">
+        <v>1678</v>
+      </c>
+      <c r="M38" s="6"/>
+      <c r="N38" s="6"/>
+    </row>
+    <row r="39" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A39" s="6" t="s">
+        <v>304</v>
+      </c>
+      <c r="B39" s="6" t="s">
+        <v>649</v>
+      </c>
+      <c r="C39" s="6">
+        <v>1997</v>
+      </c>
+      <c r="D39" s="6" t="s">
+        <v>959</v>
+      </c>
+      <c r="E39" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F39" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G39" s="6" t="s">
+        <v>1258</v>
+      </c>
+      <c r="H39" s="6" t="s">
+        <v>1509</v>
+      </c>
+      <c r="I39" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J39" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K39" s="6" t="s">
+        <v>1679</v>
+      </c>
+      <c r="L39" s="6" t="s">
+        <v>1680</v>
+      </c>
+      <c r="M39" s="6"/>
+      <c r="N39" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="40" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A40" s="6" t="s">
+        <v>305</v>
+      </c>
+      <c r="B40" s="6" t="s">
+        <v>650</v>
+      </c>
+      <c r="C40" s="6">
+        <v>1987</v>
+      </c>
+      <c r="D40" s="6" t="s">
+        <v>960</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F40" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G40" s="6" t="s">
+        <v>1258</v>
+      </c>
+      <c r="H40" s="6" t="s">
+        <v>1509</v>
+      </c>
+      <c r="I40" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J40" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K40" s="6" t="s">
+        <v>1681</v>
+      </c>
+      <c r="L40" s="6" t="s">
+        <v>1682</v>
+      </c>
+      <c r="M40" s="6"/>
+      <c r="N40" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="41" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A41" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B41" s="6" t="s">
+        <v>365</v>
+      </c>
+      <c r="C41" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D41" s="6" t="s">
+        <v>698</v>
+      </c>
+      <c r="E41" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F41" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G41" s="6" t="s">
+        <v>1027</v>
+      </c>
+      <c r="H41" s="6" t="s">
+        <v>1683</v>
+      </c>
+      <c r="I41" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J41" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K41" s="6" t="s">
+        <v>1684</v>
+      </c>
+      <c r="L41" s="6" t="s">
+        <v>1685</v>
+      </c>
+      <c r="M41" s="6"/>
+      <c r="N41" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="42" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A42" s="6" t="s">
+        <v>297</v>
+      </c>
+      <c r="B42" s="6" t="s">
+        <v>1686</v>
+      </c>
+      <c r="C42" s="6">
+        <v>2002</v>
+      </c>
+      <c r="D42" s="6" t="s">
+        <v>954</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F42" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G42" s="6" t="s">
+        <v>1252</v>
+      </c>
+      <c r="H42" s="6" t="s">
+        <v>1503</v>
+      </c>
+      <c r="I42" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J42" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K42" s="6" t="s">
+        <v>1687</v>
+      </c>
+      <c r="L42" s="6" t="s">
+        <v>1688</v>
+      </c>
+      <c r="M42" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N42" s="6"/>
+    </row>
+    <row r="43" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A43" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="B43" s="6" t="s">
+        <v>654</v>
+      </c>
+      <c r="C43" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D43" s="6" t="s">
+        <v>965</v>
+      </c>
+      <c r="E43" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F43" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G43" s="6" t="s">
+        <v>1263</v>
+      </c>
+      <c r="H43" s="6" t="s">
+        <v>1689</v>
+      </c>
+      <c r="I43" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J43" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K43" s="6" t="s">
+        <v>1690</v>
+      </c>
+      <c r="L43" s="6" t="s">
+        <v>1691</v>
+      </c>
+      <c r="M43" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N43" s="6"/>
+    </row>
+    <row r="44" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A44" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B44" s="6" t="s">
+        <v>392</v>
+      </c>
+      <c r="C44" s="6">
+        <v>1995</v>
+      </c>
+      <c r="D44" s="6"/>
+      <c r="E44" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F44" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G44" s="6" t="s">
+        <v>1054</v>
+      </c>
+      <c r="H44" s="6" t="s">
+        <v>1692</v>
+      </c>
+      <c r="I44" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J44" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K44" s="6" t="s">
+        <v>1612</v>
+      </c>
+      <c r="L44" s="6" t="s">
+        <v>1693</v>
+      </c>
+      <c r="M44" s="6"/>
+      <c r="N44" s="6"/>
+    </row>
+    <row r="45" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A45" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="B45" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="C45" s="6">
+        <v>1993</v>
+      </c>
+      <c r="D45" s="6" t="s">
+        <v>724</v>
+      </c>
+      <c r="E45" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F45" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G45" s="6" t="s">
+        <v>1052</v>
+      </c>
+      <c r="H45" s="6" t="s">
+        <v>1335</v>
+      </c>
+      <c r="I45" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J45" s="6" t="s">
+        <v>1694</v>
+      </c>
+      <c r="K45" s="6" t="s">
+        <v>1630</v>
+      </c>
+      <c r="L45" s="6" t="s">
+        <v>1695</v>
+      </c>
+      <c r="M45" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N45" s="6"/>
+    </row>
+    <row r="46" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A46" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B46" s="6" t="s">
+        <v>407</v>
+      </c>
+      <c r="C46" s="6">
+        <v>1985</v>
+      </c>
+      <c r="D46" s="6" t="s">
+        <v>740</v>
+      </c>
+      <c r="E46" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F46" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G46" s="6" t="s">
+        <v>1068</v>
+      </c>
+      <c r="H46" s="6" t="s">
+        <v>1696</v>
+      </c>
+      <c r="I46" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J46" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K46" s="6" t="s">
+        <v>1697</v>
+      </c>
+      <c r="L46" s="6" t="s">
+        <v>1698</v>
+      </c>
+      <c r="M46" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N46" s="6"/>
+    </row>
+    <row r="47" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A47" s="6" t="s">
+        <v>294</v>
+      </c>
+      <c r="B47" s="6" t="s">
+        <v>639</v>
+      </c>
+      <c r="C47" s="6">
+        <v>2001</v>
+      </c>
+      <c r="D47" s="6"/>
+      <c r="E47" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F47" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G47" s="6" t="s">
+        <v>1250</v>
+      </c>
+      <c r="H47" s="6" t="s">
+        <v>1502</v>
+      </c>
+      <c r="I47" s="6" t="s">
+        <v>1566</v>
+      </c>
+      <c r="J47" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K47" s="6" t="s">
+        <v>1699</v>
+      </c>
+      <c r="L47" s="6" t="s">
+        <v>1700</v>
+      </c>
+      <c r="M47" s="6"/>
+      <c r="N47" s="6"/>
+    </row>
+    <row r="48" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A48" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="B48" s="6" t="s">
+        <v>388</v>
+      </c>
+      <c r="C48" s="6">
+        <v>1983</v>
+      </c>
+      <c r="D48" s="6" t="s">
+        <v>722</v>
+      </c>
+      <c r="E48" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F48" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G48" s="6" t="s">
+        <v>1050</v>
+      </c>
+      <c r="H48" s="6" t="s">
+        <v>1334</v>
+      </c>
+      <c r="I48" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J48" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K48" s="6" t="s">
+        <v>1701</v>
+      </c>
+      <c r="L48" s="6" t="s">
+        <v>1702</v>
+      </c>
+      <c r="M48" s="6"/>
+      <c r="N48" s="6"/>
+    </row>
+    <row r="49" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A49" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="B49" s="6" t="s">
+        <v>489</v>
+      </c>
+      <c r="C49" s="6">
+        <v>1997</v>
+      </c>
+      <c r="D49" s="6" t="s">
+        <v>817</v>
+      </c>
+      <c r="E49" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F49" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G49" s="6" t="s">
+        <v>1137</v>
+      </c>
+      <c r="H49" s="6" t="s">
+        <v>1408</v>
+      </c>
+      <c r="I49" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J49" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K49" s="6" t="s">
+        <v>1681</v>
+      </c>
+      <c r="L49" s="6" t="s">
+        <v>1703</v>
+      </c>
+      <c r="M49" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N49" s="6"/>
+    </row>
+    <row r="50" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A50" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="B50" s="6" t="s">
+        <v>537</v>
+      </c>
+      <c r="C50" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D50" s="6" t="s">
+        <v>862</v>
+      </c>
+      <c r="E50" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F50" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G50" s="6" t="s">
+        <v>1173</v>
+      </c>
+      <c r="H50" s="6" t="s">
+        <v>1704</v>
+      </c>
+      <c r="I50" s="6" t="s">
+        <v>1564</v>
+      </c>
+      <c r="J50" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K50" s="6" t="s">
+        <v>1705</v>
+      </c>
+      <c r="L50" s="6" t="s">
+        <v>1706</v>
+      </c>
+      <c r="M50" s="6"/>
+      <c r="N50" s="6"/>
+    </row>
+    <row r="51" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A51" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B51" s="6" t="s">
+        <v>534</v>
+      </c>
+      <c r="C51" s="6">
+        <v>1988</v>
+      </c>
+      <c r="D51" s="6" t="s">
+        <v>859</v>
+      </c>
+      <c r="E51" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F51" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G51" s="6" t="s">
+        <v>1707</v>
+      </c>
+      <c r="H51" s="6" t="s">
+        <v>1708</v>
+      </c>
+      <c r="I51" s="6"/>
+      <c r="J51" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K51" s="6" t="s">
+        <v>1709</v>
+      </c>
+      <c r="L51" s="6" t="s">
+        <v>1710</v>
+      </c>
+      <c r="M51" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N51" s="6"/>
+    </row>
+    <row r="52" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A52" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="B52" s="6" t="s">
+        <v>628</v>
+      </c>
+      <c r="C52" s="6">
+        <v>1995</v>
+      </c>
+      <c r="D52" s="6" t="s">
+        <v>943</v>
+      </c>
+      <c r="E52" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F52" s="6" t="s">
+        <v>2283</v>
+      </c>
+      <c r="G52" s="6" t="s">
+        <v>1242</v>
+      </c>
+      <c r="H52" s="6" t="s">
+        <v>1497</v>
+      </c>
+      <c r="I52" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J52" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K52" s="6" t="s">
+        <v>1711</v>
+      </c>
+      <c r="L52" s="6" t="s">
+        <v>1712</v>
+      </c>
+      <c r="M52" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N52" s="6"/>
+    </row>
+    <row r="53" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A53" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="B53" s="6" t="s">
+        <v>629</v>
+      </c>
+      <c r="C53" s="6">
+        <v>2005</v>
+      </c>
+      <c r="D53" s="6" t="s">
+        <v>944</v>
+      </c>
+      <c r="E53" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F53" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G53" s="6" t="s">
+        <v>1243</v>
+      </c>
+      <c r="H53" s="6" t="s">
+        <v>1498</v>
+      </c>
+      <c r="I53" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J53" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K53" s="6" t="s">
+        <v>1713</v>
+      </c>
+      <c r="L53" s="6" t="s">
+        <v>1714</v>
+      </c>
+      <c r="M53" s="6" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N53" s="6"/>
+    </row>
+    <row r="54" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A54" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="B54" s="6" t="s">
+        <v>630</v>
+      </c>
+      <c r="C54" s="6">
+        <v>2009</v>
+      </c>
+      <c r="D54" s="6"/>
+      <c r="E54" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F54" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G54" s="6" t="s">
+        <v>1244</v>
+      </c>
+      <c r="H54" s="6" t="s">
+        <v>1716</v>
+      </c>
+      <c r="I54" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J54" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K54" s="6" t="s">
+        <v>1717</v>
+      </c>
+      <c r="L54" s="6" t="s">
+        <v>1718</v>
+      </c>
+      <c r="M54" s="6"/>
+      <c r="N54" s="6"/>
+    </row>
+    <row r="55" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A55" s="6" t="s">
+        <v>288</v>
+      </c>
+      <c r="B55" s="6" t="s">
+        <v>631</v>
+      </c>
+      <c r="C55" s="6">
+        <v>2005</v>
+      </c>
+      <c r="D55" s="6" t="s">
+        <v>945</v>
+      </c>
+      <c r="E55" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F55" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G55" s="6" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H55" s="6" t="s">
+        <v>1719</v>
+      </c>
+      <c r="I55" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J55" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K55" s="6" t="s">
+        <v>1667</v>
+      </c>
+      <c r="L55" s="6" t="s">
+        <v>1720</v>
+      </c>
+      <c r="M55" s="6"/>
+      <c r="N55" s="6"/>
+    </row>
+    <row r="56" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A56" s="6" t="s">
+        <v>318</v>
+      </c>
+      <c r="B56" s="6" t="s">
+        <v>662</v>
+      </c>
+      <c r="C56" s="6">
+        <v>2017</v>
+      </c>
+      <c r="D56" s="6" t="s">
+        <v>973</v>
+      </c>
+      <c r="E56" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F56" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G56" s="6" t="s">
+        <v>1268</v>
+      </c>
+      <c r="H56" s="6" t="s">
+        <v>1721</v>
+      </c>
+      <c r="I56" s="6" t="s">
+        <v>1564</v>
+      </c>
+      <c r="J56" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K56" s="6" t="s">
+        <v>1722</v>
+      </c>
+      <c r="L56" s="6" t="s">
+        <v>1723</v>
+      </c>
+      <c r="M56" s="6"/>
+      <c r="N56" s="6"/>
+    </row>
+    <row r="57" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A57" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="B57" s="6" t="s">
+        <v>411</v>
+      </c>
+      <c r="C57" s="6">
+        <v>2005</v>
+      </c>
+      <c r="D57" s="6"/>
+      <c r="E57" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F57" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G57" s="6" t="s">
+        <v>1071</v>
+      </c>
+      <c r="H57" s="6" t="s">
+        <v>1724</v>
+      </c>
+      <c r="I57" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J57" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K57" s="6" t="s">
+        <v>1725</v>
+      </c>
+      <c r="L57" s="6" t="s">
+        <v>1726</v>
+      </c>
+      <c r="M57" s="6"/>
+      <c r="N57" s="6"/>
+    </row>
+    <row r="58" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A58" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="B58" s="6" t="s">
+        <v>490</v>
+      </c>
+      <c r="C58" s="6">
+        <v>1982</v>
+      </c>
+      <c r="D58" s="6" t="s">
+        <v>818</v>
+      </c>
+      <c r="E58" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F58" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G58" s="6" t="s">
+        <v>1138</v>
+      </c>
+      <c r="H58" s="6" t="s">
+        <v>1409</v>
+      </c>
+      <c r="I58" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J58" s="6" t="s">
+        <v>1727</v>
+      </c>
+      <c r="K58" s="6" t="s">
+        <v>1728</v>
+      </c>
+      <c r="L58" s="6" t="s">
+        <v>1729</v>
+      </c>
+      <c r="M58" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N58" s="6"/>
+    </row>
+    <row r="59" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A59" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="B59" s="6" t="s">
+        <v>488</v>
+      </c>
+      <c r="C59" s="6">
+        <v>2005</v>
+      </c>
+      <c r="D59" s="6" t="s">
+        <v>816</v>
+      </c>
+      <c r="E59" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F59" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G59" s="6" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H59" s="6" t="s">
+        <v>1407</v>
+      </c>
+      <c r="I59" s="6"/>
+      <c r="J59" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K59" s="6" t="s">
+        <v>1713</v>
+      </c>
+      <c r="L59" s="6" t="s">
+        <v>1731</v>
+      </c>
+      <c r="M59" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N59" s="6"/>
+    </row>
+    <row r="60" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A60" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B60" s="6" t="s">
+        <v>377</v>
+      </c>
+      <c r="C60" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D60" s="6" t="s">
+        <v>710</v>
+      </c>
+      <c r="E60" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F60" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G60" s="6" t="s">
+        <v>1039</v>
+      </c>
+      <c r="H60" s="6" t="s">
+        <v>1326</v>
+      </c>
+      <c r="I60" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J60" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K60" s="6" t="s">
+        <v>1713</v>
+      </c>
+      <c r="L60" s="6" t="s">
+        <v>1732</v>
+      </c>
+      <c r="M60" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N60" s="6"/>
+    </row>
+    <row r="61" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A61" s="6" t="s">
+        <v>315</v>
+      </c>
+      <c r="B61" s="6" t="s">
+        <v>659</v>
+      </c>
+      <c r="C61" s="6">
+        <v>2004</v>
+      </c>
+      <c r="D61" s="6" t="s">
+        <v>970</v>
+      </c>
+      <c r="E61" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F61" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G61" s="6" t="s">
+        <v>1267</v>
+      </c>
+      <c r="H61" s="6" t="s">
+        <v>1515</v>
+      </c>
+      <c r="I61" s="6" t="s">
+        <v>1566</v>
+      </c>
+      <c r="J61" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K61" s="6" t="s">
+        <v>1681</v>
+      </c>
+      <c r="L61" s="6" t="s">
+        <v>1733</v>
+      </c>
+      <c r="M61" s="6"/>
+      <c r="N61" s="6"/>
+    </row>
+    <row r="62" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A62" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="B62" s="6" t="s">
+        <v>415</v>
+      </c>
+      <c r="C62" s="6">
+        <v>2011</v>
+      </c>
+      <c r="D62" s="6" t="s">
+        <v>746</v>
+      </c>
+      <c r="E62" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F62" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G62" s="6" t="s">
+        <v>1074</v>
+      </c>
+      <c r="H62" s="6" t="s">
+        <v>1734</v>
+      </c>
+      <c r="I62" s="6" t="s">
+        <v>1554</v>
+      </c>
+      <c r="J62" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K62" s="6" t="s">
+        <v>1608</v>
+      </c>
+      <c r="L62" s="6" t="s">
+        <v>1735</v>
+      </c>
+      <c r="M62" s="6"/>
+      <c r="N62" s="6"/>
+    </row>
+    <row r="63" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A63" s="6" t="s">
+        <v>276</v>
+      </c>
+      <c r="B63" s="6" t="s">
+        <v>619</v>
+      </c>
+      <c r="C63" s="6">
+        <v>1988</v>
+      </c>
+      <c r="D63" s="6" t="s">
+        <v>935</v>
+      </c>
+      <c r="E63" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F63" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G63" s="6" t="s">
+        <v>1235</v>
+      </c>
+      <c r="H63" s="6" t="s">
+        <v>1736</v>
+      </c>
+      <c r="I63" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J63" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K63" s="6" t="s">
+        <v>1737</v>
+      </c>
+      <c r="L63" s="6" t="s">
+        <v>1738</v>
+      </c>
+      <c r="M63" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N63" s="6"/>
+    </row>
+    <row r="64" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A64" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="B64" s="6" t="s">
+        <v>615</v>
+      </c>
+      <c r="C64" s="6">
+        <v>2001</v>
+      </c>
+      <c r="D64" s="6" t="s">
+        <v>932</v>
+      </c>
+      <c r="E64" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F64" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G64" s="6" t="s">
+        <v>1231</v>
+      </c>
+      <c r="H64" s="6" t="s">
+        <v>1487</v>
+      </c>
+      <c r="I64" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J64" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K64" s="6" t="s">
+        <v>1739</v>
+      </c>
+      <c r="L64" s="6" t="s">
+        <v>1740</v>
+      </c>
+      <c r="M64" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N64" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="65" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A65" s="6" t="s">
+        <v>257</v>
+      </c>
+      <c r="B65" s="6" t="s">
+        <v>1478</v>
+      </c>
+      <c r="C65" s="6">
+        <v>2011</v>
+      </c>
+      <c r="D65" s="6" t="s">
+        <v>919</v>
+      </c>
+      <c r="E65" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F65" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G65" s="6" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H65" s="6" t="s">
+        <v>1478</v>
+      </c>
+      <c r="I65" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J65" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K65" s="6" t="s">
+        <v>1741</v>
+      </c>
+      <c r="L65" s="6" t="s">
+        <v>1742</v>
+      </c>
+      <c r="M65" s="6"/>
+      <c r="N65" s="6"/>
+    </row>
+    <row r="66" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A66" s="6" t="s">
+        <v>245</v>
+      </c>
+      <c r="B66" s="6" t="s">
+        <v>589</v>
+      </c>
+      <c r="C66" s="6">
+        <v>2003</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>909</v>
+      </c>
+      <c r="E66" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F66" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G66" s="6" t="s">
+        <v>1208</v>
+      </c>
+      <c r="H66" s="6" t="s">
+        <v>1743</v>
+      </c>
+      <c r="I66" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J66" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K66" s="6" t="s">
+        <v>1744</v>
+      </c>
+      <c r="L66" s="6" t="s">
+        <v>1745</v>
+      </c>
+      <c r="M66" s="6"/>
+      <c r="N66" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="67" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A67" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="B67" s="6" t="s">
+        <v>601</v>
+      </c>
+      <c r="C67" s="6">
+        <v>2004</v>
+      </c>
+      <c r="D67" s="6" t="s">
+        <v>920</v>
+      </c>
+      <c r="E67" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F67" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G67" s="6" t="s">
+        <v>1218</v>
+      </c>
+      <c r="H67" s="6" t="s">
+        <v>1746</v>
+      </c>
+      <c r="I67" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J67" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K67" s="6" t="s">
+        <v>1681</v>
+      </c>
+      <c r="L67" s="6" t="s">
+        <v>1747</v>
+      </c>
+      <c r="M67" s="6"/>
+      <c r="N67" s="6"/>
+    </row>
+    <row r="68" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A68" s="6" t="s">
+        <v>259</v>
+      </c>
+      <c r="B68" s="6" t="s">
+        <v>602</v>
+      </c>
+      <c r="C68" s="6">
+        <v>2005</v>
+      </c>
+      <c r="D68" s="6" t="s">
+        <v>921</v>
+      </c>
+      <c r="E68" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F68" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G68" s="6" t="s">
+        <v>1219</v>
+      </c>
+      <c r="H68" s="6" t="s">
+        <v>1748</v>
+      </c>
+      <c r="I68" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J68" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K68" s="6" t="s">
+        <v>1667</v>
+      </c>
+      <c r="L68" s="6" t="s">
+        <v>1749</v>
+      </c>
+      <c r="M68" s="6"/>
+      <c r="N68" s="6"/>
+    </row>
+    <row r="69" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A69" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="B69" s="6" t="s">
+        <v>512</v>
+      </c>
+      <c r="C69" s="6">
+        <v>2010</v>
+      </c>
+      <c r="D69" s="6" t="s">
+        <v>842</v>
+      </c>
+      <c r="E69" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F69" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G69" s="6" t="s">
+        <v>1156</v>
+      </c>
+      <c r="H69" s="6" t="s">
+        <v>1750</v>
+      </c>
+      <c r="I69" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J69" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K69" s="6" t="s">
+        <v>1679</v>
+      </c>
+      <c r="L69" s="6" t="s">
+        <v>1751</v>
+      </c>
+      <c r="M69" s="6"/>
+      <c r="N69" s="6"/>
+    </row>
+    <row r="70" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A70" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="B70" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="C70" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D70" s="6" t="s">
+        <v>768</v>
+      </c>
+      <c r="E70" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F70" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G70" s="6" t="s">
+        <v>1094</v>
+      </c>
+      <c r="H70" s="6" t="s">
+        <v>1370</v>
+      </c>
+      <c r="I70" s="6" t="s">
+        <v>1554</v>
+      </c>
+      <c r="J70" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K70" s="6" t="s">
+        <v>1679</v>
+      </c>
+      <c r="L70" s="6" t="s">
+        <v>1752</v>
+      </c>
+      <c r="M70" s="6"/>
+      <c r="N70" s="6"/>
+    </row>
+    <row r="71" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A71" s="6" t="s">
+        <v>317</v>
+      </c>
+      <c r="B71" s="6" t="s">
+        <v>661</v>
+      </c>
+      <c r="C71" s="6">
+        <v>1970</v>
+      </c>
+      <c r="D71" s="6" t="s">
+        <v>972</v>
+      </c>
+      <c r="E71" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F71" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G71" s="6" t="s">
+        <v>1106</v>
+      </c>
+      <c r="H71" s="6" t="s">
+        <v>1516</v>
+      </c>
+      <c r="I71" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J71" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K71" s="6" t="s">
+        <v>1679</v>
+      </c>
+      <c r="L71" s="6" t="s">
+        <v>1753</v>
+      </c>
+      <c r="M71" s="6"/>
+      <c r="N71" s="6"/>
+    </row>
+    <row r="72" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A72" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="B72" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="C72" s="6">
+        <v>1996</v>
+      </c>
+      <c r="D72" s="6" t="s">
+        <v>882</v>
+      </c>
+      <c r="E72" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F72" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G72" s="6" t="s">
+        <v>1187</v>
+      </c>
+      <c r="H72" s="6" t="s">
+        <v>1451</v>
+      </c>
+      <c r="I72" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="J72" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K72" s="6" t="s">
+        <v>1679</v>
+      </c>
+      <c r="L72" s="6" t="s">
+        <v>1754</v>
+      </c>
+      <c r="M72" s="6"/>
+      <c r="N72" s="6"/>
+    </row>
+    <row r="73" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A73" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="B73" s="6" t="s">
+        <v>455</v>
+      </c>
+      <c r="C73" s="6">
+        <v>1968</v>
+      </c>
+      <c r="D73" s="6" t="s">
+        <v>783</v>
+      </c>
+      <c r="E73" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F73" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G73" s="6" t="s">
+        <v>1110</v>
+      </c>
+      <c r="H73" s="6" t="s">
+        <v>1755</v>
+      </c>
+      <c r="I73" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J73" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K73" s="6" t="s">
+        <v>1725</v>
+      </c>
+      <c r="L73" s="6" t="s">
+        <v>1756</v>
+      </c>
+      <c r="M73" s="6"/>
+      <c r="N73" s="6"/>
+    </row>
+    <row r="74" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A74" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="B74" s="6" t="s">
+        <v>437</v>
+      </c>
+      <c r="C74" s="6">
+        <v>2004</v>
+      </c>
+      <c r="D74" s="6" t="s">
+        <v>767</v>
+      </c>
+      <c r="E74" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F74" s="6" t="s">
+        <v>2283</v>
+      </c>
+      <c r="G74" s="6" t="s">
+        <v>1093</v>
+      </c>
+      <c r="H74" s="6" t="s">
+        <v>1757</v>
+      </c>
+      <c r="I74" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J74" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K74" s="6" t="s">
+        <v>1633</v>
+      </c>
+      <c r="L74" s="6" t="s">
+        <v>1758</v>
+      </c>
+      <c r="M74" s="6"/>
+      <c r="N74" s="6"/>
+    </row>
+    <row r="75" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A75" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="B75" s="6" t="s">
+        <v>429</v>
+      </c>
+      <c r="C75" s="6">
+        <v>1987</v>
+      </c>
+      <c r="D75" s="6" t="s">
+        <v>760</v>
+      </c>
+      <c r="E75" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F75" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G75" s="6" t="s">
+        <v>1087</v>
+      </c>
+      <c r="H75" s="6" t="s">
+        <v>1366</v>
+      </c>
+      <c r="I75" s="6" t="s">
+        <v>1554</v>
+      </c>
+      <c r="J75" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K75" s="6" t="s">
+        <v>1717</v>
+      </c>
+      <c r="L75" s="6" t="s">
+        <v>1759</v>
+      </c>
+      <c r="M75" s="6"/>
+      <c r="N75" s="6"/>
+    </row>
+    <row r="76" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A76" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="B76" s="6" t="s">
+        <v>428</v>
+      </c>
+      <c r="C76" s="6">
+        <v>2008</v>
+      </c>
+      <c r="D76" s="6" t="s">
+        <v>759</v>
+      </c>
+      <c r="E76" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F76" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G76" s="6" t="s">
+        <v>1086</v>
+      </c>
+      <c r="H76" s="6" t="s">
+        <v>1365</v>
+      </c>
+      <c r="I76" s="6" t="s">
+        <v>1558</v>
+      </c>
+      <c r="J76" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K76" s="6" t="s">
+        <v>1737</v>
+      </c>
+      <c r="L76" s="6" t="s">
+        <v>1760</v>
+      </c>
+      <c r="M76" s="6"/>
+      <c r="N76" s="6"/>
+    </row>
+    <row r="77" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A77" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="B77" s="6" t="s">
+        <v>454</v>
+      </c>
+      <c r="C77" s="6">
+        <v>1993</v>
+      </c>
+      <c r="D77" s="6" t="s">
+        <v>782</v>
+      </c>
+      <c r="E77" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F77" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G77" s="6" t="s">
+        <v>1109</v>
+      </c>
+      <c r="H77" s="6" t="s">
+        <v>1384</v>
+      </c>
+      <c r="I77" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="J77" s="6" t="s">
+        <v>1727</v>
+      </c>
+      <c r="K77" s="6" t="s">
+        <v>1687</v>
+      </c>
+      <c r="L77" s="6" t="s">
+        <v>1761</v>
+      </c>
+      <c r="M77" s="6"/>
+      <c r="N77" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="78" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A78" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="B78" s="6" t="s">
+        <v>463</v>
+      </c>
+      <c r="C78" s="6">
+        <v>1993</v>
+      </c>
+      <c r="D78" s="6" t="s">
+        <v>790</v>
+      </c>
+      <c r="E78" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F78" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G78" s="6" t="s">
+        <v>1116</v>
+      </c>
+      <c r="H78" s="6" t="s">
+        <v>1762</v>
+      </c>
+      <c r="I78" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J78" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K78" s="6" t="s">
+        <v>1763</v>
+      </c>
+      <c r="L78" s="6" t="s">
+        <v>1764</v>
+      </c>
+      <c r="M78" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N78" s="6"/>
+    </row>
+    <row r="79" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A79" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="B79" s="6" t="s">
+        <v>556</v>
+      </c>
+      <c r="C79" s="6">
+        <v>1997</v>
+      </c>
+      <c r="D79" s="6" t="s">
+        <v>879</v>
+      </c>
+      <c r="E79" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F79" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G79" s="6" t="s">
+        <v>1183</v>
+      </c>
+      <c r="H79" s="6" t="s">
+        <v>1765</v>
+      </c>
+      <c r="I79" s="6" t="s">
+        <v>1566</v>
+      </c>
+      <c r="J79" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K79" s="6" t="s">
+        <v>1766</v>
+      </c>
+      <c r="L79" s="6" t="s">
+        <v>1767</v>
+      </c>
+      <c r="M79" s="6"/>
+      <c r="N79" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="80" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A80" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="B80" s="6" t="s">
+        <v>470</v>
+      </c>
+      <c r="C80" s="6">
+        <v>2014</v>
+      </c>
+      <c r="D80" s="6" t="s">
+        <v>798</v>
+      </c>
+      <c r="E80" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F80" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G80" s="6" t="s">
+        <v>1124</v>
+      </c>
+      <c r="H80" s="6" t="s">
+        <v>1768</v>
+      </c>
+      <c r="I80" s="6" t="s">
+        <v>1558</v>
+      </c>
+      <c r="J80" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K80" s="6" t="s">
+        <v>1769</v>
+      </c>
+      <c r="L80" s="6" t="s">
+        <v>1770</v>
+      </c>
+      <c r="M80" s="6"/>
+      <c r="N80" s="6"/>
+    </row>
+    <row r="81" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A81" s="6" t="s">
+        <v>354</v>
+      </c>
+      <c r="B81" s="6" t="s">
+        <v>449</v>
+      </c>
+      <c r="C81" s="6">
+        <v>2009</v>
+      </c>
+      <c r="D81" s="6" t="s">
+        <v>778</v>
+      </c>
+      <c r="E81" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F81" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G81" s="6" t="s">
+        <v>1105</v>
+      </c>
+      <c r="H81" s="6" t="s">
+        <v>1380</v>
+      </c>
+      <c r="I81" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J81" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K81" s="6" t="s">
+        <v>1771</v>
+      </c>
+      <c r="L81" s="6" t="s">
+        <v>1772</v>
+      </c>
+      <c r="M81" s="6"/>
+      <c r="N81" s="6"/>
+    </row>
+    <row r="82" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A82" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="B82" s="6" t="s">
+        <v>1773</v>
+      </c>
+      <c r="C82" s="6">
+        <v>2012</v>
+      </c>
+      <c r="D82" s="6"/>
+      <c r="E82" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F82" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G82" s="6" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H82" s="6" t="s">
+        <v>1774</v>
+      </c>
+      <c r="I82" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J82" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K82" s="6" t="s">
+        <v>1775</v>
+      </c>
+      <c r="L82" s="6" t="s">
+        <v>1776</v>
+      </c>
+      <c r="M82" s="6"/>
+      <c r="N82" s="6"/>
+    </row>
+    <row r="83" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A83" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="B83" s="6" t="s">
+        <v>486</v>
+      </c>
+      <c r="C83" s="6">
+        <v>1995</v>
+      </c>
+      <c r="D83" s="6" t="s">
+        <v>814</v>
+      </c>
+      <c r="E83" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F83" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G83" s="6" t="s">
+        <v>1135</v>
+      </c>
+      <c r="H83" s="6" t="s">
+        <v>1777</v>
+      </c>
+      <c r="I83" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="J83" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K83" s="6" t="s">
+        <v>1778</v>
+      </c>
+      <c r="L83" s="6" t="s">
+        <v>1779</v>
+      </c>
+      <c r="M83" s="6"/>
+      <c r="N83" s="6"/>
+    </row>
+    <row r="84" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A84" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="B84" s="6" t="s">
+        <v>446</v>
+      </c>
+      <c r="C84" s="6">
+        <v>2004</v>
+      </c>
+      <c r="D84" s="6" t="s">
+        <v>776</v>
+      </c>
+      <c r="E84" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F84" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G84" s="6" t="s">
+        <v>1103</v>
+      </c>
+      <c r="H84" s="6" t="s">
+        <v>1378</v>
+      </c>
+      <c r="I84" s="6" t="s">
+        <v>1559</v>
+      </c>
+      <c r="J84" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K84" s="6" t="s">
+        <v>1681</v>
+      </c>
+      <c r="L84" s="6" t="s">
+        <v>1780</v>
+      </c>
+      <c r="M84" s="6"/>
+      <c r="N84" s="6"/>
+    </row>
+    <row r="85" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A85" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B85" s="6" t="s">
+        <v>375</v>
+      </c>
+      <c r="C85" s="6">
+        <v>2006</v>
+      </c>
+      <c r="D85" s="6" t="s">
+        <v>708</v>
+      </c>
+      <c r="E85" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F85" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G85" s="6" t="s">
+        <v>1037</v>
+      </c>
+      <c r="H85" s="6" t="s">
+        <v>1324</v>
+      </c>
+      <c r="I85" s="6" t="s">
+        <v>1556</v>
+      </c>
+      <c r="J85" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K85" s="6" t="s">
+        <v>1725</v>
+      </c>
+      <c r="L85" s="6" t="s">
+        <v>1781</v>
+      </c>
+      <c r="M85" s="6"/>
+      <c r="N85" s="6"/>
+    </row>
+    <row r="86" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A86" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="B86" s="6" t="s">
+        <v>643</v>
+      </c>
+      <c r="C86" s="6">
+        <v>1992</v>
+      </c>
+      <c r="D86" s="6" t="s">
+        <v>955</v>
+      </c>
+      <c r="E86" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F86" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G86" s="6" t="s">
+        <v>1253</v>
+      </c>
+      <c r="H86" s="6" t="s">
+        <v>1504</v>
+      </c>
+      <c r="I86" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J86" s="6" t="s">
+        <v>1727</v>
+      </c>
+      <c r="K86" s="6" t="s">
+        <v>1782</v>
+      </c>
+      <c r="L86" s="6" t="s">
+        <v>1783</v>
+      </c>
+      <c r="M86" s="6"/>
+      <c r="N86" s="6"/>
+    </row>
+    <row r="87" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A87" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="B87" s="6" t="s">
+        <v>509</v>
+      </c>
+      <c r="C87" s="6">
+        <v>2010</v>
+      </c>
+      <c r="D87" s="6" t="s">
+        <v>838</v>
+      </c>
+      <c r="E87" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F87" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G87" s="6" t="s">
+        <v>1153</v>
+      </c>
+      <c r="H87" s="6" t="s">
+        <v>1784</v>
+      </c>
+      <c r="I87" s="6" t="s">
+        <v>1564</v>
+      </c>
+      <c r="J87" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K87" s="6" t="s">
+        <v>1785</v>
+      </c>
+      <c r="L87" s="6" t="s">
+        <v>1786</v>
+      </c>
+      <c r="M87" s="6"/>
+      <c r="N87" s="6"/>
+    </row>
+    <row r="88" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A88" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="B88" s="6" t="s">
+        <v>513</v>
+      </c>
+      <c r="C88" s="6">
+        <v>1981</v>
+      </c>
+      <c r="D88" s="6" t="s">
+        <v>843</v>
+      </c>
+      <c r="E88" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F88" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G88" s="6" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H88" s="6" t="s">
+        <v>1344</v>
+      </c>
+      <c r="I88" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J88" s="6" t="s">
+        <v>1664</v>
+      </c>
+      <c r="K88" s="6" t="s">
+        <v>1787</v>
+      </c>
+      <c r="L88" s="6" t="s">
+        <v>1788</v>
+      </c>
+      <c r="M88" s="6"/>
+      <c r="N88" s="6"/>
+    </row>
+    <row r="89" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A89" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="B89" s="6" t="s">
+        <v>442</v>
+      </c>
+      <c r="C89" s="6">
+        <v>2013</v>
+      </c>
+      <c r="D89" s="6" t="s">
+        <v>772</v>
+      </c>
+      <c r="E89" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F89" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G89" s="6" t="s">
+        <v>1098</v>
+      </c>
+      <c r="H89" s="6" t="s">
+        <v>1789</v>
+      </c>
+      <c r="I89" s="6" t="s">
+        <v>1559</v>
+      </c>
+      <c r="J89" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K89" s="6" t="s">
+        <v>1790</v>
+      </c>
+      <c r="L89" s="6" t="s">
+        <v>1791</v>
+      </c>
+      <c r="M89" s="6"/>
+      <c r="N89" s="6"/>
+    </row>
+    <row r="90" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A90" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="B90" s="6" t="s">
+        <v>551</v>
+      </c>
+      <c r="C90" s="6">
+        <v>2002</v>
+      </c>
+      <c r="D90" s="6" t="s">
+        <v>875</v>
+      </c>
+      <c r="E90" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F90" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G90" s="6" t="s">
+        <v>1179</v>
+      </c>
+      <c r="H90" s="6" t="s">
+        <v>1444</v>
+      </c>
+      <c r="I90" s="6" t="s">
+        <v>1554</v>
+      </c>
+      <c r="J90" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K90" s="6" t="s">
+        <v>1792</v>
+      </c>
+      <c r="L90" s="6" t="s">
+        <v>1793</v>
+      </c>
+      <c r="M90" s="6"/>
+      <c r="N90" s="6"/>
+    </row>
+    <row r="91" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A91" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="B91" s="6" t="s">
+        <v>1794</v>
+      </c>
+      <c r="C91" s="6">
+        <v>1964</v>
+      </c>
+      <c r="D91" s="6" t="s">
+        <v>836</v>
+      </c>
+      <c r="E91" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F91" s="6" t="s">
+        <v>2283</v>
+      </c>
+      <c r="G91" s="6" t="s">
+        <v>1070</v>
+      </c>
+      <c r="H91" s="6" t="s">
+        <v>1350</v>
+      </c>
+      <c r="I91" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J91" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K91" s="6" t="s">
+        <v>1795</v>
+      </c>
+      <c r="L91" s="6" t="s">
+        <v>1796</v>
+      </c>
+      <c r="M91" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N91" s="6"/>
+    </row>
+    <row r="92" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A92" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B92" s="6" t="s">
+        <v>410</v>
+      </c>
+      <c r="C92" s="6">
+        <v>1964</v>
+      </c>
+      <c r="D92" s="6" t="s">
+        <v>743</v>
+      </c>
+      <c r="E92" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F92" s="6" t="s">
+        <v>1595</v>
+      </c>
+      <c r="G92" s="6" t="s">
+        <v>1070</v>
+      </c>
+      <c r="H92" s="6" t="s">
+        <v>1350</v>
+      </c>
+      <c r="I92" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J92" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K92" s="6" t="s">
+        <v>1797</v>
+      </c>
+      <c r="L92" s="6" t="s">
+        <v>1798</v>
+      </c>
+      <c r="M92" s="6" t="s">
+        <v>1799</v>
+      </c>
+      <c r="N92" s="6"/>
+    </row>
+    <row r="93" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A93" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="B93" s="6" t="s">
+        <v>476</v>
+      </c>
+      <c r="C93" s="6">
+        <v>1975</v>
+      </c>
+      <c r="D93" s="6" t="s">
+        <v>804</v>
+      </c>
+      <c r="E93" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F93" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G93" s="6" t="s">
+        <v>1127</v>
+      </c>
+      <c r="H93" s="6" t="s">
+        <v>1800</v>
+      </c>
+      <c r="I93" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J93" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K93" s="6" t="s">
+        <v>1618</v>
+      </c>
+      <c r="L93" s="6" t="s">
+        <v>1801</v>
+      </c>
+      <c r="M93" s="6"/>
+      <c r="N93" s="6"/>
+    </row>
+    <row r="94" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A94" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="B94" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="C94" s="6">
+        <v>1962</v>
+      </c>
+      <c r="D94" s="6" t="s">
+        <v>773</v>
+      </c>
+      <c r="E94" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F94" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G94" s="6" t="s">
+        <v>1099</v>
+      </c>
+      <c r="H94" s="6" t="s">
+        <v>1374</v>
+      </c>
+      <c r="I94" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J94" s="6" t="s">
+        <v>1694</v>
+      </c>
+      <c r="K94" s="6" t="s">
+        <v>1612</v>
+      </c>
+      <c r="L94" s="6" t="s">
+        <v>1802</v>
+      </c>
+      <c r="M94" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N94" s="6"/>
+    </row>
+    <row r="95" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A95" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B95" s="6" t="s">
+        <v>409</v>
+      </c>
+      <c r="C95" s="6">
+        <v>1982</v>
+      </c>
+      <c r="D95" s="6" t="s">
+        <v>742</v>
+      </c>
+      <c r="E95" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F95" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G95" s="6" t="s">
+        <v>1803</v>
+      </c>
+      <c r="H95" s="6" t="s">
+        <v>1804</v>
+      </c>
+      <c r="I95" s="6"/>
+      <c r="J95" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K95" s="6" t="s">
+        <v>1697</v>
+      </c>
+      <c r="L95" s="6" t="s">
+        <v>1805</v>
+      </c>
+      <c r="M95" s="6"/>
+      <c r="N95" s="6"/>
+    </row>
+    <row r="96" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A96" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B96" s="6" t="s">
+        <v>401</v>
+      </c>
+      <c r="C96" s="6">
+        <v>1992</v>
+      </c>
+      <c r="D96" s="6" t="s">
+        <v>734</v>
+      </c>
+      <c r="E96" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F96" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G96" s="6" t="s">
+        <v>1062</v>
+      </c>
+      <c r="H96" s="6" t="s">
+        <v>1806</v>
+      </c>
+      <c r="I96" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="J96" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K96" s="6" t="s">
+        <v>1792</v>
+      </c>
+      <c r="L96" s="6" t="s">
+        <v>1807</v>
+      </c>
+      <c r="M96" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N96" s="6"/>
+    </row>
+    <row r="97" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A97" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B97" s="6" t="s">
+        <v>406</v>
+      </c>
+      <c r="C97" s="6">
+        <v>1974</v>
+      </c>
+      <c r="D97" s="6" t="s">
+        <v>739</v>
+      </c>
+      <c r="E97" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F97" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G97" s="6" t="s">
+        <v>1067</v>
+      </c>
+      <c r="H97" s="6" t="s">
+        <v>1346</v>
+      </c>
+      <c r="I97" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="J97" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K97" s="6" t="s">
+        <v>1808</v>
+      </c>
+      <c r="L97" s="6" t="s">
+        <v>1809</v>
+      </c>
+      <c r="M97" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N97" s="6"/>
+    </row>
+    <row r="98" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A98" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="B98" s="6" t="s">
+        <v>430</v>
+      </c>
+      <c r="C98" s="6">
+        <v>2009</v>
+      </c>
+      <c r="D98" s="6" t="s">
+        <v>761</v>
+      </c>
+      <c r="E98" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F98" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G98" s="6" t="s">
+        <v>1088</v>
+      </c>
+      <c r="H98" s="6" t="s">
+        <v>1810</v>
+      </c>
+      <c r="I98" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J98" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K98" s="6" t="s">
+        <v>1717</v>
+      </c>
+      <c r="L98" s="6" t="s">
+        <v>1811</v>
+      </c>
+      <c r="M98" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N98" s="6"/>
+    </row>
+    <row r="99" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A99" s="6" t="s">
+        <v>236</v>
+      </c>
+      <c r="B99" s="6" t="s">
+        <v>580</v>
+      </c>
+      <c r="C99" s="6">
+        <v>2005</v>
+      </c>
+      <c r="D99" s="6" t="s">
+        <v>901</v>
+      </c>
+      <c r="E99" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F99" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G99" s="6" t="s">
+        <v>1191</v>
+      </c>
+      <c r="H99" s="6" t="s">
+        <v>1812</v>
+      </c>
+      <c r="I99" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J99" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K99" s="6" t="s">
+        <v>1813</v>
+      </c>
+      <c r="L99" s="6" t="s">
+        <v>1814</v>
+      </c>
+      <c r="M99" s="6"/>
+      <c r="N99" s="6"/>
+    </row>
+    <row r="100" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A100" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B100" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="C100" s="6">
+        <v>1953</v>
+      </c>
+      <c r="D100" s="6" t="s">
+        <v>705</v>
+      </c>
+      <c r="E100" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F100" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G100" s="6" t="s">
+        <v>1034</v>
+      </c>
+      <c r="H100" s="6" t="s">
         <v>1815</v>
       </c>
-      <c r="C2" s="5"/>
-[...12 lines deleted...]
-      <c r="B3" s="7" t="s">
+      <c r="I100" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J100" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K100" s="6" t="s">
         <v>1816</v>
       </c>
-      <c r="C3" s="5"/>
-[...80 lines deleted...]
-      <c r="J7" s="1" t="s">
+      <c r="L100" s="6" t="s">
+        <v>1817</v>
+      </c>
+      <c r="M100" s="6" t="s">
+        <v>1818</v>
+      </c>
+      <c r="N100" s="6"/>
+    </row>
+    <row r="101" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A101" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="B101" s="6" t="s">
+        <v>536</v>
+      </c>
+      <c r="C101" s="6">
+        <v>1968</v>
+      </c>
+      <c r="D101" s="6" t="s">
+        <v>861</v>
+      </c>
+      <c r="E101" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F101" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G101" s="6" t="s">
+        <v>1172</v>
+      </c>
+      <c r="H101" s="6" t="s">
+        <v>1438</v>
+      </c>
+      <c r="I101" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J101" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K101" s="6" t="s">
+        <v>1795</v>
+      </c>
+      <c r="L101" s="6" t="s">
+        <v>1819</v>
+      </c>
+      <c r="M101" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N101" s="6"/>
+    </row>
+    <row r="102" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A102" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="B102" s="6" t="s">
+        <v>610</v>
+      </c>
+      <c r="C102" s="6">
+        <v>2005</v>
+      </c>
+      <c r="D102" s="6" t="s">
+        <v>928</v>
+      </c>
+      <c r="E102" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F102" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G102" s="6" t="s">
+        <v>1226</v>
+      </c>
+      <c r="H102" s="6" t="s">
+        <v>1820</v>
+      </c>
+      <c r="I102" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J102" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K102" s="6" t="s">
+        <v>1713</v>
+      </c>
+      <c r="L102" s="6" t="s">
+        <v>1821</v>
+      </c>
+      <c r="M102" s="6"/>
+      <c r="N102" s="6"/>
+    </row>
+    <row r="103" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A103" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="B103" s="6" t="s">
+        <v>477</v>
+      </c>
+      <c r="C103" s="6">
+        <v>1992</v>
+      </c>
+      <c r="D103" s="6" t="s">
+        <v>805</v>
+      </c>
+      <c r="E103" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F103" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G103" s="6" t="s">
+        <v>1128</v>
+      </c>
+      <c r="H103" s="6" t="s">
+        <v>1822</v>
+      </c>
+      <c r="I103" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J103" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K103" s="6" t="s">
+        <v>1763</v>
+      </c>
+      <c r="L103" s="6" t="s">
+        <v>1823</v>
+      </c>
+      <c r="M103" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N103" s="6"/>
+    </row>
+    <row r="104" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A104" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="B104" s="6" t="s">
+        <v>435</v>
+      </c>
+      <c r="C104" s="6">
+        <v>2015</v>
+      </c>
+      <c r="D104" s="6" t="s">
+        <v>766</v>
+      </c>
+      <c r="E104" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F104" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G104" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="H104" s="6" t="s">
+        <v>1824</v>
+      </c>
+      <c r="I104" s="6" t="s">
+        <v>1563</v>
+      </c>
+      <c r="J104" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K104" s="6" t="s">
+        <v>1825</v>
+      </c>
+      <c r="L104" s="6" t="s">
+        <v>1826</v>
+      </c>
+      <c r="M104" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N104" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="105" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A105" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B105" s="6" t="s">
+        <v>370</v>
+      </c>
+      <c r="C105" s="6">
+        <v>2005</v>
+      </c>
+      <c r="D105" s="6" t="s">
+        <v>703</v>
+      </c>
+      <c r="E105" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F105" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G105" s="6" t="s">
+        <v>1032</v>
+      </c>
+      <c r="H105" s="6" t="s">
+        <v>1320</v>
+      </c>
+      <c r="I105" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J105" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K105" s="6" t="s">
+        <v>1827</v>
+      </c>
+      <c r="L105" s="6" t="s">
+        <v>1828</v>
+      </c>
+      <c r="M105" s="6"/>
+      <c r="N105" s="6"/>
+    </row>
+    <row r="106" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A106" s="6" t="s">
+        <v>325</v>
+      </c>
+      <c r="B106" s="6" t="s">
+        <v>668</v>
+      </c>
+      <c r="C106" s="6">
+        <v>2005</v>
+      </c>
+      <c r="D106" s="6" t="s">
+        <v>977</v>
+      </c>
+      <c r="E106" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F106" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G106" s="6" t="s">
+        <v>1271</v>
+      </c>
+      <c r="H106" s="6" t="s">
+        <v>1829</v>
+      </c>
+      <c r="I106" s="6" t="s">
+        <v>1558</v>
+      </c>
+      <c r="J106" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K106" s="6" t="s">
+        <v>1830</v>
+      </c>
+      <c r="L106" s="6" t="s">
+        <v>1831</v>
+      </c>
+      <c r="M106" s="6"/>
+      <c r="N106" s="6"/>
+    </row>
+    <row r="107" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A107" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B107" s="6" t="s">
+        <v>361</v>
+      </c>
+      <c r="C107" s="6">
+        <v>2005</v>
+      </c>
+      <c r="D107" s="6" t="s">
+        <v>695</v>
+      </c>
+      <c r="E107" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F107" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G107" s="6" t="s">
+        <v>1023</v>
+      </c>
+      <c r="H107" s="6" t="s">
+        <v>1312</v>
+      </c>
+      <c r="I107" s="6" t="s">
+        <v>1554</v>
+      </c>
+      <c r="J107" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K107" s="6" t="s">
+        <v>1825</v>
+      </c>
+      <c r="L107" s="6" t="s">
+        <v>1832</v>
+      </c>
+      <c r="M107" s="6"/>
+      <c r="N107" s="6"/>
+    </row>
+    <row r="108" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A108" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="B108" s="6" t="s">
+        <v>1833</v>
+      </c>
+      <c r="C108" s="6">
+        <v>2016</v>
+      </c>
+      <c r="D108" s="6" t="s">
+        <v>795</v>
+      </c>
+      <c r="E108" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F108" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G108" s="6" t="s">
+        <v>1121</v>
+      </c>
+      <c r="H108" s="6" t="s">
+        <v>1355</v>
+      </c>
+      <c r="I108" s="6" t="s">
+        <v>1562</v>
+      </c>
+      <c r="J108" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K108" s="6" t="s">
+        <v>1834</v>
+      </c>
+      <c r="L108" s="6" t="s">
+        <v>1835</v>
+      </c>
+      <c r="M108" s="6"/>
+      <c r="N108" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="109" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A109" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="B109" s="6" t="s">
+        <v>559</v>
+      </c>
+      <c r="C109" s="6">
+        <v>1997</v>
+      </c>
+      <c r="D109" s="6"/>
+      <c r="E109" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F109" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G109" s="6" t="s">
+        <v>1185</v>
+      </c>
+      <c r="H109" s="6" t="s">
+        <v>1450</v>
+      </c>
+      <c r="I109" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="J109" s="6" t="s">
+        <v>1694</v>
+      </c>
+      <c r="K109" s="6" t="s">
+        <v>1836</v>
+      </c>
+      <c r="L109" s="6" t="s">
+        <v>1837</v>
+      </c>
+      <c r="M109" s="6"/>
+      <c r="N109" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="110" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A110" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="B110" s="6" t="s">
+        <v>484</v>
+      </c>
+      <c r="C110" s="6">
+        <v>1998</v>
+      </c>
+      <c r="D110" s="6" t="s">
+        <v>812</v>
+      </c>
+      <c r="E110" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F110" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G110" s="6" t="s">
+        <v>1134</v>
+      </c>
+      <c r="H110" s="6" t="s">
+        <v>1404</v>
+      </c>
+      <c r="I110" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J110" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K110" s="6" t="s">
+        <v>1737</v>
+      </c>
+      <c r="L110" s="6" t="s">
+        <v>1838</v>
+      </c>
+      <c r="M110" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N110" s="6"/>
+    </row>
+    <row r="111" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A111" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="B111" s="6" t="s">
+        <v>567</v>
+      </c>
+      <c r="C111" s="6">
+        <v>1994</v>
+      </c>
+      <c r="D111" s="6" t="s">
+        <v>888</v>
+      </c>
+      <c r="E111" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F111" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G111" s="6" t="s">
+        <v>1191</v>
+      </c>
+      <c r="H111" s="6" t="s">
+        <v>1454</v>
+      </c>
+      <c r="I111" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J111" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K111" s="6" t="s">
+        <v>1839</v>
+      </c>
+      <c r="L111" s="6" t="s">
+        <v>1840</v>
+      </c>
+      <c r="M111" s="6"/>
+      <c r="N111" s="6"/>
+    </row>
+    <row r="112" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A112" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="B112" s="6" t="s">
+        <v>573</v>
+      </c>
+      <c r="C112" s="6">
+        <v>2008</v>
+      </c>
+      <c r="D112" s="6" t="s">
+        <v>894</v>
+      </c>
+      <c r="E112" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F112" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G112" s="6" t="s">
+        <v>1191</v>
+      </c>
+      <c r="H112" s="6" t="s">
+        <v>1454</v>
+      </c>
+      <c r="I112" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J112" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K112" s="6" t="s">
+        <v>1737</v>
+      </c>
+      <c r="L112" s="6" t="s">
+        <v>1841</v>
+      </c>
+      <c r="M112" s="6"/>
+      <c r="N112" s="6"/>
+    </row>
+    <row r="113" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A113" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="B113" s="6" t="s">
+        <v>565</v>
+      </c>
+      <c r="C113" s="6">
+        <v>1995</v>
+      </c>
+      <c r="D113" s="6" t="s">
+        <v>886</v>
+      </c>
+      <c r="E113" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F113" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G113" s="6" t="s">
+        <v>1191</v>
+      </c>
+      <c r="H113" s="6" t="s">
+        <v>1454</v>
+      </c>
+      <c r="I113" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J113" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K113" s="6" t="s">
+        <v>1681</v>
+      </c>
+      <c r="L113" s="6" t="s">
+        <v>1842</v>
+      </c>
+      <c r="M113" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N113" s="6"/>
+    </row>
+    <row r="114" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A114" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="B114" s="6" t="s">
+        <v>571</v>
+      </c>
+      <c r="C114" s="6">
+        <v>1995</v>
+      </c>
+      <c r="D114" s="6" t="s">
+        <v>892</v>
+      </c>
+      <c r="E114" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F114" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G114" s="6" t="s">
+        <v>1196</v>
+      </c>
+      <c r="H114" s="6" t="s">
+        <v>1459</v>
+      </c>
+      <c r="I114" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J114" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K114" s="6" t="s">
+        <v>1681</v>
+      </c>
+      <c r="L114" s="6" t="s">
+        <v>1843</v>
+      </c>
+      <c r="M114" s="6"/>
+      <c r="N114" s="6"/>
+    </row>
+    <row r="115" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A115" s="6" t="s">
+        <v>225</v>
+      </c>
+      <c r="B115" s="6" t="s">
+        <v>569</v>
+      </c>
+      <c r="C115" s="6">
+        <v>1992</v>
+      </c>
+      <c r="D115" s="6" t="s">
+        <v>890</v>
+      </c>
+      <c r="E115" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F115" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G115" s="6" t="s">
+        <v>1194</v>
+      </c>
+      <c r="H115" s="6" t="s">
+        <v>1457</v>
+      </c>
+      <c r="I115" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J115" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K115" s="6" t="s">
+        <v>1739</v>
+      </c>
+      <c r="L115" s="6" t="s">
+        <v>1844</v>
+      </c>
+      <c r="M115" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N115" s="6"/>
+    </row>
+    <row r="116" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A116" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="B116" s="6" t="s">
+        <v>566</v>
+      </c>
+      <c r="C116" s="6">
+        <v>1977</v>
+      </c>
+      <c r="D116" s="6" t="s">
+        <v>887</v>
+      </c>
+      <c r="E116" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F116" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G116" s="6" t="s">
+        <v>1192</v>
+      </c>
+      <c r="H116" s="6" t="s">
+        <v>1455</v>
+      </c>
+      <c r="I116" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J116" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K116" s="6" t="s">
+        <v>1681</v>
+      </c>
+      <c r="L116" s="6" t="s">
+        <v>1845</v>
+      </c>
+      <c r="M116" s="6"/>
+      <c r="N116" s="6"/>
+    </row>
+    <row r="117" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A117" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="B117" s="6" t="s">
+        <v>568</v>
+      </c>
+      <c r="C117" s="6">
+        <v>1995</v>
+      </c>
+      <c r="D117" s="6" t="s">
+        <v>889</v>
+      </c>
+      <c r="E117" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F117" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G117" s="6" t="s">
+        <v>1193</v>
+      </c>
+      <c r="H117" s="6" t="s">
+        <v>1456</v>
+      </c>
+      <c r="I117" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J117" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K117" s="6" t="s">
+        <v>1846</v>
+      </c>
+      <c r="L117" s="6" t="s">
+        <v>1847</v>
+      </c>
+      <c r="M117" s="6"/>
+      <c r="N117" s="6"/>
+    </row>
+    <row r="118" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A118" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="B118" s="6" t="s">
+        <v>426</v>
+      </c>
+      <c r="C118" s="6">
+        <v>1969</v>
+      </c>
+      <c r="D118" s="6" t="s">
+        <v>757</v>
+      </c>
+      <c r="E118" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F118" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G118" s="6" t="s">
+        <v>1084</v>
+      </c>
+      <c r="H118" s="6" t="s">
+        <v>1363</v>
+      </c>
+      <c r="I118" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J118" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K118" s="6" t="s">
+        <v>1827</v>
+      </c>
+      <c r="L118" s="6" t="s">
+        <v>1848</v>
+      </c>
+      <c r="M118" s="6"/>
+      <c r="N118" s="6"/>
+    </row>
+    <row r="119" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A119" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="B119" s="6" t="s">
+        <v>459</v>
+      </c>
+      <c r="C119" s="6">
+        <v>2011</v>
+      </c>
+      <c r="D119" s="6" t="s">
+        <v>787</v>
+      </c>
+      <c r="E119" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F119" s="6" t="s">
+        <v>2283</v>
+      </c>
+      <c r="G119" s="6" t="s">
+        <v>1113</v>
+      </c>
+      <c r="H119" s="6" t="s">
+        <v>1387</v>
+      </c>
+      <c r="I119" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J119" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K119" s="6" t="s">
+        <v>1849</v>
+      </c>
+      <c r="L119" s="6" t="s">
+        <v>1850</v>
+      </c>
+      <c r="M119" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N119" s="6"/>
+    </row>
+    <row r="120" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A120" s="6" t="s">
+        <v>327</v>
+      </c>
+      <c r="B120" s="6" t="s">
+        <v>670</v>
+      </c>
+      <c r="C120" s="6">
+        <v>1996</v>
+      </c>
+      <c r="D120" s="6"/>
+      <c r="E120" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F120" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G120" s="6" t="s">
+        <v>1267</v>
+      </c>
+      <c r="H120" s="6" t="s">
+        <v>1515</v>
+      </c>
+      <c r="I120" s="6" t="s">
+        <v>1566</v>
+      </c>
+      <c r="J120" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K120" s="6" t="s">
+        <v>1851</v>
+      </c>
+      <c r="L120" s="6" t="s">
+        <v>1852</v>
+      </c>
+      <c r="M120" s="6"/>
+      <c r="N120" s="6"/>
+    </row>
+    <row r="121" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A121" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="B121" s="6" t="s">
+        <v>623</v>
+      </c>
+      <c r="C121" s="6">
+        <v>1984</v>
+      </c>
+      <c r="D121" s="6" t="s">
+        <v>938</v>
+      </c>
+      <c r="E121" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F121" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G121" s="6" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H121" s="6" t="s">
+        <v>1494</v>
+      </c>
+      <c r="I121" s="6" t="s">
+        <v>1554</v>
+      </c>
+      <c r="J121" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K121" s="6" t="s">
+        <v>1737</v>
+      </c>
+      <c r="L121" s="6" t="s">
+        <v>1853</v>
+      </c>
+      <c r="M121" s="6"/>
+      <c r="N121" s="6"/>
+    </row>
+    <row r="122" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A122" s="6" t="s">
+        <v>279</v>
+      </c>
+      <c r="B122" s="6" t="s">
+        <v>622</v>
+      </c>
+      <c r="C122" s="6">
+        <v>2016</v>
+      </c>
+      <c r="D122" s="6" t="s">
+        <v>937</v>
+      </c>
+      <c r="E122" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F122" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G122" s="6" t="s">
+        <v>1238</v>
+      </c>
+      <c r="H122" s="6" t="s">
+        <v>1493</v>
+      </c>
+      <c r="I122" s="6" t="s">
+        <v>1554</v>
+      </c>
+      <c r="J122" s="6" t="s">
+        <v>1664</v>
+      </c>
+      <c r="K122" s="6" t="s">
+        <v>1624</v>
+      </c>
+      <c r="L122" s="6" t="s">
+        <v>1854</v>
+      </c>
+      <c r="M122" s="6"/>
+      <c r="N122" s="6"/>
+    </row>
+    <row r="123" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A123" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="B123" s="6" t="s">
+        <v>624</v>
+      </c>
+      <c r="C123" s="6">
+        <v>2001</v>
+      </c>
+      <c r="D123" s="6" t="s">
+        <v>939</v>
+      </c>
+      <c r="E123" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F123" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G123" s="6" t="s">
+        <v>1238</v>
+      </c>
+      <c r="H123" s="6" t="s">
+        <v>1493</v>
+      </c>
+      <c r="I123" s="6" t="s">
+        <v>1554</v>
+      </c>
+      <c r="J123" s="6" t="s">
+        <v>1664</v>
+      </c>
+      <c r="K123" s="6" t="s">
+        <v>1855</v>
+      </c>
+      <c r="L123" s="6" t="s">
+        <v>1856</v>
+      </c>
+      <c r="M123" s="6"/>
+      <c r="N123" s="6"/>
+    </row>
+    <row r="124" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A124" s="6" t="s">
+        <v>247</v>
+      </c>
+      <c r="B124" s="6" t="s">
+        <v>591</v>
+      </c>
+      <c r="C124" s="6">
+        <v>1979</v>
+      </c>
+      <c r="D124" s="6" t="s">
+        <v>910</v>
+      </c>
+      <c r="E124" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F124" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G124" s="6" t="s">
+        <v>1210</v>
+      </c>
+      <c r="H124" s="6" t="s">
+        <v>1471</v>
+      </c>
+      <c r="I124" s="6" t="s">
+        <v>1554</v>
+      </c>
+      <c r="J124" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K124" s="6" t="s">
+        <v>1857</v>
+      </c>
+      <c r="L124" s="6" t="s">
+        <v>1858</v>
+      </c>
+      <c r="M124" s="6"/>
+      <c r="N124" s="6"/>
+    </row>
+    <row r="125" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A125" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="B125" s="6" t="s">
+        <v>599</v>
+      </c>
+      <c r="C125" s="6">
+        <v>2008</v>
+      </c>
+      <c r="D125" s="6" t="s">
+        <v>917</v>
+      </c>
+      <c r="E125" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F125" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G125" s="6" t="s">
+        <v>1215</v>
+      </c>
+      <c r="H125" s="6" t="s">
+        <v>1476</v>
+      </c>
+      <c r="I125" s="6" t="s">
+        <v>1554</v>
+      </c>
+      <c r="J125" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K125" s="6" t="s">
+        <v>1834</v>
+      </c>
+      <c r="L125" s="6" t="s">
+        <v>1859</v>
+      </c>
+      <c r="M125" s="6"/>
+      <c r="N125" s="6"/>
+    </row>
+    <row r="126" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A126" s="6" t="s">
+        <v>263</v>
+      </c>
+      <c r="B126" s="6" t="s">
+        <v>606</v>
+      </c>
+      <c r="C126" s="6">
+        <v>2013</v>
+      </c>
+      <c r="D126" s="6" t="s">
+        <v>924</v>
+      </c>
+      <c r="E126" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F126" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G126" s="6" t="s">
+        <v>1222</v>
+      </c>
+      <c r="H126" s="6" t="s">
+        <v>1481</v>
+      </c>
+      <c r="I126" s="6" t="s">
+        <v>1554</v>
+      </c>
+      <c r="J126" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K126" s="6" t="s">
+        <v>1860</v>
+      </c>
+      <c r="L126" s="6" t="s">
+        <v>1861</v>
+      </c>
+      <c r="M126" s="6"/>
+      <c r="N126" s="6"/>
+    </row>
+    <row r="127" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A127" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="B127" s="6" t="s">
+        <v>421</v>
+      </c>
+      <c r="C127" s="6">
+        <v>1999</v>
+      </c>
+      <c r="D127" s="6" t="s">
+        <v>752</v>
+      </c>
+      <c r="E127" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F127" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G127" s="6" t="s">
+        <v>1079</v>
+      </c>
+      <c r="H127" s="6" t="s">
+        <v>1358</v>
+      </c>
+      <c r="I127" s="6" t="s">
+        <v>1562</v>
+      </c>
+      <c r="J127" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K127" s="6" t="s">
+        <v>1862</v>
+      </c>
+      <c r="L127" s="6" t="s">
+        <v>1863</v>
+      </c>
+      <c r="M127" s="6"/>
+      <c r="N127" s="6"/>
+    </row>
+    <row r="128" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A128" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="B128" s="6" t="s">
+        <v>417</v>
+      </c>
+      <c r="C128" s="6">
+        <v>2003</v>
+      </c>
+      <c r="D128" s="6" t="s">
+        <v>748</v>
+      </c>
+      <c r="E128" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F128" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G128" s="6" t="s">
+        <v>1076</v>
+      </c>
+      <c r="H128" s="6" t="s">
+        <v>1355</v>
+      </c>
+      <c r="I128" s="6" t="s">
+        <v>1562</v>
+      </c>
+      <c r="J128" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K128" s="6" t="s">
+        <v>1697</v>
+      </c>
+      <c r="L128" s="6" t="s">
+        <v>1864</v>
+      </c>
+      <c r="M128" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N128" s="6"/>
+    </row>
+    <row r="129" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A129" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="B129" s="6" t="s">
+        <v>472</v>
+      </c>
+      <c r="C129" s="6">
+        <v>2011</v>
+      </c>
+      <c r="D129" s="6" t="s">
+        <v>800</v>
+      </c>
+      <c r="E129" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F129" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G129" s="6" t="s">
+        <v>1109</v>
+      </c>
+      <c r="H129" s="6" t="s">
+        <v>1384</v>
+      </c>
+      <c r="I129" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="J129" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K129" s="6" t="s">
+        <v>1608</v>
+      </c>
+      <c r="L129" s="6" t="s">
+        <v>1865</v>
+      </c>
+      <c r="M129" s="6"/>
+      <c r="N129" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="130" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A130" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="B130" s="6" t="s">
+        <v>555</v>
+      </c>
+      <c r="C130" s="6">
+        <v>2010</v>
+      </c>
+      <c r="D130" s="6" t="s">
+        <v>878</v>
+      </c>
+      <c r="E130" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F130" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G130" s="6" t="s">
+        <v>1182</v>
+      </c>
+      <c r="H130" s="6" t="s">
+        <v>1447</v>
+      </c>
+      <c r="I130" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J130" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K130" s="6" t="s">
+        <v>1866</v>
+      </c>
+      <c r="L130" s="6" t="s">
+        <v>1867</v>
+      </c>
+      <c r="M130" s="6"/>
+      <c r="N130" s="6"/>
+    </row>
+    <row r="131" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A131" s="6" t="s">
+        <v>232</v>
+      </c>
+      <c r="B131" s="6" t="s">
+        <v>576</v>
+      </c>
+      <c r="C131" s="6">
+        <v>1997</v>
+      </c>
+      <c r="D131" s="6" t="s">
+        <v>897</v>
+      </c>
+      <c r="E131" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F131" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G131" s="6" t="s">
+        <v>1199</v>
+      </c>
+      <c r="H131" s="6" t="s">
+        <v>1868</v>
+      </c>
+      <c r="I131" s="6" t="s">
+        <v>1566</v>
+      </c>
+      <c r="J131" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K131" s="6" t="s">
+        <v>1618</v>
+      </c>
+      <c r="L131" s="6" t="s">
+        <v>1869</v>
+      </c>
+      <c r="M131" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N131" s="6"/>
+    </row>
+    <row r="132" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A132" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="B132" s="6" t="s">
+        <v>495</v>
+      </c>
+      <c r="C132" s="6">
+        <v>2015</v>
+      </c>
+      <c r="D132" s="6" t="s">
+        <v>823</v>
+      </c>
+      <c r="E132" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F132" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G132" s="6" t="s">
+        <v>1096</v>
+      </c>
+      <c r="H132" s="6" t="s">
+        <v>1372</v>
+      </c>
+      <c r="I132" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="J132" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K132" s="6" t="s">
+        <v>1870</v>
+      </c>
+      <c r="L132" s="6" t="s">
+        <v>1871</v>
+      </c>
+      <c r="M132" s="6"/>
+      <c r="N132" s="6"/>
+    </row>
+    <row r="133" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A133" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="B133" s="6" t="s">
+        <v>552</v>
+      </c>
+      <c r="C133" s="6">
+        <v>2007</v>
+      </c>
+      <c r="D133" s="6" t="s">
+        <v>876</v>
+      </c>
+      <c r="E133" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F133" s="6" t="s">
+        <v>2283</v>
+      </c>
+      <c r="G133" s="6" t="s">
+        <v>1180</v>
+      </c>
+      <c r="H133" s="6" t="s">
+        <v>1445</v>
+      </c>
+      <c r="I133" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J133" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K133" s="6" t="s">
+        <v>1816</v>
+      </c>
+      <c r="L133" s="6" t="s">
+        <v>1872</v>
+      </c>
+      <c r="M133" s="6"/>
+      <c r="N133" s="6"/>
+    </row>
+    <row r="134" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A134" s="6" t="s">
+        <v>233</v>
+      </c>
+      <c r="B134" s="6" t="s">
+        <v>577</v>
+      </c>
+      <c r="C134" s="6">
+        <v>2008</v>
+      </c>
+      <c r="D134" s="6" t="s">
+        <v>898</v>
+      </c>
+      <c r="E134" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F134" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G134" s="6" t="s">
+        <v>1200</v>
+      </c>
+      <c r="H134" s="6" t="s">
+        <v>1462</v>
+      </c>
+      <c r="I134" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J134" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K134" s="6" t="s">
+        <v>1737</v>
+      </c>
+      <c r="L134" s="6" t="s">
+        <v>1873</v>
+      </c>
+      <c r="M134" s="6"/>
+      <c r="N134" s="6"/>
+    </row>
+    <row r="135" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A135" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B135" s="6" t="s">
+        <v>391</v>
+      </c>
+      <c r="C135" s="6">
+        <v>2008</v>
+      </c>
+      <c r="D135" s="6" t="s">
+        <v>725</v>
+      </c>
+      <c r="E135" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F135" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G135" s="6" t="s">
+        <v>1053</v>
+      </c>
+      <c r="H135" s="6" t="s">
+        <v>1336</v>
+      </c>
+      <c r="I135" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="J135" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K135" s="6" t="s">
+        <v>1656</v>
+      </c>
+      <c r="L135" s="6" t="s">
+        <v>1874</v>
+      </c>
+      <c r="M135" s="6"/>
+      <c r="N135" s="6"/>
+    </row>
+    <row r="136" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A136" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="B136" s="6" t="s">
+        <v>549</v>
+      </c>
+      <c r="C136" s="6">
+        <v>2009</v>
+      </c>
+      <c r="D136" s="6" t="s">
+        <v>873</v>
+      </c>
+      <c r="E136" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F136" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G136" s="6" t="s">
+        <v>1178</v>
+      </c>
+      <c r="H136" s="6" t="s">
+        <v>1443</v>
+      </c>
+      <c r="I136" s="6" t="s">
+        <v>1558</v>
+      </c>
+      <c r="J136" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K136" s="6" t="s">
+        <v>1604</v>
+      </c>
+      <c r="L136" s="6" t="s">
+        <v>1875</v>
+      </c>
+      <c r="M136" s="6"/>
+      <c r="N136" s="6"/>
+    </row>
+    <row r="137" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A137" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="B137" s="6" t="s">
+        <v>493</v>
+      </c>
+      <c r="C137" s="6">
+        <v>1998</v>
+      </c>
+      <c r="D137" s="6" t="s">
+        <v>821</v>
+      </c>
+      <c r="E137" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F137" s="6" t="s">
+        <v>2294</v>
+      </c>
+      <c r="G137" s="6" t="s">
+        <v>1141</v>
+      </c>
+      <c r="H137" s="6" t="s">
+        <v>1411</v>
+      </c>
+      <c r="I137" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J137" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K137" s="6" t="s">
+        <v>1876</v>
+      </c>
+      <c r="L137" s="6" t="s">
+        <v>1877</v>
+      </c>
+      <c r="M137" s="6"/>
+      <c r="N137" s="6"/>
+    </row>
+    <row r="138" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A138" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="B138" s="6" t="s">
+        <v>585</v>
+      </c>
+      <c r="C138" s="6">
+        <v>2010</v>
+      </c>
+      <c r="D138" s="6" t="s">
+        <v>905</v>
+      </c>
+      <c r="E138" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F138" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G138" s="6" t="s">
+        <v>1206</v>
+      </c>
+      <c r="H138" s="6" t="s">
+        <v>1467</v>
+      </c>
+      <c r="I138" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="J138" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K138" s="6" t="s">
+        <v>1679</v>
+      </c>
+      <c r="L138" s="6" t="s">
+        <v>1878</v>
+      </c>
+      <c r="M138" s="6"/>
+      <c r="N138" s="6"/>
+    </row>
+    <row r="139" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A139" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="B139" s="6" t="s">
+        <v>503</v>
+      </c>
+      <c r="C139" s="6">
+        <v>2010</v>
+      </c>
+      <c r="D139" s="6" t="s">
+        <v>831</v>
+      </c>
+      <c r="E139" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F139" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G139" s="6" t="s">
+        <v>1147</v>
+      </c>
+      <c r="H139" s="6" t="s">
+        <v>1418</v>
+      </c>
+      <c r="I139" s="6" t="s">
+        <v>1564</v>
+      </c>
+      <c r="J139" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K139" s="6" t="s">
+        <v>1679</v>
+      </c>
+      <c r="L139" s="6" t="s">
+        <v>1879</v>
+      </c>
+      <c r="M139" s="6"/>
+      <c r="N139" s="6"/>
+    </row>
+    <row r="140" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A140" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="B140" s="6" t="s">
+        <v>560</v>
+      </c>
+      <c r="C140" s="6">
+        <v>1995</v>
+      </c>
+      <c r="D140" s="6" t="s">
+        <v>881</v>
+      </c>
+      <c r="E140" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F140" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G140" s="6" t="s">
+        <v>1090</v>
+      </c>
+      <c r="H140" s="6" t="s">
+        <v>1368</v>
+      </c>
+      <c r="I140" s="6" t="s">
+        <v>1555</v>
+      </c>
+      <c r="J140" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K140" s="6" t="s">
+        <v>1880</v>
+      </c>
+      <c r="L140" s="6" t="s">
+        <v>1881</v>
+      </c>
+      <c r="M140" s="6"/>
+      <c r="N140" s="6"/>
+    </row>
+    <row r="141" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A141" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="B141" s="6" t="s">
+        <v>542</v>
+      </c>
+      <c r="C141" s="6">
+        <v>2015</v>
+      </c>
+      <c r="D141" s="6" t="s">
+        <v>866</v>
+      </c>
+      <c r="E141" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F141" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G141" s="6" t="s">
+        <v>1090</v>
+      </c>
+      <c r="H141" s="6" t="s">
+        <v>1368</v>
+      </c>
+      <c r="I141" s="6" t="s">
+        <v>1555</v>
+      </c>
+      <c r="J141" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K141" s="6" t="s">
+        <v>1825</v>
+      </c>
+      <c r="L141" s="6" t="s">
+        <v>1882</v>
+      </c>
+      <c r="M141" s="6"/>
+      <c r="N141" s="6"/>
+    </row>
+    <row r="142" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A142" s="6" t="s">
+        <v>301</v>
+      </c>
+      <c r="B142" s="6" t="s">
+        <v>646</v>
+      </c>
+      <c r="C142" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D142" s="6" t="s">
+        <v>958</v>
+      </c>
+      <c r="E142" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F142" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G142" s="6" t="s">
+        <v>1256</v>
+      </c>
+      <c r="H142" s="6" t="s">
+        <v>1507</v>
+      </c>
+      <c r="I142" s="6" t="s">
+        <v>1555</v>
+      </c>
+      <c r="J142" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K142" s="6" t="s">
+        <v>1608</v>
+      </c>
+      <c r="L142" s="6" t="s">
+        <v>1883</v>
+      </c>
+      <c r="M142" s="6"/>
+      <c r="N142" s="6"/>
+    </row>
+    <row r="143" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A143" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="B143" s="6" t="s">
+        <v>544</v>
+      </c>
+      <c r="C143" s="6">
+        <v>2007</v>
+      </c>
+      <c r="D143" s="6" t="s">
+        <v>868</v>
+      </c>
+      <c r="E143" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F143" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G143" s="6" t="s">
+        <v>1176</v>
+      </c>
+      <c r="H143" s="6" t="s">
         <v>1441</v>
       </c>
-      <c r="K7" s="1" t="s">
-[...13 lines deleted...]
-      <c r="C8" s="4">
+      <c r="I143" s="6" t="s">
+        <v>1555</v>
+      </c>
+      <c r="J143" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K143" s="6" t="s">
+        <v>1884</v>
+      </c>
+      <c r="L143" s="6" t="s">
+        <v>1885</v>
+      </c>
+      <c r="M143" s="6"/>
+      <c r="N143" s="6"/>
+    </row>
+    <row r="144" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A144" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="B144" s="6" t="s">
+        <v>543</v>
+      </c>
+      <c r="C144" s="6">
+        <v>2007</v>
+      </c>
+      <c r="D144" s="6" t="s">
+        <v>867</v>
+      </c>
+      <c r="E144" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F144" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G144" s="6" t="s">
+        <v>1176</v>
+      </c>
+      <c r="H144" s="6" t="s">
+        <v>1441</v>
+      </c>
+      <c r="I144" s="6" t="s">
+        <v>1555</v>
+      </c>
+      <c r="J144" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K144" s="6" t="s">
+        <v>1884</v>
+      </c>
+      <c r="L144" s="6" t="s">
+        <v>1886</v>
+      </c>
+      <c r="M144" s="6"/>
+      <c r="N144" s="6"/>
+    </row>
+    <row r="145" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A145" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B145" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="C145" s="6">
+        <v>1990</v>
+      </c>
+      <c r="D145" s="6" t="s">
+        <v>700</v>
+      </c>
+      <c r="E145" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F145" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G145" s="6" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H145" s="6" t="s">
+        <v>1317</v>
+      </c>
+      <c r="I145" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J145" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K145" s="6" t="s">
+        <v>1795</v>
+      </c>
+      <c r="L145" s="6" t="s">
+        <v>1887</v>
+      </c>
+      <c r="M145" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N145" s="6"/>
+    </row>
+    <row r="146" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A146" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B146" s="6" t="s">
+        <v>382</v>
+      </c>
+      <c r="C146" s="6">
+        <v>2004</v>
+      </c>
+      <c r="D146" s="6" t="s">
+        <v>715</v>
+      </c>
+      <c r="E146" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F146" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G146" s="6" t="s">
+        <v>1044</v>
+      </c>
+      <c r="H146" s="6" t="s">
+        <v>1329</v>
+      </c>
+      <c r="I146" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J146" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K146" s="6" t="s">
+        <v>1633</v>
+      </c>
+      <c r="L146" s="6" t="s">
+        <v>1888</v>
+      </c>
+      <c r="M146" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N146" s="6"/>
+    </row>
+    <row r="147" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A147" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="B147" s="6" t="s">
+        <v>491</v>
+      </c>
+      <c r="C147" s="6">
+        <v>1990</v>
+      </c>
+      <c r="D147" s="6" t="s">
+        <v>819</v>
+      </c>
+      <c r="E147" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F147" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G147" s="6" t="s">
+        <v>1139</v>
+      </c>
+      <c r="H147" s="6" t="s">
+        <v>1889</v>
+      </c>
+      <c r="I147" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J147" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K147" s="6" t="s">
+        <v>1697</v>
+      </c>
+      <c r="L147" s="6" t="s">
+        <v>1890</v>
+      </c>
+      <c r="M147" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N147" s="6"/>
+    </row>
+    <row r="148" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A148" s="6" t="s">
+        <v>237</v>
+      </c>
+      <c r="B148" s="6" t="s">
+        <v>581</v>
+      </c>
+      <c r="C148" s="6">
+        <v>2001</v>
+      </c>
+      <c r="D148" s="6" t="s">
+        <v>902</v>
+      </c>
+      <c r="E148" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F148" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G148" s="6" t="s">
+        <v>1203</v>
+      </c>
+      <c r="H148" s="6" t="s">
+        <v>1464</v>
+      </c>
+      <c r="I148" s="6" t="s">
+        <v>1564</v>
+      </c>
+      <c r="J148" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K148" s="6" t="s">
+        <v>1795</v>
+      </c>
+      <c r="L148" s="6" t="s">
+        <v>1891</v>
+      </c>
+      <c r="M148" s="6" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N148" s="6"/>
+    </row>
+    <row r="149" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A149" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="B149" s="6" t="s">
+        <v>497</v>
+      </c>
+      <c r="C149" s="6">
+        <v>1996</v>
+      </c>
+      <c r="D149" s="6" t="s">
+        <v>825</v>
+      </c>
+      <c r="E149" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F149" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G149" s="6" t="s">
+        <v>1892</v>
+      </c>
+      <c r="H149" s="6" t="s">
+        <v>1414</v>
+      </c>
+      <c r="I149" s="6"/>
+      <c r="J149" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K149" s="6" t="s">
+        <v>1795</v>
+      </c>
+      <c r="L149" s="6" t="s">
+        <v>1893</v>
+      </c>
+      <c r="M149" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N149" s="6"/>
+    </row>
+    <row r="150" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A150" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="B150" s="6" t="s">
+        <v>511</v>
+      </c>
+      <c r="C150" s="6">
+        <v>2010</v>
+      </c>
+      <c r="D150" s="6" t="s">
+        <v>841</v>
+      </c>
+      <c r="E150" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F150" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G150" s="6" t="s">
+        <v>1155</v>
+      </c>
+      <c r="H150" s="6" t="s">
+        <v>1424</v>
+      </c>
+      <c r="I150" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J150" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K150" s="6" t="s">
+        <v>1894</v>
+      </c>
+      <c r="L150" s="6" t="s">
+        <v>1895</v>
+      </c>
+      <c r="M150" s="6"/>
+      <c r="N150" s="6"/>
+    </row>
+    <row r="151" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A151" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="B151" s="6" t="s">
+        <v>425</v>
+      </c>
+      <c r="C151" s="6">
+        <v>1993</v>
+      </c>
+      <c r="D151" s="6" t="s">
+        <v>756</v>
+      </c>
+      <c r="E151" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F151" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G151" s="6" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H151" s="6" t="s">
+        <v>1362</v>
+      </c>
+      <c r="I151" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J151" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K151" s="6" t="s">
+        <v>1763</v>
+      </c>
+      <c r="L151" s="6" t="s">
+        <v>1896</v>
+      </c>
+      <c r="M151" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N151" s="6"/>
+    </row>
+    <row r="152" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A152" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="B152" s="6" t="s">
+        <v>483</v>
+      </c>
+      <c r="C152" s="6">
+        <v>1992</v>
+      </c>
+      <c r="D152" s="6" t="s">
+        <v>811</v>
+      </c>
+      <c r="E152" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F152" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G152" s="6" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H152" s="6" t="s">
+        <v>1403</v>
+      </c>
+      <c r="I152" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J152" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K152" s="6" t="s">
+        <v>1679</v>
+      </c>
+      <c r="L152" s="6" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M152" s="6"/>
+      <c r="N152" s="6"/>
+    </row>
+    <row r="153" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A153" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="B153" s="6" t="s">
+        <v>439</v>
+      </c>
+      <c r="C153" s="6">
+        <v>1972</v>
+      </c>
+      <c r="D153" s="6" t="s">
+        <v>769</v>
+      </c>
+      <c r="E153" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F153" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G153" s="6" t="s">
+        <v>1095</v>
+      </c>
+      <c r="H153" s="6" t="s">
+        <v>1371</v>
+      </c>
+      <c r="I153" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J153" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K153" s="6" t="s">
+        <v>1898</v>
+      </c>
+      <c r="L153" s="6" t="s">
+        <v>1899</v>
+      </c>
+      <c r="M153" s="6"/>
+      <c r="N153" s="6"/>
+    </row>
+    <row r="154" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A154" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="B154" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="C154" s="6">
+        <v>1998</v>
+      </c>
+      <c r="D154" s="6"/>
+      <c r="E154" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F154" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G154" s="6" t="s">
+        <v>1104</v>
+      </c>
+      <c r="H154" s="6" t="s">
+        <v>1379</v>
+      </c>
+      <c r="I154" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J154" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K154" s="6" t="s">
+        <v>1900</v>
+      </c>
+      <c r="L154" s="6" t="s">
+        <v>1901</v>
+      </c>
+      <c r="M154" s="6"/>
+      <c r="N154" s="6"/>
+    </row>
+    <row r="155" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A155" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="B155" s="6" t="s">
+        <v>520</v>
+      </c>
+      <c r="C155" s="6">
+        <v>1956</v>
+      </c>
+      <c r="D155" s="6" t="s">
+        <v>849</v>
+      </c>
+      <c r="E155" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F155" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G155" s="6" t="s">
+        <v>1159</v>
+      </c>
+      <c r="H155" s="6" t="s">
+        <v>1427</v>
+      </c>
+      <c r="I155" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J155" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K155" s="6" t="s">
+        <v>1649</v>
+      </c>
+      <c r="L155" s="6" t="s">
+        <v>1902</v>
+      </c>
+      <c r="M155" s="6"/>
+      <c r="N155" s="6"/>
+    </row>
+    <row r="156" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A156" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="B156" s="6" t="s">
+        <v>527</v>
+      </c>
+      <c r="C156" s="6">
+        <v>1956</v>
+      </c>
+      <c r="D156" s="6" t="s">
+        <v>853</v>
+      </c>
+      <c r="E156" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F156" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G156" s="6" t="s">
+        <v>1159</v>
+      </c>
+      <c r="H156" s="6" t="s">
+        <v>1427</v>
+      </c>
+      <c r="I156" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J156" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K156" s="6" t="s">
+        <v>1903</v>
+      </c>
+      <c r="L156" s="6" t="s">
+        <v>1904</v>
+      </c>
+      <c r="M156" s="6"/>
+      <c r="N156" s="6"/>
+    </row>
+    <row r="157" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A157" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="B157" s="6" t="s">
+        <v>518</v>
+      </c>
+      <c r="C157" s="6">
+        <v>1956</v>
+      </c>
+      <c r="D157" s="6" t="s">
+        <v>847</v>
+      </c>
+      <c r="E157" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F157" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G157" s="6" t="s">
+        <v>1159</v>
+      </c>
+      <c r="H157" s="6" t="s">
+        <v>1427</v>
+      </c>
+      <c r="I157" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J157" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K157" s="6" t="s">
+        <v>1905</v>
+      </c>
+      <c r="L157" s="6" t="s">
+        <v>1906</v>
+      </c>
+      <c r="M157" s="6"/>
+      <c r="N157" s="6"/>
+    </row>
+    <row r="158" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A158" s="6" t="s">
+        <v>251</v>
+      </c>
+      <c r="B158" s="6" t="s">
+        <v>595</v>
+      </c>
+      <c r="C158" s="6">
+        <v>2008</v>
+      </c>
+      <c r="D158" s="6" t="s">
+        <v>913</v>
+      </c>
+      <c r="E158" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F158" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G158" s="6" t="s">
+        <v>1213</v>
+      </c>
+      <c r="H158" s="6" t="s">
+        <v>1474</v>
+      </c>
+      <c r="I158" s="6" t="s">
+        <v>1556</v>
+      </c>
+      <c r="J158" s="6" t="s">
+        <v>1694</v>
+      </c>
+      <c r="K158" s="6" t="s">
+        <v>1618</v>
+      </c>
+      <c r="L158" s="6" t="s">
+        <v>1907</v>
+      </c>
+      <c r="M158" s="6"/>
+      <c r="N158" s="6"/>
+    </row>
+    <row r="159" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A159" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="B159" s="6" t="s">
+        <v>562</v>
+      </c>
+      <c r="C159" s="6">
+        <v>2006</v>
+      </c>
+      <c r="D159" s="6" t="s">
+        <v>883</v>
+      </c>
+      <c r="E159" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F159" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G159" s="6" t="s">
+        <v>1188</v>
+      </c>
+      <c r="H159" s="6" t="s">
+        <v>1424</v>
+      </c>
+      <c r="I159" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J159" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K159" s="6" t="s">
+        <v>1622</v>
+      </c>
+      <c r="L159" s="6" t="s">
+        <v>1908</v>
+      </c>
+      <c r="M159" s="6"/>
+      <c r="N159" s="6"/>
+    </row>
+    <row r="160" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A160" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="B160" s="6" t="s">
+        <v>531</v>
+      </c>
+      <c r="C160" s="6">
+        <v>2001</v>
+      </c>
+      <c r="D160" s="6"/>
+      <c r="E160" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F160" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G160" s="6" t="s">
+        <v>1169</v>
+      </c>
+      <c r="H160" s="6" t="s">
+        <v>1435</v>
+      </c>
+      <c r="I160" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J160" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K160" s="6" t="s">
+        <v>1909</v>
+      </c>
+      <c r="L160" s="6" t="s">
+        <v>1910</v>
+      </c>
+      <c r="M160" s="6"/>
+      <c r="N160" s="6"/>
+    </row>
+    <row r="161" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A161" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="B161" s="6" t="s">
+        <v>588</v>
+      </c>
+      <c r="C161" s="6">
+        <v>2003</v>
+      </c>
+      <c r="D161" s="6" t="s">
+        <v>908</v>
+      </c>
+      <c r="E161" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F161" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G161" s="6" t="s">
+        <v>1208</v>
+      </c>
+      <c r="H161" s="6" t="s">
+        <v>1469</v>
+      </c>
+      <c r="I161" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J161" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K161" s="6" t="s">
+        <v>1911</v>
+      </c>
+      <c r="L161" s="6" t="s">
+        <v>1912</v>
+      </c>
+      <c r="M161" s="6"/>
+      <c r="N161" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="162" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A162" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B162" s="6" t="s">
+        <v>376</v>
+      </c>
+      <c r="C162" s="6">
+        <v>1985</v>
+      </c>
+      <c r="D162" s="6" t="s">
+        <v>709</v>
+      </c>
+      <c r="E162" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F162" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G162" s="6" t="s">
+        <v>1038</v>
+      </c>
+      <c r="H162" s="6" t="s">
+        <v>1325</v>
+      </c>
+      <c r="I162" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J162" s="6" t="s">
+        <v>1694</v>
+      </c>
+      <c r="K162" s="6" t="s">
+        <v>1600</v>
+      </c>
+      <c r="L162" s="6" t="s">
+        <v>1913</v>
+      </c>
+      <c r="M162" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N162" s="6"/>
+    </row>
+    <row r="163" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A163" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="B163" s="6" t="s">
+        <v>597</v>
+      </c>
+      <c r="C163" s="6">
+        <v>1991</v>
+      </c>
+      <c r="D163" s="6" t="s">
+        <v>915</v>
+      </c>
+      <c r="E163" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F163" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G163" s="6" t="s">
+        <v>1096</v>
+      </c>
+      <c r="H163" s="6" t="s">
+        <v>1372</v>
+      </c>
+      <c r="I163" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="J163" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K163" s="6" t="s">
+        <v>1725</v>
+      </c>
+      <c r="L163" s="6" t="s">
+        <v>1914</v>
+      </c>
+      <c r="M163" s="6"/>
+      <c r="N163" s="6"/>
+    </row>
+    <row r="164" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A164" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="B164" s="6" t="s">
+        <v>494</v>
+      </c>
+      <c r="C164" s="6">
+        <v>1986</v>
+      </c>
+      <c r="D164" s="6" t="s">
+        <v>822</v>
+      </c>
+      <c r="E164" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F164" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G164" s="6" t="s">
+        <v>1142</v>
+      </c>
+      <c r="H164" s="6" t="s">
+        <v>1412</v>
+      </c>
+      <c r="I164" s="6" t="s">
+        <v>1556</v>
+      </c>
+      <c r="J164" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K164" s="6" t="s">
+        <v>1600</v>
+      </c>
+      <c r="L164" s="6" t="s">
+        <v>1915</v>
+      </c>
+      <c r="M164" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N164" s="6"/>
+    </row>
+    <row r="165" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A165" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="B165" s="6" t="s">
+        <v>504</v>
+      </c>
+      <c r="C165" s="6">
+        <v>2005</v>
+      </c>
+      <c r="D165" s="6" t="s">
+        <v>832</v>
+      </c>
+      <c r="E165" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F165" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G165" s="6" t="s">
+        <v>1148</v>
+      </c>
+      <c r="H165" s="6" t="s">
+        <v>1419</v>
+      </c>
+      <c r="I165" s="6" t="s">
+        <v>1564</v>
+      </c>
+      <c r="J165" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K165" s="6" t="s">
+        <v>1713</v>
+      </c>
+      <c r="L165" s="6" t="s">
+        <v>1916</v>
+      </c>
+      <c r="M165" s="6"/>
+      <c r="N165" s="6"/>
+    </row>
+    <row r="166" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A166" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="B166" s="6" t="s">
+        <v>502</v>
+      </c>
+      <c r="C166" s="6">
+        <v>2011</v>
+      </c>
+      <c r="D166" s="6" t="s">
+        <v>830</v>
+      </c>
+      <c r="E166" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F166" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G166" s="6" t="s">
+        <v>1146</v>
+      </c>
+      <c r="H166" s="6" t="s">
+        <v>1417</v>
+      </c>
+      <c r="I166" s="6" t="s">
+        <v>1564</v>
+      </c>
+      <c r="J166" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K166" s="6" t="s">
+        <v>1782</v>
+      </c>
+      <c r="L166" s="6" t="s">
+        <v>1917</v>
+      </c>
+      <c r="M166" s="6"/>
+      <c r="N166" s="6"/>
+    </row>
+    <row r="167" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A167" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="B167" s="6" t="s">
+        <v>460</v>
+      </c>
+      <c r="C167" s="6">
+        <v>2009</v>
+      </c>
+      <c r="D167" s="6" t="s">
+        <v>788</v>
+      </c>
+      <c r="E167" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F167" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G167" s="6" t="s">
+        <v>1114</v>
+      </c>
+      <c r="H167" s="6" t="s">
+        <v>1388</v>
+      </c>
+      <c r="I167" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J167" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K167" s="6" t="s">
+        <v>1918</v>
+      </c>
+      <c r="L167" s="6" t="s">
+        <v>1919</v>
+      </c>
+      <c r="M167" s="6"/>
+      <c r="N167" s="6"/>
+    </row>
+    <row r="168" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A168" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="B168" s="6" t="s">
+        <v>468</v>
+      </c>
+      <c r="C168" s="6">
+        <v>1997</v>
+      </c>
+      <c r="D168" s="6" t="s">
+        <v>796</v>
+      </c>
+      <c r="E168" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F168" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G168" s="6" t="s">
+        <v>1122</v>
+      </c>
+      <c r="H168" s="6" t="s">
+        <v>1394</v>
+      </c>
+      <c r="I168" s="6" t="s">
+        <v>1554</v>
+      </c>
+      <c r="J168" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K168" s="6" t="s">
+        <v>1920</v>
+      </c>
+      <c r="L168" s="6" t="s">
+        <v>1921</v>
+      </c>
+      <c r="M168" s="6"/>
+      <c r="N168" s="6"/>
+    </row>
+    <row r="169" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A169" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B169" s="6" t="s">
+        <v>533</v>
+      </c>
+      <c r="C169" s="6">
+        <v>2016</v>
+      </c>
+      <c r="D169" s="6" t="s">
+        <v>858</v>
+      </c>
+      <c r="E169" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F169" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G169" s="6" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H169" s="6" t="s">
+        <v>1436</v>
+      </c>
+      <c r="I169" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J169" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K169" s="6" t="s">
+        <v>1624</v>
+      </c>
+      <c r="L169" s="6" t="s">
+        <v>1922</v>
+      </c>
+      <c r="M169" s="6"/>
+      <c r="N169" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="170" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A170" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="B170" s="6" t="s">
+        <v>523</v>
+      </c>
+      <c r="C170" s="6">
+        <v>1961</v>
+      </c>
+      <c r="D170" s="6" t="s">
+        <v>851</v>
+      </c>
+      <c r="E170" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F170" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G170" s="6" t="s">
+        <v>1057</v>
+      </c>
+      <c r="H170" s="6" t="s">
+        <v>1339</v>
+      </c>
+      <c r="I170" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J170" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K170" s="6" t="s">
+        <v>1600</v>
+      </c>
+      <c r="L170" s="6" t="s">
+        <v>1923</v>
+      </c>
+      <c r="M170" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N170" s="6"/>
+    </row>
+    <row r="171" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A171" s="6" t="s">
+        <v>262</v>
+      </c>
+      <c r="B171" s="6" t="s">
+        <v>605</v>
+      </c>
+      <c r="C171" s="6">
+        <v>2013</v>
+      </c>
+      <c r="D171" s="6"/>
+      <c r="E171" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F171" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G171" s="6" t="s">
+        <v>1803</v>
+      </c>
+      <c r="H171" s="6" t="s">
+        <v>1349</v>
+      </c>
+      <c r="I171" s="6"/>
+      <c r="J171" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K171" s="6" t="s">
+        <v>1790</v>
+      </c>
+      <c r="L171" s="6" t="s">
+        <v>1924</v>
+      </c>
+      <c r="M171" s="6"/>
+      <c r="N171" s="6"/>
+    </row>
+    <row r="172" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A172" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="B172" s="6" t="s">
+        <v>445</v>
+      </c>
+      <c r="C172" s="6">
+        <v>1972</v>
+      </c>
+      <c r="D172" s="6" t="s">
+        <v>775</v>
+      </c>
+      <c r="E172" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F172" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G172" s="6" t="s">
+        <v>1102</v>
+      </c>
+      <c r="H172" s="6" t="s">
+        <v>1377</v>
+      </c>
+      <c r="I172" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J172" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K172" s="6" t="s">
+        <v>1679</v>
+      </c>
+      <c r="L172" s="6" t="s">
+        <v>1925</v>
+      </c>
+      <c r="M172" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N172" s="6"/>
+    </row>
+    <row r="173" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A173" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B173" s="6" t="s">
+        <v>383</v>
+      </c>
+      <c r="C173" s="6">
+        <v>1998</v>
+      </c>
+      <c r="D173" s="6" t="s">
+        <v>716</v>
+      </c>
+      <c r="E173" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F173" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G173" s="6" t="s">
+        <v>1926</v>
+      </c>
+      <c r="H173" s="6" t="s">
+        <v>1330</v>
+      </c>
+      <c r="I173" s="6"/>
+      <c r="J173" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K173" s="6" t="s">
+        <v>1737</v>
+      </c>
+      <c r="L173" s="6" t="s">
+        <v>1927</v>
+      </c>
+      <c r="M173" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N173" s="6"/>
+    </row>
+    <row r="174" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A174" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="B174" s="6" t="s">
+        <v>526</v>
+      </c>
+      <c r="C174" s="6">
+        <v>2011</v>
+      </c>
+      <c r="D174" s="6" t="s">
+        <v>852</v>
+      </c>
+      <c r="E174" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F174" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G174" s="6" t="s">
+        <v>1165</v>
+      </c>
+      <c r="H174" s="6" t="s">
+        <v>1432</v>
+      </c>
+      <c r="I174" s="6" t="s">
+        <v>1565</v>
+      </c>
+      <c r="J174" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K174" s="6" t="s">
+        <v>1608</v>
+      </c>
+      <c r="L174" s="6" t="s">
+        <v>1928</v>
+      </c>
+      <c r="M174" s="6"/>
+      <c r="N174" s="6"/>
+    </row>
+    <row r="175" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A175" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="B175" s="6" t="s">
+        <v>524</v>
+      </c>
+      <c r="C175" s="6">
+        <v>2005</v>
+      </c>
+      <c r="D175" s="6"/>
+      <c r="E175" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F175" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G175" s="6" t="s">
+        <v>1163</v>
+      </c>
+      <c r="H175" s="6" t="s">
+        <v>1430</v>
+      </c>
+      <c r="I175" s="6" t="s">
+        <v>1565</v>
+      </c>
+      <c r="J175" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K175" s="6" t="s">
+        <v>1929</v>
+      </c>
+      <c r="L175" s="6" t="s">
+        <v>1930</v>
+      </c>
+      <c r="M175" s="6"/>
+      <c r="N175" s="6"/>
+    </row>
+    <row r="176" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A176" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="B176" s="6" t="s">
+        <v>500</v>
+      </c>
+      <c r="C176" s="6">
+        <v>2017</v>
+      </c>
+      <c r="D176" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="E176" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F176" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G176" s="6" t="s">
+        <v>1090</v>
+      </c>
+      <c r="H176" s="6" t="s">
+        <v>1368</v>
+      </c>
+      <c r="I176" s="6" t="s">
+        <v>1555</v>
+      </c>
+      <c r="J176" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K176" s="6" t="s">
+        <v>1782</v>
+      </c>
+      <c r="L176" s="6" t="s">
+        <v>1931</v>
+      </c>
+      <c r="M176" s="6"/>
+      <c r="N176" s="6"/>
+    </row>
+    <row r="177" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A177" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="B177" s="6" t="s">
+        <v>545</v>
+      </c>
+      <c r="C177" s="6">
         <v>2018</v>
       </c>
-      <c r="D8" s="3" t="s">
+      <c r="D177" s="6" t="s">
+        <v>869</v>
+      </c>
+      <c r="E177" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F177" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G177" s="6" t="s">
+        <v>1090</v>
+      </c>
+      <c r="H177" s="6" t="s">
+        <v>1368</v>
+      </c>
+      <c r="I177" s="6" t="s">
+        <v>1555</v>
+      </c>
+      <c r="J177" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K177" s="6" t="s">
+        <v>1597</v>
+      </c>
+      <c r="L177" s="6" t="s">
+        <v>1932</v>
+      </c>
+      <c r="M177" s="6"/>
+      <c r="N177" s="6"/>
+    </row>
+    <row r="178" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A178" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="B178" s="6" t="s">
+        <v>546</v>
+      </c>
+      <c r="C178" s="6">
+        <v>2016</v>
+      </c>
+      <c r="D178" s="6" t="s">
+        <v>870</v>
+      </c>
+      <c r="E178" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F178" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G178" s="6" t="s">
+        <v>1090</v>
+      </c>
+      <c r="H178" s="6" t="s">
+        <v>1368</v>
+      </c>
+      <c r="I178" s="6" t="s">
+        <v>1555</v>
+      </c>
+      <c r="J178" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K178" s="6" t="s">
+        <v>1933</v>
+      </c>
+      <c r="L178" s="6" t="s">
+        <v>1934</v>
+      </c>
+      <c r="M178" s="6"/>
+      <c r="N178" s="6"/>
+    </row>
+    <row r="179" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A179" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="B179" s="6" t="s">
+        <v>539</v>
+      </c>
+      <c r="C179" s="6">
+        <v>1999</v>
+      </c>
+      <c r="D179" s="6" t="s">
+        <v>864</v>
+      </c>
+      <c r="E179" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F179" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G179" s="6" t="s">
+        <v>1174</v>
+      </c>
+      <c r="H179" s="6" t="s">
+        <v>1439</v>
+      </c>
+      <c r="I179" s="6" t="s">
+        <v>1555</v>
+      </c>
+      <c r="J179" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K179" s="6" t="s">
+        <v>1935</v>
+      </c>
+      <c r="L179" s="6" t="s">
+        <v>1936</v>
+      </c>
+      <c r="M179" s="6"/>
+      <c r="N179" s="6"/>
+    </row>
+    <row r="180" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A180" s="6" t="s">
+        <v>332</v>
+      </c>
+      <c r="B180" s="6" t="s">
+        <v>675</v>
+      </c>
+      <c r="C180" s="6"/>
+      <c r="D180" s="6" t="s">
+        <v>980</v>
+      </c>
+      <c r="E180" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F180" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G180" s="6" t="s">
+        <v>1274</v>
+      </c>
+      <c r="H180" s="6" t="s">
+        <v>1396</v>
+      </c>
+      <c r="I180" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J180" s="6" t="s">
+        <v>1937</v>
+      </c>
+      <c r="K180" s="6" t="s">
+        <v>1938</v>
+      </c>
+      <c r="L180" s="6" t="s">
+        <v>1939</v>
+      </c>
+      <c r="M180" s="6"/>
+      <c r="N180" s="6"/>
+    </row>
+    <row r="181" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A181" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B181" s="6" t="s">
+        <v>408</v>
+      </c>
+      <c r="C181" s="6">
+        <v>1994</v>
+      </c>
+      <c r="D181" s="6" t="s">
+        <v>741</v>
+      </c>
+      <c r="E181" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F181" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G181" s="6" t="s">
+        <v>1069</v>
+      </c>
+      <c r="H181" s="6" t="s">
+        <v>1348</v>
+      </c>
+      <c r="I181" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J181" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K181" s="6" t="s">
+        <v>1792</v>
+      </c>
+      <c r="L181" s="6" t="s">
+        <v>1940</v>
+      </c>
+      <c r="M181" s="6"/>
+      <c r="N181" s="6"/>
+    </row>
+    <row r="182" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A182" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B182" s="6" t="s">
+        <v>393</v>
+      </c>
+      <c r="C182" s="6">
+        <v>1983</v>
+      </c>
+      <c r="D182" s="6" t="s">
+        <v>726</v>
+      </c>
+      <c r="E182" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F182" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G182" s="6" t="s">
+        <v>1055</v>
+      </c>
+      <c r="H182" s="6" t="s">
+        <v>1337</v>
+      </c>
+      <c r="I182" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J182" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K182" s="6" t="s">
+        <v>1633</v>
+      </c>
+      <c r="L182" s="6" t="s">
+        <v>1941</v>
+      </c>
+      <c r="M182" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N182" s="6"/>
+    </row>
+    <row r="183" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A183" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B183" s="6" t="s">
+        <v>399</v>
+      </c>
+      <c r="C183" s="6">
+        <v>2002</v>
+      </c>
+      <c r="D183" s="6" t="s">
+        <v>732</v>
+      </c>
+      <c r="E183" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F183" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G183" s="6" t="s">
+        <v>1060</v>
+      </c>
+      <c r="H183" s="6" t="s">
+        <v>1342</v>
+      </c>
+      <c r="I183" s="6" t="s">
+        <v>1556</v>
+      </c>
+      <c r="J183" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K183" s="6" t="s">
+        <v>1942</v>
+      </c>
+      <c r="L183" s="6" t="s">
+        <v>1943</v>
+      </c>
+      <c r="M183" s="6"/>
+      <c r="N183" s="6"/>
+    </row>
+    <row r="184" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A184" s="6" t="s">
+        <v>277</v>
+      </c>
+      <c r="B184" s="6" t="s">
+        <v>620</v>
+      </c>
+      <c r="C184" s="6">
+        <v>2007</v>
+      </c>
+      <c r="D184" s="6" t="s">
+        <v>803</v>
+      </c>
+      <c r="E184" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F184" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G184" s="6" t="s">
+        <v>1236</v>
+      </c>
+      <c r="H184" s="6" t="s">
+        <v>1491</v>
+      </c>
+      <c r="I184" s="6" t="s">
+        <v>1554</v>
+      </c>
+      <c r="J184" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K184" s="6" t="s">
+        <v>1944</v>
+      </c>
+      <c r="L184" s="6" t="s">
+        <v>1945</v>
+      </c>
+      <c r="M184" s="6"/>
+      <c r="N184" s="6"/>
+    </row>
+    <row r="185" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A185" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="B185" s="6" t="s">
+        <v>475</v>
+      </c>
+      <c r="C185" s="6">
+        <v>2012</v>
+      </c>
+      <c r="D185" s="6" t="s">
+        <v>803</v>
+      </c>
+      <c r="E185" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F185" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G185" s="6" t="s">
+        <v>1119</v>
+      </c>
+      <c r="H185" s="6" t="s">
+        <v>1392</v>
+      </c>
+      <c r="I185" s="6" t="s">
+        <v>1554</v>
+      </c>
+      <c r="J185" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K185" s="6" t="s">
+        <v>1705</v>
+      </c>
+      <c r="L185" s="6" t="s">
+        <v>1946</v>
+      </c>
+      <c r="M185" s="6"/>
+      <c r="N185" s="6"/>
+    </row>
+    <row r="186" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A186" s="6" t="s">
+        <v>282</v>
+      </c>
+      <c r="B186" s="6" t="s">
+        <v>625</v>
+      </c>
+      <c r="C186" s="6">
+        <v>1971</v>
+      </c>
+      <c r="D186" s="6" t="s">
+        <v>940</v>
+      </c>
+      <c r="E186" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F186" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G186" s="6" t="s">
+        <v>1240</v>
+      </c>
+      <c r="H186" s="6" t="s">
+        <v>1495</v>
+      </c>
+      <c r="I186" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J186" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K186" s="6" t="s">
+        <v>1681</v>
+      </c>
+      <c r="L186" s="6" t="s">
+        <v>1947</v>
+      </c>
+      <c r="M186" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N186" s="6"/>
+    </row>
+    <row r="187" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A187" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B187" s="6" t="s">
+        <v>368</v>
+      </c>
+      <c r="C187" s="6">
+        <v>1958</v>
+      </c>
+      <c r="D187" s="6" t="s">
+        <v>701</v>
+      </c>
+      <c r="E187" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F187" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G187" s="6" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H187" s="6" t="s">
+        <v>1318</v>
+      </c>
+      <c r="I187" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J187" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K187" s="6" t="s">
+        <v>1948</v>
+      </c>
+      <c r="L187" s="6" t="s">
+        <v>1949</v>
+      </c>
+      <c r="M187" s="6"/>
+      <c r="N187" s="6"/>
+    </row>
+    <row r="188" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A188" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="B188" s="6" t="s">
+        <v>507</v>
+      </c>
+      <c r="C188" s="6">
+        <v>2005</v>
+      </c>
+      <c r="D188" s="6" t="s">
+        <v>835</v>
+      </c>
+      <c r="E188" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F188" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G188" s="6" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H188" s="6" t="s">
+        <v>1421</v>
+      </c>
+      <c r="I188" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J188" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K188" s="6" t="s">
+        <v>1942</v>
+      </c>
+      <c r="L188" s="6" t="s">
+        <v>1950</v>
+      </c>
+      <c r="M188" s="6"/>
+      <c r="N188" s="6"/>
+    </row>
+    <row r="189" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A189" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="B189" s="6" t="s">
+        <v>517</v>
+      </c>
+      <c r="C189" s="6">
+        <v>2011</v>
+      </c>
+      <c r="D189" s="6" t="s">
+        <v>846</v>
+      </c>
+      <c r="E189" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F189" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G189" s="6" t="s">
+        <v>1158</v>
+      </c>
+      <c r="H189" s="6" t="s">
+        <v>1426</v>
+      </c>
+      <c r="I189" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="J189" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K189" s="6" t="s">
+        <v>1951</v>
+      </c>
+      <c r="L189" s="6" t="s">
+        <v>1952</v>
+      </c>
+      <c r="M189" s="6"/>
+      <c r="N189" s="6"/>
+    </row>
+    <row r="190" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A190" s="6" t="s">
+        <v>323</v>
+      </c>
+      <c r="B190" s="6" t="s">
+        <v>666</v>
+      </c>
+      <c r="C190" s="6">
+        <v>2019</v>
+      </c>
+      <c r="D190" s="6"/>
+      <c r="E190" s="6" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F190" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G190" s="6" t="s">
+        <v>1270</v>
+      </c>
+      <c r="H190" s="6" t="s">
+        <v>1517</v>
+      </c>
+      <c r="I190" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J190" s="6" t="s">
+        <v>2296</v>
+      </c>
+      <c r="K190" s="6" t="s">
+        <v>1953</v>
+      </c>
+      <c r="L190" s="6" t="s">
+        <v>1954</v>
+      </c>
+      <c r="M190" s="6"/>
+      <c r="N190" s="6"/>
+    </row>
+    <row r="191" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A191" s="6" t="s">
+        <v>334</v>
+      </c>
+      <c r="B191" s="6" t="s">
+        <v>676</v>
+      </c>
+      <c r="C191" s="6">
+        <v>2020</v>
+      </c>
+      <c r="D191" s="6"/>
+      <c r="E191" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F191" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G191" s="6" t="s">
+        <v>1270</v>
+      </c>
+      <c r="H191" s="6" t="s">
+        <v>1517</v>
+      </c>
+      <c r="I191" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J191" s="6" t="s">
+        <v>2297</v>
+      </c>
+      <c r="K191" s="6" t="s">
+        <v>1640</v>
+      </c>
+      <c r="L191" s="6" t="s">
+        <v>1955</v>
+      </c>
+      <c r="M191" s="6"/>
+      <c r="N191" s="6"/>
+    </row>
+    <row r="192" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A192" s="6" t="s">
+        <v>328</v>
+      </c>
+      <c r="B192" s="6" t="s">
+        <v>671</v>
+      </c>
+      <c r="C192" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D192" s="6"/>
+      <c r="E192" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F192" s="6" t="s">
+        <v>2283</v>
+      </c>
+      <c r="G192" s="6" t="s">
+        <v>1272</v>
+      </c>
+      <c r="H192" s="6" t="s">
+        <v>1518</v>
+      </c>
+      <c r="I192" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J192" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K192" s="6" t="s">
+        <v>1956</v>
+      </c>
+      <c r="L192" s="6" t="s">
+        <v>1957</v>
+      </c>
+      <c r="M192" s="6"/>
+      <c r="N192" s="6"/>
+    </row>
+    <row r="193" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A193" s="6" t="s">
+        <v>321</v>
+      </c>
+      <c r="B193" s="6" t="s">
+        <v>664</v>
+      </c>
+      <c r="C193" s="6">
+        <v>2018</v>
+      </c>
+      <c r="D193" s="6"/>
+      <c r="E193" s="6" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F193" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G193" s="6" t="s">
+        <v>1270</v>
+      </c>
+      <c r="H193" s="6" t="s">
+        <v>1517</v>
+      </c>
+      <c r="I193" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J193" s="6" t="s">
+        <v>1664</v>
+      </c>
+      <c r="K193" s="6" t="s">
+        <v>1953</v>
+      </c>
+      <c r="L193" s="6" t="s">
+        <v>1958</v>
+      </c>
+      <c r="M193" s="6"/>
+      <c r="N193" s="6"/>
+    </row>
+    <row r="194" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A194" s="6" t="s">
+        <v>324</v>
+      </c>
+      <c r="B194" s="6" t="s">
+        <v>667</v>
+      </c>
+      <c r="C194" s="6">
+        <v>2020</v>
+      </c>
+      <c r="D194" s="6"/>
+      <c r="E194" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F194" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G194" s="6" t="s">
+        <v>1270</v>
+      </c>
+      <c r="H194" s="6" t="s">
+        <v>1517</v>
+      </c>
+      <c r="I194" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J194" s="6" t="s">
+        <v>1937</v>
+      </c>
+      <c r="K194" s="6" t="s">
+        <v>1959</v>
+      </c>
+      <c r="L194" s="6" t="s">
+        <v>1960</v>
+      </c>
+      <c r="M194" s="6"/>
+      <c r="N194" s="6"/>
+    </row>
+    <row r="195" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A195" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="B195" s="6" t="s">
+        <v>514</v>
+      </c>
+      <c r="C195" s="6">
+        <v>2008</v>
+      </c>
+      <c r="D195" s="6"/>
+      <c r="E195" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F195" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G195" s="6" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H195" s="6" t="s">
+        <v>1344</v>
+      </c>
+      <c r="I195" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J195" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K195" s="6" t="s">
+        <v>1705</v>
+      </c>
+      <c r="L195" s="6" t="s">
+        <v>1961</v>
+      </c>
+      <c r="M195" s="6"/>
+      <c r="N195" s="6"/>
+    </row>
+    <row r="196" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A196" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B196" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="C196" s="6">
+        <v>1969</v>
+      </c>
+      <c r="D196" s="6" t="s">
+        <v>737</v>
+      </c>
+      <c r="E196" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F196" s="6" t="s">
+        <v>1595</v>
+      </c>
+      <c r="G196" s="6" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H196" s="6" t="s">
+        <v>1344</v>
+      </c>
+      <c r="I196" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J196" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K196" s="6" t="s">
+        <v>1709</v>
+      </c>
+      <c r="L196" s="6" t="s">
+        <v>1962</v>
+      </c>
+      <c r="M196" s="6"/>
+      <c r="N196" s="6"/>
+    </row>
+    <row r="197" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A197" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="B197" s="6" t="s">
+        <v>515</v>
+      </c>
+      <c r="C197" s="6">
+        <v>1996</v>
+      </c>
+      <c r="D197" s="6" t="s">
+        <v>844</v>
+      </c>
+      <c r="E197" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F197" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G197" s="6" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H197" s="6" t="s">
+        <v>1344</v>
+      </c>
+      <c r="I197" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J197" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K197" s="6" t="s">
+        <v>1687</v>
+      </c>
+      <c r="L197" s="6" t="s">
+        <v>1963</v>
+      </c>
+      <c r="M197" s="6"/>
+      <c r="N197" s="6"/>
+    </row>
+    <row r="198" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A198" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B198" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="C198" s="6">
+        <v>1996</v>
+      </c>
+      <c r="D198" s="6" t="s">
+        <v>736</v>
+      </c>
+      <c r="E198" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F198" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G198" s="6" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H198" s="6" t="s">
+        <v>1344</v>
+      </c>
+      <c r="I198" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J198" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K198" s="6" t="s">
+        <v>1687</v>
+      </c>
+      <c r="L198" s="6" t="s">
+        <v>1964</v>
+      </c>
+      <c r="M198" s="6"/>
+      <c r="N198" s="6"/>
+    </row>
+    <row r="199" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A199" s="6" t="s">
+        <v>329</v>
+      </c>
+      <c r="B199" s="6" t="s">
+        <v>672</v>
+      </c>
+      <c r="C199" s="6">
+        <v>2015</v>
+      </c>
+      <c r="D199" s="6"/>
+      <c r="E199" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F199" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G199" s="6" t="s">
+        <v>1271</v>
+      </c>
+      <c r="H199" s="6" t="s">
+        <v>1829</v>
+      </c>
+      <c r="I199" s="6" t="s">
+        <v>1558</v>
+      </c>
+      <c r="J199" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K199" s="6" t="s">
+        <v>1825</v>
+      </c>
+      <c r="L199" s="6" t="s">
+        <v>1965</v>
+      </c>
+      <c r="M199" s="6"/>
+      <c r="N199" s="6"/>
+    </row>
+    <row r="200" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A200" s="6" t="s">
+        <v>238</v>
+      </c>
+      <c r="B200" s="6" t="s">
+        <v>582</v>
+      </c>
+      <c r="C200" s="6">
+        <v>2009</v>
+      </c>
+      <c r="D200" s="6" t="s">
+        <v>903</v>
+      </c>
+      <c r="E200" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F200" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G200" s="6" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H200" s="6" t="s">
+        <v>1465</v>
+      </c>
+      <c r="I200" s="6" t="s">
+        <v>1554</v>
+      </c>
+      <c r="J200" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K200" s="6" t="s">
+        <v>1604</v>
+      </c>
+      <c r="L200" s="6" t="s">
+        <v>1966</v>
+      </c>
+      <c r="M200" s="6"/>
+      <c r="N200" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="201" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A201" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B201" s="6" t="s">
+        <v>373</v>
+      </c>
+      <c r="C201" s="6">
+        <v>1967</v>
+      </c>
+      <c r="D201" s="6" t="s">
+        <v>706</v>
+      </c>
+      <c r="E201" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F201" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G201" s="6" t="s">
+        <v>1035</v>
+      </c>
+      <c r="H201" s="6" t="s">
+        <v>1322</v>
+      </c>
+      <c r="I201" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J201" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K201" s="6" t="s">
+        <v>1967</v>
+      </c>
+      <c r="L201" s="6" t="s">
+        <v>1968</v>
+      </c>
+      <c r="M201" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N201" s="6"/>
+    </row>
+    <row r="202" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A202" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="B202" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="C202" s="6">
+        <v>2009</v>
+      </c>
+      <c r="D202" s="6" t="s">
+        <v>765</v>
+      </c>
+      <c r="E202" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F202" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G202" s="6" t="s">
+        <v>1090</v>
+      </c>
+      <c r="H202" s="6" t="s">
+        <v>1368</v>
+      </c>
+      <c r="I202" s="6" t="s">
+        <v>1555</v>
+      </c>
+      <c r="J202" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K202" s="6" t="s">
+        <v>1825</v>
+      </c>
+      <c r="L202" s="6" t="s">
+        <v>1969</v>
+      </c>
+      <c r="M202" s="6"/>
+      <c r="N202" s="6"/>
+    </row>
+    <row r="203" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A203" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B203" s="6" t="s">
+        <v>374</v>
+      </c>
+      <c r="C203" s="6">
+        <v>1958</v>
+      </c>
+      <c r="D203" s="6" t="s">
+        <v>707</v>
+      </c>
+      <c r="E203" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F203" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G203" s="6" t="s">
+        <v>1036</v>
+      </c>
+      <c r="H203" s="6" t="s">
+        <v>1323</v>
+      </c>
+      <c r="I203" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J203" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K203" s="6" t="s">
+        <v>1722</v>
+      </c>
+      <c r="L203" s="6" t="s">
+        <v>1970</v>
+      </c>
+      <c r="M203" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N203" s="6"/>
+    </row>
+    <row r="204" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A204" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="B204" s="6" t="s">
+        <v>433</v>
+      </c>
+      <c r="C204" s="6">
+        <v>2005</v>
+      </c>
+      <c r="D204" s="6" t="s">
+        <v>764</v>
+      </c>
+      <c r="E204" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F204" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G204" s="6" t="s">
+        <v>1051</v>
+      </c>
+      <c r="H204" s="6" t="s">
+        <v>1352</v>
+      </c>
+      <c r="I204" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J204" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K204" s="6" t="s">
+        <v>1669</v>
+      </c>
+      <c r="L204" s="6" t="s">
+        <v>1971</v>
+      </c>
+      <c r="M204" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N204" s="6"/>
+    </row>
+    <row r="205" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A205" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="B205" s="6" t="s">
+        <v>501</v>
+      </c>
+      <c r="C205" s="6">
+        <v>1968</v>
+      </c>
+      <c r="D205" s="6" t="s">
+        <v>829</v>
+      </c>
+      <c r="E205" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F205" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G205" s="6" t="s">
+        <v>1096</v>
+      </c>
+      <c r="H205" s="6" t="s">
+        <v>1372</v>
+      </c>
+      <c r="I205" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="J205" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K205" s="6" t="s">
+        <v>1630</v>
+      </c>
+      <c r="L205" s="6" t="s">
+        <v>1972</v>
+      </c>
+      <c r="M205" s="6"/>
+      <c r="N205" s="6"/>
+    </row>
+    <row r="206" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A206" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="B206" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="C206" s="6">
+        <v>1956</v>
+      </c>
+      <c r="D206" s="6" t="s">
+        <v>874</v>
+      </c>
+      <c r="E206" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F206" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G206" s="6" t="s">
+        <v>1159</v>
+      </c>
+      <c r="H206" s="6" t="s">
+        <v>1427</v>
+      </c>
+      <c r="I206" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J206" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K206" s="6" t="s">
+        <v>1766</v>
+      </c>
+      <c r="L206" s="6" t="s">
+        <v>1973</v>
+      </c>
+      <c r="M206" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N206" s="6"/>
+    </row>
+    <row r="207" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A207" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="B207" s="6" t="s">
+        <v>540</v>
+      </c>
+      <c r="C207" s="6">
+        <v>2015</v>
+      </c>
+      <c r="D207" s="6" t="s">
+        <v>865</v>
+      </c>
+      <c r="E207" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F207" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G207" s="6" t="s">
+        <v>1051</v>
+      </c>
+      <c r="H207" s="6" t="s">
+        <v>1352</v>
+      </c>
+      <c r="I207" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J207" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K207" s="6" t="s">
+        <v>1974</v>
+      </c>
+      <c r="L207" s="6" t="s">
+        <v>1975</v>
+      </c>
+      <c r="M207" s="6"/>
+      <c r="N207" s="6"/>
+    </row>
+    <row r="208" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A208" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="B208" s="6" t="s">
+        <v>480</v>
+      </c>
+      <c r="C208" s="6">
+        <v>1993</v>
+      </c>
+      <c r="D208" s="6" t="s">
+        <v>808</v>
+      </c>
+      <c r="E208" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F208" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G208" s="6" t="s">
+        <v>1131</v>
+      </c>
+      <c r="H208" s="6" t="s">
+        <v>1401</v>
+      </c>
+      <c r="I208" s="6" t="s">
+        <v>1554</v>
+      </c>
+      <c r="J208" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K208" s="6" t="s">
+        <v>1976</v>
+      </c>
+      <c r="L208" s="6" t="s">
+        <v>1977</v>
+      </c>
+      <c r="M208" s="6"/>
+      <c r="N208" s="6"/>
+    </row>
+    <row r="209" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A209" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="B209" s="6" t="s">
+        <v>432</v>
+      </c>
+      <c r="C209" s="6">
+        <v>1994</v>
+      </c>
+      <c r="D209" s="6" t="s">
+        <v>763</v>
+      </c>
+      <c r="E209" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F209" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G209" s="6" t="s">
+        <v>1051</v>
+      </c>
+      <c r="H209" s="6" t="s">
+        <v>1352</v>
+      </c>
+      <c r="I209" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J209" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K209" s="6" t="s">
+        <v>1978</v>
+      </c>
+      <c r="L209" s="6" t="s">
+        <v>1979</v>
+      </c>
+      <c r="M209" s="6"/>
+      <c r="N209" s="6"/>
+    </row>
+    <row r="210" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A210" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="B210" s="6" t="s">
+        <v>431</v>
+      </c>
+      <c r="C210" s="6">
+        <v>1972</v>
+      </c>
+      <c r="D210" s="6" t="s">
+        <v>762</v>
+      </c>
+      <c r="E210" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F210" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G210" s="6" t="s">
+        <v>1089</v>
+      </c>
+      <c r="H210" s="6" t="s">
+        <v>1367</v>
+      </c>
+      <c r="I210" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J210" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K210" s="6" t="s">
+        <v>1600</v>
+      </c>
+      <c r="L210" s="6" t="s">
+        <v>1980</v>
+      </c>
+      <c r="M210" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N210" s="6"/>
+    </row>
+    <row r="211" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A211" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="B211" s="6" t="s">
+        <v>498</v>
+      </c>
+      <c r="C211" s="6">
+        <v>2008</v>
+      </c>
+      <c r="D211" s="6" t="s">
+        <v>826</v>
+      </c>
+      <c r="E211" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F211" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G211" s="6" t="s">
+        <v>1051</v>
+      </c>
+      <c r="H211" s="6" t="s">
+        <v>1352</v>
+      </c>
+      <c r="I211" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J211" s="6" t="s">
+        <v>1694</v>
+      </c>
+      <c r="K211" s="6" t="s">
+        <v>1618</v>
+      </c>
+      <c r="L211" s="6" t="s">
+        <v>1981</v>
+      </c>
+      <c r="M211" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N211" s="6"/>
+    </row>
+    <row r="212" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A212" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="B212" s="6" t="s">
+        <v>492</v>
+      </c>
+      <c r="C212" s="6">
+        <v>2011</v>
+      </c>
+      <c r="D212" s="6" t="s">
+        <v>820</v>
+      </c>
+      <c r="E212" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F212" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G212" s="6" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H212" s="6" t="s">
+        <v>1410</v>
+      </c>
+      <c r="I212" s="6" t="s">
+        <v>1558</v>
+      </c>
+      <c r="J212" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K212" s="6" t="s">
+        <v>1741</v>
+      </c>
+      <c r="L212" s="6" t="s">
+        <v>1982</v>
+      </c>
+      <c r="M212" s="6"/>
+      <c r="N212" s="6"/>
+    </row>
+    <row r="213" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A213" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="B213" s="6" t="s">
+        <v>656</v>
+      </c>
+      <c r="C213" s="6">
+        <v>2018</v>
+      </c>
+      <c r="D213" s="6" t="s">
+        <v>967</v>
+      </c>
+      <c r="E213" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F213" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G213" s="6" t="s">
+        <v>1089</v>
+      </c>
+      <c r="H213" s="6" t="s">
+        <v>1367</v>
+      </c>
+      <c r="I213" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J213" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K213" s="6" t="s">
+        <v>1597</v>
+      </c>
+      <c r="L213" s="6" t="s">
+        <v>1983</v>
+      </c>
+      <c r="M213" s="6"/>
+      <c r="N213" s="6"/>
+    </row>
+    <row r="214" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A214" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="B214" s="6" t="s">
+        <v>418</v>
+      </c>
+      <c r="C214" s="6">
+        <v>1992</v>
+      </c>
+      <c r="D214" s="6" t="s">
+        <v>749</v>
+      </c>
+      <c r="E214" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F214" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G214" s="6" t="s">
+        <v>1077</v>
+      </c>
+      <c r="H214" s="6" t="s">
+        <v>1356</v>
+      </c>
+      <c r="I214" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J214" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K214" s="6" t="s">
+        <v>1984</v>
+      </c>
+      <c r="L214" s="6" t="s">
+        <v>1985</v>
+      </c>
+      <c r="M214" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N214" s="6"/>
+    </row>
+    <row r="215" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A215" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="B215" s="6" t="s">
+        <v>423</v>
+      </c>
+      <c r="C215" s="6">
+        <v>1989</v>
+      </c>
+      <c r="D215" s="6" t="s">
+        <v>754</v>
+      </c>
+      <c r="E215" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F215" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G215" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="H215" s="6" t="s">
+        <v>1360</v>
+      </c>
+      <c r="I215" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J215" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K215" s="6" t="s">
+        <v>1986</v>
+      </c>
+      <c r="L215" s="6" t="s">
+        <v>1987</v>
+      </c>
+      <c r="M215" s="6"/>
+      <c r="N215" s="6"/>
+    </row>
+    <row r="216" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A216" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="B216" s="6" t="s">
+        <v>614</v>
+      </c>
+      <c r="C216" s="6">
+        <v>1970</v>
+      </c>
+      <c r="D216" s="6" t="s">
+        <v>931</v>
+      </c>
+      <c r="E216" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F216" s="6" t="s">
+        <v>1595</v>
+      </c>
+      <c r="G216" s="6" t="s">
+        <v>1230</v>
+      </c>
+      <c r="H216" s="6" t="s">
+        <v>1486</v>
+      </c>
+      <c r="I216" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J216" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K216" s="6" t="s">
+        <v>1667</v>
+      </c>
+      <c r="L216" s="6" t="s">
+        <v>1988</v>
+      </c>
+      <c r="M216" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N216" s="6"/>
+    </row>
+    <row r="217" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A217" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="B217" s="6" t="s">
+        <v>600</v>
+      </c>
+      <c r="C217" s="6">
+        <v>2007</v>
+      </c>
+      <c r="D217" s="6" t="s">
+        <v>918</v>
+      </c>
+      <c r="E217" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F217" s="6" t="s">
+        <v>2283</v>
+      </c>
+      <c r="G217" s="6" t="s">
+        <v>1216</v>
+      </c>
+      <c r="H217" s="6" t="s">
+        <v>1477</v>
+      </c>
+      <c r="I217" s="6" t="s">
+        <v>1559</v>
+      </c>
+      <c r="J217" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K217" s="6" t="s">
+        <v>1600</v>
+      </c>
+      <c r="L217" s="6" t="s">
+        <v>1989</v>
+      </c>
+      <c r="M217" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N217" s="6"/>
+    </row>
+    <row r="218" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A218" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="B218" s="6" t="s">
+        <v>474</v>
+      </c>
+      <c r="C218" s="6">
+        <v>1987</v>
+      </c>
+      <c r="D218" s="6" t="s">
+        <v>802</v>
+      </c>
+      <c r="E218" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F218" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G218" s="6" t="s">
+        <v>1126</v>
+      </c>
+      <c r="H218" s="6" t="s">
+        <v>1398</v>
+      </c>
+      <c r="I218" s="6" t="s">
+        <v>1559</v>
+      </c>
+      <c r="J218" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K218" s="6" t="s">
+        <v>1782</v>
+      </c>
+      <c r="L218" s="6" t="s">
+        <v>1990</v>
+      </c>
+      <c r="M218" s="6"/>
+      <c r="N218" s="6"/>
+    </row>
+    <row r="219" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A219" s="6" t="s">
+        <v>254</v>
+      </c>
+      <c r="B219" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="C219" s="6">
+        <v>1956</v>
+      </c>
+      <c r="D219" s="6" t="s">
+        <v>916</v>
+      </c>
+      <c r="E219" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F219" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G219" s="6" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H219" s="6" t="s">
+        <v>1475</v>
+      </c>
+      <c r="I219" s="6" t="s">
+        <v>1559</v>
+      </c>
+      <c r="J219" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K219" s="6" t="s">
+        <v>1667</v>
+      </c>
+      <c r="L219" s="6" t="s">
+        <v>1991</v>
+      </c>
+      <c r="M219" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N219" s="6"/>
+    </row>
+    <row r="220" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A220" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="B220" s="6" t="s">
+        <v>648</v>
+      </c>
+      <c r="C220" s="6">
+        <v>2019</v>
+      </c>
+      <c r="D220" s="6"/>
+      <c r="E220" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F220" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G220" s="6" t="s">
+        <v>1257</v>
+      </c>
+      <c r="H220" s="6" t="s">
+        <v>1508</v>
+      </c>
+      <c r="I220" s="6" t="s">
+        <v>1559</v>
+      </c>
+      <c r="J220" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K220" s="6" t="s">
+        <v>1992</v>
+      </c>
+      <c r="L220" s="6" t="s">
+        <v>1993</v>
+      </c>
+      <c r="M220" s="6"/>
+      <c r="N220" s="6"/>
+    </row>
+    <row r="221" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A221" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="B221" s="6" t="s">
+        <v>461</v>
+      </c>
+      <c r="C221" s="6">
+        <v>2011</v>
+      </c>
+      <c r="D221" s="6" t="s">
+        <v>789</v>
+      </c>
+      <c r="E221" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F221" s="6" t="s">
+        <v>2283</v>
+      </c>
+      <c r="G221" s="6" t="s">
+        <v>1096</v>
+      </c>
+      <c r="H221" s="6" t="s">
+        <v>1372</v>
+      </c>
+      <c r="I221" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="J221" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K221" s="6" t="s">
+        <v>1669</v>
+      </c>
+      <c r="L221" s="6" t="s">
+        <v>1994</v>
+      </c>
+      <c r="M221" s="6"/>
+      <c r="N221" s="6"/>
+    </row>
+    <row r="222" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A222" s="6" t="s">
+        <v>242</v>
+      </c>
+      <c r="B222" s="6" t="s">
+        <v>586</v>
+      </c>
+      <c r="C222" s="6">
+        <v>1986</v>
+      </c>
+      <c r="D222" s="6" t="s">
+        <v>906</v>
+      </c>
+      <c r="E222" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F222" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G222" s="6" t="s">
+        <v>1207</v>
+      </c>
+      <c r="H222" s="6" t="s">
+        <v>1468</v>
+      </c>
+      <c r="I222" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J222" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K222" s="6" t="s">
+        <v>1647</v>
+      </c>
+      <c r="L222" s="6" t="s">
+        <v>1995</v>
+      </c>
+      <c r="M222" s="6"/>
+      <c r="N222" s="6"/>
+    </row>
+    <row r="223" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A223" s="6" t="s">
+        <v>313</v>
+      </c>
+      <c r="B223" s="6" t="s">
+        <v>657</v>
+      </c>
+      <c r="C223" s="6">
+        <v>2008</v>
+      </c>
+      <c r="D223" s="6" t="s">
+        <v>968</v>
+      </c>
+      <c r="E223" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F223" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G223" s="6" t="s">
+        <v>1265</v>
+      </c>
+      <c r="H223" s="6" t="s">
+        <v>1514</v>
+      </c>
+      <c r="I223" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="J223" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K223" s="6" t="s">
+        <v>1996</v>
+      </c>
+      <c r="L223" s="6" t="s">
+        <v>1997</v>
+      </c>
+      <c r="M223" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N223" s="6"/>
+    </row>
+    <row r="224" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A224" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="B224" s="6" t="s">
+        <v>471</v>
+      </c>
+      <c r="C224" s="6">
+        <v>2008</v>
+      </c>
+      <c r="D224" s="6" t="s">
+        <v>799</v>
+      </c>
+      <c r="E224" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F224" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G224" s="6" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H224" s="6" t="s">
+        <v>1397</v>
+      </c>
+      <c r="I224" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J224" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K224" s="6" t="s">
+        <v>1737</v>
+      </c>
+      <c r="L224" s="6" t="s">
+        <v>1998</v>
+      </c>
+      <c r="M224" s="6"/>
+      <c r="N224" s="6"/>
+    </row>
+    <row r="225" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A225" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="B225" s="6" t="s">
+        <v>424</v>
+      </c>
+      <c r="C225" s="6">
+        <v>2003</v>
+      </c>
+      <c r="D225" s="6" t="s">
+        <v>755</v>
+      </c>
+      <c r="E225" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F225" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G225" s="6" t="s">
+        <v>1082</v>
+      </c>
+      <c r="H225" s="6" t="s">
+        <v>1361</v>
+      </c>
+      <c r="I225" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="J225" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K225" s="6" t="s">
+        <v>1782</v>
+      </c>
+      <c r="L225" s="6" t="s">
+        <v>1999</v>
+      </c>
+      <c r="M225" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N225" s="6"/>
+    </row>
+    <row r="226" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A226" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="B226" s="6" t="s">
+        <v>487</v>
+      </c>
+      <c r="C226" s="6">
+        <v>1996</v>
+      </c>
+      <c r="D226" s="6" t="s">
+        <v>815</v>
+      </c>
+      <c r="E226" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F226" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G226" s="6" t="s">
+        <v>1136</v>
+      </c>
+      <c r="H226" s="6" t="s">
+        <v>1406</v>
+      </c>
+      <c r="I226" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J226" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K226" s="6" t="s">
+        <v>2000</v>
+      </c>
+      <c r="L226" s="6" t="s">
+        <v>2001</v>
+      </c>
+      <c r="M226" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N226" s="6"/>
+    </row>
+    <row r="227" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A227" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="B227" s="6" t="s">
+        <v>2002</v>
+      </c>
+      <c r="C227" s="6">
+        <v>2009</v>
+      </c>
+      <c r="D227" s="6"/>
+      <c r="E227" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F227" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G227" s="6" t="s">
+        <v>1186</v>
+      </c>
+      <c r="H227" s="6" t="s">
+        <v>2003</v>
+      </c>
+      <c r="I227" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J227" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K227" s="6" t="s">
+        <v>1630</v>
+      </c>
+      <c r="L227" s="6" t="s">
+        <v>2004</v>
+      </c>
+      <c r="M227" s="6"/>
+      <c r="N227" s="6"/>
+    </row>
+    <row r="228" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A228" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B228" s="6" t="s">
+        <v>380</v>
+      </c>
+      <c r="C228" s="6">
+        <v>1975</v>
+      </c>
+      <c r="D228" s="6" t="s">
+        <v>713</v>
+      </c>
+      <c r="E228" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F228" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G228" s="6" t="s">
+        <v>1042</v>
+      </c>
+      <c r="H228" s="6" t="s">
+        <v>1328</v>
+      </c>
+      <c r="I228" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J228" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K228" s="6" t="s">
+        <v>1967</v>
+      </c>
+      <c r="L228" s="6" t="s">
+        <v>2005</v>
+      </c>
+      <c r="M228" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N228" s="6"/>
+    </row>
+    <row r="229" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A229" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B229" s="6" t="s">
+        <v>535</v>
+      </c>
+      <c r="C229" s="6">
+        <v>1993</v>
+      </c>
+      <c r="D229" s="6" t="s">
+        <v>860</v>
+      </c>
+      <c r="E229" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F229" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G229" s="6" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H229" s="6" t="s">
+        <v>1437</v>
+      </c>
+      <c r="I229" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J229" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K229" s="6" t="s">
+        <v>2006</v>
+      </c>
+      <c r="L229" s="6" t="s">
+        <v>2007</v>
+      </c>
+      <c r="M229" s="6"/>
+      <c r="N229" s="6"/>
+    </row>
+    <row r="230" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A230" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="B230" s="6" t="s">
+        <v>481</v>
+      </c>
+      <c r="C230" s="6">
+        <v>2011</v>
+      </c>
+      <c r="D230" s="6" t="s">
+        <v>809</v>
+      </c>
+      <c r="E230" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F230" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G230" s="6" t="s">
+        <v>1132</v>
+      </c>
+      <c r="H230" s="6" t="s">
+        <v>1402</v>
+      </c>
+      <c r="I230" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J230" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K230" s="6" t="s">
+        <v>1608</v>
+      </c>
+      <c r="L230" s="6" t="s">
+        <v>2008</v>
+      </c>
+      <c r="M230" s="6"/>
+      <c r="N230" s="6"/>
+    </row>
+    <row r="231" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A231" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="B231" s="6" t="s">
+        <v>505</v>
+      </c>
+      <c r="C231" s="6">
+        <v>2007</v>
+      </c>
+      <c r="D231" s="6" t="s">
+        <v>833</v>
+      </c>
+      <c r="E231" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F231" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G231" s="6" t="s">
+        <v>1149</v>
+      </c>
+      <c r="H231" s="6" t="s">
+        <v>2009</v>
+      </c>
+      <c r="I231" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="J231" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K231" s="6" t="s">
+        <v>2010</v>
+      </c>
+      <c r="L231" s="6" t="s">
+        <v>2011</v>
+      </c>
+      <c r="M231" s="6"/>
+      <c r="N231" s="6"/>
+    </row>
+    <row r="232" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A232" s="6" t="s">
+        <v>350</v>
+      </c>
+      <c r="B232" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="C232" s="6">
+        <v>1997</v>
+      </c>
+      <c r="D232" s="6" t="s">
+        <v>699</v>
+      </c>
+      <c r="E232" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F232" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G232" s="6" t="s">
+        <v>1028</v>
+      </c>
+      <c r="H232" s="6" t="s">
+        <v>1316</v>
+      </c>
+      <c r="I232" s="6" t="s">
+        <v>1558</v>
+      </c>
+      <c r="J232" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K232" s="6" t="s">
+        <v>1766</v>
+      </c>
+      <c r="L232" s="6" t="s">
+        <v>2012</v>
+      </c>
+      <c r="M232" s="6"/>
+      <c r="N232" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="233" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A233" s="6" t="s">
+        <v>213</v>
+      </c>
+      <c r="B233" s="6" t="s">
+        <v>558</v>
+      </c>
+      <c r="C233" s="6">
+        <v>1974</v>
+      </c>
+      <c r="D233" s="6" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E233" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F233" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G233" s="6" t="s">
+        <v>1184</v>
+      </c>
+      <c r="H233" s="6" t="s">
+        <v>1449</v>
+      </c>
+      <c r="I233" s="6" t="s">
+        <v>1558</v>
+      </c>
+      <c r="J233" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K233" s="6" t="s">
+        <v>1808</v>
+      </c>
+      <c r="L233" s="6" t="s">
+        <v>2014</v>
+      </c>
+      <c r="M233" s="6"/>
+      <c r="N233" s="6"/>
+    </row>
+    <row r="234" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A234" s="6" t="s">
+        <v>330</v>
+      </c>
+      <c r="B234" s="6" t="s">
+        <v>673</v>
+      </c>
+      <c r="C234" s="6">
+        <v>1954</v>
+      </c>
+      <c r="D234" s="6" t="s">
+        <v>978</v>
+      </c>
+      <c r="E234" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F234" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G234" s="6" t="s">
+        <v>1273</v>
+      </c>
+      <c r="H234" s="6" t="s">
+        <v>1519</v>
+      </c>
+      <c r="I234" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J234" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K234" s="6" t="s">
+        <v>1672</v>
+      </c>
+      <c r="L234" s="6" t="s">
+        <v>2015</v>
+      </c>
+      <c r="M234" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N234" s="6"/>
+    </row>
+    <row r="235" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A235" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="B235" s="6" t="s">
+        <v>458</v>
+      </c>
+      <c r="C235" s="6">
+        <v>2013</v>
+      </c>
+      <c r="D235" s="6" t="s">
+        <v>786</v>
+      </c>
+      <c r="E235" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F235" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G235" s="6" t="s">
+        <v>1112</v>
+      </c>
+      <c r="H235" s="6" t="s">
+        <v>1386</v>
+      </c>
+      <c r="I235" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J235" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K235" s="6" t="s">
+        <v>2016</v>
+      </c>
+      <c r="L235" s="6" t="s">
+        <v>2017</v>
+      </c>
+      <c r="M235" s="6"/>
+      <c r="N235" s="6"/>
+    </row>
+    <row r="236" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A236" s="6" t="s">
+        <v>284</v>
+      </c>
+      <c r="B236" s="6" t="s">
+        <v>627</v>
+      </c>
+      <c r="C236" s="6">
+        <v>1974</v>
+      </c>
+      <c r="D236" s="6" t="s">
+        <v>942</v>
+      </c>
+      <c r="E236" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F236" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G236" s="6" t="s">
+        <v>1066</v>
+      </c>
+      <c r="H236" s="6" t="s">
+        <v>1345</v>
+      </c>
+      <c r="I236" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J236" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K236" s="6" t="s">
+        <v>1790</v>
+      </c>
+      <c r="L236" s="6" t="s">
+        <v>2018</v>
+      </c>
+      <c r="M236" s="6"/>
+      <c r="N236" s="6"/>
+    </row>
+    <row r="237" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A237" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="B237" s="6" t="s">
+        <v>452</v>
+      </c>
+      <c r="C237" s="6">
+        <v>1995</v>
+      </c>
+      <c r="D237" s="6" t="s">
+        <v>781</v>
+      </c>
+      <c r="E237" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F237" s="6" t="s">
+        <v>2283</v>
+      </c>
+      <c r="G237" s="6" t="s">
+        <v>1108</v>
+      </c>
+      <c r="H237" s="6" t="s">
+        <v>1383</v>
+      </c>
+      <c r="I237" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J237" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K237" s="6" t="s">
+        <v>1785</v>
+      </c>
+      <c r="L237" s="6" t="s">
+        <v>2019</v>
+      </c>
+      <c r="M237" s="6"/>
+      <c r="N237" s="6"/>
+    </row>
+    <row r="238" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A238" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="B238" s="6" t="s">
+        <v>453</v>
+      </c>
+      <c r="C238" s="6">
+        <v>1995</v>
+      </c>
+      <c r="D238" s="6"/>
+      <c r="E238" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F238" s="6" t="s">
+        <v>2283</v>
+      </c>
+      <c r="G238" s="6" t="s">
+        <v>1108</v>
+      </c>
+      <c r="H238" s="6" t="s">
+        <v>1383</v>
+      </c>
+      <c r="I238" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J238" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K238" s="6" t="s">
+        <v>2020</v>
+      </c>
+      <c r="L238" s="6" t="s">
+        <v>2021</v>
+      </c>
+      <c r="M238" s="6"/>
+      <c r="N238" s="6"/>
+    </row>
+    <row r="239" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A239" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="B239" s="6" t="s">
+        <v>451</v>
+      </c>
+      <c r="C239" s="6">
+        <v>2003</v>
+      </c>
+      <c r="D239" s="6" t="s">
+        <v>780</v>
+      </c>
+      <c r="E239" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F239" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G239" s="6" t="s">
+        <v>1107</v>
+      </c>
+      <c r="H239" s="6" t="s">
+        <v>1382</v>
+      </c>
+      <c r="I239" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J239" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K239" s="6" t="s">
+        <v>2022</v>
+      </c>
+      <c r="L239" s="6" t="s">
+        <v>2023</v>
+      </c>
+      <c r="M239" s="6"/>
+      <c r="N239" s="6"/>
+    </row>
+    <row r="240" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A240" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B240" s="6" t="s">
+        <v>405</v>
+      </c>
+      <c r="C240" s="6">
+        <v>2004</v>
+      </c>
+      <c r="D240" s="6" t="s">
+        <v>738</v>
+      </c>
+      <c r="E240" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F240" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G240" s="6" t="s">
+        <v>1066</v>
+      </c>
+      <c r="H240" s="6" t="s">
+        <v>1345</v>
+      </c>
+      <c r="I240" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J240" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K240" s="6" t="s">
+        <v>1618</v>
+      </c>
+      <c r="L240" s="6" t="s">
+        <v>2024</v>
+      </c>
+      <c r="M240" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N240" s="6"/>
+    </row>
+    <row r="241" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A241" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="B241" s="6" t="s">
+        <v>485</v>
+      </c>
+      <c r="C241" s="6">
+        <v>2011</v>
+      </c>
+      <c r="D241" s="6" t="s">
+        <v>813</v>
+      </c>
+      <c r="E241" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F241" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G241" s="6" t="s">
+        <v>2025</v>
+      </c>
+      <c r="H241" s="6" t="s">
+        <v>1405</v>
+      </c>
+      <c r="I241" s="6"/>
+      <c r="J241" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K241" s="6" t="s">
+        <v>1669</v>
+      </c>
+      <c r="L241" s="6" t="s">
+        <v>2026</v>
+      </c>
+      <c r="M241" s="6"/>
+      <c r="N241" s="6"/>
+    </row>
+    <row r="242" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A242" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="B242" s="6" t="s">
+        <v>572</v>
+      </c>
+      <c r="C242" s="6">
+        <v>2006</v>
+      </c>
+      <c r="D242" s="6" t="s">
+        <v>893</v>
+      </c>
+      <c r="E242" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F242" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G242" s="6" t="s">
+        <v>1197</v>
+      </c>
+      <c r="H242" s="6" t="s">
+        <v>1460</v>
+      </c>
+      <c r="I242" s="6" t="s">
+        <v>1558</v>
+      </c>
+      <c r="J242" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K242" s="6" t="s">
+        <v>1622</v>
+      </c>
+      <c r="L242" s="6" t="s">
+        <v>2027</v>
+      </c>
+      <c r="M242" s="6"/>
+      <c r="N242" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="243" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A243" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="B243" s="6" t="s">
+        <v>385</v>
+      </c>
+      <c r="C243" s="6">
+        <v>2015</v>
+      </c>
+      <c r="D243" s="6" t="s">
+        <v>718</v>
+      </c>
+      <c r="E243" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F243" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G243" s="6" t="s">
+        <v>1046</v>
+      </c>
+      <c r="H243" s="6" t="s">
+        <v>1332</v>
+      </c>
+      <c r="I243" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J243" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K243" s="6" t="s">
+        <v>1614</v>
+      </c>
+      <c r="L243" s="6" t="s">
+        <v>2028</v>
+      </c>
+      <c r="M243" s="6"/>
+      <c r="N243" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="244" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A244" s="6" t="s">
+        <v>314</v>
+      </c>
+      <c r="B244" s="6" t="s">
+        <v>658</v>
+      </c>
+      <c r="C244" s="6">
+        <v>2011</v>
+      </c>
+      <c r="D244" s="6" t="s">
+        <v>969</v>
+      </c>
+      <c r="E244" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F244" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G244" s="6" t="s">
+        <v>1266</v>
+      </c>
+      <c r="H244" s="6" t="s">
+        <v>2029</v>
+      </c>
+      <c r="I244" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J244" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K244" s="6" t="s">
+        <v>1996</v>
+      </c>
+      <c r="L244" s="6" t="s">
+        <v>2030</v>
+      </c>
+      <c r="M244" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N244" s="6"/>
+    </row>
+    <row r="245" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A245" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="B245" s="6" t="s">
+        <v>525</v>
+      </c>
+      <c r="C245" s="6">
+        <v>2013</v>
+      </c>
+      <c r="D245" s="6"/>
+      <c r="E245" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F245" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G245" s="6" t="s">
+        <v>1164</v>
+      </c>
+      <c r="H245" s="6" t="s">
+        <v>1431</v>
+      </c>
+      <c r="I245" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="J245" s="6" t="s">
+        <v>1937</v>
+      </c>
+      <c r="K245" s="6" t="s">
+        <v>2031</v>
+      </c>
+      <c r="L245" s="6" t="s">
+        <v>2032</v>
+      </c>
+      <c r="M245" s="6"/>
+      <c r="N245" s="6"/>
+    </row>
+    <row r="246" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A246" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="B246" s="6" t="s">
+        <v>516</v>
+      </c>
+      <c r="C246" s="6">
+        <v>2002</v>
+      </c>
+      <c r="D246" s="6" t="s">
+        <v>845</v>
+      </c>
+      <c r="E246" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F246" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G246" s="6" t="s">
+        <v>1157</v>
+      </c>
+      <c r="H246" s="6" t="s">
+        <v>1425</v>
+      </c>
+      <c r="I246" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J246" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K246" s="6" t="s">
+        <v>2033</v>
+      </c>
+      <c r="L246" s="6" t="s">
+        <v>2034</v>
+      </c>
+      <c r="M246" s="6"/>
+      <c r="N246" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="247" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A247" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="B247" s="6" t="s">
+        <v>521</v>
+      </c>
+      <c r="C247" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D247" s="6"/>
+      <c r="E247" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F247" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G247" s="6" t="s">
+        <v>1161</v>
+      </c>
+      <c r="H247" s="6" t="s">
+        <v>1428</v>
+      </c>
+      <c r="I247" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J247" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K247" s="6" t="s">
+        <v>1622</v>
+      </c>
+      <c r="L247" s="6" t="s">
+        <v>2035</v>
+      </c>
+      <c r="M247" s="6"/>
+      <c r="N247" s="6"/>
+    </row>
+    <row r="248" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A248" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="B248" s="6" t="s">
+        <v>519</v>
+      </c>
+      <c r="C248" s="6">
+        <v>1990</v>
+      </c>
+      <c r="D248" s="6" t="s">
+        <v>848</v>
+      </c>
+      <c r="E248" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F248" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G248" s="6" t="s">
+        <v>1160</v>
+      </c>
+      <c r="H248" s="6" t="s">
+        <v>519</v>
+      </c>
+      <c r="I248" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J248" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K248" s="6" t="s">
+        <v>2036</v>
+      </c>
+      <c r="L248" s="6" t="s">
+        <v>2037</v>
+      </c>
+      <c r="M248" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N248" s="6"/>
+    </row>
+    <row r="249" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A249" s="6" t="s">
+        <v>293</v>
+      </c>
+      <c r="B249" s="6" t="s">
+        <v>638</v>
+      </c>
+      <c r="C249" s="6">
+        <v>2008</v>
+      </c>
+      <c r="D249" s="6" t="s">
+        <v>951</v>
+      </c>
+      <c r="E249" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F249" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G249" s="6" t="s">
+        <v>1195</v>
+      </c>
+      <c r="H249" s="6" t="s">
+        <v>1458</v>
+      </c>
+      <c r="I249" s="6" t="s">
+        <v>1559</v>
+      </c>
+      <c r="J249" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K249" s="6" t="s">
+        <v>2038</v>
+      </c>
+      <c r="L249" s="6" t="s">
+        <v>2039</v>
+      </c>
+      <c r="M249" s="6"/>
+      <c r="N249" s="6"/>
+    </row>
+    <row r="250" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A250" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="B250" s="6" t="s">
+        <v>570</v>
+      </c>
+      <c r="C250" s="6">
+        <v>2005</v>
+      </c>
+      <c r="D250" s="6" t="s">
+        <v>891</v>
+      </c>
+      <c r="E250" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F250" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G250" s="6" t="s">
+        <v>1195</v>
+      </c>
+      <c r="H250" s="6" t="s">
+        <v>1458</v>
+      </c>
+      <c r="I250" s="6" t="s">
+        <v>1559</v>
+      </c>
+      <c r="J250" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K250" s="6" t="s">
+        <v>2040</v>
+      </c>
+      <c r="L250" s="6" t="s">
+        <v>2041</v>
+      </c>
+      <c r="M250" s="6"/>
+      <c r="N250" s="6"/>
+    </row>
+    <row r="251" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A251" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="B251" s="6" t="s">
+        <v>2042</v>
+      </c>
+      <c r="C251" s="6">
+        <v>1967</v>
+      </c>
+      <c r="D251" s="6" t="s">
+        <v>839</v>
+      </c>
+      <c r="E251" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F251" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G251" s="6" t="s">
+        <v>1154</v>
+      </c>
+      <c r="H251" s="6" t="s">
+        <v>1423</v>
+      </c>
+      <c r="I251" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J251" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K251" s="6" t="s">
+        <v>2043</v>
+      </c>
+      <c r="L251" s="6" t="s">
+        <v>2044</v>
+      </c>
+      <c r="M251" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N251" s="6"/>
+    </row>
+    <row r="252" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A252" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="B252" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="C252" s="6">
+        <v>1991</v>
+      </c>
+      <c r="D252" s="6" t="s">
+        <v>794</v>
+      </c>
+      <c r="E252" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F252" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G252" s="6" t="s">
+        <v>1120</v>
+      </c>
+      <c r="H252" s="6" t="s">
+        <v>1393</v>
+      </c>
+      <c r="I252" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J252" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K252" s="6" t="s">
+        <v>1687</v>
+      </c>
+      <c r="L252" s="6" t="s">
+        <v>2045</v>
+      </c>
+      <c r="M252" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N252" s="6"/>
+    </row>
+    <row r="253" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A253" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="B253" s="6" t="s">
+        <v>564</v>
+      </c>
+      <c r="C253" s="6">
+        <v>2008</v>
+      </c>
+      <c r="D253" s="6" t="s">
+        <v>885</v>
+      </c>
+      <c r="E253" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F253" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G253" s="6" t="s">
+        <v>1190</v>
+      </c>
+      <c r="H253" s="6" t="s">
+        <v>1453</v>
+      </c>
+      <c r="I253" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J253" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K253" s="6" t="s">
+        <v>1725</v>
+      </c>
+      <c r="L253" s="6" t="s">
+        <v>2046</v>
+      </c>
+      <c r="M253" s="6"/>
+      <c r="N253" s="6"/>
+    </row>
+    <row r="254" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A254" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B254" s="6" t="s">
+        <v>384</v>
+      </c>
+      <c r="C254" s="6">
+        <v>2003</v>
+      </c>
+      <c r="D254" s="6" t="s">
+        <v>717</v>
+      </c>
+      <c r="E254" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F254" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G254" s="6" t="s">
+        <v>1045</v>
+      </c>
+      <c r="H254" s="6" t="s">
+        <v>1331</v>
+      </c>
+      <c r="I254" s="6" t="s">
+        <v>1559</v>
+      </c>
+      <c r="J254" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K254" s="6" t="s">
+        <v>1697</v>
+      </c>
+      <c r="L254" s="6" t="s">
+        <v>2047</v>
+      </c>
+      <c r="M254" s="6"/>
+      <c r="N254" s="6"/>
+    </row>
+    <row r="255" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A255" s="6" t="s">
+        <v>353</v>
+      </c>
+      <c r="B255" s="6" t="s">
+        <v>412</v>
+      </c>
+      <c r="C255" s="6">
+        <v>1991</v>
+      </c>
+      <c r="D255" s="6"/>
+      <c r="E255" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F255" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G255" s="6" t="s">
+        <v>1072</v>
+      </c>
+      <c r="H255" s="6" t="s">
+        <v>1351</v>
+      </c>
+      <c r="I255" s="6" t="s">
+        <v>1554</v>
+      </c>
+      <c r="J255" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K255" s="6" t="s">
+        <v>2048</v>
+      </c>
+      <c r="L255" s="6" t="s">
+        <v>2049</v>
+      </c>
+      <c r="M255" s="6"/>
+      <c r="N255" s="6"/>
+    </row>
+    <row r="256" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A256" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="B256" s="6" t="s">
+        <v>419</v>
+      </c>
+      <c r="C256" s="6">
+        <v>1993</v>
+      </c>
+      <c r="D256" s="6" t="s">
+        <v>750</v>
+      </c>
+      <c r="E256" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F256" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G256" s="6" t="s">
+        <v>2050</v>
+      </c>
+      <c r="H256" s="6" t="s">
+        <v>1357</v>
+      </c>
+      <c r="I256" s="6"/>
+      <c r="J256" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K256" s="6" t="s">
+        <v>1667</v>
+      </c>
+      <c r="L256" s="6" t="s">
+        <v>2051</v>
+      </c>
+      <c r="M256" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N256" s="6"/>
+    </row>
+    <row r="257" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A257" s="6" t="s">
+        <v>309</v>
+      </c>
+      <c r="B257" s="6" t="s">
+        <v>653</v>
+      </c>
+      <c r="C257" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D257" s="6" t="s">
+        <v>964</v>
+      </c>
+      <c r="E257" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F257" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G257" s="6" t="s">
+        <v>1262</v>
+      </c>
+      <c r="H257" s="6" t="s">
+        <v>1512</v>
+      </c>
+      <c r="I257" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J257" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K257" s="6" t="s">
+        <v>2052</v>
+      </c>
+      <c r="L257" s="6" t="s">
+        <v>2053</v>
+      </c>
+      <c r="M257" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N257" s="6"/>
+    </row>
+    <row r="258" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A258" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="B258" s="6" t="s">
+        <v>422</v>
+      </c>
+      <c r="C258" s="6">
+        <v>2006</v>
+      </c>
+      <c r="D258" s="6" t="s">
+        <v>753</v>
+      </c>
+      <c r="E258" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F258" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G258" s="6" t="s">
+        <v>1080</v>
+      </c>
+      <c r="H258" s="6" t="s">
+        <v>1359</v>
+      </c>
+      <c r="I258" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="J258" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K258" s="6" t="s">
+        <v>1600</v>
+      </c>
+      <c r="L258" s="6" t="s">
+        <v>2054</v>
+      </c>
+      <c r="M258" s="6"/>
+      <c r="N258" s="6"/>
+    </row>
+    <row r="259" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A259" s="6" t="s">
+        <v>311</v>
+      </c>
+      <c r="B259" s="6" t="s">
+        <v>655</v>
+      </c>
+      <c r="C259" s="6">
+        <v>1956</v>
+      </c>
+      <c r="D259" s="6" t="s">
+        <v>966</v>
+      </c>
+      <c r="E259" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F259" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G259" s="6" t="s">
+        <v>1264</v>
+      </c>
+      <c r="H259" s="6" t="s">
+        <v>1513</v>
+      </c>
+      <c r="I259" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J259" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K259" s="6" t="s">
+        <v>1618</v>
+      </c>
+      <c r="L259" s="6" t="s">
+        <v>2055</v>
+      </c>
+      <c r="M259" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N259" s="6"/>
+    </row>
+    <row r="260" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A260" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B260" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="C260" s="6">
+        <v>1973</v>
+      </c>
+      <c r="D260" s="6" t="s">
+        <v>696</v>
+      </c>
+      <c r="E260" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F260" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G260" s="6" t="s">
+        <v>1024</v>
+      </c>
+      <c r="H260" s="6" t="s">
+        <v>1313</v>
+      </c>
+      <c r="I260" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J260" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K260" s="6" t="s">
+        <v>1681</v>
+      </c>
+      <c r="L260" s="6" t="s">
+        <v>2056</v>
+      </c>
+      <c r="M260" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N260" s="6"/>
+    </row>
+    <row r="261" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A261" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="B261" s="6" t="s">
+        <v>645</v>
+      </c>
+      <c r="C261" s="6">
+        <v>1970</v>
+      </c>
+      <c r="D261" s="6" t="s">
+        <v>957</v>
+      </c>
+      <c r="E261" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F261" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G261" s="6" t="s">
+        <v>1255</v>
+      </c>
+      <c r="H261" s="6" t="s">
+        <v>1506</v>
+      </c>
+      <c r="I261" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J261" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K261" s="6" t="s">
+        <v>1679</v>
+      </c>
+      <c r="L261" s="6" t="s">
+        <v>2057</v>
+      </c>
+      <c r="M261" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N261" s="6"/>
+    </row>
+    <row r="262" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A262" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="B262" s="6" t="s">
+        <v>482</v>
+      </c>
+      <c r="C262" s="6">
+        <v>2009</v>
+      </c>
+      <c r="D262" s="6" t="s">
+        <v>810</v>
+      </c>
+      <c r="E262" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F262" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G262" s="6" t="s">
+        <v>1090</v>
+      </c>
+      <c r="H262" s="6" t="s">
+        <v>1368</v>
+      </c>
+      <c r="I262" s="6" t="s">
+        <v>1555</v>
+      </c>
+      <c r="J262" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K262" s="6" t="s">
+        <v>1880</v>
+      </c>
+      <c r="L262" s="6" t="s">
+        <v>2058</v>
+      </c>
+      <c r="M262" s="6"/>
+      <c r="N262" s="6"/>
+    </row>
+    <row r="263" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A263" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="B263" s="6" t="s">
+        <v>462</v>
+      </c>
+      <c r="C263" s="6">
+        <v>1996</v>
+      </c>
+      <c r="D263" s="6"/>
+      <c r="E263" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F263" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G263" s="6" t="s">
+        <v>1115</v>
+      </c>
+      <c r="H263" s="6" t="s">
+        <v>1389</v>
+      </c>
+      <c r="I263" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="J263" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K263" s="6" t="s">
+        <v>2059</v>
+      </c>
+      <c r="L263" s="6" t="s">
+        <v>2060</v>
+      </c>
+      <c r="M263" s="6"/>
+      <c r="N263" s="6"/>
+    </row>
+    <row r="264" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A264" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="B264" s="6" t="s">
+        <v>465</v>
+      </c>
+      <c r="C264" s="6">
+        <v>1963</v>
+      </c>
+      <c r="D264" s="6" t="s">
+        <v>792</v>
+      </c>
+      <c r="E264" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F264" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G264" s="6" t="s">
+        <v>1118</v>
+      </c>
+      <c r="H264" s="6" t="s">
+        <v>1391</v>
+      </c>
+      <c r="I264" s="6" t="s">
+        <v>1554</v>
+      </c>
+      <c r="J264" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K264" s="6" t="s">
+        <v>2061</v>
+      </c>
+      <c r="L264" s="6" t="s">
+        <v>2062</v>
+      </c>
+      <c r="M264" s="6"/>
+      <c r="N264" s="6"/>
+    </row>
+    <row r="265" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A265" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B265" s="6" t="s">
+        <v>363</v>
+      </c>
+      <c r="C265" s="6">
+        <v>1995</v>
+      </c>
+      <c r="D265" s="6" t="s">
+        <v>697</v>
+      </c>
+      <c r="E265" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F265" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G265" s="6" t="s">
+        <v>1025</v>
+      </c>
+      <c r="H265" s="6" t="s">
+        <v>1314</v>
+      </c>
+      <c r="I265" s="6" t="s">
+        <v>1555</v>
+      </c>
+      <c r="J265" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K265" s="6" t="s">
+        <v>1795</v>
+      </c>
+      <c r="L265" s="6" t="s">
+        <v>2063</v>
+      </c>
+      <c r="M265" s="6"/>
+      <c r="N265" s="6"/>
+    </row>
+    <row r="266" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A266" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B266" s="6" t="s">
+        <v>360</v>
+      </c>
+      <c r="C266" s="6">
+        <v>1977</v>
+      </c>
+      <c r="D266" s="6" t="s">
+        <v>694</v>
+      </c>
+      <c r="E266" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F266" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G266" s="6" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H266" s="6" t="s">
+        <v>1311</v>
+      </c>
+      <c r="I266" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J266" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K266" s="6" t="s">
+        <v>2064</v>
+      </c>
+      <c r="L266" s="6" t="s">
+        <v>2065</v>
+      </c>
+      <c r="M266" s="6"/>
+      <c r="N266" s="6"/>
+    </row>
+    <row r="267" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A267" s="6" t="s">
+        <v>231</v>
+      </c>
+      <c r="B267" s="6" t="s">
+        <v>575</v>
+      </c>
+      <c r="C267" s="6">
+        <v>2007</v>
+      </c>
+      <c r="D267" s="6" t="s">
+        <v>896</v>
+      </c>
+      <c r="E267" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F267" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G267" s="6" t="s">
+        <v>1032</v>
+      </c>
+      <c r="H267" s="6" t="s">
+        <v>1320</v>
+      </c>
+      <c r="I267" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J267" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K267" s="6" t="s">
+        <v>1612</v>
+      </c>
+      <c r="L267" s="6" t="s">
+        <v>2066</v>
+      </c>
+      <c r="M267" s="6"/>
+      <c r="N267" s="6"/>
+    </row>
+    <row r="268" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A268" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B268" s="6" t="s">
+        <v>612</v>
+      </c>
+      <c r="C268" s="6">
+        <v>1971</v>
+      </c>
+      <c r="D268" s="6" t="s">
+        <v>929</v>
+      </c>
+      <c r="E268" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F268" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G268" s="6" t="s">
+        <v>1228</v>
+      </c>
+      <c r="H268" s="6" t="s">
+        <v>1485</v>
+      </c>
+      <c r="I268" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J268" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K268" s="6" t="s">
+        <v>2067</v>
+      </c>
+      <c r="L268" s="6" t="s">
+        <v>2068</v>
+      </c>
+      <c r="M268" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N268" s="6"/>
+    </row>
+    <row r="269" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A269" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B269" s="6" t="s">
+        <v>397</v>
+      </c>
+      <c r="C269" s="6">
+        <v>1988</v>
+      </c>
+      <c r="D269" s="6" t="s">
+        <v>730</v>
+      </c>
+      <c r="E269" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F269" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G269" s="6" t="s">
+        <v>1058</v>
+      </c>
+      <c r="H269" s="6" t="s">
+        <v>1340</v>
+      </c>
+      <c r="I269" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J269" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K269" s="6" t="s">
+        <v>1667</v>
+      </c>
+      <c r="L269" s="6" t="s">
+        <v>2069</v>
+      </c>
+      <c r="M269" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N269" s="6"/>
+    </row>
+    <row r="270" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A270" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="B270" s="6" t="s">
+        <v>473</v>
+      </c>
+      <c r="C270" s="6">
+        <v>1996</v>
+      </c>
+      <c r="D270" s="6" t="s">
+        <v>801</v>
+      </c>
+      <c r="E270" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F270" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G270" s="6" t="s">
+        <v>1115</v>
+      </c>
+      <c r="H270" s="6" t="s">
+        <v>1389</v>
+      </c>
+      <c r="I270" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="J270" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K270" s="6" t="s">
+        <v>1672</v>
+      </c>
+      <c r="L270" s="6" t="s">
+        <v>2070</v>
+      </c>
+      <c r="M270" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N270" s="6"/>
+    </row>
+    <row r="271" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A271" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B271" s="6" t="s">
+        <v>532</v>
+      </c>
+      <c r="C271" s="6">
+        <v>2013</v>
+      </c>
+      <c r="D271" s="6" t="s">
+        <v>857</v>
+      </c>
+      <c r="E271" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F271" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G271" s="6" t="s">
+        <v>1164</v>
+      </c>
+      <c r="H271" s="6" t="s">
+        <v>1431</v>
+      </c>
+      <c r="I271" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="J271" s="6" t="s">
+        <v>1937</v>
+      </c>
+      <c r="K271" s="6" t="s">
+        <v>2010</v>
+      </c>
+      <c r="L271" s="6" t="s">
+        <v>2071</v>
+      </c>
+      <c r="M271" s="6"/>
+      <c r="N271" s="6"/>
+    </row>
+    <row r="272" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A272" s="6" t="s">
+        <v>352</v>
+      </c>
+      <c r="B272" s="6" t="s">
+        <v>398</v>
+      </c>
+      <c r="C272" s="6">
+        <v>1995</v>
+      </c>
+      <c r="D272" s="6" t="s">
+        <v>731</v>
+      </c>
+      <c r="E272" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F272" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G272" s="6" t="s">
+        <v>1059</v>
+      </c>
+      <c r="H272" s="6" t="s">
+        <v>1341</v>
+      </c>
+      <c r="I272" s="6" t="s">
+        <v>1558</v>
+      </c>
+      <c r="J272" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K272" s="6" t="s">
+        <v>2048</v>
+      </c>
+      <c r="L272" s="6" t="s">
+        <v>2072</v>
+      </c>
+      <c r="M272" s="6"/>
+      <c r="N272" s="6"/>
+    </row>
+    <row r="273" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A273" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="B273" s="6" t="s">
+        <v>475</v>
+      </c>
+      <c r="C273" s="6">
+        <v>2003</v>
+      </c>
+      <c r="D273" s="6"/>
+      <c r="E273" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F273" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G273" s="6" t="s">
+        <v>1145</v>
+      </c>
+      <c r="H273" s="6" t="s">
+        <v>1416</v>
+      </c>
+      <c r="I273" s="6" t="s">
+        <v>1558</v>
+      </c>
+      <c r="J273" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K273" s="6" t="s">
+        <v>2022</v>
+      </c>
+      <c r="L273" s="6" t="s">
+        <v>2073</v>
+      </c>
+      <c r="M273" s="6"/>
+      <c r="N273" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="274" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A274" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="B274" s="6" t="s">
+        <v>479</v>
+      </c>
+      <c r="C274" s="6">
+        <v>1967</v>
+      </c>
+      <c r="D274" s="6" t="s">
+        <v>807</v>
+      </c>
+      <c r="E274" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F274" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G274" s="6" t="s">
+        <v>1130</v>
+      </c>
+      <c r="H274" s="6" t="s">
+        <v>1400</v>
+      </c>
+      <c r="I274" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J274" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K274" s="6" t="s">
+        <v>2043</v>
+      </c>
+      <c r="L274" s="6" t="s">
+        <v>2074</v>
+      </c>
+      <c r="M274" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N274" s="6"/>
+    </row>
+    <row r="275" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A275" s="6" t="s">
+        <v>197</v>
+      </c>
+      <c r="B275" s="6" t="s">
+        <v>541</v>
+      </c>
+      <c r="C275" s="6">
+        <v>2007</v>
+      </c>
+      <c r="D275" s="6"/>
+      <c r="E275" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F275" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G275" s="6" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H275" s="6" t="s">
+        <v>1440</v>
+      </c>
+      <c r="I275" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J275" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K275" s="6" t="s">
+        <v>2075</v>
+      </c>
+      <c r="L275" s="6" t="s">
+        <v>2076</v>
+      </c>
+      <c r="M275" s="6"/>
+      <c r="N275" s="6"/>
+    </row>
+    <row r="276" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A276" s="6" t="s">
+        <v>2301</v>
+      </c>
+      <c r="B276" s="6" t="s">
+        <v>541</v>
+      </c>
+      <c r="C276" s="6">
+        <v>2005</v>
+      </c>
+      <c r="D276" s="6"/>
+      <c r="E276" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F276" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G276" s="6" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H276" s="6" t="s">
+        <v>1440</v>
+      </c>
+      <c r="I276" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J276" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K276" s="6" t="s">
+        <v>2077</v>
+      </c>
+      <c r="L276" s="6" t="s">
+        <v>2078</v>
+      </c>
+      <c r="M276" s="6"/>
+      <c r="N276" s="6"/>
+    </row>
+    <row r="277" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A277" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="B277" s="6" t="s">
+        <v>469</v>
+      </c>
+      <c r="C277" s="6">
+        <v>1996</v>
+      </c>
+      <c r="D277" s="6" t="s">
+        <v>797</v>
+      </c>
+      <c r="E277" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F277" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G277" s="6" t="s">
+        <v>1123</v>
+      </c>
+      <c r="H277" s="6" t="s">
+        <v>1395</v>
+      </c>
+      <c r="I277" s="6" t="s">
+        <v>1556</v>
+      </c>
+      <c r="J277" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K277" s="6" t="s">
+        <v>2079</v>
+      </c>
+      <c r="L277" s="6" t="s">
+        <v>2080</v>
+      </c>
+      <c r="M277" s="6"/>
+      <c r="N277" s="6"/>
+    </row>
+    <row r="278" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A278" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="B278" s="6" t="s">
+        <v>414</v>
+      </c>
+      <c r="C278" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D278" s="6" t="s">
+        <v>745</v>
+      </c>
+      <c r="E278" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F278" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G278" s="6" t="s">
+        <v>1073</v>
+      </c>
+      <c r="H278" s="6" t="s">
+        <v>1353</v>
+      </c>
+      <c r="I278" s="6" t="s">
+        <v>1556</v>
+      </c>
+      <c r="J278" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K278" s="6" t="s">
+        <v>2081</v>
+      </c>
+      <c r="L278" s="6" t="s">
+        <v>2082</v>
+      </c>
+      <c r="M278" s="6"/>
+      <c r="N278" s="6"/>
+    </row>
+    <row r="279" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A279" s="6" t="s">
+        <v>299</v>
+      </c>
+      <c r="B279" s="6" t="s">
+        <v>644</v>
+      </c>
+      <c r="C279" s="6">
+        <v>1998</v>
+      </c>
+      <c r="D279" s="6" t="s">
+        <v>956</v>
+      </c>
+      <c r="E279" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F279" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G279" s="6" t="s">
+        <v>1254</v>
+      </c>
+      <c r="H279" s="6" t="s">
+        <v>1505</v>
+      </c>
+      <c r="I279" s="6" t="s">
+        <v>1566</v>
+      </c>
+      <c r="J279" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K279" s="6" t="s">
+        <v>1705</v>
+      </c>
+      <c r="L279" s="6" t="s">
+        <v>2083</v>
+      </c>
+      <c r="M279" s="6"/>
+      <c r="N279" s="6"/>
+    </row>
+    <row r="280" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A280" s="6" t="s">
+        <v>204</v>
+      </c>
+      <c r="B280" s="6" t="s">
+        <v>548</v>
+      </c>
+      <c r="C280" s="6">
+        <v>1982</v>
+      </c>
+      <c r="D280" s="6" t="s">
+        <v>872</v>
+      </c>
+      <c r="E280" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F280" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G280" s="6" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H280" s="6" t="s">
+        <v>1344</v>
+      </c>
+      <c r="I280" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J280" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K280" s="6" t="s">
+        <v>2084</v>
+      </c>
+      <c r="L280" s="6" t="s">
+        <v>2085</v>
+      </c>
+      <c r="M280" s="6"/>
+      <c r="N280" s="6"/>
+    </row>
+    <row r="281" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A281" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="B281" s="6" t="s">
+        <v>371</v>
+      </c>
+      <c r="C281" s="6">
+        <v>1985</v>
+      </c>
+      <c r="D281" s="6" t="s">
         <v>704</v>
       </c>
-      <c r="E8" s="3" t="s">
-[...2 lines deleted...]
-      <c r="F8" s="3" t="s">
+      <c r="E281" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F281" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G281" s="6" t="s">
+        <v>1033</v>
+      </c>
+      <c r="H281" s="6" t="s">
+        <v>1321</v>
+      </c>
+      <c r="I281" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J281" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K281" s="6" t="s">
+        <v>2086</v>
+      </c>
+      <c r="L281" s="6" t="s">
+        <v>2087</v>
+      </c>
+      <c r="M281" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N281" s="6"/>
+    </row>
+    <row r="282" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A282" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="B282" s="6" t="s">
+        <v>478</v>
+      </c>
+      <c r="C282" s="6">
+        <v>1950</v>
+      </c>
+      <c r="D282" s="6" t="s">
+        <v>806</v>
+      </c>
+      <c r="E282" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F282" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G282" s="6" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H282" s="6" t="s">
+        <v>1399</v>
+      </c>
+      <c r="I282" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J282" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K282" s="6" t="s">
+        <v>1667</v>
+      </c>
+      <c r="L282" s="6" t="s">
+        <v>2088</v>
+      </c>
+      <c r="M282" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N282" s="6"/>
+    </row>
+    <row r="283" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A283" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="B283" s="6" t="s">
+        <v>603</v>
+      </c>
+      <c r="C283" s="6">
+        <v>1996</v>
+      </c>
+      <c r="D283" s="6" t="s">
+        <v>922</v>
+      </c>
+      <c r="E283" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F283" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G283" s="6" t="s">
+        <v>1220</v>
+      </c>
+      <c r="H283" s="6" t="s">
+        <v>1479</v>
+      </c>
+      <c r="I283" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J283" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K283" s="6" t="s">
+        <v>2000</v>
+      </c>
+      <c r="L283" s="6" t="s">
+        <v>2089</v>
+      </c>
+      <c r="M283" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N283" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="284" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A284" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B284" s="6" t="s">
+        <v>528</v>
+      </c>
+      <c r="C284" s="6">
+        <v>1999</v>
+      </c>
+      <c r="D284" s="6" t="s">
+        <v>854</v>
+      </c>
+      <c r="E284" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F284" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G284" s="6" t="s">
+        <v>1166</v>
+      </c>
+      <c r="H284" s="6" t="s">
+        <v>1433</v>
+      </c>
+      <c r="I284" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J284" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K284" s="6" t="s">
+        <v>2090</v>
+      </c>
+      <c r="L284" s="6" t="s">
+        <v>2091</v>
+      </c>
+      <c r="M284" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N284" s="6"/>
+    </row>
+    <row r="285" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A285" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="B285" s="6" t="s">
+        <v>529</v>
+      </c>
+      <c r="C285" s="6">
+        <v>1990</v>
+      </c>
+      <c r="D285" s="6" t="s">
+        <v>855</v>
+      </c>
+      <c r="E285" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F285" s="6" t="s">
+        <v>2283</v>
+      </c>
+      <c r="G285" s="6" t="s">
+        <v>1167</v>
+      </c>
+      <c r="H285" s="6" t="s">
+        <v>1434</v>
+      </c>
+      <c r="I285" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J285" s="6" t="s">
+        <v>1694</v>
+      </c>
+      <c r="K285" s="6" t="s">
+        <v>1627</v>
+      </c>
+      <c r="L285" s="6" t="s">
+        <v>2092</v>
+      </c>
+      <c r="M285" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N285" s="6"/>
+    </row>
+    <row r="286" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A286" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="B286" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="C286" s="6">
+        <v>1974</v>
+      </c>
+      <c r="D286" s="6" t="s">
+        <v>779</v>
+      </c>
+      <c r="E286" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F286" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G286" s="6" t="s">
+        <v>1106</v>
+      </c>
+      <c r="H286" s="6" t="s">
+        <v>1381</v>
+      </c>
+      <c r="I286" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J286" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K286" s="6" t="s">
+        <v>2093</v>
+      </c>
+      <c r="L286" s="6" t="s">
+        <v>2094</v>
+      </c>
+      <c r="M286" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N286" s="6"/>
+    </row>
+    <row r="287" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A287" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B287" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="C287" s="6">
+        <v>2006</v>
+      </c>
+      <c r="D287" s="6" t="s">
+        <v>711</v>
+      </c>
+      <c r="E287" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F287" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G287" s="6" t="s">
+        <v>1040</v>
+      </c>
+      <c r="H287" s="6" t="s">
+        <v>1327</v>
+      </c>
+      <c r="I287" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J287" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K287" s="6" t="s">
+        <v>1687</v>
+      </c>
+      <c r="L287" s="6" t="s">
+        <v>2095</v>
+      </c>
+      <c r="M287" s="6"/>
+      <c r="N287" s="6"/>
+    </row>
+    <row r="288" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A288" s="6" t="s">
+        <v>246</v>
+      </c>
+      <c r="B288" s="6" t="s">
+        <v>590</v>
+      </c>
+      <c r="C288" s="6">
+        <v>2012</v>
+      </c>
+      <c r="D288" s="6" t="s">
+        <v>2096</v>
+      </c>
+      <c r="E288" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F288" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G288" s="6" t="s">
+        <v>1209</v>
+      </c>
+      <c r="H288" s="6" t="s">
+        <v>1470</v>
+      </c>
+      <c r="I288" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J288" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K288" s="6" t="s">
+        <v>1705</v>
+      </c>
+      <c r="L288" s="6" t="s">
+        <v>2097</v>
+      </c>
+      <c r="M288" s="6"/>
+      <c r="N288" s="6"/>
+    </row>
+    <row r="289" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A289" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="B289" s="6" t="s">
+        <v>609</v>
+      </c>
+      <c r="C289" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D289" s="6" t="s">
+        <v>927</v>
+      </c>
+      <c r="E289" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F289" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G289" s="6" t="s">
+        <v>1225</v>
+      </c>
+      <c r="H289" s="6" t="s">
+        <v>1484</v>
+      </c>
+      <c r="I289" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J289" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K289" s="6" t="s">
+        <v>2052</v>
+      </c>
+      <c r="L289" s="6" t="s">
+        <v>2098</v>
+      </c>
+      <c r="M289" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N289" s="6"/>
+    </row>
+    <row r="290" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A290" s="6" t="s">
+        <v>283</v>
+      </c>
+      <c r="B290" s="6" t="s">
+        <v>626</v>
+      </c>
+      <c r="C290" s="6">
+        <v>2006</v>
+      </c>
+      <c r="D290" s="6" t="s">
+        <v>941</v>
+      </c>
+      <c r="E290" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F290" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G290" s="6" t="s">
+        <v>1241</v>
+      </c>
+      <c r="H290" s="6" t="s">
+        <v>1496</v>
+      </c>
+      <c r="I290" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J290" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K290" s="6" t="s">
+        <v>1687</v>
+      </c>
+      <c r="L290" s="6" t="s">
+        <v>2099</v>
+      </c>
+      <c r="M290" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N290" s="6"/>
+    </row>
+    <row r="291" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A291" s="6" t="s">
+        <v>243</v>
+      </c>
+      <c r="B291" s="6" t="s">
+        <v>587</v>
+      </c>
+      <c r="C291" s="6">
+        <v>2018</v>
+      </c>
+      <c r="D291" s="6" t="s">
+        <v>907</v>
+      </c>
+      <c r="E291" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F291" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G291" s="6" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H291" s="6" t="s">
+        <v>1344</v>
+      </c>
+      <c r="I291" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J291" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K291" s="6" t="s">
+        <v>1597</v>
+      </c>
+      <c r="L291" s="6" t="s">
+        <v>2100</v>
+      </c>
+      <c r="M291" s="6"/>
+      <c r="N291" s="6"/>
+    </row>
+    <row r="292" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A292" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="B292" s="6" t="s">
+        <v>592</v>
+      </c>
+      <c r="C292" s="6">
+        <v>2004</v>
+      </c>
+      <c r="D292" s="6" t="s">
+        <v>911</v>
+      </c>
+      <c r="E292" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F292" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G292" s="6" t="s">
+        <v>1211</v>
+      </c>
+      <c r="H292" s="6" t="s">
+        <v>1472</v>
+      </c>
+      <c r="I292" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J292" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K292" s="6" t="s">
+        <v>1681</v>
+      </c>
+      <c r="L292" s="6" t="s">
+        <v>2101</v>
+      </c>
+      <c r="M292" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N292" s="6"/>
+    </row>
+    <row r="293" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A293" s="6" t="s">
+        <v>252</v>
+      </c>
+      <c r="B293" s="6" t="s">
+        <v>596</v>
+      </c>
+      <c r="C293" s="6">
+        <v>2004</v>
+      </c>
+      <c r="D293" s="6" t="s">
+        <v>914</v>
+      </c>
+      <c r="E293" s="6" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F293" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G293" s="6" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H293" s="6" t="s">
+        <v>1376</v>
+      </c>
+      <c r="I293" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J293" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K293" s="6" t="s">
+        <v>2102</v>
+      </c>
+      <c r="L293" s="6" t="s">
+        <v>2103</v>
+      </c>
+      <c r="M293" s="6"/>
+      <c r="N293" s="6"/>
+    </row>
+    <row r="294" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A294" s="6" t="s">
+        <v>308</v>
+      </c>
+      <c r="B294" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="C294" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D294" s="6" t="s">
+        <v>963</v>
+      </c>
+      <c r="E294" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F294" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G294" s="6" t="s">
+        <v>1261</v>
+      </c>
+      <c r="H294" s="6" t="s">
+        <v>1511</v>
+      </c>
+      <c r="I294" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J294" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K294" s="6" t="s">
+        <v>1597</v>
+      </c>
+      <c r="L294" s="6" t="s">
+        <v>2104</v>
+      </c>
+      <c r="M294" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N294" s="6"/>
+    </row>
+    <row r="295" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A295" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="B295" s="6" t="s">
+        <v>593</v>
+      </c>
+      <c r="C295" s="6">
+        <v>2004</v>
+      </c>
+      <c r="D295" s="6" t="s">
+        <v>912</v>
+      </c>
+      <c r="E295" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F295" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G295" s="6" t="s">
+        <v>1212</v>
+      </c>
+      <c r="H295" s="6" t="s">
+        <v>1473</v>
+      </c>
+      <c r="I295" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J295" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K295" s="6" t="s">
+        <v>1633</v>
+      </c>
+      <c r="L295" s="6" t="s">
+        <v>2105</v>
+      </c>
+      <c r="M295" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N295" s="6"/>
+    </row>
+    <row r="296" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A296" s="6" t="s">
+        <v>274</v>
+      </c>
+      <c r="B296" s="6" t="s">
+        <v>617</v>
+      </c>
+      <c r="C296" s="6">
+        <v>2004</v>
+      </c>
+      <c r="D296" s="6" t="s">
+        <v>933</v>
+      </c>
+      <c r="E296" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F296" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G296" s="6" t="s">
+        <v>1233</v>
+      </c>
+      <c r="H296" s="6" t="s">
+        <v>1489</v>
+      </c>
+      <c r="I296" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J296" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K296" s="6" t="s">
+        <v>1684</v>
+      </c>
+      <c r="L296" s="6" t="s">
+        <v>2106</v>
+      </c>
+      <c r="M296" s="6"/>
+      <c r="N296" s="6"/>
+    </row>
+    <row r="297" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A297" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="B297" s="6" t="s">
+        <v>496</v>
+      </c>
+      <c r="C297" s="6">
+        <v>1999</v>
+      </c>
+      <c r="D297" s="6" t="s">
+        <v>824</v>
+      </c>
+      <c r="E297" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F297" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G297" s="6" t="s">
+        <v>1143</v>
+      </c>
+      <c r="H297" s="6" t="s">
+        <v>1413</v>
+      </c>
+      <c r="I297" s="6" t="s">
+        <v>1558</v>
+      </c>
+      <c r="J297" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K297" s="6" t="s">
+        <v>2107</v>
+      </c>
+      <c r="L297" s="6" t="s">
+        <v>2108</v>
+      </c>
+      <c r="M297" s="6"/>
+      <c r="N297" s="6"/>
+    </row>
+    <row r="298" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A298" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="B298" s="6" t="s">
+        <v>618</v>
+      </c>
+      <c r="C298" s="6">
+        <v>1971</v>
+      </c>
+      <c r="D298" s="6" t="s">
+        <v>934</v>
+      </c>
+      <c r="E298" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F298" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G298" s="6" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H298" s="6" t="s">
+        <v>1490</v>
+      </c>
+      <c r="I298" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J298" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K298" s="6" t="s">
+        <v>2067</v>
+      </c>
+      <c r="L298" s="6" t="s">
+        <v>2109</v>
+      </c>
+      <c r="M298" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N298" s="6"/>
+    </row>
+    <row r="299" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A299" s="6" t="s">
+        <v>273</v>
+      </c>
+      <c r="B299" s="6" t="s">
+        <v>616</v>
+      </c>
+      <c r="C299" s="6">
+        <v>1973</v>
+      </c>
+      <c r="D299" s="6" t="s">
+        <v>726</v>
+      </c>
+      <c r="E299" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F299" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G299" s="6" t="s">
+        <v>1232</v>
+      </c>
+      <c r="H299" s="6" t="s">
+        <v>1488</v>
+      </c>
+      <c r="I299" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J299" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K299" s="6" t="s">
+        <v>1808</v>
+      </c>
+      <c r="L299" s="6" t="s">
+        <v>2110</v>
+      </c>
+      <c r="M299" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N299" s="6"/>
+    </row>
+    <row r="300" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A300" s="6" t="s">
+        <v>268</v>
+      </c>
+      <c r="B300" s="6" t="s">
+        <v>611</v>
+      </c>
+      <c r="C300" s="6">
+        <v>2002</v>
+      </c>
+      <c r="D300" s="6"/>
+      <c r="E300" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F300" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G300" s="6" t="s">
+        <v>1227</v>
+      </c>
+      <c r="H300" s="6" t="s">
+        <v>2111</v>
+      </c>
+      <c r="I300" s="6" t="s">
+        <v>1567</v>
+      </c>
+      <c r="J300" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K300" s="6" t="s">
+        <v>2112</v>
+      </c>
+      <c r="L300" s="6" t="s">
+        <v>2113</v>
+      </c>
+      <c r="M300" s="6"/>
+      <c r="N300" s="6"/>
+    </row>
+    <row r="301" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A301" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="B301" s="6" t="s">
+        <v>604</v>
+      </c>
+      <c r="C301" s="6">
+        <v>2010</v>
+      </c>
+      <c r="D301" s="6" t="s">
+        <v>923</v>
+      </c>
+      <c r="E301" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F301" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G301" s="6" t="s">
+        <v>1221</v>
+      </c>
+      <c r="H301" s="6" t="s">
+        <v>1480</v>
+      </c>
+      <c r="I301" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J301" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K301" s="6" t="s">
+        <v>1679</v>
+      </c>
+      <c r="L301" s="6" t="s">
+        <v>2114</v>
+      </c>
+      <c r="M301" s="6"/>
+      <c r="N301" s="6"/>
+    </row>
+    <row r="302" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A302" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="B302" s="6" t="s">
+        <v>594</v>
+      </c>
+      <c r="C302" s="6">
+        <v>1970</v>
+      </c>
+      <c r="D302" s="6" t="s">
+        <v>2115</v>
+      </c>
+      <c r="E302" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F302" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G302" s="6" t="s">
+        <v>1024</v>
+      </c>
+      <c r="H302" s="6" t="s">
+        <v>1313</v>
+      </c>
+      <c r="I302" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J302" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K302" s="6" t="s">
+        <v>1681</v>
+      </c>
+      <c r="L302" s="6" t="s">
+        <v>2116</v>
+      </c>
+      <c r="M302" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N302" s="6"/>
+    </row>
+    <row r="303" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A303" s="6" t="s">
+        <v>265</v>
+      </c>
+      <c r="B303" s="6" t="s">
+        <v>608</v>
+      </c>
+      <c r="C303" s="6">
+        <v>2003</v>
+      </c>
+      <c r="D303" s="6" t="s">
+        <v>926</v>
+      </c>
+      <c r="E303" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F303" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G303" s="6" t="s">
+        <v>1224</v>
+      </c>
+      <c r="H303" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="I303" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J303" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K303" s="6" t="s">
+        <v>1697</v>
+      </c>
+      <c r="L303" s="6" t="s">
+        <v>2117</v>
+      </c>
+      <c r="M303" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N303" s="6"/>
+    </row>
+    <row r="304" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A304" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="B304" s="6" t="s">
+        <v>607</v>
+      </c>
+      <c r="C304" s="6">
+        <v>2003</v>
+      </c>
+      <c r="D304" s="6" t="s">
+        <v>925</v>
+      </c>
+      <c r="E304" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F304" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G304" s="6" t="s">
+        <v>1223</v>
+      </c>
+      <c r="H304" s="6" t="s">
+        <v>1482</v>
+      </c>
+      <c r="I304" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J304" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K304" s="6" t="s">
+        <v>1697</v>
+      </c>
+      <c r="L304" s="6" t="s">
+        <v>2118</v>
+      </c>
+      <c r="M304" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N304" s="6"/>
+    </row>
+    <row r="305" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A305" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="B305" s="6" t="s">
+        <v>508</v>
+      </c>
+      <c r="C305" s="6">
+        <v>2004</v>
+      </c>
+      <c r="D305" s="6" t="s">
+        <v>837</v>
+      </c>
+      <c r="E305" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F305" s="6" t="s">
+        <v>2283</v>
+      </c>
+      <c r="G305" s="6" t="s">
+        <v>1152</v>
+      </c>
+      <c r="H305" s="6" t="s">
+        <v>1422</v>
+      </c>
+      <c r="I305" s="6" t="s">
+        <v>1564</v>
+      </c>
+      <c r="J305" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K305" s="6" t="s">
+        <v>1701</v>
+      </c>
+      <c r="L305" s="6" t="s">
+        <v>2119</v>
+      </c>
+      <c r="M305" s="6"/>
+      <c r="N305" s="6"/>
+    </row>
+    <row r="306" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A306" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="B306" s="6" t="s">
+        <v>506</v>
+      </c>
+      <c r="C306" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D306" s="6" t="s">
+        <v>834</v>
+      </c>
+      <c r="E306" s="6" t="s">
+        <v>2120</v>
+      </c>
+      <c r="F306" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G306" s="6" t="s">
+        <v>1150</v>
+      </c>
+      <c r="H306" s="6" t="s">
+        <v>1420</v>
+      </c>
+      <c r="I306" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J306" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K306" s="6" t="s">
+        <v>2121</v>
+      </c>
+      <c r="L306" s="6" t="s">
+        <v>2122</v>
+      </c>
+      <c r="M306" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N306" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="307" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A307" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="B307" s="6" t="s">
+        <v>436</v>
+      </c>
+      <c r="C307" s="6">
+        <v>2012</v>
+      </c>
+      <c r="D307" s="6"/>
+      <c r="E307" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F307" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G307" s="6" t="s">
+        <v>1092</v>
+      </c>
+      <c r="H307" s="6" t="s">
+        <v>1369</v>
+      </c>
+      <c r="I307" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J307" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K307" s="6" t="s">
+        <v>2123</v>
+      </c>
+      <c r="L307" s="6" t="s">
+        <v>2124</v>
+      </c>
+      <c r="M307" s="6"/>
+      <c r="N307" s="6"/>
+    </row>
+    <row r="308" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A308" s="6" t="s">
+        <v>349</v>
+      </c>
+      <c r="B308" s="6" t="s">
+        <v>364</v>
+      </c>
+      <c r="C308" s="6">
+        <v>1978</v>
+      </c>
+      <c r="D308" s="6" t="s">
+        <v>2125</v>
+      </c>
+      <c r="E308" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F308" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G308" s="6" t="s">
+        <v>1026</v>
+      </c>
+      <c r="H308" s="6" t="s">
+        <v>1315</v>
+      </c>
+      <c r="I308" s="6" t="s">
+        <v>1556</v>
+      </c>
+      <c r="J308" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K308" s="6" t="s">
+        <v>1633</v>
+      </c>
+      <c r="L308" s="6" t="s">
+        <v>2126</v>
+      </c>
+      <c r="M308" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N308" s="6"/>
+    </row>
+    <row r="309" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A309" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="B309" s="6" t="s">
+        <v>554</v>
+      </c>
+      <c r="C309" s="6">
+        <v>1992</v>
+      </c>
+      <c r="D309" s="6" t="s">
+        <v>877</v>
+      </c>
+      <c r="E309" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F309" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G309" s="6" t="s">
+        <v>1181</v>
+      </c>
+      <c r="H309" s="6" t="s">
+        <v>1446</v>
+      </c>
+      <c r="I309" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J309" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K309" s="6" t="s">
+        <v>2127</v>
+      </c>
+      <c r="L309" s="6" t="s">
+        <v>2128</v>
+      </c>
+      <c r="M309" s="6"/>
+      <c r="N309" s="6"/>
+    </row>
+    <row r="310" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A310" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="B310" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="C310" s="6">
+        <v>2008</v>
+      </c>
+      <c r="D310" s="6" t="s">
+        <v>774</v>
+      </c>
+      <c r="E310" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F310" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G310" s="6" t="s">
+        <v>1100</v>
+      </c>
+      <c r="H310" s="6" t="s">
+        <v>1375</v>
+      </c>
+      <c r="I310" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J310" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K310" s="6" t="s">
+        <v>1737</v>
+      </c>
+      <c r="L310" s="6" t="s">
+        <v>2129</v>
+      </c>
+      <c r="M310" s="6"/>
+      <c r="N310" s="6"/>
+    </row>
+    <row r="311" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A311" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="B311" s="6" t="s">
+        <v>427</v>
+      </c>
+      <c r="C311" s="6">
+        <v>1971</v>
+      </c>
+      <c r="D311" s="6" t="s">
+        <v>758</v>
+      </c>
+      <c r="E311" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F311" s="6" t="s">
+        <v>2283</v>
+      </c>
+      <c r="G311" s="6" t="s">
+        <v>1085</v>
+      </c>
+      <c r="H311" s="6" t="s">
+        <v>1364</v>
+      </c>
+      <c r="I311" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J311" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K311" s="6" t="s">
+        <v>2130</v>
+      </c>
+      <c r="L311" s="6" t="s">
+        <v>2131</v>
+      </c>
+      <c r="M311" s="6" t="s">
+        <v>1715</v>
+      </c>
+      <c r="N311" s="6"/>
+    </row>
+    <row r="312" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A312" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="B312" s="6" t="s">
+        <v>413</v>
+      </c>
+      <c r="C312" s="6">
+        <v>2008</v>
+      </c>
+      <c r="D312" s="6" t="s">
+        <v>744</v>
+      </c>
+      <c r="E312" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F312" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G312" s="6" t="s">
+        <v>1051</v>
+      </c>
+      <c r="H312" s="6" t="s">
+        <v>1352</v>
+      </c>
+      <c r="I312" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J312" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K312" s="6" t="s">
+        <v>1618</v>
+      </c>
+      <c r="L312" s="6" t="s">
+        <v>2132</v>
+      </c>
+      <c r="M312" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N312" s="6"/>
+    </row>
+    <row r="313" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A313" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B313" s="6" t="s">
+        <v>395</v>
+      </c>
+      <c r="C313" s="6">
+        <v>1998</v>
+      </c>
+      <c r="D313" s="6" t="s">
+        <v>728</v>
+      </c>
+      <c r="E313" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F313" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G313" s="6" t="s">
+        <v>2133</v>
+      </c>
+      <c r="H313" s="6" t="s">
+        <v>1338</v>
+      </c>
+      <c r="I313" s="6"/>
+      <c r="J313" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K313" s="6" t="s">
+        <v>1713</v>
+      </c>
+      <c r="L313" s="6" t="s">
+        <v>2134</v>
+      </c>
+      <c r="M313" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N313" s="6"/>
+    </row>
+    <row r="314" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A314" s="6" t="s">
+        <v>326</v>
+      </c>
+      <c r="B314" s="6" t="s">
+        <v>669</v>
+      </c>
+      <c r="C314" s="6">
+        <v>2008</v>
+      </c>
+      <c r="D314" s="6"/>
+      <c r="E314" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F314" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G314" s="6" t="s">
+        <v>1272</v>
+      </c>
+      <c r="H314" s="6" t="s">
+        <v>1518</v>
+      </c>
+      <c r="I314" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J314" s="6" t="s">
+        <v>1937</v>
+      </c>
+      <c r="K314" s="6" t="s">
+        <v>2135</v>
+      </c>
+      <c r="L314" s="6" t="s">
+        <v>2136</v>
+      </c>
+      <c r="M314" s="6"/>
+      <c r="N314" s="6"/>
+    </row>
+    <row r="315" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A315" s="6" t="s">
+        <v>331</v>
+      </c>
+      <c r="B315" s="6" t="s">
+        <v>674</v>
+      </c>
+      <c r="C315" s="6">
+        <v>2005</v>
+      </c>
+      <c r="D315" s="6" t="s">
+        <v>979</v>
+      </c>
+      <c r="E315" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F315" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G315" s="6" t="s">
+        <v>1057</v>
+      </c>
+      <c r="H315" s="6" t="s">
+        <v>1339</v>
+      </c>
+      <c r="I315" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J315" s="6" t="s">
+        <v>1727</v>
+      </c>
+      <c r="K315" s="6" t="s">
+        <v>2137</v>
+      </c>
+      <c r="L315" s="6" t="s">
+        <v>2138</v>
+      </c>
+      <c r="M315" s="6"/>
+      <c r="N315" s="6"/>
+    </row>
+    <row r="316" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A316" s="6" t="s">
+        <v>322</v>
+      </c>
+      <c r="B316" s="6" t="s">
+        <v>665</v>
+      </c>
+      <c r="C316" s="6">
+        <v>2018</v>
+      </c>
+      <c r="D316" s="6" t="s">
+        <v>976</v>
+      </c>
+      <c r="E316" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F316" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G316" s="6" t="s">
+        <v>1270</v>
+      </c>
+      <c r="H316" s="6" t="s">
+        <v>1517</v>
+      </c>
+      <c r="I316" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J316" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K316" s="6" t="s">
+        <v>1992</v>
+      </c>
+      <c r="L316" s="6" t="s">
+        <v>2139</v>
+      </c>
+      <c r="M316" s="6"/>
+      <c r="N316" s="6"/>
+    </row>
+    <row r="317" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A317" s="6" t="s">
+        <v>289</v>
+      </c>
+      <c r="B317" s="6" t="s">
+        <v>632</v>
+      </c>
+      <c r="C317" s="6">
+        <v>1994</v>
+      </c>
+      <c r="D317" s="6" t="s">
+        <v>946</v>
+      </c>
+      <c r="E317" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F317" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G317" s="6" t="s">
+        <v>1246</v>
+      </c>
+      <c r="H317" s="6" t="s">
+        <v>1499</v>
+      </c>
+      <c r="I317" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J317" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K317" s="6" t="s">
+        <v>2107</v>
+      </c>
+      <c r="L317" s="6" t="s">
+        <v>2140</v>
+      </c>
+      <c r="M317" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N317" s="6"/>
+    </row>
+    <row r="318" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A318" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="B318" s="6" t="s">
+        <v>579</v>
+      </c>
+      <c r="C318" s="6">
+        <v>2008</v>
+      </c>
+      <c r="D318" s="6" t="s">
+        <v>900</v>
+      </c>
+      <c r="E318" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F318" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G318" s="6" t="s">
+        <v>1202</v>
+      </c>
+      <c r="H318" s="6" t="s">
+        <v>1463</v>
+      </c>
+      <c r="I318" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J318" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K318" s="6" t="s">
+        <v>1737</v>
+      </c>
+      <c r="L318" s="6" t="s">
+        <v>2141</v>
+      </c>
+      <c r="M318" s="6"/>
+      <c r="N318" s="6"/>
+    </row>
+    <row r="319" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A319" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="B319" s="6" t="s">
+        <v>547</v>
+      </c>
+      <c r="C319" s="6">
+        <v>1999</v>
+      </c>
+      <c r="D319" s="6" t="s">
+        <v>871</v>
+      </c>
+      <c r="E319" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F319" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G319" s="6" t="s">
+        <v>1177</v>
+      </c>
+      <c r="H319" s="6" t="s">
+        <v>1442</v>
+      </c>
+      <c r="I319" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J319" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K319" s="6" t="s">
+        <v>2107</v>
+      </c>
+      <c r="L319" s="6" t="s">
+        <v>2142</v>
+      </c>
+      <c r="M319" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N319" s="6"/>
+    </row>
+    <row r="320" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A320" s="6" t="s">
+        <v>240</v>
+      </c>
+      <c r="B320" s="6" t="s">
+        <v>584</v>
+      </c>
+      <c r="C320" s="6">
+        <v>1963</v>
+      </c>
+      <c r="D320" s="6" t="s">
+        <v>792</v>
+      </c>
+      <c r="E320" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F320" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G320" s="6" t="s">
+        <v>1118</v>
+      </c>
+      <c r="H320" s="6" t="s">
+        <v>1391</v>
+      </c>
+      <c r="I320" s="6" t="s">
+        <v>1554</v>
+      </c>
+      <c r="J320" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K320" s="6" t="s">
+        <v>1737</v>
+      </c>
+      <c r="L320" s="6" t="s">
+        <v>2143</v>
+      </c>
+      <c r="M320" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N320" s="6"/>
+    </row>
+    <row r="321" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A321" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="B321" s="6" t="s">
+        <v>466</v>
+      </c>
+      <c r="C321" s="6">
+        <v>2014</v>
+      </c>
+      <c r="D321" s="6" t="s">
+        <v>793</v>
+      </c>
+      <c r="E321" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F321" s="6" t="s">
+        <v>2293</v>
+      </c>
+      <c r="G321" s="6" t="s">
+        <v>1119</v>
+      </c>
+      <c r="H321" s="6" t="s">
+        <v>1392</v>
+      </c>
+      <c r="I321" s="6" t="s">
+        <v>1554</v>
+      </c>
+      <c r="J321" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K321" s="6" t="s">
+        <v>2048</v>
+      </c>
+      <c r="L321" s="6" t="s">
+        <v>2144</v>
+      </c>
+      <c r="M321" s="6"/>
+      <c r="N321" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="322" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A322" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="B322" s="6" t="s">
+        <v>464</v>
+      </c>
+      <c r="C322" s="6">
+        <v>2006</v>
+      </c>
+      <c r="D322" s="6" t="s">
+        <v>791</v>
+      </c>
+      <c r="E322" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F322" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G322" s="6" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H322" s="6" t="s">
+        <v>1390</v>
+      </c>
+      <c r="I322" s="6" t="s">
+        <v>1564</v>
+      </c>
+      <c r="J322" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K322" s="6" t="s">
+        <v>1608</v>
+      </c>
+      <c r="L322" s="6" t="s">
+        <v>2145</v>
+      </c>
+      <c r="M322" s="6"/>
+      <c r="N322" s="6"/>
+    </row>
+    <row r="323" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A323" s="6" t="s">
+        <v>355</v>
+      </c>
+      <c r="B323" s="6" t="s">
+        <v>557</v>
+      </c>
+      <c r="C323" s="6">
+        <v>2007</v>
+      </c>
+      <c r="D323" s="6" t="s">
+        <v>880</v>
+      </c>
+      <c r="E323" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F323" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G323" s="6" t="s">
+        <v>2146</v>
+      </c>
+      <c r="H323" s="6" t="s">
+        <v>1448</v>
+      </c>
+      <c r="I323" s="6"/>
+      <c r="J323" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K323" s="6" t="s">
+        <v>1600</v>
+      </c>
+      <c r="L323" s="6" t="s">
+        <v>2147</v>
+      </c>
+      <c r="M323" s="6"/>
+      <c r="N323" s="6"/>
+    </row>
+    <row r="324" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A324" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="B324" s="6" t="s">
+        <v>499</v>
+      </c>
+      <c r="C324" s="6">
+        <v>2008</v>
+      </c>
+      <c r="D324" s="6" t="s">
+        <v>827</v>
+      </c>
+      <c r="E324" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F324" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G324" s="6" t="s">
+        <v>1144</v>
+      </c>
+      <c r="H324" s="6" t="s">
+        <v>1415</v>
+      </c>
+      <c r="I324" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J324" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K324" s="6" t="s">
+        <v>1618</v>
+      </c>
+      <c r="L324" s="6" t="s">
+        <v>2148</v>
+      </c>
+      <c r="M324" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N324" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="325" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A325" s="6" t="s">
+        <v>278</v>
+      </c>
+      <c r="B325" s="6" t="s">
+        <v>621</v>
+      </c>
+      <c r="C325" s="6">
+        <v>2005</v>
+      </c>
+      <c r="D325" s="6" t="s">
+        <v>936</v>
+      </c>
+      <c r="E325" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F325" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G325" s="6" t="s">
+        <v>1237</v>
+      </c>
+      <c r="H325" s="6" t="s">
+        <v>1492</v>
+      </c>
+      <c r="I325" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J325" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K325" s="6" t="s">
+        <v>1667</v>
+      </c>
+      <c r="L325" s="6" t="s">
+        <v>2149</v>
+      </c>
+      <c r="M325" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N325" s="6"/>
+    </row>
+    <row r="326" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A326" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="B326" s="6" t="s">
+        <v>369</v>
+      </c>
+      <c r="C326" s="6">
+        <v>2001</v>
+      </c>
+      <c r="D326" s="6" t="s">
+        <v>702</v>
+      </c>
+      <c r="E326" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F326" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G326" s="6" t="s">
+        <v>1031</v>
+      </c>
+      <c r="H326" s="6" t="s">
+        <v>1319</v>
+      </c>
+      <c r="I326" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J326" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K326" s="6" t="s">
+        <v>1933</v>
+      </c>
+      <c r="L326" s="6" t="s">
+        <v>2150</v>
+      </c>
+      <c r="M326" s="6"/>
+      <c r="N326" s="6"/>
+    </row>
+    <row r="327" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A327" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="B327" s="6" t="s">
+        <v>647</v>
+      </c>
+      <c r="C327" s="6">
+        <v>2001</v>
+      </c>
+      <c r="D327" s="6" t="s">
+        <v>702</v>
+      </c>
+      <c r="E327" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F327" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G327" s="6" t="s">
+        <v>1031</v>
+      </c>
+      <c r="H327" s="6" t="s">
+        <v>1319</v>
+      </c>
+      <c r="I327" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J327" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K327" s="6" t="s">
+        <v>1855</v>
+      </c>
+      <c r="L327" s="6" t="s">
+        <v>2151</v>
+      </c>
+      <c r="M327" s="6"/>
+      <c r="N327" s="6"/>
+    </row>
+    <row r="328" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A328" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="B328" s="6" t="s">
+        <v>2152</v>
+      </c>
+      <c r="C328" s="6">
+        <v>1997</v>
+      </c>
+      <c r="D328" s="6" t="s">
+        <v>962</v>
+      </c>
+      <c r="E328" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F328" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G328" s="6" t="s">
+        <v>1260</v>
+      </c>
+      <c r="H328" s="6" t="s">
+        <v>1510</v>
+      </c>
+      <c r="I328" s="6" t="s">
+        <v>1564</v>
+      </c>
+      <c r="J328" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K328" s="6" t="s">
+        <v>1992</v>
+      </c>
+      <c r="L328" s="6" t="s">
+        <v>2153</v>
+      </c>
+      <c r="M328" s="6"/>
+      <c r="N328" s="6"/>
+    </row>
+    <row r="329" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A329" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B329" s="6" t="s">
+        <v>402</v>
+      </c>
+      <c r="C329" s="6">
+        <v>2012</v>
+      </c>
+      <c r="D329" s="6"/>
+      <c r="E329" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F329" s="6" t="s">
+        <v>2292</v>
+      </c>
+      <c r="G329" s="6" t="s">
+        <v>1063</v>
+      </c>
+      <c r="H329" s="6" t="s">
+        <v>1343</v>
+      </c>
+      <c r="I329" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J329" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K329" s="6" t="s">
+        <v>2154</v>
+      </c>
+      <c r="L329" s="6" t="s">
+        <v>2155</v>
+      </c>
+      <c r="M329" s="6"/>
+      <c r="N329" s="6"/>
+    </row>
+    <row r="330" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A330" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="B330" s="6" t="s">
+        <v>563</v>
+      </c>
+      <c r="C330" s="6">
+        <v>1996</v>
+      </c>
+      <c r="D330" s="6" t="s">
+        <v>884</v>
+      </c>
+      <c r="E330" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F330" s="6" t="s">
+        <v>2283</v>
+      </c>
+      <c r="G330" s="6" t="s">
+        <v>1189</v>
+      </c>
+      <c r="H330" s="6" t="s">
+        <v>1452</v>
+      </c>
+      <c r="I330" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J330" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K330" s="6" t="s">
+        <v>1608</v>
+      </c>
+      <c r="L330" s="6" t="s">
+        <v>2156</v>
+      </c>
+      <c r="M330" s="6"/>
+      <c r="N330" s="6"/>
+    </row>
+    <row r="331" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A331" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="B331" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="C331" s="6">
+        <v>2008</v>
+      </c>
+      <c r="D331" s="6" t="s">
+        <v>770</v>
+      </c>
+      <c r="E331" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F331" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G331" s="6" t="s">
+        <v>1096</v>
+      </c>
+      <c r="H331" s="6" t="s">
+        <v>1372</v>
+      </c>
+      <c r="I331" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="J331" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K331" s="6" t="s">
+        <v>1656</v>
+      </c>
+      <c r="L331" s="6" t="s">
+        <v>2157</v>
+      </c>
+      <c r="M331" s="6"/>
+      <c r="N331" s="6"/>
+    </row>
+    <row r="332" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A332" s="6" t="s">
+        <v>306</v>
+      </c>
+      <c r="B332" s="6" t="s">
+        <v>651</v>
+      </c>
+      <c r="C332" s="6">
+        <v>2003</v>
+      </c>
+      <c r="D332" s="6" t="s">
+        <v>961</v>
+      </c>
+      <c r="E332" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F332" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G332" s="6" t="s">
+        <v>1259</v>
+      </c>
+      <c r="H332" s="6" t="s">
+        <v>2158</v>
+      </c>
+      <c r="I332" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J332" s="6" t="s">
+        <v>1937</v>
+      </c>
+      <c r="K332" s="6" t="s">
+        <v>1974</v>
+      </c>
+      <c r="L332" s="6" t="s">
+        <v>2159</v>
+      </c>
+      <c r="M332" s="6"/>
+      <c r="N332" s="6"/>
+    </row>
+    <row r="333" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A333" s="6" t="s">
+        <v>2302</v>
+      </c>
+      <c r="B333" s="6" t="s">
+        <v>634</v>
+      </c>
+      <c r="C333" s="6">
+        <v>1996</v>
+      </c>
+      <c r="D333" s="6"/>
+      <c r="E333" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F333" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G333" s="6" t="s">
+        <v>1248</v>
+      </c>
+      <c r="H333" s="6" t="s">
+        <v>1501</v>
+      </c>
+      <c r="I333" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="J333" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K333" s="6" t="s">
+        <v>2160</v>
+      </c>
+      <c r="L333" s="6" t="s">
+        <v>2161</v>
+      </c>
+      <c r="M333" s="6"/>
+      <c r="N333" s="6"/>
+    </row>
+    <row r="334" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A334" s="6" t="s">
+        <v>2303</v>
+      </c>
+      <c r="B334" s="6" t="s">
+        <v>635</v>
+      </c>
+      <c r="C334" s="6">
+        <v>1996</v>
+      </c>
+      <c r="D334" s="6" t="s">
+        <v>948</v>
+      </c>
+      <c r="E334" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F334" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G334" s="6" t="s">
+        <v>1248</v>
+      </c>
+      <c r="H334" s="6" t="s">
+        <v>1501</v>
+      </c>
+      <c r="I334" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="J334" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K334" s="6" t="s">
+        <v>1737</v>
+      </c>
+      <c r="L334" s="6" t="s">
+        <v>2162</v>
+      </c>
+      <c r="M334" s="6"/>
+      <c r="N334" s="6"/>
+    </row>
+    <row r="335" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A335" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="B335" s="6" t="s">
+        <v>441</v>
+      </c>
+      <c r="C335" s="6">
+        <v>2006</v>
+      </c>
+      <c r="D335" s="6" t="s">
+        <v>771</v>
+      </c>
+      <c r="E335" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F335" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G335" s="6" t="s">
+        <v>1097</v>
+      </c>
+      <c r="H335" s="6" t="s">
+        <v>1373</v>
+      </c>
+      <c r="I335" s="6" t="s">
+        <v>1560</v>
+      </c>
+      <c r="J335" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K335" s="6" t="s">
+        <v>1687</v>
+      </c>
+      <c r="L335" s="6" t="s">
+        <v>2163</v>
+      </c>
+      <c r="M335" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N335" s="6"/>
+    </row>
+    <row r="336" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A336" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="B336" s="6" t="s">
+        <v>636</v>
+      </c>
+      <c r="C336" s="6">
+        <v>1998</v>
+      </c>
+      <c r="D336" s="6" t="s">
+        <v>949</v>
+      </c>
+      <c r="E336" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F336" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G336" s="6" t="s">
+        <v>2164</v>
+      </c>
+      <c r="H336" s="6" t="s">
+        <v>1373</v>
+      </c>
+      <c r="I336" s="6"/>
+      <c r="J336" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K336" s="6" t="s">
+        <v>2006</v>
+      </c>
+      <c r="L336" s="6" t="s">
+        <v>2165</v>
+      </c>
+      <c r="M336" s="6"/>
+      <c r="N336" s="6"/>
+    </row>
+    <row r="337" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A337" s="6" t="s">
+        <v>230</v>
+      </c>
+      <c r="B337" s="6" t="s">
+        <v>574</v>
+      </c>
+      <c r="C337" s="6">
+        <v>2017</v>
+      </c>
+      <c r="D337" s="6" t="s">
+        <v>895</v>
+      </c>
+      <c r="E337" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F337" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G337" s="6" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H337" s="6" t="s">
+        <v>1461</v>
+      </c>
+      <c r="I337" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J337" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K337" s="6" t="s">
+        <v>2166</v>
+      </c>
+      <c r="L337" s="6" t="s">
+        <v>2167</v>
+      </c>
+      <c r="M337" s="6"/>
+      <c r="N337" s="6"/>
+    </row>
+    <row r="338" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A338" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="B338" s="6" t="s">
+        <v>538</v>
+      </c>
+      <c r="C338" s="6">
+        <v>1979</v>
+      </c>
+      <c r="D338" s="6" t="s">
+        <v>863</v>
+      </c>
+      <c r="E338" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F338" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G338" s="6" t="s">
+        <v>1068</v>
+      </c>
+      <c r="H338" s="6" t="s">
+        <v>1347</v>
+      </c>
+      <c r="I338" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J338" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K338" s="6" t="s">
+        <v>1633</v>
+      </c>
+      <c r="L338" s="6" t="s">
+        <v>2168</v>
+      </c>
+      <c r="M338" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N338" s="6"/>
+    </row>
+    <row r="339" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A339" s="6" t="s">
+        <v>335</v>
+      </c>
+      <c r="B339" s="6" t="s">
+        <v>677</v>
+      </c>
+      <c r="C339" s="6">
+        <v>1978</v>
+      </c>
+      <c r="D339" s="6" t="s">
+        <v>982</v>
+      </c>
+      <c r="E339" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F339" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G339" s="6" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H339" s="6" t="s">
+        <v>1520</v>
+      </c>
+      <c r="I339" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J339" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K339" s="6" t="s">
+        <v>2169</v>
+      </c>
+      <c r="L339" s="6" t="s">
+        <v>2170</v>
+      </c>
+      <c r="M339" s="6"/>
+      <c r="N339" s="6"/>
+    </row>
+    <row r="340" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A340" s="6" t="s">
+        <v>336</v>
+      </c>
+      <c r="B340" s="6" t="s">
+        <v>678</v>
+      </c>
+      <c r="C340" s="6">
+        <v>2003</v>
+      </c>
+      <c r="D340" s="6" t="s">
+        <v>983</v>
+      </c>
+      <c r="E340" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F340" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G340" s="6" t="s">
+        <v>1276</v>
+      </c>
+      <c r="H340" s="6" t="s">
+        <v>1521</v>
+      </c>
+      <c r="I340" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J340" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K340" s="6" t="s">
+        <v>2171</v>
+      </c>
+      <c r="L340" s="6" t="s">
+        <v>2172</v>
+      </c>
+      <c r="M340" s="6"/>
+      <c r="N340" s="6"/>
+    </row>
+    <row r="341" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A341" s="6" t="s">
+        <v>337</v>
+      </c>
+      <c r="B341" s="6" t="s">
+        <v>679</v>
+      </c>
+      <c r="C341" s="6">
+        <v>1997</v>
+      </c>
+      <c r="D341" s="6" t="s">
+        <v>839</v>
+      </c>
+      <c r="E341" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F341" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G341" s="6" t="s">
+        <v>1277</v>
+      </c>
+      <c r="H341" s="6" t="s">
+        <v>1522</v>
+      </c>
+      <c r="I341" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J341" s="6" t="s">
+        <v>1937</v>
+      </c>
+      <c r="K341" s="6" t="s">
+        <v>2173</v>
+      </c>
+      <c r="L341" s="6" t="s">
+        <v>2174</v>
+      </c>
+      <c r="M341" s="6"/>
+      <c r="N341" s="6"/>
+    </row>
+    <row r="342" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A342" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="B342" s="6" t="s">
+        <v>680</v>
+      </c>
+      <c r="C342" s="6">
+        <v>1970</v>
+      </c>
+      <c r="D342" s="6" t="s">
+        <v>984</v>
+      </c>
+      <c r="E342" s="6" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F342" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G342" s="6" t="s">
+        <v>1278</v>
+      </c>
+      <c r="H342" s="6" t="s">
+        <v>1523</v>
+      </c>
+      <c r="I342" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J342" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K342" s="6" t="s">
+        <v>2175</v>
+      </c>
+      <c r="L342" s="6" t="s">
+        <v>2176</v>
+      </c>
+      <c r="M342" s="6"/>
+      <c r="N342" s="6"/>
+    </row>
+    <row r="343" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A343" s="6" t="s">
+        <v>339</v>
+      </c>
+      <c r="B343" s="6" t="s">
+        <v>681</v>
+      </c>
+      <c r="C343" s="6">
+        <v>1971</v>
+      </c>
+      <c r="D343" s="6" t="s">
+        <v>985</v>
+      </c>
+      <c r="E343" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F343" s="6" t="s">
+        <v>2177</v>
+      </c>
+      <c r="G343" s="6" t="s">
+        <v>1057</v>
+      </c>
+      <c r="H343" s="6" t="s">
+        <v>1339</v>
+      </c>
+      <c r="I343" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J343" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K343" s="6" t="s">
+        <v>1959</v>
+      </c>
+      <c r="L343" s="6" t="s">
+        <v>2178</v>
+      </c>
+      <c r="M343" s="6"/>
+      <c r="N343" s="6"/>
+    </row>
+    <row r="344" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A344" s="6" t="s">
+        <v>340</v>
+      </c>
+      <c r="B344" s="6" t="s">
+        <v>682</v>
+      </c>
+      <c r="C344" s="6">
+        <v>1970</v>
+      </c>
+      <c r="D344" s="6" t="s">
+        <v>986</v>
+      </c>
+      <c r="E344" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F344" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G344" s="6" t="s">
+        <v>1278</v>
+      </c>
+      <c r="H344" s="6" t="s">
+        <v>1523</v>
+      </c>
+      <c r="I344" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J344" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K344" s="6" t="s">
+        <v>1953</v>
+      </c>
+      <c r="L344" s="6" t="s">
+        <v>2179</v>
+      </c>
+      <c r="M344" s="6"/>
+      <c r="N344" s="6"/>
+    </row>
+    <row r="345" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A345" s="6" t="s">
+        <v>341</v>
+      </c>
+      <c r="B345" s="6" t="s">
+        <v>683</v>
+      </c>
+      <c r="C345" s="6">
+        <v>1993</v>
+      </c>
+      <c r="D345" s="6" t="s">
+        <v>987</v>
+      </c>
+      <c r="E345" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F345" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G345" s="6" t="s">
+        <v>1279</v>
+      </c>
+      <c r="H345" s="6" t="s">
+        <v>1524</v>
+      </c>
+      <c r="I345" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J345" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K345" s="6" t="s">
+        <v>2180</v>
+      </c>
+      <c r="L345" s="6" t="s">
+        <v>2181</v>
+      </c>
+      <c r="M345" s="6"/>
+      <c r="N345" s="6"/>
+    </row>
+    <row r="346" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A346" s="6" t="s">
+        <v>342</v>
+      </c>
+      <c r="B346" s="6" t="s">
+        <v>684</v>
+      </c>
+      <c r="C346" s="6">
+        <v>1996</v>
+      </c>
+      <c r="D346" s="6" t="s">
+        <v>988</v>
+      </c>
+      <c r="E346" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F346" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G346" s="6" t="s">
+        <v>1280</v>
+      </c>
+      <c r="H346" s="6" t="s">
+        <v>1525</v>
+      </c>
+      <c r="I346" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J346" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K346" s="6" t="s">
+        <v>2048</v>
+      </c>
+      <c r="L346" s="6" t="s">
+        <v>2182</v>
+      </c>
+      <c r="M346" s="6" t="s">
+        <v>1602</v>
+      </c>
+      <c r="N346" s="6"/>
+    </row>
+    <row r="347" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A347" s="6" t="s">
+        <v>2267</v>
+      </c>
+      <c r="B347" s="6" t="s">
+        <v>2183</v>
+      </c>
+      <c r="C347" s="6">
+        <v>2020</v>
+      </c>
+      <c r="D347" s="6"/>
+      <c r="E347" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F347" s="6" t="s">
+        <v>2284</v>
+      </c>
+      <c r="G347" s="6" t="s">
+        <v>1281</v>
+      </c>
+      <c r="H347" s="6" t="s">
+        <v>1526</v>
+      </c>
+      <c r="I347" s="6" t="s">
+        <v>1569</v>
+      </c>
+      <c r="J347" s="6" t="s">
+        <v>1937</v>
+      </c>
+      <c r="K347" s="6" t="s">
+        <v>1959</v>
+      </c>
+      <c r="L347" s="6" t="s">
+        <v>2184</v>
+      </c>
+      <c r="M347" s="6"/>
+      <c r="N347" s="6"/>
+    </row>
+    <row r="348" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A348" s="6" t="s">
+        <v>2268</v>
+      </c>
+      <c r="B348" s="6" t="s">
+        <v>2185</v>
+      </c>
+      <c r="C348" s="6">
+        <v>2019</v>
+      </c>
+      <c r="D348" s="6"/>
+      <c r="E348" s="6" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F348" s="6" t="s">
+        <v>2284</v>
+      </c>
+      <c r="G348" s="6" t="s">
+        <v>1281</v>
+      </c>
+      <c r="H348" s="6" t="s">
+        <v>1526</v>
+      </c>
+      <c r="I348" s="6" t="s">
+        <v>1569</v>
+      </c>
+      <c r="J348" s="6" t="s">
+        <v>1937</v>
+      </c>
+      <c r="K348" s="6">
+        <v>2019</v>
+      </c>
+      <c r="L348" s="6" t="s">
+        <v>2186</v>
+      </c>
+      <c r="M348" s="6"/>
+      <c r="N348" s="6"/>
+    </row>
+    <row r="349" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A349" s="6" t="s">
+        <v>2269</v>
+      </c>
+      <c r="B349" s="6" t="s">
+        <v>2187</v>
+      </c>
+      <c r="C349" s="6">
+        <v>2002</v>
+      </c>
+      <c r="D349" s="6"/>
+      <c r="E349" s="6" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F349" s="6" t="s">
+        <v>2284</v>
+      </c>
+      <c r="G349" s="6" t="s">
+        <v>1281</v>
+      </c>
+      <c r="H349" s="6" t="s">
+        <v>1526</v>
+      </c>
+      <c r="I349" s="6" t="s">
+        <v>1569</v>
+      </c>
+      <c r="J349" s="6" t="s">
+        <v>1937</v>
+      </c>
+      <c r="K349" s="6" t="s">
+        <v>2188</v>
+      </c>
+      <c r="L349" s="6" t="s">
+        <v>2189</v>
+      </c>
+      <c r="M349" s="6"/>
+      <c r="N349" s="6"/>
+    </row>
+    <row r="350" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A350" s="6" t="s">
+        <v>2270</v>
+      </c>
+      <c r="B350" s="6" t="s">
+        <v>2190</v>
+      </c>
+      <c r="C350" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D350" s="6"/>
+      <c r="E350" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F350" s="6" t="s">
+        <v>2191</v>
+      </c>
+      <c r="G350" s="6" t="s">
+        <v>1282</v>
+      </c>
+      <c r="H350" s="6" t="s">
+        <v>1527</v>
+      </c>
+      <c r="I350" s="6" t="s">
+        <v>1569</v>
+      </c>
+      <c r="J350" s="6" t="s">
+        <v>1727</v>
+      </c>
+      <c r="K350" s="6" t="s">
+        <v>1909</v>
+      </c>
+      <c r="L350" s="6" t="s">
+        <v>2192</v>
+      </c>
+      <c r="M350" s="6"/>
+      <c r="N350" s="6"/>
+    </row>
+    <row r="351" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A351" s="6" t="s">
+        <v>2271</v>
+      </c>
+      <c r="B351" s="6" t="s">
+        <v>2190</v>
+      </c>
+      <c r="C351" s="6">
+        <v>1992</v>
+      </c>
+      <c r="D351" s="6"/>
+      <c r="E351" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F351" s="6" t="s">
+        <v>2191</v>
+      </c>
+      <c r="G351" s="6" t="s">
+        <v>1282</v>
+      </c>
+      <c r="H351" s="6" t="s">
+        <v>1527</v>
+      </c>
+      <c r="I351" s="6" t="s">
+        <v>1569</v>
+      </c>
+      <c r="J351" s="6" t="s">
+        <v>1727</v>
+      </c>
+      <c r="K351" s="6" t="s">
+        <v>2193</v>
+      </c>
+      <c r="L351" s="6" t="s">
+        <v>2194</v>
+      </c>
+      <c r="M351" s="6"/>
+      <c r="N351" s="6"/>
+    </row>
+    <row r="352" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A352" s="6" t="s">
+        <v>2304</v>
+      </c>
+      <c r="B352" s="6" t="s">
+        <v>2190</v>
+      </c>
+      <c r="C352" s="6">
+        <v>1988</v>
+      </c>
+      <c r="D352" s="6"/>
+      <c r="E352" s="6" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F352" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G352" s="6" t="s">
+        <v>1282</v>
+      </c>
+      <c r="H352" s="6" t="s">
+        <v>1527</v>
+      </c>
+      <c r="I352" s="6" t="s">
+        <v>1569</v>
+      </c>
+      <c r="J352" s="6" t="s">
+        <v>1937</v>
+      </c>
+      <c r="K352" s="6">
+        <v>1988</v>
+      </c>
+      <c r="L352" s="6" t="s">
+        <v>2195</v>
+      </c>
+      <c r="M352" s="6"/>
+      <c r="N352" s="6"/>
+    </row>
+    <row r="353" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A353" s="6" t="s">
+        <v>343</v>
+      </c>
+      <c r="B353" s="6" t="s">
+        <v>685</v>
+      </c>
+      <c r="C353" s="6">
+        <v>2012</v>
+      </c>
+      <c r="D353" s="6" t="s">
+        <v>989</v>
+      </c>
+      <c r="E353" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F353" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G353" s="6" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H353" s="6" t="s">
+        <v>685</v>
+      </c>
+      <c r="I353" s="6" t="s">
+        <v>1554</v>
+      </c>
+      <c r="J353" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K353" s="6" t="s">
+        <v>1942</v>
+      </c>
+      <c r="L353" s="6" t="s">
+        <v>2196</v>
+      </c>
+      <c r="M353" s="6"/>
+      <c r="N353" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="354" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A354" s="6" t="s">
+        <v>344</v>
+      </c>
+      <c r="B354" s="6" t="s">
+        <v>686</v>
+      </c>
+      <c r="C354" s="6">
+        <v>2022</v>
+      </c>
+      <c r="D354" s="6" t="s">
+        <v>990</v>
+      </c>
+      <c r="E354" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F354" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G354" s="6" t="s">
+        <v>1284</v>
+      </c>
+      <c r="H354" s="6" t="s">
+        <v>1528</v>
+      </c>
+      <c r="I354" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J354" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K354" s="6" t="s">
+        <v>2197</v>
+      </c>
+      <c r="L354" s="6" t="s">
+        <v>2198</v>
+      </c>
+      <c r="M354" s="6"/>
+      <c r="N354" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="355" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A355" s="6" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B355" s="6" t="s">
+        <v>2199</v>
+      </c>
+      <c r="C355" s="6">
+        <v>1997</v>
+      </c>
+      <c r="D355" s="6" t="s">
+        <v>991</v>
+      </c>
+      <c r="E355" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F355" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G355" s="6" t="s">
+        <v>1282</v>
+      </c>
+      <c r="H355" s="6" t="s">
+        <v>1527</v>
+      </c>
+      <c r="I355" s="6" t="s">
+        <v>1569</v>
+      </c>
+      <c r="J355" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K355" s="6" t="s">
+        <v>1649</v>
+      </c>
+      <c r="L355" s="6" t="s">
+        <v>2200</v>
+      </c>
+      <c r="M355" s="6"/>
+      <c r="N355" s="6"/>
+    </row>
+    <row r="356" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A356" s="5" t="s">
+        <v>345</v>
+      </c>
+      <c r="B356" s="6" t="s">
+        <v>687</v>
+      </c>
+      <c r="C356" s="6">
+        <v>2000</v>
+      </c>
+      <c r="D356" s="6" t="s">
+        <v>992</v>
+      </c>
+      <c r="E356" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F356" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G356" s="6" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H356" s="6" t="s">
+        <v>1529</v>
+      </c>
+      <c r="I356" s="6" t="s">
+        <v>1570</v>
+      </c>
+      <c r="J356" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K356" s="6" t="s">
+        <v>2201</v>
+      </c>
+      <c r="L356" s="6" t="s">
+        <v>2202</v>
+      </c>
+      <c r="M356" s="6"/>
+      <c r="N356" s="6"/>
+    </row>
+    <row r="357" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A357" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="B357" s="6" t="s">
+        <v>688</v>
+      </c>
+      <c r="C357" s="6">
+        <v>2011</v>
+      </c>
+      <c r="D357" s="6" t="s">
+        <v>993</v>
+      </c>
+      <c r="E357" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F357" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G357" s="6" t="s">
+        <v>2203</v>
+      </c>
+      <c r="H357" s="6" t="s">
+        <v>1530</v>
+      </c>
+      <c r="I357" s="6"/>
+      <c r="J357" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K357" s="6" t="s">
+        <v>1608</v>
+      </c>
+      <c r="L357" s="6" t="s">
+        <v>2204</v>
+      </c>
+      <c r="M357" s="6"/>
+      <c r="N357" s="6"/>
+    </row>
+    <row r="358" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A358" s="6" t="s">
+        <v>347</v>
+      </c>
+      <c r="B358" s="6" t="s">
+        <v>689</v>
+      </c>
+      <c r="C358" s="6">
+        <v>1993</v>
+      </c>
+      <c r="D358" s="6" t="s">
+        <v>994</v>
+      </c>
+      <c r="E358" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F358" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G358" s="6" t="s">
+        <v>1286</v>
+      </c>
+      <c r="H358" s="6" t="s">
+        <v>1531</v>
+      </c>
+      <c r="I358" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="J358" s="6" t="s">
+        <v>1937</v>
+      </c>
+      <c r="K358" s="6" t="s">
+        <v>2205</v>
+      </c>
+      <c r="L358" s="6" t="s">
+        <v>2206</v>
+      </c>
+      <c r="M358" s="6"/>
+      <c r="N358" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="359" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A359" s="6" t="s">
+        <v>348</v>
+      </c>
+      <c r="B359" s="6" t="s">
+        <v>690</v>
+      </c>
+      <c r="C359" s="6">
+        <v>2013</v>
+      </c>
+      <c r="D359" s="6" t="s">
+        <v>995</v>
+      </c>
+      <c r="E359" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F359" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G359" s="6" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H359" s="6" t="s">
+        <v>1532</v>
+      </c>
+      <c r="I359" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J359" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K359" s="6" t="s">
+        <v>2207</v>
+      </c>
+      <c r="L359" s="6" t="s">
+        <v>2208</v>
+      </c>
+      <c r="M359" s="6"/>
+      <c r="N359" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="360" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A360" s="6" t="s">
+        <v>1586</v>
+      </c>
+      <c r="B360" s="6" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C360" s="6">
+        <v>2018</v>
+      </c>
+      <c r="D360" s="6" t="s">
+        <v>996</v>
+      </c>
+      <c r="E360" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F360" s="6" t="s">
+        <v>1595</v>
+      </c>
+      <c r="G360" s="6" t="s">
+        <v>1288</v>
+      </c>
+      <c r="H360" s="6" t="s">
+        <v>1533</v>
+      </c>
+      <c r="I360" s="6" t="s">
+        <v>1571</v>
+      </c>
+      <c r="J360" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K360" s="6" t="s">
+        <v>1647</v>
+      </c>
+      <c r="L360" s="6" t="s">
+        <v>2209</v>
+      </c>
+      <c r="M360" s="6"/>
+      <c r="N360" s="6"/>
+    </row>
+    <row r="361" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A361" s="6" t="s">
+        <v>2305</v>
+      </c>
+      <c r="B361" s="6" t="s">
+        <v>2210</v>
+      </c>
+      <c r="C361" s="6">
+        <v>2012</v>
+      </c>
+      <c r="D361" s="6" t="s">
+        <v>997</v>
+      </c>
+      <c r="E361" s="6" t="s">
+        <v>2299</v>
+      </c>
+      <c r="F361" s="6" t="s">
+        <v>2211</v>
+      </c>
+      <c r="G361" s="6" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H361" s="6" t="s">
+        <v>1534</v>
+      </c>
+      <c r="I361" s="6" t="s">
+        <v>1572</v>
+      </c>
+      <c r="J361" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K361" s="6" t="s">
+        <v>2154</v>
+      </c>
+      <c r="L361" s="6" t="s">
+        <v>2212</v>
+      </c>
+      <c r="M361" s="6"/>
+      <c r="N361" s="6"/>
+    </row>
+    <row r="362" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A362" s="6" t="s">
+        <v>2306</v>
+      </c>
+      <c r="B362" s="6" t="s">
+        <v>2213</v>
+      </c>
+      <c r="C362" s="6">
+        <v>2013</v>
+      </c>
+      <c r="D362" s="6" t="s">
+        <v>999</v>
+      </c>
+      <c r="E362" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F362" s="6" t="s">
+        <v>2191</v>
+      </c>
+      <c r="G362" s="6" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H362" s="6" t="s">
+        <v>1534</v>
+      </c>
+      <c r="I362" s="6" t="s">
+        <v>1572</v>
+      </c>
+      <c r="J362" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K362" s="6" t="s">
+        <v>2016</v>
+      </c>
+      <c r="L362" s="6" t="s">
+        <v>2214</v>
+      </c>
+      <c r="M362" s="6"/>
+      <c r="N362" s="6"/>
+    </row>
+    <row r="363" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A363" s="6" t="s">
+        <v>2273</v>
+      </c>
+      <c r="B363" s="6" t="s">
+        <v>2215</v>
+      </c>
+      <c r="C363" s="6">
+        <v>2021</v>
+      </c>
+      <c r="D363" s="6" t="s">
+        <v>998</v>
+      </c>
+      <c r="E363" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F363" s="6" t="s">
+        <v>1595</v>
+      </c>
+      <c r="G363" s="6" t="s">
+        <v>1290</v>
+      </c>
+      <c r="H363" s="6" t="s">
+        <v>1535</v>
+      </c>
+      <c r="I363" s="6" t="s">
+        <v>1573</v>
+      </c>
+      <c r="J363" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K363" s="6" t="s">
+        <v>2216</v>
+      </c>
+      <c r="L363" s="6" t="s">
+        <v>2217</v>
+      </c>
+      <c r="M363" s="6"/>
+      <c r="N363" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="364" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A364" s="6" t="s">
+        <v>2307</v>
+      </c>
+      <c r="B364" s="6" t="s">
+        <v>2218</v>
+      </c>
+      <c r="C364" s="6">
+        <v>2019</v>
+      </c>
+      <c r="D364" s="6" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E364" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F364" s="6" t="s">
+        <v>2285</v>
+      </c>
+      <c r="G364" s="6" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H364" s="6" t="s">
+        <v>1534</v>
+      </c>
+      <c r="I364" s="6" t="s">
+        <v>1572</v>
+      </c>
+      <c r="J364" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K364" s="6" t="s">
+        <v>2219</v>
+      </c>
+      <c r="L364" s="6" t="s">
+        <v>2220</v>
+      </c>
+      <c r="M364" s="6"/>
+      <c r="N364" s="6"/>
+    </row>
+    <row r="365" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A365" s="6" t="s">
+        <v>2308</v>
+      </c>
+      <c r="B365" s="6" t="s">
+        <v>2221</v>
+      </c>
+      <c r="C365" s="6">
+        <v>2006</v>
+      </c>
+      <c r="D365" s="6" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E365" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F365" s="6" t="s">
+        <v>2211</v>
+      </c>
+      <c r="G365" s="6" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H365" s="6" t="s">
+        <v>1534</v>
+      </c>
+      <c r="I365" s="6" t="s">
+        <v>1572</v>
+      </c>
+      <c r="J365" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K365" s="6" t="s">
+        <v>1687</v>
+      </c>
+      <c r="L365" s="6" t="s">
+        <v>2222</v>
+      </c>
+      <c r="M365" s="6"/>
+      <c r="N365" s="6"/>
+    </row>
+    <row r="366" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A366" s="6" t="s">
+        <v>2309</v>
+      </c>
+      <c r="B366" s="6" t="s">
+        <v>642</v>
+      </c>
+      <c r="C366" s="6">
+        <v>2015</v>
+      </c>
+      <c r="D366" s="6" t="s">
+        <v>1002</v>
+      </c>
+      <c r="E366" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F366" s="6" t="s">
+        <v>2295</v>
+      </c>
+      <c r="G366" s="6" t="s">
+        <v>1291</v>
+      </c>
+      <c r="H366" s="6" t="s">
+        <v>1536</v>
+      </c>
+      <c r="I366" s="6" t="s">
+        <v>1574</v>
+      </c>
+      <c r="J366" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K366" s="6" t="s">
+        <v>1825</v>
+      </c>
+      <c r="L366" s="6" t="s">
+        <v>2223</v>
+      </c>
+      <c r="M366" s="6"/>
+      <c r="N366" s="6"/>
+    </row>
+    <row r="367" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A367" s="6" t="s">
+        <v>356</v>
+      </c>
+      <c r="B367" s="6" t="s">
+        <v>2224</v>
+      </c>
+      <c r="C367" s="6">
+        <v>2024</v>
+      </c>
+      <c r="D367" s="6" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E367" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F367" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G367" s="6" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H367" s="6" t="s">
+        <v>1461</v>
+      </c>
+      <c r="I367" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J367" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K367" s="6" t="s">
+        <v>2225</v>
+      </c>
+      <c r="L367" s="6" t="s">
+        <v>2226</v>
+      </c>
+      <c r="M367" s="6"/>
+      <c r="N367" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="368" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A368" s="6" t="s">
+        <v>357</v>
+      </c>
+      <c r="B368" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="C368" s="6">
+        <v>2001</v>
+      </c>
+      <c r="D368" s="6" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E368" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F368" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G368" s="6" t="s">
+        <v>1292</v>
+      </c>
+      <c r="H368" s="6" t="s">
+        <v>1537</v>
+      </c>
+      <c r="I368" s="6" t="s">
+        <v>1559</v>
+      </c>
+      <c r="J368" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K368" s="6" t="s">
+        <v>1739</v>
+      </c>
+      <c r="L368" s="6" t="s">
+        <v>2227</v>
+      </c>
+      <c r="M368" s="6"/>
+      <c r="N368" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="369" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A369" s="6" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B369" s="6" t="s">
+        <v>2228</v>
+      </c>
+      <c r="C369" s="6">
+        <v>1983</v>
+      </c>
+      <c r="D369" s="6" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E369" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F369" s="6" t="s">
+        <v>2286</v>
+      </c>
+      <c r="G369" s="6" t="s">
+        <v>1293</v>
+      </c>
+      <c r="H369" s="6" t="s">
+        <v>1538</v>
+      </c>
+      <c r="I369" s="6" t="s">
+        <v>1575</v>
+      </c>
+      <c r="J369" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K369" s="6" t="s">
+        <v>1951</v>
+      </c>
+      <c r="L369" s="6" t="s">
+        <v>2229</v>
+      </c>
+      <c r="M369" s="6"/>
+      <c r="N369" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="370" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A370" s="6" t="s">
+        <v>2275</v>
+      </c>
+      <c r="B370" s="6" t="s">
+        <v>2230</v>
+      </c>
+      <c r="C370" s="6">
+        <v>1980</v>
+      </c>
+      <c r="D370" s="6" t="s">
+        <v>1006</v>
+      </c>
+      <c r="E370" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F370" s="6" t="s">
+        <v>2287</v>
+      </c>
+      <c r="G370" s="6" t="s">
+        <v>1294</v>
+      </c>
+      <c r="H370" s="6" t="s">
+        <v>1539</v>
+      </c>
+      <c r="I370" s="6" t="s">
+        <v>1576</v>
+      </c>
+      <c r="J370" s="6" t="s">
+        <v>1694</v>
+      </c>
+      <c r="K370" s="6" t="s">
+        <v>2231</v>
+      </c>
+      <c r="L370" s="6" t="s">
+        <v>2232</v>
+      </c>
+      <c r="M370" s="6"/>
+      <c r="N370" s="6"/>
+    </row>
+    <row r="371" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A371" s="6" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B371" s="6" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C371" s="6">
+        <v>1987</v>
+      </c>
+      <c r="D371" s="6" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E371" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F371" s="6" t="s">
+        <v>1595</v>
+      </c>
+      <c r="G371" s="6" t="s">
+        <v>1295</v>
+      </c>
+      <c r="H371" s="6" t="s">
+        <v>1540</v>
+      </c>
+      <c r="I371" s="6" t="s">
+        <v>1577</v>
+      </c>
+      <c r="J371" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K371" s="6" t="s">
+        <v>2233</v>
+      </c>
+      <c r="L371" s="6" t="s">
+        <v>2234</v>
+      </c>
+      <c r="M371" s="6"/>
+      <c r="N371" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="372" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A372" s="6" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B372" s="6" t="s">
+        <v>1588</v>
+      </c>
+      <c r="C372" s="6">
+        <v>1989</v>
+      </c>
+      <c r="D372" s="6" t="s">
+        <v>1008</v>
+      </c>
+      <c r="E372" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F372" s="6" t="s">
+        <v>2288</v>
+      </c>
+      <c r="G372" s="6" t="s">
+        <v>1296</v>
+      </c>
+      <c r="H372" s="6" t="s">
+        <v>1296</v>
+      </c>
+      <c r="I372" s="6" t="s">
+        <v>1578</v>
+      </c>
+      <c r="J372" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K372" s="6" t="s">
+        <v>1604</v>
+      </c>
+      <c r="L372" s="6" t="s">
+        <v>2235</v>
+      </c>
+      <c r="M372" s="6"/>
+      <c r="N372" s="6"/>
+    </row>
+    <row r="373" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A373" s="6" t="s">
+        <v>2276</v>
+      </c>
+      <c r="B373" s="6" t="s">
+        <v>2236</v>
+      </c>
+      <c r="C373" s="6">
+        <v>2011</v>
+      </c>
+      <c r="D373" s="6" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E373" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F373" s="6" t="s">
+        <v>2289</v>
+      </c>
+      <c r="G373" s="6" t="s">
+        <v>1297</v>
+      </c>
+      <c r="H373" s="6" t="s">
+        <v>1541</v>
+      </c>
+      <c r="I373" s="6" t="s">
+        <v>1576</v>
+      </c>
+      <c r="J373" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K373" s="6" t="s">
+        <v>1608</v>
+      </c>
+      <c r="L373" s="6" t="s">
+        <v>2237</v>
+      </c>
+      <c r="M373" s="6"/>
+      <c r="N373" s="6"/>
+    </row>
+    <row r="374" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A374" s="6" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B374" s="6" t="s">
+        <v>2238</v>
+      </c>
+      <c r="C374" s="6">
+        <v>1940</v>
+      </c>
+      <c r="D374" s="6" t="s">
+        <v>1010</v>
+      </c>
+      <c r="E374" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F374" s="6" t="s">
+        <v>2284</v>
+      </c>
+      <c r="G374" s="6" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H374" s="6" t="s">
+        <v>1542</v>
+      </c>
+      <c r="I374" s="6" t="s">
+        <v>1575</v>
+      </c>
+      <c r="J374" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K374" s="6" t="s">
+        <v>1705</v>
+      </c>
+      <c r="L374" s="6" t="s">
+        <v>2239</v>
+      </c>
+      <c r="M374" s="6"/>
+      <c r="N374" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="375" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A375" s="6" t="s">
+        <v>2278</v>
+      </c>
+      <c r="B375" s="6" t="s">
+        <v>2240</v>
+      </c>
+      <c r="C375" s="6">
+        <v>2010</v>
+      </c>
+      <c r="D375" s="6" t="s">
         <v>1011</v>
       </c>
-      <c r="G8" s="3" t="s">
+      <c r="E375" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F375" s="6" t="s">
+        <v>2284</v>
+      </c>
+      <c r="G375" s="6" t="s">
+        <v>1299</v>
+      </c>
+      <c r="H375" s="6" t="s">
+        <v>1543</v>
+      </c>
+      <c r="I375" s="6" t="s">
+        <v>1569</v>
+      </c>
+      <c r="J375" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K375" s="6" t="s">
+        <v>1679</v>
+      </c>
+      <c r="L375" s="6" t="s">
+        <v>2241</v>
+      </c>
+      <c r="M375" s="6"/>
+      <c r="N375" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="376" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A376" s="6" t="s">
+        <v>2279</v>
+      </c>
+      <c r="B376" s="6" t="s">
+        <v>2242</v>
+      </c>
+      <c r="C376" s="6">
+        <v>2013</v>
+      </c>
+      <c r="D376" s="6" t="s">
+        <v>1012</v>
+      </c>
+      <c r="E376" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F376" s="6" t="s">
+        <v>2284</v>
+      </c>
+      <c r="G376" s="6" t="s">
+        <v>1299</v>
+      </c>
+      <c r="H376" s="6" t="s">
+        <v>1543</v>
+      </c>
+      <c r="I376" s="6" t="s">
+        <v>1569</v>
+      </c>
+      <c r="J376" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K376" s="6" t="s">
+        <v>2243</v>
+      </c>
+      <c r="L376" s="6" t="s">
+        <v>2244</v>
+      </c>
+      <c r="M376" s="6"/>
+      <c r="N376" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="377" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A377" s="6" t="s">
+        <v>2280</v>
+      </c>
+      <c r="B377" s="6" t="s">
+        <v>2245</v>
+      </c>
+      <c r="C377" s="6">
+        <v>2020</v>
+      </c>
+      <c r="D377" s="6" t="s">
+        <v>1013</v>
+      </c>
+      <c r="E377" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F377" s="6" t="s">
+        <v>2283</v>
+      </c>
+      <c r="G377" s="6" t="s">
+        <v>1300</v>
+      </c>
+      <c r="H377" s="6" t="s">
+        <v>1544</v>
+      </c>
+      <c r="I377" s="6" t="s">
+        <v>1579</v>
+      </c>
+      <c r="J377" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K377" s="6" t="s">
+        <v>2246</v>
+      </c>
+      <c r="L377" s="6" t="s">
+        <v>2247</v>
+      </c>
+      <c r="M377" s="6"/>
+      <c r="N377" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="378" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A378" s="6" t="s">
+        <v>358</v>
+      </c>
+      <c r="B378" s="6" t="s">
+        <v>692</v>
+      </c>
+      <c r="C378" s="6">
+        <v>2002</v>
+      </c>
+      <c r="D378" s="6" t="s">
+        <v>1014</v>
+      </c>
+      <c r="E378" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F378" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G378" s="6" t="s">
+        <v>1301</v>
+      </c>
+      <c r="H378" s="6" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I378" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J378" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K378" s="6" t="s">
+        <v>1959</v>
+      </c>
+      <c r="L378" s="6" t="s">
+        <v>2248</v>
+      </c>
+      <c r="M378" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N378" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="379" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A379" s="6" t="s">
+        <v>359</v>
+      </c>
+      <c r="B379" s="6" t="s">
+        <v>693</v>
+      </c>
+      <c r="C379" s="6">
+        <v>2011</v>
+      </c>
+      <c r="D379" s="6" t="s">
         <v>1015</v>
       </c>
-      <c r="H8" s="3" t="s">
-[...28 lines deleted...]
-      <c r="G9" s="3" t="s">
+      <c r="E379" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F379" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="G379" s="6" t="s">
+        <v>1302</v>
+      </c>
+      <c r="H379" s="6" t="s">
+        <v>1546</v>
+      </c>
+      <c r="I379" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="J379" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K379" s="6" t="s">
+        <v>1669</v>
+      </c>
+      <c r="L379" s="6" t="s">
+        <v>2249</v>
+      </c>
+      <c r="M379" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="N379" s="6"/>
+    </row>
+    <row r="380" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A380" s="6" t="s">
+        <v>2281</v>
+      </c>
+      <c r="B380" s="6" t="s">
+        <v>2250</v>
+      </c>
+      <c r="C380" s="6">
+        <v>2018</v>
+      </c>
+      <c r="D380" s="6" t="s">
         <v>1016</v>
       </c>
-      <c r="H9" s="3" t="s">
-[...31 lines deleted...]
-      <c r="G10" s="3" t="s">
+      <c r="E380" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F380" s="6" t="s">
+        <v>2283</v>
+      </c>
+      <c r="G380" s="6" t="s">
+        <v>1303</v>
+      </c>
+      <c r="H380" s="6" t="s">
+        <v>1547</v>
+      </c>
+      <c r="I380" s="6" t="s">
+        <v>1568</v>
+      </c>
+      <c r="J380" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K380" s="6" t="s">
+        <v>1597</v>
+      </c>
+      <c r="L380" s="6" t="s">
+        <v>2251</v>
+      </c>
+      <c r="M380" s="6"/>
+      <c r="N380" s="6"/>
+    </row>
+    <row r="381" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A381" s="5" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B381" s="6" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C381" s="6">
+        <v>2009</v>
+      </c>
+      <c r="D381" s="6" t="s">
+        <v>2252</v>
+      </c>
+      <c r="E381" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F381" s="6" t="s">
+        <v>1595</v>
+      </c>
+      <c r="G381" s="6" t="s">
+        <v>1304</v>
+      </c>
+      <c r="H381" s="6" t="s">
+        <v>2253</v>
+      </c>
+      <c r="I381" s="6" t="s">
+        <v>1580</v>
+      </c>
+      <c r="J381" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K381" s="6" t="s">
+        <v>1630</v>
+      </c>
+      <c r="L381" s="6" t="s">
+        <v>2254</v>
+      </c>
+      <c r="M381" s="6"/>
+      <c r="N381" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="382" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A382" s="5" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B382" s="6" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C382" s="6">
+        <v>1978</v>
+      </c>
+      <c r="D382" s="6" t="s">
+        <v>2255</v>
+      </c>
+      <c r="E382" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F382" s="6" t="s">
+        <v>1595</v>
+      </c>
+      <c r="G382" s="6" t="s">
+        <v>1305</v>
+      </c>
+      <c r="H382" s="6" t="s">
+        <v>1548</v>
+      </c>
+      <c r="I382" s="6" t="s">
+        <v>1581</v>
+      </c>
+      <c r="J382" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K382" s="6" t="s">
+        <v>2216</v>
+      </c>
+      <c r="L382" s="6" t="s">
+        <v>2256</v>
+      </c>
+      <c r="M382" s="6"/>
+      <c r="N382" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="383" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A383" s="5" t="s">
+        <v>2282</v>
+      </c>
+      <c r="B383" s="6" t="s">
+        <v>2257</v>
+      </c>
+      <c r="C383" s="6">
+        <v>1996</v>
+      </c>
+      <c r="D383" s="6" t="s">
         <v>1017</v>
       </c>
-      <c r="H10" s="3" t="s">
-[...31 lines deleted...]
-      <c r="G11" s="3" t="s">
+      <c r="E383" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F383" s="6" t="s">
+        <v>2290</v>
+      </c>
+      <c r="G383" s="6" t="s">
+        <v>1306</v>
+      </c>
+      <c r="H383" s="6" t="s">
+        <v>1549</v>
+      </c>
+      <c r="I383" s="6" t="s">
+        <v>1582</v>
+      </c>
+      <c r="J383" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K383" s="6" t="s">
+        <v>1967</v>
+      </c>
+      <c r="L383" s="6" t="s">
+        <v>2258</v>
+      </c>
+      <c r="M383" s="6"/>
+      <c r="N383" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="384" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A384" s="5" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B384" s="6" t="s">
+        <v>2259</v>
+      </c>
+      <c r="C384" s="6">
+        <v>2024</v>
+      </c>
+      <c r="D384" s="6" t="s">
         <v>1018</v>
       </c>
-      <c r="H11" s="3" t="s">
-[...28 lines deleted...]
-      <c r="G12" s="3" t="s">
+      <c r="E384" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F384" s="6" t="s">
+        <v>1595</v>
+      </c>
+      <c r="G384" s="6" t="s">
+        <v>1307</v>
+      </c>
+      <c r="H384" s="6" t="s">
+        <v>1550</v>
+      </c>
+      <c r="I384" s="6" t="s">
+        <v>1583</v>
+      </c>
+      <c r="J384" s="6" t="s">
+        <v>1694</v>
+      </c>
+      <c r="K384" s="6" t="s">
+        <v>2201</v>
+      </c>
+      <c r="L384" s="6" t="s">
+        <v>2260</v>
+      </c>
+      <c r="M384" s="6"/>
+      <c r="N384" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="385" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A385" s="6" t="s">
+        <v>1592</v>
+      </c>
+      <c r="B385" s="6" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C385" s="6">
+        <v>2017</v>
+      </c>
+      <c r="D385" s="6" t="s">
         <v>1019</v>
       </c>
-      <c r="H12" s="3" t="s">
-[...31 lines deleted...]
-      <c r="G13" s="3" t="s">
+      <c r="E385" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F385" s="6" t="s">
+        <v>2291</v>
+      </c>
+      <c r="G385" s="6" t="s">
+        <v>1308</v>
+      </c>
+      <c r="H385" s="6" t="s">
+        <v>1551</v>
+      </c>
+      <c r="I385" s="6" t="s">
+        <v>1584</v>
+      </c>
+      <c r="J385" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K385" s="6" t="s">
+        <v>1722</v>
+      </c>
+      <c r="L385" s="6" t="s">
+        <v>2261</v>
+      </c>
+      <c r="M385" s="6"/>
+      <c r="N385" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="386" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A386" s="6" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B386" s="6" t="s">
+        <v>1593</v>
+      </c>
+      <c r="C386" s="6">
+        <v>2013</v>
+      </c>
+      <c r="D386" s="6" t="s">
         <v>1020</v>
       </c>
-      <c r="H13" s="3" t="s">
-[...144 lines deleted...]
-      <c r="C18" s="4">
+      <c r="E386" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F386" s="6" t="s">
+        <v>1595</v>
+      </c>
+      <c r="G386" s="6" t="s">
+        <v>1309</v>
+      </c>
+      <c r="H386" s="6" t="s">
+        <v>1552</v>
+      </c>
+      <c r="I386" s="6" t="s">
+        <v>1585</v>
+      </c>
+      <c r="J386" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K386" s="6" t="s">
+        <v>2243</v>
+      </c>
+      <c r="L386" s="6" t="s">
+        <v>2262</v>
+      </c>
+      <c r="M386" s="6"/>
+      <c r="N386" s="6" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="387" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A387" s="6" t="s">
+        <v>1594</v>
+      </c>
+      <c r="B387" s="6" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C387" s="6">
+        <v>2013</v>
+      </c>
+      <c r="D387" s="6" t="s">
+        <v>2263</v>
+      </c>
+      <c r="E387" s="6" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F387" s="6" t="s">
+        <v>1595</v>
+      </c>
+      <c r="G387" s="6" t="s">
+        <v>2264</v>
+      </c>
+      <c r="H387" s="6" t="s">
+        <v>2265</v>
+      </c>
+      <c r="I387" s="6"/>
+      <c r="J387" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="K387" s="6" t="s">
         <v>2016</v>
       </c>
-      <c r="D18" s="3" t="s">
-[...10621 lines deleted...]
-      </c>
+      <c r="L387" s="6" t="s">
+        <v>2266</v>
+      </c>
+      <c r="M387" s="6"/>
+      <c r="N387" s="6"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Campana, Sheila</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>