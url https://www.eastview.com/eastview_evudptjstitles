--- v1 (2025-11-28)
+++ v2 (2026-01-09)
@@ -1,7196 +1,7632 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\Websites\eastview.com\Products\8_Product Title Lists\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C68FDE39-CBD8-48B7-AFED-882C4EC76F19}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F1551FBB-59D2-4359-8969-6497EF0D49AC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-98" yWindow="-98" windowWidth="21376" windowHeight="14595" xr2:uid="{90D750A9-3B80-4B59-B669-B7F856DDD690}"/>
+    <workbookView xWindow="-98" yWindow="-98" windowWidth="21376" windowHeight="14595" xr2:uid="{E3961546-0B29-4CE1-9444-886D904198A9}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
+    <sheet name="Taiwanese Journals" sheetId="1" r:id="rId1"/>
+    <sheet name="Asian &amp; European Journals" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$7:$N$480</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Asian &amp; European Journals'!$A$38:$O$55</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Taiwanese Journals'!$A$7:$N$356</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4301" uniqueCount="2310">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4440" uniqueCount="2388">
+  <si>
+    <t>Taiwan Journals Search</t>
+  </si>
   <si>
     <t>Journal Title</t>
   </si>
   <si>
     <t>Other Title</t>
   </si>
   <si>
     <t>Initiate Year of Publication</t>
   </si>
   <si>
     <t>ISSN</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Language</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
+    <t>Publisher in English</t>
+  </si>
+  <si>
+    <t>Place of Publication</t>
+  </si>
+  <si>
     <t>Frequency</t>
   </si>
   <si>
     <t>Coverage years</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Remarks</t>
   </si>
   <si>
     <t>OPEN ACCESS</t>
   </si>
   <si>
-    <t>Taiwan Journals Search</t>
-[...2 lines deleted...]
-    <t>As at October 2025</t>
+    <t>Defense Security Brief</t>
+  </si>
+  <si>
+    <t>2225360-2</t>
+  </si>
+  <si>
+    <t>Active</t>
+  </si>
+  <si>
+    <t>English</t>
+  </si>
+  <si>
+    <t>財團法人國防安全研究院</t>
+  </si>
+  <si>
+    <t>Institute for National Defense and Security Research</t>
+  </si>
+  <si>
+    <t>Taipei</t>
+  </si>
+  <si>
+    <t>Biannually</t>
+  </si>
+  <si>
+    <t>2018-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/dsb</t>
+  </si>
+  <si>
+    <t>Ex-position</t>
+  </si>
+  <si>
+    <t>2663-032X</t>
+  </si>
+  <si>
+    <t>國立臺灣大學外國語文學系</t>
+  </si>
+  <si>
+    <t>Department of Foreign Languages and Literatures, National Taiwan University</t>
+  </si>
+  <si>
+    <t>2007-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nll</t>
+  </si>
+  <si>
+    <t>THCI</t>
+  </si>
+  <si>
+    <t>IJDMD國際數位媒體設計學刊</t>
+  </si>
+  <si>
+    <t>International Journal of Digital Media Design</t>
+  </si>
+  <si>
+    <t>2078-4775</t>
+  </si>
+  <si>
+    <t>台灣數位媒體設計學會</t>
+  </si>
+  <si>
+    <t>Taiwan Digital Media Design Association</t>
+  </si>
+  <si>
+    <t>New Taipei City</t>
+  </si>
+  <si>
+    <t>2009-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/dmd</t>
+  </si>
+  <si>
+    <t>Issues &amp; Studies</t>
+  </si>
+  <si>
+    <t>Issues &amp; Studies         *English</t>
+  </si>
+  <si>
+    <t>1013-2511</t>
+  </si>
+  <si>
+    <t>國立政治大學國際關係研究中心</t>
+  </si>
+  <si>
+    <t>Center for International Relations, National Chengchi University</t>
+  </si>
+  <si>
+    <t>Quarterly</t>
+  </si>
+  <si>
+    <t>2011-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cis</t>
+  </si>
+  <si>
+    <t>Taiwan Journal of TESOL</t>
+  </si>
+  <si>
+    <t>1814-9448</t>
+  </si>
+  <si>
+    <t>國立政治大學英國語文學系</t>
+  </si>
+  <si>
+    <t>Department of English, National Chengchi University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tjt</t>
+  </si>
+  <si>
+    <t>人文社會科學研究</t>
+  </si>
+  <si>
+    <t>NPUST Humanities and Social Sciences Research</t>
+  </si>
+  <si>
+    <t>1996-7985</t>
+  </si>
+  <si>
+    <t>Traditional Chinese</t>
+  </si>
+  <si>
+    <t>國立屏東科技大學</t>
+  </si>
+  <si>
+    <t>National Pingtung University of Science and Technology</t>
+  </si>
+  <si>
+    <t>Pingtung</t>
+  </si>
+  <si>
+    <t>2007-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hss</t>
+  </si>
+  <si>
+    <t>人文社會科學研究：教育類</t>
+  </si>
+  <si>
+    <t>NPUST Humanities and Social Sciences Research: Pedagogy</t>
+  </si>
+  <si>
+    <t>2414-0228</t>
+  </si>
+  <si>
+    <t>2015-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hsp</t>
+  </si>
+  <si>
+    <t>人文社會學報</t>
+  </si>
+  <si>
+    <t>Journal of the Humanities and Social Sciences</t>
+  </si>
+  <si>
+    <t>1562-7934</t>
+  </si>
+  <si>
+    <t>世新大學人文社會學院</t>
+  </si>
+  <si>
+    <t>College of Humanities and Social Sciences, Shih Hsin University</t>
+  </si>
+  <si>
+    <t>Annually</t>
+  </si>
+  <si>
+    <t>2008-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/chs</t>
+  </si>
+  <si>
+    <t>人文研究學報</t>
+  </si>
+  <si>
+    <t>Journal of Humanistic Studies</t>
+  </si>
+  <si>
+    <t>2073-5219</t>
+  </si>
+  <si>
+    <t>國立臺南大學</t>
+  </si>
+  <si>
+    <t>National University of Tainan</t>
+  </si>
+  <si>
+    <t>Tainan</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/rsy</t>
+  </si>
+  <si>
+    <t>人類發展與家庭學報</t>
+  </si>
+  <si>
+    <t>Journal of Human Development and Family Studies</t>
+  </si>
+  <si>
+    <t>2076-8591</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學人類發展與家庭學系</t>
+  </si>
+  <si>
+    <t>Department of Human Development and Family Studies, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>2006-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hdf</t>
+  </si>
+  <si>
+    <t>大學教學實務與研究學刊</t>
+  </si>
+  <si>
+    <t>Journal of Teaching Practice and Research on Higher Education</t>
+  </si>
+  <si>
+    <t>2519-6499</t>
+  </si>
+  <si>
+    <t>國立清華大學</t>
+  </si>
+  <si>
+    <t>National Tsing Hua University</t>
+  </si>
+  <si>
+    <t>Hsinchu</t>
+  </si>
+  <si>
+    <t>2016-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tpr</t>
+  </si>
+  <si>
+    <t>女學學誌：婦女與性別研究</t>
+  </si>
+  <si>
+    <t>Journal of Women's and Gender Studies</t>
+  </si>
+  <si>
+    <t>1683-4852</t>
+  </si>
+  <si>
+    <t>國立臺灣大學婦女研究室</t>
+  </si>
+  <si>
+    <t>Women's Studies Program, National Taiwan University</t>
+  </si>
+  <si>
+    <t>1990-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nxx</t>
+  </si>
+  <si>
+    <t>TSSCI</t>
+  </si>
+  <si>
+    <t>中山人文學報</t>
+  </si>
+  <si>
+    <t>Sun Yat-sen Journal of Humanities</t>
+  </si>
+  <si>
+    <t>1024-3631</t>
+  </si>
+  <si>
+    <t>國立中山大學文學院</t>
+  </si>
+  <si>
+    <t>College of Liberal Arts, National Sun Yat-sen University</t>
+  </si>
+  <si>
+    <t>Kaohsiung</t>
+  </si>
+  <si>
+    <t>2009-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/syh</t>
+  </si>
+  <si>
+    <t>中山管理評論</t>
+  </si>
+  <si>
+    <t>Sun Yat-Sen Management Review</t>
+  </si>
+  <si>
+    <t>1023-2842</t>
+  </si>
+  <si>
+    <t>管理學術發展辦公室</t>
+  </si>
+  <si>
+    <t>Office of Research and Development, National Taiwan University</t>
+  </si>
+  <si>
+    <t>2004-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/srr</t>
+  </si>
+  <si>
+    <t>中外文學</t>
+  </si>
+  <si>
+    <t>Chung Wai Literary Quarterly</t>
+  </si>
+  <si>
+    <t>0303-0849</t>
+  </si>
+  <si>
+    <t>1972-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cwl</t>
+  </si>
+  <si>
+    <t>中央大學人文學報</t>
+  </si>
+  <si>
+    <t>National Central University Journal of Humanities</t>
+  </si>
+  <si>
+    <t>1993-9167</t>
+  </si>
+  <si>
+    <t>國立中央大學文學院</t>
+  </si>
+  <si>
+    <t>College of Liberal Arts, National Central University</t>
+  </si>
+  <si>
+    <t>Taoyuan</t>
+  </si>
+  <si>
+    <t>1983-2020</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/yrx</t>
+  </si>
+  <si>
+    <t>中正台灣文學與文化研究</t>
+  </si>
+  <si>
+    <t>Chung Cheng Journal of Taiwan Literature and Culture Studies</t>
+  </si>
+  <si>
+    <t>2957-6563</t>
+  </si>
+  <si>
+    <t>國立中正大學台灣文學與創意應用研究所</t>
+  </si>
+  <si>
+    <t>Graduate Institute of Taiwanese Literature and Creative Innovation, National Chung Cheng University</t>
+  </si>
+  <si>
+    <t>Chiayi</t>
+  </si>
+  <si>
+    <t>2022-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/clc</t>
+  </si>
+  <si>
+    <t>中正台灣文學與文化研究集刊</t>
+  </si>
+  <si>
+    <t>Chungcheng taiwan wenhsiao yu wenhua yenchiu chikan</t>
+  </si>
+  <si>
+    <t>2218-4481</t>
+  </si>
+  <si>
+    <t>Title changed</t>
+  </si>
+  <si>
+    <t>國立中正大學台灣文學與創意應用硏究所</t>
+  </si>
+  <si>
+    <t>2011-2021</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cct</t>
+  </si>
+  <si>
+    <t>中正財經法學</t>
+  </si>
+  <si>
+    <t>Chung Cheng Financial and Economic Law Review</t>
+  </si>
+  <si>
+    <t>2078-7375</t>
+  </si>
+  <si>
+    <t>國立中正大學財經法律學系</t>
+  </si>
+  <si>
+    <t>Department of Financial and Economic Law, National Chung Cheng University</t>
+  </si>
+  <si>
+    <t>2018-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ccf</t>
+  </si>
+  <si>
+    <t>中正漢學研究</t>
+  </si>
+  <si>
+    <t>Chung Cheng Chinese Studies</t>
+  </si>
+  <si>
+    <t>1996-269X</t>
+  </si>
+  <si>
+    <t>國立中正大學中國文學系</t>
+  </si>
+  <si>
+    <t>Department of Chinese Literature, National Chung Cheng University</t>
+  </si>
+  <si>
+    <t>1997-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ccx</t>
+  </si>
+  <si>
+    <t>中正歷史學刊</t>
+  </si>
+  <si>
+    <t>Chung Cheng Journal of History</t>
+  </si>
+  <si>
+    <t>2070-1071</t>
+  </si>
+  <si>
+    <t>國立中正大學歷史研究所</t>
+  </si>
+  <si>
+    <t>Graduate Institute of History, National Chung Cheng University</t>
+  </si>
+  <si>
+    <t>2009-2022</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/zzl</t>
+  </si>
+  <si>
+    <t>YES</t>
+  </si>
+  <si>
+    <t>中原華語文學報</t>
+  </si>
+  <si>
+    <t>Chung Yuan Journal of Teaching Chinese as a Second Language</t>
+  </si>
+  <si>
+    <t>2070-1977</t>
+  </si>
+  <si>
+    <t>Suspended</t>
+  </si>
+  <si>
+    <t>中原大學應用華語文學系</t>
+  </si>
+  <si>
+    <t>Department of Applied Chinese Language and Literature, Chung Yuan Christian University</t>
+  </si>
+  <si>
+    <t>2008-2022</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/zhw</t>
+  </si>
+  <si>
+    <t>中國大陸研究</t>
+  </si>
+  <si>
+    <t>Mainland China Studies</t>
+  </si>
+  <si>
+    <t>1013-2716</t>
+  </si>
+  <si>
+    <t>1998-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/mcs</t>
+  </si>
+  <si>
+    <t>中國文哲研究通訊</t>
+  </si>
+  <si>
+    <t>Newsletter of the Institute of Chinese Literature and Philosophy</t>
+  </si>
+  <si>
+    <t>1017-7558</t>
+  </si>
+  <si>
+    <t>中央研究院中國文哲研究所</t>
+  </si>
+  <si>
+    <t>Institute of Chinese Literature and Philosophy, Academia Sinica</t>
+  </si>
+  <si>
+    <t>1991-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nic</t>
+  </si>
+  <si>
+    <t>中國地方自治</t>
+  </si>
+  <si>
+    <t>Chinese Local Government</t>
+  </si>
+  <si>
+    <t>0529-6498</t>
+  </si>
+  <si>
+    <t>中國地方自治學會</t>
+  </si>
+  <si>
+    <t>The Chinese Association for Local Autonomy</t>
+  </si>
+  <si>
+    <t>Monthly</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cla</t>
+  </si>
+  <si>
+    <t>中國飲食文化</t>
+  </si>
+  <si>
+    <t>Journal of Chinese Dietary Culture</t>
+  </si>
+  <si>
+    <t>1811-9301</t>
+  </si>
+  <si>
+    <t>財團法人中華飲食文化基金會</t>
+  </si>
+  <si>
+    <t>Chinese Food Culture Foundation</t>
+  </si>
+  <si>
+    <t>2005-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cdc</t>
+  </si>
+  <si>
+    <t>中國學術年刊</t>
+  </si>
+  <si>
+    <t>Studies in Sinology</t>
+  </si>
+  <si>
+    <t>1021-7851</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學國文學系</t>
+  </si>
+  <si>
+    <t>Department of Chinese, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>2011-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/zxn</t>
+  </si>
+  <si>
+    <t>中華心理衛生學刊</t>
+  </si>
+  <si>
+    <t>Chinese Journal of Mental Health</t>
+  </si>
+  <si>
+    <t>1023-7283</t>
+  </si>
+  <si>
+    <t>中華心理衛生協會</t>
+  </si>
+  <si>
+    <t>Chinese Society for Mental Health</t>
+  </si>
+  <si>
+    <t>2003-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/fjm</t>
+  </si>
+  <si>
+    <t>中華心理學刊</t>
+  </si>
+  <si>
+    <t>Chinese Journal of Psychology</t>
+  </si>
+  <si>
+    <t>1013-9656</t>
+  </si>
+  <si>
+    <t>台灣心理學會與五南圖書共同出版</t>
+  </si>
+  <si>
+    <t>Taiwan Psychological Association / Wu-Nan Book Co. (co-publication)</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cjp</t>
+  </si>
+  <si>
+    <t>中華民國教育年報</t>
+  </si>
+  <si>
+    <t>The Republic of China Education Yearbook</t>
+  </si>
+  <si>
+    <t>1563-3608</t>
+  </si>
+  <si>
+    <t>國家教育研究院</t>
+  </si>
+  <si>
+    <t>National Academy for Educational Research</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cey</t>
+  </si>
+  <si>
+    <t>中華印刷科技年報</t>
+  </si>
+  <si>
+    <t>Journal of CAGST</t>
+  </si>
+  <si>
+    <t>2220-2579</t>
+  </si>
+  <si>
+    <t>社團法人中華印刷科技學會</t>
+  </si>
+  <si>
+    <t>Chinese Society for Printing Technology</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cag</t>
+  </si>
+  <si>
+    <t>中華佛學研究</t>
+  </si>
+  <si>
+    <t>Chung-Hwa Buddhist Studies</t>
+  </si>
+  <si>
+    <t>1026-969X</t>
+  </si>
+  <si>
+    <t>財團法人中華佛學研究所</t>
+  </si>
+  <si>
+    <t>Chung-Hwa Institute of Buddhist Studies</t>
+  </si>
+  <si>
+    <t>2010-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/chb</t>
+  </si>
+  <si>
+    <t>中華佛學學報</t>
+  </si>
+  <si>
+    <t>Journal of Chinese Buddhist Studies</t>
+  </si>
+  <si>
+    <t>2313-2000</t>
+  </si>
+  <si>
+    <t>2004-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jcb</t>
+  </si>
+  <si>
+    <t>中華科技史學會學刊</t>
+  </si>
+  <si>
+    <t>Bulletin of Chinese Association for the History of Science</t>
+  </si>
+  <si>
+    <t>2075-7379</t>
+  </si>
+  <si>
+    <t>中華科技史學會</t>
+  </si>
+  <si>
+    <t>Chinese Society for the History of Science and Technology</t>
+  </si>
+  <si>
+    <t>2004-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ahs</t>
+  </si>
+  <si>
+    <t>臺灣傳播學刊</t>
+  </si>
+  <si>
+    <t>Chinese Journal of Communication Research</t>
+  </si>
+  <si>
+    <t>1726-3581</t>
+  </si>
+  <si>
+    <t>臺灣傳播學會</t>
+  </si>
+  <si>
+    <t>Taiwan Communication Association</t>
+  </si>
+  <si>
+    <t>2006-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ccr</t>
+  </si>
+  <si>
+    <t>中華會計學刊</t>
+  </si>
+  <si>
+    <t>Taiwan Accounting Review</t>
+  </si>
+  <si>
+    <t>1609-3372</t>
+  </si>
+  <si>
+    <t>中華會計教育學會</t>
+  </si>
+  <si>
+    <t>Chinese Accounting Association</t>
+  </si>
+  <si>
+    <t>2020-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cha</t>
+  </si>
+  <si>
+    <t>中華團體心理治療</t>
+  </si>
+  <si>
+    <t>Chinese Group Psychotherapy</t>
+  </si>
+  <si>
+    <t>中華團體心理治療學會</t>
+  </si>
+  <si>
+    <t>Taiwan Association of Group Psychotherapy</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cgp</t>
+  </si>
+  <si>
+    <t>中華輔導與諮商學報</t>
+  </si>
+  <si>
+    <t>Chinese Journal of Guidance and Counseling</t>
+  </si>
+  <si>
+    <t>1728-5186</t>
+  </si>
+  <si>
+    <t>台灣輔導與諮商學會</t>
+  </si>
+  <si>
+    <t>Taiwan Guidance and Counseling Association</t>
+  </si>
+  <si>
+    <t>Triannually</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cgc</t>
+  </si>
+  <si>
+    <t>中華體育季刊</t>
+  </si>
+  <si>
+    <t>Quarterly of Chinese Physical Education</t>
+  </si>
+  <si>
+    <t>1024-7300</t>
+  </si>
+  <si>
+    <t>中華民國體育學會</t>
+  </si>
+  <si>
+    <t>Chinese Society of Physical Education</t>
+  </si>
+  <si>
+    <t>2003-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cpe</t>
+  </si>
+  <si>
+    <t>中極學刊</t>
+  </si>
+  <si>
+    <t>Zhongji Xuekan</t>
+  </si>
+  <si>
+    <t>國立暨南國際大學中國語文學系</t>
+  </si>
+  <si>
+    <t>Department of Chinese Language and Literature, National Chi Nan University</t>
+  </si>
+  <si>
+    <t>Nantou</t>
+  </si>
+  <si>
+    <t>2001-2016</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/zxj</t>
+  </si>
+  <si>
+    <t>公民教育與活動領導學報</t>
+  </si>
+  <si>
+    <t>The Bulletin of Civic Education and Leadership</t>
+  </si>
+  <si>
+    <t>1683-660X</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學公民教育與活動領導學系</t>
+  </si>
+  <si>
+    <t>Department of Civic Education and Leadership, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>2014-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cel</t>
+  </si>
+  <si>
+    <t>公共行政學報</t>
+  </si>
+  <si>
+    <t>Journal of Public Administration</t>
+  </si>
+  <si>
+    <t>1561-8080</t>
+  </si>
+  <si>
+    <t>國立政治大學公共行政學系</t>
+  </si>
+  <si>
+    <t>Department of Public Administration, National Chengchi University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jpa</t>
+  </si>
+  <si>
+    <t>公共事務評論</t>
+  </si>
+  <si>
+    <t>Journal of Public Affairs Review</t>
+  </si>
+  <si>
+    <t>1608-9456</t>
+  </si>
+  <si>
+    <t>中華公共事務管理學會</t>
+  </si>
+  <si>
+    <t>Chinese Society for Public Affairs Management</t>
+  </si>
+  <si>
+    <t>2012-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/par</t>
+  </si>
+  <si>
+    <t>戶外遊憩研究</t>
+  </si>
+  <si>
+    <t>Journal of Outdoor Recreation Study</t>
+  </si>
+  <si>
+    <t>1012-5434</t>
+  </si>
+  <si>
+    <t>中華民國戶外遊憩學會</t>
+  </si>
+  <si>
+    <t>Taiwan Outdoor Recreation Association</t>
+  </si>
+  <si>
+    <t>2000-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ors</t>
+  </si>
+  <si>
+    <t>文山評論：文學與文化</t>
+  </si>
+  <si>
+    <t>The Wenshan Review of Literature and Culture</t>
+  </si>
+  <si>
+    <t>2077-1282</t>
+  </si>
+  <si>
+    <t>1995-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/whc</t>
+  </si>
+  <si>
+    <t>文化研究</t>
+  </si>
+  <si>
+    <t>Router: A Journal of Cultural Studies</t>
+  </si>
+  <si>
+    <t>1816-0514</t>
+  </si>
+  <si>
+    <t>文化研究學會</t>
+  </si>
+  <si>
+    <t>Cultural Studies Association</t>
+  </si>
+  <si>
+    <t>2005-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/why</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TSSCI, THCI </t>
+  </si>
+  <si>
+    <t>文史臺灣學報</t>
+  </si>
+  <si>
+    <t>Taiwan Studies in Literature and History</t>
+  </si>
+  <si>
+    <t>國立臺北教育大學臺灣文化研究所</t>
+  </si>
+  <si>
+    <t>Graduate Institute of Taiwanese Culture, National Taipei University of Education</t>
+  </si>
+  <si>
+    <t>2009-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/wst</t>
+  </si>
+  <si>
+    <t>文資學報</t>
+  </si>
+  <si>
+    <t>Journal of Culture Resources</t>
+  </si>
+  <si>
+    <t>1814-3121</t>
+  </si>
+  <si>
+    <t>國立臺北藝術大學文化資源學院</t>
+  </si>
+  <si>
+    <t>College of Culture Resources, Taipei National University of the Arts</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/wzx</t>
+  </si>
+  <si>
+    <t>日本與亞太研究季刊</t>
+  </si>
+  <si>
+    <t>Japan and Asia-Pacific Studies Quarterly</t>
+  </si>
+  <si>
+    <t>2519-9978</t>
+  </si>
+  <si>
+    <t>當代日本研究學會</t>
+  </si>
+  <si>
+    <t>Society for Contemporary Japanese Studies</t>
+  </si>
+  <si>
+    <t>2017-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jaq</t>
+  </si>
+  <si>
+    <t>世新中文研究集刊</t>
+  </si>
+  <si>
+    <t>Journal of The Institute of Chinese Literature Shih Hsin University</t>
+  </si>
+  <si>
+    <t>世新大學中國文學系</t>
+  </si>
+  <si>
+    <t>Department of Chinese Literature, Shih Hsin University</t>
+  </si>
+  <si>
+    <t>2008-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/csu</t>
+  </si>
+  <si>
+    <t>台灣公共衛生雜誌</t>
+  </si>
+  <si>
+    <t>Taiwan Journal of Public Health</t>
+  </si>
+  <si>
+    <t>1023-2141</t>
+  </si>
+  <si>
+    <t>台灣公共衛生學會</t>
+  </si>
+  <si>
+    <t>Taiwan Public Health Association</t>
+  </si>
+  <si>
+    <t>Bimonthly</t>
+  </si>
+  <si>
+    <t>2010-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jph</t>
+  </si>
+  <si>
+    <t>台灣文學研究學報</t>
+  </si>
+  <si>
+    <t>Journal of Taiwan Literary Studies</t>
+  </si>
+  <si>
+    <t>1817-2946</t>
+  </si>
+  <si>
+    <t>國立台灣文學館</t>
+  </si>
+  <si>
+    <t>National Museum of Taiwan Literature</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jot</t>
+  </si>
+  <si>
+    <t>台灣文學學報</t>
+  </si>
+  <si>
+    <t>Bulletin of Taiwanese Literature</t>
+  </si>
+  <si>
+    <t>1608-1692</t>
+  </si>
+  <si>
+    <t>國立政治大學台灣文學研究所</t>
+  </si>
+  <si>
+    <t>Graduate Institute of Taiwanese Literature, National Chengchi University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/btl</t>
+  </si>
+  <si>
+    <t>台灣東南亞學刊</t>
+  </si>
+  <si>
+    <t>Taiwan Journal of Southeast Asian Studies</t>
+  </si>
+  <si>
+    <t>1811-5713</t>
+  </si>
+  <si>
+    <t>國立暨南國際大學東南亞研究中心</t>
+  </si>
+  <si>
+    <t>Center for Southeast Asian Studies, National Chi Nan University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tsa</t>
+  </si>
+  <si>
+    <t>台灣社區工作與社區研究學刊</t>
+  </si>
+  <si>
+    <t>Journal of Community Work and Community Studies</t>
+  </si>
+  <si>
+    <t>2223-7240</t>
+  </si>
+  <si>
+    <t>台灣社區工作與社區研究學會</t>
+  </si>
+  <si>
+    <t>Taiwan Association of Community Work and Community Studies</t>
+  </si>
+  <si>
+    <t>Taichung</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cwc</t>
+  </si>
+  <si>
+    <t>台灣社會研究季刊</t>
+  </si>
+  <si>
+    <t>Taiwan : A Radical Quarterly in Social Studies</t>
+  </si>
+  <si>
+    <t>1021-9528</t>
+  </si>
+  <si>
+    <t>台灣社會研究雜誌社</t>
+  </si>
+  <si>
+    <t>Taiwan Social Research Quarterly</t>
+  </si>
+  <si>
+    <t>2008-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tsy</t>
+  </si>
+  <si>
+    <t>台灣社會學</t>
+  </si>
+  <si>
+    <t>Taiwanese Sociology</t>
+  </si>
+  <si>
+    <t>1680-2969</t>
+  </si>
+  <si>
+    <t>中央研究院社會學研究所</t>
+  </si>
+  <si>
+    <t>Institute of Sociology, Academia Sinica</t>
+  </si>
+  <si>
+    <t>2001-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tsj</t>
+  </si>
+  <si>
+    <t>台灣原住民族研究學報</t>
+  </si>
+  <si>
+    <t>Taiwan Indigenous Studies Association</t>
+  </si>
+  <si>
+    <t>2308-3263</t>
+  </si>
+  <si>
+    <t>台灣原住民族研究學會</t>
+  </si>
+  <si>
+    <t>2011-2019</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tia</t>
+  </si>
+  <si>
+    <t>台灣浸信會神學院學術年刊</t>
+  </si>
+  <si>
+    <t>Taiwan Baptist Theological Seminary Annual Bulletin</t>
+  </si>
+  <si>
+    <t>1811-4520</t>
+  </si>
+  <si>
+    <t>基督教台灣浸會神學院</t>
+  </si>
+  <si>
+    <t>Taiwan Baptist Theological Seminary</t>
+  </si>
+  <si>
+    <t>2003-2009</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tbt</t>
+  </si>
+  <si>
+    <t>台灣國際法學刊</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taiwan Journal of International Law </t>
+  </si>
+  <si>
+    <t>1818-4185</t>
+  </si>
+  <si>
+    <t>台灣國際法學會</t>
+  </si>
+  <si>
+    <t>Taiwan Society of International Law</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/til</t>
+  </si>
+  <si>
+    <t>台灣國際研究季刊</t>
+  </si>
+  <si>
+    <t>Taiwan International Studies Quarterly</t>
+  </si>
+  <si>
+    <t>1816-2622</t>
+  </si>
+  <si>
+    <t>臺灣國際研究學會</t>
+  </si>
+  <si>
+    <t>Taiwan Association of International Relations</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tis</t>
+  </si>
+  <si>
+    <t>台灣學誌</t>
+  </si>
+  <si>
+    <t>Monumenta Taiwanica</t>
+  </si>
+  <si>
+    <t>2219-2204</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學臺灣語文學系</t>
+  </si>
+  <si>
+    <t>Department of Taiwanese Languages and Literature, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/mtj</t>
+  </si>
+  <si>
+    <t>台灣醫學人文學刊</t>
+  </si>
+  <si>
+    <t>Formosan Journal of Medical Humanities</t>
+  </si>
+  <si>
+    <t>1606-5727</t>
+  </si>
+  <si>
+    <t>中山醫學大學醫學社會暨社會工作學系</t>
+  </si>
+  <si>
+    <t>Department of Medical Sociology and Social Work, Chung Shan Medical University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/fmh</t>
+  </si>
+  <si>
+    <t>史原</t>
+  </si>
+  <si>
+    <t>Shih Yuan</t>
+  </si>
+  <si>
+    <t>1027-7641</t>
+  </si>
+  <si>
+    <t>國立臺灣大學歷史學系</t>
+  </si>
+  <si>
+    <t>Department of History, National Taiwan University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hsy</t>
+  </si>
+  <si>
+    <t>史匯</t>
+  </si>
+  <si>
+    <t>Shih-Hui</t>
+  </si>
+  <si>
+    <t>2227-8036</t>
+  </si>
+  <si>
+    <t>國立中央大學歷史研究所</t>
+  </si>
+  <si>
+    <t>Graduate Institute of History, National Central University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/shh</t>
+  </si>
+  <si>
+    <t>史學彙刊</t>
+  </si>
+  <si>
+    <t>Journal of the Historical Studies</t>
+  </si>
+  <si>
+    <t>2304-5213</t>
+  </si>
+  <si>
+    <t>中國文化大學史學研究所暨史學系</t>
+  </si>
+  <si>
+    <t>Graduate Institute of History and Department of History, Chinese Culture University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hsj</t>
+  </si>
+  <si>
+    <t>外國語文研究</t>
+  </si>
+  <si>
+    <t>Foreign Language Studies</t>
+  </si>
+  <si>
+    <t>1813-0755</t>
+  </si>
+  <si>
+    <t>國立政治大學外國語文學院</t>
+  </si>
+  <si>
+    <t>College of Foreign Languages, National Chengchi University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/fls</t>
+  </si>
+  <si>
+    <t>幼兒教育年刊</t>
+  </si>
+  <si>
+    <t>Journal of Early Childhood Education</t>
+  </si>
+  <si>
+    <t>1018-158X</t>
+  </si>
+  <si>
+    <t>國立臺中教育大學幼兒教育學系</t>
+  </si>
+  <si>
+    <t>Department of Early Childhood Education, National Taichung University of Education</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ece</t>
+  </si>
+  <si>
+    <t>幼兒教保研究期刊</t>
+  </si>
+  <si>
+    <t>Journal of Early Childhood Education &amp; Care</t>
+  </si>
+  <si>
+    <t>1997-468X</t>
+  </si>
+  <si>
+    <t>國立嘉義大學幼兒教育系</t>
+  </si>
+  <si>
+    <t>Department of Early Childhood Education, National Chiayi University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ecc</t>
+  </si>
+  <si>
+    <t>弘誓雙月刊</t>
+  </si>
+  <si>
+    <t>Hongshi</t>
+  </si>
+  <si>
+    <t>1729-2786</t>
+  </si>
+  <si>
+    <t>財團法人弘誓文教基金會</t>
+  </si>
+  <si>
+    <t>Hongshi Buddhist Cultural and Educational Foundation</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hsb</t>
+  </si>
+  <si>
+    <t>本土心理學研究</t>
+  </si>
+  <si>
+    <t>Indigenous Psychological Research in Chinese Societies</t>
+  </si>
+  <si>
+    <t>1029-8282</t>
+  </si>
+  <si>
+    <t>國立臺灣大學心理學系本土心理學研究室</t>
+  </si>
+  <si>
+    <t>Department of Psychology, National Taiwan University – Laboratory of Indigenous Psychology</t>
+  </si>
+  <si>
+    <t>1993-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ipr</t>
+  </si>
+  <si>
+    <t>正觀</t>
+  </si>
+  <si>
+    <t>Satyabhisamaya</t>
+  </si>
+  <si>
+    <t>1609-9575</t>
+  </si>
+  <si>
+    <t>正觀雜誌社</t>
+  </si>
+  <si>
+    <t>Chengguan Magazine</t>
+  </si>
+  <si>
+    <t>1997-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sbh</t>
+  </si>
+  <si>
+    <t>民主與治理</t>
+  </si>
+  <si>
+    <t>Journal of Democracy and Governance</t>
+  </si>
+  <si>
+    <t>2311-505X</t>
+  </si>
+  <si>
+    <t>國立中正大學政治學系</t>
+  </si>
+  <si>
+    <t>Department of Political Science, National Chung Cheng University</t>
+  </si>
+  <si>
+    <t>2014-2022</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jdg</t>
+  </si>
+  <si>
+    <t>民生論叢</t>
+  </si>
+  <si>
+    <t>Human Ecology : Vision and Insight</t>
+  </si>
+  <si>
+    <t>2074-8159</t>
+  </si>
+  <si>
+    <t>實踐大學民生學院</t>
+  </si>
+  <si>
+    <t>College of Human Ecology, Shih Chien University</t>
+  </si>
+  <si>
+    <t>2009-2018</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hev</t>
+  </si>
+  <si>
+    <t>民俗藝術與文化資產集刊</t>
+  </si>
+  <si>
+    <t>Journal of Folk Arts and Cultural Heritages</t>
+  </si>
+  <si>
+    <t>國立臺北大學民俗藝術與文化資產研究所</t>
+  </si>
+  <si>
+    <t>Graduate Institute of Folk Arts and Cultural Heritage, National Taipei University</t>
+  </si>
+  <si>
+    <t>2012-2017</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/gwm</t>
+  </si>
+  <si>
+    <t>犯罪學期刊</t>
+  </si>
+  <si>
+    <t>Journal of Criminology</t>
+  </si>
+  <si>
+    <t>1605-2382</t>
+  </si>
+  <si>
+    <t>中華民國犯罪學學會</t>
+  </si>
+  <si>
+    <t>Criminology Association of the Republic of China</t>
+  </si>
+  <si>
+    <t>2004-2020</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/joc</t>
+  </si>
+  <si>
+    <t>玄奘佛學研究</t>
+  </si>
+  <si>
+    <t>Hsuan Chuang Journal of Buddhism Studies</t>
+  </si>
+  <si>
+    <t>1813-3649</t>
+  </si>
+  <si>
+    <t>玄奘大學</t>
+  </si>
+  <si>
+    <t>Hsuan Chuang University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hcb</t>
+  </si>
+  <si>
+    <t>白沙歷史地理學報</t>
+  </si>
+  <si>
+    <t>Baisha Journal of GeoHistory</t>
+  </si>
+  <si>
+    <t>1991-1475</t>
+  </si>
+  <si>
+    <t>國立彰化師範大學歷史學研究所</t>
+  </si>
+  <si>
+    <t>Graduate Institute of History, National Changhua University of Education</t>
+  </si>
+  <si>
+    <t>Changhua</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/bjg</t>
+  </si>
+  <si>
+    <t>交流</t>
+  </si>
+  <si>
+    <t>EXCHANGE</t>
+  </si>
+  <si>
+    <t>1560-6716</t>
+  </si>
+  <si>
+    <t>財團法人海峽交流基金會</t>
+  </si>
+  <si>
+    <t>Straits Exchange Foundation</t>
+  </si>
+  <si>
+    <t>2017-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/exj</t>
+  </si>
+  <si>
+    <t>休閒與社會研究</t>
+  </si>
+  <si>
+    <t>Leisure &amp; Society Research</t>
+  </si>
+  <si>
+    <t>2219-5777</t>
+  </si>
+  <si>
+    <t>休閒與社會研究編輯委員會</t>
+  </si>
+  <si>
+    <t>Editorial Board of Leisure and Society Studies</t>
+  </si>
+  <si>
+    <t>2010-2022</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/lsr</t>
+  </si>
+  <si>
+    <t>全國新書資訊月刊</t>
+  </si>
+  <si>
+    <t>New Books：Recent Publications in Taiwan, ROC</t>
+  </si>
+  <si>
+    <t>1560-6708</t>
+  </si>
+  <si>
+    <t>國家圖書館</t>
+  </si>
+  <si>
+    <t>National Central Library</t>
+  </si>
+  <si>
+    <t>2006-2017</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nbr</t>
+  </si>
+  <si>
+    <t>全球客家研究</t>
+  </si>
+  <si>
+    <t>Global Hakka Studies</t>
+  </si>
+  <si>
+    <t>2310-8436</t>
+  </si>
+  <si>
+    <t>國立交通大學客家文化學院</t>
+  </si>
+  <si>
+    <t>College of Hakka Studies, National Yang Ming Chiao Tung University</t>
+  </si>
+  <si>
+    <t>2013-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ghs</t>
+  </si>
+  <si>
+    <t>全球政治評論</t>
+  </si>
+  <si>
+    <t>Review of Global Politics</t>
+  </si>
+  <si>
+    <t>1726-3786</t>
+  </si>
+  <si>
+    <t>國立中興大學國際政治研究所</t>
+  </si>
+  <si>
+    <t>Graduate Institute of International Politics, National Chung Hsing University</t>
+  </si>
+  <si>
+    <t>2002-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/rgp</t>
+  </si>
+  <si>
+    <t>同心圓：文學與文化研究</t>
+  </si>
+  <si>
+    <t>Concentric： Literary and Cultural Studies</t>
+  </si>
+  <si>
+    <t>1729-6897</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學英語學系</t>
+  </si>
+  <si>
+    <t>Department of English, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>2001-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/lcs</t>
+  </si>
+  <si>
+    <t>同心圓：語言學研究</t>
+  </si>
+  <si>
+    <t>Concentric: Studies in Linguistics</t>
+  </si>
+  <si>
+    <t>1810-7478</t>
+  </si>
+  <si>
+    <t>2001-2018</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/csl</t>
+  </si>
+  <si>
+    <t xml:space="preserve">THCI </t>
+  </si>
+  <si>
+    <t>地理研究</t>
+  </si>
+  <si>
+    <t>Journal of Geographical Research</t>
+  </si>
+  <si>
+    <t>1019-6684</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學地理學系</t>
+  </si>
+  <si>
+    <t>Department of Geography, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jgr</t>
+  </si>
+  <si>
+    <t>地理學報</t>
+  </si>
+  <si>
+    <t>Journal of Geographical Science</t>
+  </si>
+  <si>
+    <t>0494-5387</t>
+  </si>
+  <si>
+    <t>國立臺灣大學地理環境資源學系</t>
+  </si>
+  <si>
+    <t>Department of Geography, National Taiwan University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/gsj</t>
+  </si>
+  <si>
+    <t>地籍測量：中華民國地籍測量學會會刊</t>
+  </si>
+  <si>
+    <t>Journal of Cadastral Survey</t>
+  </si>
+  <si>
+    <t>2072-5507</t>
+  </si>
+  <si>
+    <t>中華民國地籍測量學會</t>
+  </si>
+  <si>
+    <t>Chinese Association of Cadastral Surveying</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/csj</t>
+  </si>
+  <si>
+    <t>成大中文學報</t>
+  </si>
+  <si>
+    <t>Journal of Chinese Literature of National Cheng Kung University</t>
+  </si>
+  <si>
+    <t>1817-0021</t>
+  </si>
+  <si>
+    <t>國立成功大學中國文學系</t>
+  </si>
+  <si>
+    <t>Department of Chinese Literature, National Cheng Kung University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ckl</t>
+  </si>
+  <si>
+    <t>成大歷史學報</t>
+  </si>
+  <si>
+    <t>Cheng Kung Journal of Historical Studies</t>
+  </si>
+  <si>
+    <t>1683-9749</t>
+  </si>
+  <si>
+    <t>國立成功大學歷史學系</t>
+  </si>
+  <si>
+    <t>Department of History, National Cheng Kung University</t>
+  </si>
+  <si>
+    <t>1974-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/clx</t>
+  </si>
+  <si>
+    <t>早期中國史研究</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Early and Medieval Chinese History </t>
+  </si>
+  <si>
+    <t>2075-0366</t>
+  </si>
+  <si>
+    <t>早期中國史研究會</t>
+  </si>
+  <si>
+    <t>Society for Early China Studies</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/emc</t>
+  </si>
+  <si>
+    <t>有鳳初鳴年刊</t>
+  </si>
+  <si>
+    <t>Annual of Graduate School of Chinese Literature Soochow University</t>
+  </si>
+  <si>
+    <t>1817-2903</t>
+  </si>
+  <si>
+    <t>東吳大學中國文學系</t>
+  </si>
+  <si>
+    <t>Department of Chinese Literature, Soochow University</t>
+  </si>
+  <si>
+    <t>2005-2022</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ssu</t>
+  </si>
+  <si>
+    <t>考古人類學刊</t>
+  </si>
+  <si>
+    <t>Journal of Archaeology and Anthropology</t>
+  </si>
+  <si>
+    <t>0077-5843</t>
+  </si>
+  <si>
+    <t>《考古人類學刊》編輯委員會</t>
+  </si>
+  <si>
+    <t>Editorial Board of the Journal of Archaeology and Anthropology</t>
+  </si>
+  <si>
+    <t>2007-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/bda</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TSSCI </t>
+  </si>
+  <si>
+    <t>行政暨政策學報</t>
+  </si>
+  <si>
+    <t>The Journal of Public Administration and Policy</t>
+  </si>
+  <si>
+    <t>1728-6425</t>
+  </si>
+  <si>
+    <t>國立臺北大學公共行政暨政策學系</t>
+  </si>
+  <si>
+    <t>Department of Public Administration and Policy, National Taipei University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/pap</t>
+  </si>
+  <si>
+    <t>行銷科學學報</t>
+  </si>
+  <si>
+    <t>Taiwan Journal of Marketing Science</t>
+  </si>
+  <si>
+    <t>1816-6601</t>
+  </si>
+  <si>
+    <t>台灣行銷科學學會</t>
+  </si>
+  <si>
+    <t>Taiwan Marketing Science Society</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tms</t>
+  </si>
+  <si>
+    <t>住宅學報</t>
+  </si>
+  <si>
+    <t>Journal of Housing Studies</t>
+  </si>
+  <si>
+    <t>1666-0040</t>
+  </si>
+  <si>
+    <t>中華民國住宅學會</t>
+  </si>
+  <si>
+    <t>Chinese Housing Society</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jhs</t>
+  </si>
+  <si>
+    <t>佛光學報</t>
+  </si>
+  <si>
+    <t>Fo Guang Journal of Buddhist Studies</t>
+  </si>
+  <si>
+    <t>2414-3006</t>
+  </si>
+  <si>
+    <t>佛光大學佛教研究中心</t>
+  </si>
+  <si>
+    <t>Center for Buddhist Studies, Fo Guang University</t>
+  </si>
+  <si>
+    <t>Ilan</t>
+  </si>
+  <si>
+    <t>2015-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/fgb</t>
+  </si>
+  <si>
+    <t>身體文化學報</t>
+  </si>
+  <si>
+    <t>Body Culture Journal</t>
+  </si>
+  <si>
+    <t>1817-6690</t>
+  </si>
+  <si>
+    <t>臺灣身體文化學會</t>
+  </si>
+  <si>
+    <t>Taiwan Body Culture Society</t>
+  </si>
+  <si>
+    <t>2005-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/bcj</t>
+  </si>
+  <si>
+    <t>亞太研究通訊</t>
+  </si>
+  <si>
+    <t>Journal of Asia-Pacific Studies</t>
+  </si>
+  <si>
+    <t>1816-2576</t>
+  </si>
+  <si>
+    <t>南華大學國際事務與企業學系</t>
+  </si>
+  <si>
+    <t>Department of International Affairs and Business, Nanhua University</t>
+  </si>
+  <si>
+    <t>2005-2014</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/aps</t>
+  </si>
+  <si>
+    <t>亞洲家庭暴力與性侵害期刊</t>
+  </si>
+  <si>
+    <t>Asian Journal of Domestic Violence and Sexual Offense</t>
+  </si>
+  <si>
+    <t>1994-5779</t>
+  </si>
+  <si>
+    <t>社團法人台灣家庭暴力暨性犯罪處遇協會</t>
+  </si>
+  <si>
+    <t>Taiwan Association for Treatment of Domestic Violence and Sexual Offense</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/adv</t>
+  </si>
+  <si>
+    <t>奇萊論衡：東華文哲研究集刊</t>
+  </si>
+  <si>
+    <t>chilai lunheng</t>
+  </si>
+  <si>
+    <t>2415-4547</t>
+  </si>
+  <si>
+    <t>國立東華大學中國語文學系</t>
+  </si>
+  <si>
+    <t>Department of Chinese Language and Literature, National Dong Hwa University</t>
+  </si>
+  <si>
+    <t>Hualien</t>
+  </si>
+  <si>
+    <t>2016-2022</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jca</t>
+  </si>
+  <si>
+    <t>性/別教育通訊</t>
+  </si>
+  <si>
+    <t>Bulletin of Sexuality Education</t>
+  </si>
+  <si>
+    <t>國立中央大學性/別研究室</t>
+  </si>
+  <si>
+    <t>Center For the Study of Sexualities, Dept. of English, National Central University</t>
+  </si>
+  <si>
+    <t>1997-1999</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/seb</t>
+  </si>
+  <si>
+    <t>明代研究</t>
+  </si>
+  <si>
+    <t>Journal of Ming Studies</t>
+  </si>
+  <si>
+    <t>1607-5994</t>
+  </si>
+  <si>
+    <t>中國明代研究學會</t>
+  </si>
+  <si>
+    <t>Association for Ming-Dynasty Studies</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jms</t>
+  </si>
+  <si>
+    <t>東吳中文研究集刊</t>
+  </si>
+  <si>
+    <t>Soochow Journal of the Graduate School of Chinese</t>
+  </si>
+  <si>
+    <t>1561-3828</t>
+  </si>
+  <si>
+    <t>Department of Chinese Literature , Soochow University</t>
+  </si>
+  <si>
+    <t>2016-2019</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sjg</t>
+  </si>
+  <si>
+    <t>東吳中文線上學術論文</t>
+  </si>
+  <si>
+    <t>Soochow Journal of Chinese literature online</t>
+  </si>
+  <si>
+    <t>2075-0404</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/slo</t>
+  </si>
+  <si>
+    <t>東吳中文學報</t>
+  </si>
+  <si>
+    <t>Soochow Journal of Chinese Studies</t>
+  </si>
+  <si>
+    <t>1027-1163</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sjc</t>
+  </si>
+  <si>
+    <t>東吳社會工作學報</t>
+  </si>
+  <si>
+    <t>Soochow Journal of Social Work</t>
+  </si>
+  <si>
+    <t>1026-4493</t>
+  </si>
+  <si>
+    <t>東吳大學社會工作學系</t>
+  </si>
+  <si>
+    <t>Department of Social Work, Soochow University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sjw</t>
+  </si>
+  <si>
+    <t>東吳政治學報</t>
+  </si>
+  <si>
+    <t>Soochow Journal of Political Science</t>
+  </si>
+  <si>
+    <t>1019-8636</t>
+  </si>
+  <si>
+    <t>東吳大學政治學系</t>
+  </si>
+  <si>
+    <t>Department of Political Science, Soochow University.</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sjp</t>
+  </si>
+  <si>
+    <t>東吳經濟商學學報</t>
+  </si>
+  <si>
+    <t>Soochow Journal of Economics and Business</t>
+  </si>
+  <si>
+    <t>0259-3769</t>
+  </si>
+  <si>
+    <t>東吳大學商學院</t>
+  </si>
+  <si>
+    <t>School of Business, Soochow University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sje</t>
+  </si>
+  <si>
+    <t>東吳歷史學報</t>
+  </si>
+  <si>
+    <t>Soochow Journal of History</t>
+  </si>
+  <si>
+    <t>1025-0689</t>
+  </si>
+  <si>
+    <t>東吳大學歷史學系</t>
+  </si>
+  <si>
+    <t>Department of History, Soochow University</t>
+  </si>
+  <si>
+    <t>1995-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sjh</t>
+  </si>
+  <si>
+    <t>東亞研究</t>
+  </si>
+  <si>
+    <t>East Asia Studies</t>
+  </si>
+  <si>
+    <t>1013-2546</t>
+  </si>
+  <si>
+    <t>國立政治大學東亞研究所</t>
+  </si>
+  <si>
+    <t>Graduate Institute of East Asian Studies, National Chengchi University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/eaq</t>
+  </si>
+  <si>
+    <t>東亞觀念史集刊</t>
+  </si>
+  <si>
+    <t>Journal of The History of Ideas East Asia</t>
+  </si>
+  <si>
+    <t>2303-9205</t>
+  </si>
+  <si>
+    <t>政大出版社</t>
+  </si>
+  <si>
+    <t>Chengchi University Press</t>
+  </si>
+  <si>
+    <t>2011-2022</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/iea</t>
+  </si>
+  <si>
+    <t>東南亞季刊</t>
+  </si>
+  <si>
+    <t>Journal of Southeast Asian Studies</t>
+  </si>
+  <si>
+    <t>1996-1999</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sas</t>
+  </si>
+  <si>
+    <t>東海大學法學研究</t>
+  </si>
+  <si>
+    <t>Tunghai University Law Review</t>
+  </si>
+  <si>
+    <t>1026-7247</t>
+  </si>
+  <si>
+    <t>東海大學法律學院</t>
+  </si>
+  <si>
+    <t>The College of Law, Tunghai University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tul</t>
+  </si>
+  <si>
+    <t>東海大學圖書館館刊</t>
+  </si>
+  <si>
+    <t>Tunghai University Library Journal</t>
+  </si>
+  <si>
+    <t>2414-7443</t>
+  </si>
+  <si>
+    <t>東海大學圖書館</t>
+  </si>
+  <si>
+    <t>Tunghai University Library</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tuj</t>
+  </si>
+  <si>
+    <t>東海大學圖書館館訊</t>
+  </si>
+  <si>
+    <t>Tunghai University Library Newsletter</t>
+  </si>
+  <si>
+    <t>1682-3893</t>
+  </si>
+  <si>
+    <t>2001-2015</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tun</t>
+  </si>
+  <si>
+    <t>東海中文學報</t>
+  </si>
+  <si>
+    <t>Tunghai Journal of Chinese Literature</t>
+  </si>
+  <si>
+    <t>1024-2287</t>
+  </si>
+  <si>
+    <t>東海大學中國文學系</t>
+  </si>
+  <si>
+    <t>Department of Chinese Literature, Tunghai University</t>
+  </si>
+  <si>
+    <t>1979-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tcl</t>
+  </si>
+  <si>
+    <t>東海教育評論</t>
+  </si>
+  <si>
+    <t>Tunghai Chiao Yu Ping Lun</t>
+  </si>
+  <si>
+    <t>2071-4882</t>
+  </si>
+  <si>
+    <t>東海大學教育研究所</t>
+  </si>
+  <si>
+    <t>Graduate Institute of Education, Tunghai University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/the</t>
+  </si>
+  <si>
+    <t>東海歷史研究集刊</t>
+  </si>
+  <si>
+    <t>Tunghai Journal of History</t>
+  </si>
+  <si>
+    <t>2304-3342</t>
+  </si>
+  <si>
+    <t>東海大學歷史學系</t>
+  </si>
+  <si>
+    <t>Department of History, Tung Hai University.</t>
+  </si>
+  <si>
+    <t>2013-2020</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tjh</t>
+  </si>
+  <si>
+    <t>東華人文學報</t>
+  </si>
+  <si>
+    <t>Dong Hwa Journal of Humanities</t>
+  </si>
+  <si>
+    <t>1608-8344</t>
+  </si>
+  <si>
+    <t>國立東華大學人文社會科學學院</t>
+  </si>
+  <si>
+    <t>The College of Humanities and Social Sciences, National Dong Hwa University</t>
+  </si>
+  <si>
+    <t>2011-2013</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/drx</t>
+  </si>
+  <si>
+    <t>東華漢學</t>
+  </si>
+  <si>
+    <t>Dong Hwa Journal of Chinese Studies</t>
+  </si>
+  <si>
+    <t>1726-8265</t>
+  </si>
+  <si>
+    <t>國立東華大學中國語文學系、華文文學系</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/dhc</t>
+  </si>
+  <si>
+    <t>法印學報</t>
+  </si>
+  <si>
+    <t>Journal of Dharma Seals</t>
+  </si>
+  <si>
+    <t>2224-1299</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jds</t>
+  </si>
+  <si>
+    <t>社會分析</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Social Analysis </t>
+  </si>
+  <si>
+    <t>2218-6689</t>
+  </si>
+  <si>
+    <t>社會分析編輯委員會</t>
+  </si>
+  <si>
+    <t>Social Analysis Editorial Board</t>
+  </si>
+  <si>
+    <t>2010-2021</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/saj</t>
+  </si>
+  <si>
+    <t>社會政策與社會工作學刊</t>
+  </si>
+  <si>
+    <t>Social Policy &amp; Social Work</t>
+  </si>
+  <si>
+    <t>1028-7337</t>
+  </si>
+  <si>
+    <t>台灣社會政策學會</t>
+  </si>
+  <si>
+    <t>Taiwanese Association of Social Policy</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sps</t>
+  </si>
+  <si>
+    <t>社會研究學報</t>
+  </si>
+  <si>
+    <t>Journal of Social Sciences Studies</t>
+  </si>
+  <si>
+    <t>2411-4243</t>
+  </si>
+  <si>
+    <t>2015-2017</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jss</t>
+  </si>
+  <si>
+    <t>社會科學論叢</t>
+  </si>
+  <si>
+    <t>Review of Social Sciences</t>
+  </si>
+  <si>
+    <t>1995-6584</t>
+  </si>
+  <si>
+    <t>國立政治大學社會科學學院</t>
+  </si>
+  <si>
+    <t>College of Social Science, National Chengchi University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ros</t>
+  </si>
+  <si>
+    <t>社會與區域發展學報</t>
+  </si>
+  <si>
+    <t>Journal of Social and Regional Development</t>
+  </si>
+  <si>
+    <t>2073-3275</t>
+  </si>
+  <si>
+    <t>國立臺北教育大學社會與區域發展科學系</t>
+  </si>
+  <si>
+    <t>Department of Social and Regional Development, National Taipei University of Education</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/srd</t>
+  </si>
+  <si>
+    <t>長庚人文社會學報</t>
+  </si>
+  <si>
+    <t>Chang Gung Journal of Humanities and Social Sciences</t>
+  </si>
+  <si>
+    <t>2070-9455</t>
+  </si>
+  <si>
+    <t>長庚大學通識教育中心</t>
+  </si>
+  <si>
+    <t>Center for General Education, Chang Gung University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cgh</t>
+  </si>
+  <si>
+    <t>青少年犯罪防治研究期刊</t>
+  </si>
+  <si>
+    <t>Journal of Research in Delinquency and Prevention</t>
+  </si>
+  <si>
+    <t>2078-0249</t>
+  </si>
+  <si>
+    <t>台灣青少年犯罪防治研究學會</t>
+  </si>
+  <si>
+    <t>Taiwan Society of Delinquency Research and Prevention</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/rdp</t>
+  </si>
+  <si>
+    <t>俄語學報</t>
+  </si>
+  <si>
+    <t>Journal of Russian Philology</t>
+  </si>
+  <si>
+    <t>1029-4996</t>
+  </si>
+  <si>
+    <t>國立政治大學斯拉夫語文學系</t>
+  </si>
+  <si>
+    <t>Department of Slavic Languages &amp; Literatures, National Chengchi University</t>
+  </si>
+  <si>
+    <t>2002-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jrp</t>
+  </si>
+  <si>
+    <t>南藝學報</t>
+  </si>
+  <si>
+    <t>ARTISTICA TNNUA</t>
+  </si>
+  <si>
+    <t>2220-9093</t>
+  </si>
+  <si>
+    <t>國立臺南藝術大學</t>
+  </si>
+  <si>
+    <t>Tainan National University of the Arts</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/taj</t>
+  </si>
+  <si>
+    <t>城市學學刊</t>
+  </si>
+  <si>
+    <t>Journal of Urbanology</t>
+  </si>
+  <si>
+    <t>2078-4279</t>
+  </si>
+  <si>
+    <t>高雄市立空中大學研發處</t>
+  </si>
+  <si>
+    <t>Research Division of the Open University of Kaohsiung</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/kju</t>
+  </si>
+  <si>
+    <t>屏東大學科學教育</t>
+  </si>
+  <si>
+    <t>Science Education of National University of Education</t>
+  </si>
+  <si>
+    <t>2413-9165</t>
+  </si>
+  <si>
+    <t>國立屏東大學</t>
+  </si>
+  <si>
+    <t>National Pingtung University</t>
+  </si>
+  <si>
+    <t>2015-2018</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/seu</t>
+  </si>
+  <si>
+    <t>屏東大學體育</t>
+  </si>
+  <si>
+    <t>Pingtung ta hsueh ti yu</t>
+  </si>
+  <si>
+    <t>2414-4185</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ptp</t>
+  </si>
+  <si>
+    <t>屏東文獻</t>
+  </si>
+  <si>
+    <t>The Journal of Ping-Tung History</t>
+  </si>
+  <si>
+    <t>1813-3703</t>
+  </si>
+  <si>
+    <t>屏東縣政府</t>
+  </si>
+  <si>
+    <t>Pingtung County Government</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/pth</t>
+  </si>
+  <si>
+    <t>屏東教育大學學報 人文社會類</t>
+  </si>
+  <si>
+    <t>Journal of Pingtung University of Education. Liberal Arts &amp; Social Sciences</t>
+  </si>
+  <si>
+    <t>1995-9311</t>
+  </si>
+  <si>
+    <t>國立屏東教育大學</t>
+  </si>
+  <si>
+    <t>Pingtung University of Education</t>
+  </si>
+  <si>
+    <t>2008-2015</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/pul</t>
+  </si>
+  <si>
+    <t>屏東教育大學學報 教育類</t>
+  </si>
+  <si>
+    <t>Journal of Pingtung University of Education. Education</t>
+  </si>
+  <si>
+    <t>2070-1489</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/pue</t>
+  </si>
+  <si>
+    <t>建築學報</t>
+  </si>
+  <si>
+    <t>Journal of Architecture</t>
+  </si>
+  <si>
+    <t>1016-3212</t>
+  </si>
+  <si>
+    <t>臺灣建築學會</t>
+  </si>
+  <si>
+    <t>Architectural Institute of the Taiwan</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/aoj</t>
+  </si>
+  <si>
+    <t>政大中文學報</t>
+  </si>
+  <si>
+    <t>National ChengChi University Chinese Journal Introduction</t>
+  </si>
+  <si>
+    <t>1684-4246</t>
+  </si>
+  <si>
+    <t>國立政治大學中國文學系</t>
+  </si>
+  <si>
+    <t>Department of Chinese Literature, National Chengchi University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ccj</t>
+  </si>
+  <si>
+    <t>政治科學論叢</t>
+  </si>
+  <si>
+    <t>Taiwanese Journal of Political Science</t>
+  </si>
+  <si>
+    <t>1018-3892</t>
+  </si>
+  <si>
+    <t>國立臺灣大學政治學系</t>
+  </si>
+  <si>
+    <t>Department of Political Science, National Taiwan University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jps</t>
+  </si>
+  <si>
+    <t>科技、醫療與社會</t>
+  </si>
+  <si>
+    <t>Taiwanese Journal for Studies of Science, Technology and Medicine</t>
+  </si>
+  <si>
+    <t>1680-5585</t>
+  </si>
+  <si>
+    <t>國立科學工藝博物館</t>
+  </si>
+  <si>
+    <t>National Science And Technology Museum</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/stm</t>
+  </si>
+  <si>
+    <t>科技管理學刊</t>
+  </si>
+  <si>
+    <t>Journal of Technology Management</t>
+  </si>
+  <si>
+    <t>1028-7353</t>
+  </si>
+  <si>
+    <t>中華民國科技管理學會</t>
+  </si>
+  <si>
+    <t>Chinese Society for Management of Technology</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jtm</t>
+  </si>
+  <si>
+    <t>美術學刊</t>
+  </si>
+  <si>
+    <t>Journal of Fine Arts</t>
+  </si>
+  <si>
+    <t>2309-4931</t>
+  </si>
+  <si>
+    <t>國立臺灣藝術大學美術學院美術學系</t>
+  </si>
+  <si>
+    <t>National Taiwan University of Arts</t>
+  </si>
+  <si>
+    <t>2010-2016</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/msx</t>
+  </si>
+  <si>
+    <t>英美文學評論</t>
+  </si>
+  <si>
+    <t>Review of English and American Literature</t>
+  </si>
+  <si>
+    <t>1024-2856</t>
+  </si>
+  <si>
+    <t>中華民國英美文學學會</t>
+  </si>
+  <si>
+    <t>English and American Literature Association</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/eal</t>
+  </si>
+  <si>
+    <t>音樂研究</t>
+  </si>
+  <si>
+    <t>Journal of Music Research</t>
+  </si>
+  <si>
+    <t>2079-8857</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學音樂學院</t>
+  </si>
+  <si>
+    <t>College of Music, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jmr</t>
+  </si>
+  <si>
+    <t>哲學論集</t>
+  </si>
+  <si>
+    <t>Fu Jen Philosophical Studies</t>
+  </si>
+  <si>
+    <t>1995-9176</t>
+  </si>
+  <si>
+    <t>輔仁大學哲學系</t>
+  </si>
+  <si>
+    <t>Department of Philosophy, Fu Jen Catholic University</t>
+  </si>
+  <si>
+    <t>1972-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/fzl</t>
+  </si>
+  <si>
+    <t>家政教育學報</t>
+  </si>
+  <si>
+    <t>Journal of Home Economics Education</t>
+  </si>
+  <si>
+    <t>1998-2005</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hee</t>
+  </si>
+  <si>
+    <t>師大學報</t>
+  </si>
+  <si>
+    <t>Journal of National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>2074-5192</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學</t>
+  </si>
+  <si>
+    <t>National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nhs</t>
+  </si>
+  <si>
+    <t>師大學報：科學教育類</t>
+  </si>
+  <si>
+    <t>Journal of Taiwan Normal University: Science Education</t>
+  </si>
+  <si>
+    <t>1684-7679</t>
+  </si>
+  <si>
+    <t>1997-2008</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nse</t>
+  </si>
+  <si>
+    <t xml:space="preserve">師大學報：數理與科技類 </t>
+  </si>
+  <si>
+    <t>Journal of Taiwan Normal University. Mathematics, Science &amp; Technology</t>
+  </si>
+  <si>
+    <t>1684-7636</t>
+  </si>
+  <si>
+    <t>1997-2006</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/net</t>
+  </si>
+  <si>
+    <t>師資培育與教師專業發展期刊</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Journal of Teacher Education and Professional Development </t>
+  </si>
+  <si>
+    <t>2071-3649</t>
+  </si>
+  <si>
+    <t>國立彰化師範大學</t>
+  </si>
+  <si>
+    <t>National Changhua University of Education</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tep</t>
+  </si>
+  <si>
+    <t>書畫藝術學刊</t>
+  </si>
+  <si>
+    <t>Thesis of Department of Painting and Calligraphy</t>
+  </si>
+  <si>
+    <t>1993-7156</t>
+  </si>
+  <si>
+    <t>國立臺灣藝術大學</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/shx</t>
+  </si>
+  <si>
+    <t>海華與東南亞研究</t>
+  </si>
+  <si>
+    <t>Journal of Overseas Chinese and Southeast Asian Studies</t>
+  </si>
+  <si>
+    <t>海華與東南亞研究雜誌社</t>
+  </si>
+  <si>
+    <t>Hurng Yu Chen, Ph.D.</t>
+  </si>
+  <si>
+    <t>2001-2004</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/oca</t>
+  </si>
+  <si>
+    <t>浸神學刊</t>
+  </si>
+  <si>
+    <t>Taiwan Baptist Christian Seminary Journal</t>
+  </si>
+  <si>
+    <t>2219-5971</t>
+  </si>
+  <si>
+    <t>Taiwan Baptist Christian Seminary</t>
+  </si>
+  <si>
+    <t>2010-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tbc</t>
+  </si>
+  <si>
+    <t>特殊教育研究學刊</t>
+  </si>
+  <si>
+    <t>Bulletin of Special Education</t>
+  </si>
+  <si>
+    <t>1026-4485</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學特殊教育學系</t>
+  </si>
+  <si>
+    <t>Department of Special Education, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/bse</t>
+  </si>
+  <si>
+    <t>特殊教育與復健學報</t>
+  </si>
+  <si>
+    <t>Bulletin of Special Education and Rehabilitation</t>
+  </si>
+  <si>
+    <t>1563-3586</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tfx</t>
+  </si>
+  <si>
+    <t>特殊教育學報</t>
+  </si>
+  <si>
+    <t>Journal of Special Education</t>
+  </si>
+  <si>
+    <t>2074-5583</t>
+  </si>
+  <si>
+    <t>國立彰化師範大學特殊教育學系</t>
+  </si>
+  <si>
+    <t>Department of Special Education, National Changhua University of Education</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jse</t>
+  </si>
+  <si>
+    <t>高大法學論叢</t>
+  </si>
+  <si>
+    <t>National University of Kaohsiung Law Journal</t>
+  </si>
+  <si>
+    <t>1819-8457</t>
+  </si>
+  <si>
+    <t>國立高雄大學法學院</t>
+  </si>
+  <si>
+    <t>College of Law, National University of Kaohsiung</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/klj</t>
+  </si>
+  <si>
+    <t>高雄文獻</t>
+  </si>
+  <si>
+    <t>Kaohsiung Historiography</t>
+  </si>
+  <si>
+    <t>2222-8306</t>
+  </si>
+  <si>
+    <t>高雄市立歷史博物館</t>
+  </si>
+  <si>
+    <t>Kaohsiung Museum of History</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/khj</t>
+  </si>
+  <si>
+    <t>商略學報</t>
+  </si>
+  <si>
+    <t>International Journal of Commerce and Strategy</t>
+  </si>
+  <si>
+    <t>2073-2147</t>
+  </si>
+  <si>
+    <t>台灣管理學會</t>
+  </si>
+  <si>
+    <t>Taiwan Management Institute</t>
+  </si>
+  <si>
+    <t>2009-2021</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ijc</t>
+  </si>
+  <si>
+    <t>商業設計學報</t>
+  </si>
+  <si>
+    <t>The Journal Of Commercial Design</t>
+  </si>
+  <si>
+    <t>1028-9518</t>
+  </si>
+  <si>
+    <t>國立臺中科技大學商業設計系</t>
+  </si>
+  <si>
+    <t>Department of Commercial Design, National Taichung University of Science and Technology.</t>
+  </si>
+  <si>
+    <t>2008-2020</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jcd</t>
+  </si>
+  <si>
+    <t>問哲</t>
+  </si>
+  <si>
+    <t>On Philosophical</t>
+  </si>
+  <si>
+    <t>2415-5977</t>
+  </si>
+  <si>
+    <t>華梵蓮華佛學研究所</t>
+  </si>
+  <si>
+    <t>Huafan University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/opj</t>
+  </si>
+  <si>
+    <t>問題與研究</t>
+  </si>
+  <si>
+    <t>Issues &amp; Studies      *Chinese</t>
+  </si>
+  <si>
+    <t>0591-2539</t>
+  </si>
+  <si>
+    <t>Institute of International Relations, National Chengchi University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nis</t>
+  </si>
+  <si>
+    <t>國土測繪與空間資訊</t>
+  </si>
+  <si>
+    <t>Taiwan Journal of Geoinformatics</t>
+  </si>
+  <si>
+    <t>Chinese Society of Cadastral Survey</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tjg</t>
+  </si>
+  <si>
+    <t>國文學報</t>
+  </si>
+  <si>
+    <t>Bulletin of Chinese</t>
+  </si>
+  <si>
+    <t>1019-6706</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/gwx</t>
+  </si>
+  <si>
+    <t>國立中正大學法學集刊</t>
+  </si>
+  <si>
+    <t>National Chung Cheng University Law Journal</t>
+  </si>
+  <si>
+    <t>1728-7618</t>
+  </si>
+  <si>
+    <t>國立中正大學法律學系</t>
+  </si>
+  <si>
+    <t>Department of Law, National Chung Cheng University.</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ccl</t>
+  </si>
+  <si>
+    <t>國立金門大學學報</t>
+  </si>
+  <si>
+    <t>Journal of National Quemoy University</t>
+  </si>
+  <si>
+    <t>2221-142X</t>
+  </si>
+  <si>
+    <t>國立金門大學</t>
+  </si>
+  <si>
+    <t>National Quemoy University</t>
+  </si>
+  <si>
+    <t>Kinmen</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nqu</t>
+  </si>
+  <si>
+    <t>國立金門技術學院學報</t>
+  </si>
+  <si>
+    <t>Journal of National Kinmen Institute of Technology</t>
+  </si>
+  <si>
+    <t>國立金門技術學院</t>
+  </si>
+  <si>
+    <t>National Kinmen Institute of Technology</t>
+  </si>
+  <si>
+    <t>2005-2010</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nkt</t>
+  </si>
+  <si>
+    <t>國立屏東大學學報：教育類</t>
+  </si>
+  <si>
+    <t>Journal of National Pingtung University. Education</t>
+  </si>
+  <si>
+    <t>2523-0549</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jue</t>
+  </si>
+  <si>
+    <t>國立屏東大學學報─管理類</t>
+  </si>
+  <si>
+    <t>Journal of National Pingtung University: Managemen</t>
+  </si>
+  <si>
+    <t>2520-4319</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/pum</t>
+  </si>
+  <si>
+    <t>國立屏東大學學報-人文社會類</t>
+  </si>
+  <si>
+    <t>Journal of National Pingtung University: Liberal Arts and Social Sciences</t>
+  </si>
+  <si>
+    <t>2518-8879</t>
+  </si>
+  <si>
+    <t>2016-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/pus</t>
+  </si>
+  <si>
+    <t>國立屏東商業技術學院學報</t>
+  </si>
+  <si>
+    <t>Bulletin of National Pingtung Institute of Commerce</t>
+  </si>
+  <si>
+    <t>1729-3308</t>
+  </si>
+  <si>
+    <t>國立屏東商業技術學院</t>
+  </si>
+  <si>
+    <t>National Pingtung Institute of Commerce</t>
+  </si>
+  <si>
+    <t>2011-2014</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/pic</t>
+  </si>
+  <si>
+    <t>國立政治大學社會學報</t>
+  </si>
+  <si>
+    <t>The NCCU Journal of Sociology</t>
+  </si>
+  <si>
+    <t>1028-8694</t>
+  </si>
+  <si>
+    <t>國立政治大學社會學系</t>
+  </si>
+  <si>
+    <t>Department and Graduate Institute of Political Science, National Chung Cheng University</t>
+  </si>
+  <si>
+    <t>Irregularly</t>
+  </si>
+  <si>
+    <t>2004-2008</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jos</t>
+  </si>
+  <si>
+    <t>國立政治大學哲學學報</t>
+  </si>
+  <si>
+    <t>The National Chengchi University Philosophical Journal</t>
+  </si>
+  <si>
+    <t>1027-6076</t>
+  </si>
+  <si>
+    <t>國立政治大學哲學系</t>
+  </si>
+  <si>
+    <t>Department of philosophies, National Chengchi University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cpj</t>
+  </si>
+  <si>
+    <t>國立政治大學歷史學報</t>
+  </si>
+  <si>
+    <t>The Journal of History</t>
+  </si>
+  <si>
+    <t>0301-9667</t>
+  </si>
+  <si>
+    <t>國立政治大學歷史學系</t>
+  </si>
+  <si>
+    <t>Department of History , National Chengchi University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/chj</t>
+  </si>
+  <si>
+    <t>國立彰化師範大學文學院學報</t>
+  </si>
+  <si>
+    <t>NCUE Journal of Humanities</t>
+  </si>
+  <si>
+    <t>2305-9761</t>
+  </si>
+  <si>
+    <t>國立彰化師範大學文學院</t>
+  </si>
+  <si>
+    <t>College of Arts, National Changhua University of Education</t>
+  </si>
+  <si>
+    <t>2012-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cjh</t>
+  </si>
+  <si>
+    <t>國立臺中技術學院通識教育學報</t>
+  </si>
+  <si>
+    <t>National Taichung Institute of Technology Journal of General Education</t>
+  </si>
+  <si>
+    <t>2071-4998</t>
+  </si>
+  <si>
+    <t>國立臺中技術學院</t>
+  </si>
+  <si>
+    <t>National Taichung Institute of Technology</t>
+  </si>
+  <si>
+    <t>2007-2011</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tte</t>
+  </si>
+  <si>
+    <t>國立臺中科技大學通識教育學報</t>
+  </si>
+  <si>
+    <t>Journal of General Education</t>
+  </si>
+  <si>
+    <t>國立臺中科技大學</t>
+  </si>
+  <si>
+    <t>National Taichung University of Science and Technology</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jge</t>
+  </si>
+  <si>
+    <t>國立臺灣大學哲學論評</t>
+  </si>
+  <si>
+    <t>National Taiwan University Philosophical Review</t>
+  </si>
+  <si>
+    <t>1015-8995</t>
+  </si>
+  <si>
+    <t>國立臺灣大學哲學系</t>
+  </si>
+  <si>
+    <t>Department of Philosophy, National Taiwan University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tup</t>
+  </si>
+  <si>
+    <t>國立臺灣大學理學院心理學系研究報告</t>
+  </si>
+  <si>
+    <t>Acta Psychologica Taiwanica</t>
+  </si>
+  <si>
+    <t>0065-1613</t>
+  </si>
+  <si>
+    <t>國立臺灣大學理學院心理學系</t>
+  </si>
+  <si>
+    <t>Department of Psychology, National Taiwan University</t>
+  </si>
+  <si>
+    <t>1958-1972</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/apt</t>
+  </si>
+  <si>
+    <t>國立臺灣科技大學人文社會學報</t>
+  </si>
+  <si>
+    <t>Journal of Liberal Arts and Social Sciences</t>
+  </si>
+  <si>
+    <t>1819-7205</t>
+  </si>
+  <si>
+    <t>國立臺灣科技大學</t>
+  </si>
+  <si>
+    <t>National Taiwan University of Science and Technology</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/las</t>
+  </si>
+  <si>
+    <t>國防大學通識教育學報</t>
+  </si>
+  <si>
+    <t>The Journal of National Defense University General Education</t>
+  </si>
+  <si>
+    <t>2223-3547</t>
+  </si>
+  <si>
+    <t>國防大學</t>
+  </si>
+  <si>
+    <t>National Defense University</t>
+  </si>
+  <si>
+    <t>2011-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nde</t>
+  </si>
+  <si>
+    <t>國防安全週報</t>
+  </si>
+  <si>
+    <t>Defense Security Weekly</t>
+  </si>
+  <si>
+    <t>Weekly</t>
+  </si>
+  <si>
+    <t>2018-2020</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sdb</t>
+  </si>
+  <si>
+    <t>國防安全雙週報</t>
+  </si>
+  <si>
+    <t>National Defense Security Biweekly Report</t>
+  </si>
+  <si>
+    <t>Biweekly</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sdw</t>
+  </si>
+  <si>
+    <t>國防政策評論</t>
+  </si>
+  <si>
+    <t>Taiwan defence affairs</t>
+  </si>
+  <si>
+    <t>國防政策與戰略硏究學會</t>
+  </si>
+  <si>
+    <t>National Defense Policy and Strategic Studies Association</t>
+  </si>
+  <si>
+    <t>2000-2006</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tda</t>
+  </si>
+  <si>
+    <t>國防情勢月報</t>
+  </si>
+  <si>
+    <t>Defense Situation Monthly</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/dsm</t>
+  </si>
+  <si>
+    <t>國防情勢特刊</t>
+  </si>
+  <si>
+    <t>Defense Situation Special Report</t>
+  </si>
+  <si>
+    <t>2020-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/dss</t>
+  </si>
+  <si>
+    <t>國家圖書館年報</t>
+  </si>
+  <si>
+    <t>National Central Library Annual Report</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nca</t>
+  </si>
+  <si>
+    <t>國家圖書館英文通訊</t>
+  </si>
+  <si>
+    <t>National Central Library Newsletter</t>
+  </si>
+  <si>
+    <t>0034-5016</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cln</t>
+  </si>
+  <si>
+    <t>國家圖書館館刊</t>
+  </si>
+  <si>
+    <t>National Central Library Bulletin</t>
+  </si>
+  <si>
+    <t>1026-5279</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ncb</t>
+  </si>
+  <si>
+    <t>國家圖書館館訊</t>
+  </si>
+  <si>
+    <t>National Central Library News Bulletin</t>
+  </si>
+  <si>
+    <t>1026-7220</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/clb</t>
+  </si>
+  <si>
+    <t>國際與公共事務</t>
+  </si>
+  <si>
+    <t>International and Public Affairs</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ipa</t>
+  </si>
+  <si>
+    <t>庶民文化研究</t>
+  </si>
+  <si>
+    <t>Journal for Studies of Everyday Life</t>
+  </si>
+  <si>
+    <t>2078-9548</t>
+  </si>
+  <si>
+    <t>逢甲大學人文社會學院庶民文化研究中心</t>
+  </si>
+  <si>
+    <t>Center for the Studies of Everyday Life, Feng Chia University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/swy</t>
+  </si>
+  <si>
+    <t>教育心理學報</t>
+  </si>
+  <si>
+    <t>Bulletin of Educational Psychology</t>
+  </si>
+  <si>
+    <t>1011-5714</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學教育心理與輔導學系</t>
+  </si>
+  <si>
+    <t>Department of Educational Psychology and Counseling, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>2006-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/bep</t>
+  </si>
+  <si>
+    <t>教育行政論壇</t>
+  </si>
+  <si>
+    <t>Forum of Educational Administration</t>
+  </si>
+  <si>
+    <t>2076-3638</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/fea</t>
+  </si>
+  <si>
+    <t>教育研究集刊</t>
+  </si>
+  <si>
+    <t>Bulletin of Educational Research</t>
+  </si>
+  <si>
+    <t>1028-8708</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學教育學系</t>
+  </si>
+  <si>
+    <t>Department of Education, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ber</t>
+  </si>
+  <si>
+    <t>教育研究與發展期刊</t>
+  </si>
+  <si>
+    <t>Journal of Educational Research and Development</t>
+  </si>
+  <si>
+    <t>1816-6504</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/erd</t>
+  </si>
+  <si>
+    <t>教育研究學報</t>
+  </si>
+  <si>
+    <t>Journal of Education Studies</t>
+  </si>
+  <si>
+    <t>1990-4428</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jyx</t>
+  </si>
+  <si>
+    <t>教育科學研究期刊</t>
+  </si>
+  <si>
+    <t>Journal of research in education Sciences</t>
+  </si>
+  <si>
+    <t>2073-753X</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/res</t>
+  </si>
+  <si>
+    <t>教育脈動</t>
+  </si>
+  <si>
+    <t>Pulse of Education</t>
+  </si>
+  <si>
+    <t>2411-409X</t>
+  </si>
+  <si>
+    <t>2015-2019</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/poe</t>
+  </si>
+  <si>
+    <t>教育理論與實踐學刊</t>
+  </si>
+  <si>
+    <t>Journal of Educational Theory &amp; Practice</t>
+  </si>
+  <si>
+    <t>2079-7778</t>
+  </si>
+  <si>
+    <t>國立臺中教育大學教育學系</t>
+  </si>
+  <si>
+    <t>Department of Education , National Taichung University of Education</t>
+  </si>
+  <si>
+    <t>2014-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jls</t>
+  </si>
+  <si>
+    <t>教育資料與研究</t>
+  </si>
+  <si>
+    <t>Educational Resources and Research</t>
+  </si>
+  <si>
+    <t>1024-3058</t>
+  </si>
+  <si>
+    <t>2013-2014</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/era</t>
+  </si>
+  <si>
+    <t>教育實踐與研究</t>
+  </si>
+  <si>
+    <t>Journal of Education Practice and Research</t>
+  </si>
+  <si>
+    <t>1993-5633</t>
+  </si>
+  <si>
+    <t>國立臺北教育大學</t>
+  </si>
+  <si>
+    <t>National Taipei University of Education</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/eps</t>
+  </si>
+  <si>
+    <t>教科書研究</t>
+  </si>
+  <si>
+    <t>Journal of Textbook Research</t>
+  </si>
+  <si>
+    <t>1999-8856</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jtr</t>
+  </si>
+  <si>
+    <t>教師專業研究期刊</t>
+  </si>
+  <si>
+    <t>Journal of Professional Teachers</t>
+  </si>
+  <si>
+    <t>2225-0042</t>
+  </si>
+  <si>
+    <t>國立嘉義大學師資培育中心</t>
+  </si>
+  <si>
+    <t>Education Program Center, National Chiayi University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jpt</t>
+  </si>
+  <si>
+    <t>教學實踐與創新</t>
+  </si>
+  <si>
+    <t>Journal of Teaching Practice and Pedagogical Innovation</t>
+  </si>
+  <si>
+    <t>2616-5449</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ppi</t>
+  </si>
+  <si>
+    <t>淡江中文學報</t>
+  </si>
+  <si>
+    <t>Tamkang Journal of Chinese Literature</t>
+  </si>
+  <si>
+    <t>1819-7469</t>
+  </si>
+  <si>
+    <t>淡江大學中國文學學系</t>
+  </si>
+  <si>
+    <t>Department of Chinese Literature, Tamkang University</t>
+  </si>
+  <si>
+    <t>1992-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/djs</t>
+  </si>
+  <si>
+    <t>淡江史學</t>
+  </si>
+  <si>
+    <t>Tamkang History Review</t>
+  </si>
+  <si>
+    <t>1023-358x</t>
+  </si>
+  <si>
+    <t>淡江大學歷史學系</t>
+  </si>
+  <si>
+    <t>Department of History, Tamkang University</t>
+  </si>
+  <si>
+    <t>1989-2022</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/dsx</t>
+  </si>
+  <si>
+    <t>淡江評論</t>
+  </si>
+  <si>
+    <t>Tamkang Review</t>
+  </si>
+  <si>
+    <t>0049-2949</t>
+  </si>
+  <si>
+    <t>淡江大學英文學系</t>
+  </si>
+  <si>
+    <t>Department of English, Tamkang University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/trj</t>
+  </si>
+  <si>
+    <t>清華中文學報</t>
+  </si>
+  <si>
+    <t>Tsing Hua Journal of Chinese Literature</t>
+  </si>
+  <si>
+    <t>2218-8517</t>
+  </si>
+  <si>
+    <t>國立清華大學中國文學系</t>
+  </si>
+  <si>
+    <t>Department of Chinese Language and Literature, National Tsing Hua University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/thj</t>
+  </si>
+  <si>
+    <t>清華教育學報</t>
+  </si>
+  <si>
+    <t>Tsing Hua Journal of Educational Research</t>
+  </si>
+  <si>
+    <t>2521-9006</t>
+  </si>
+  <si>
+    <t>國立清華大學竹師教育學院</t>
+  </si>
+  <si>
+    <t>National Tsing Hua University Hsinchu Teachers College</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jer</t>
+  </si>
+  <si>
+    <t>清華學報</t>
+  </si>
+  <si>
+    <t>Tsing Hua Journal of Chinese Studies</t>
+  </si>
+  <si>
+    <t>0577-9170</t>
+  </si>
+  <si>
+    <t>國立清華大學出版社</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/thc</t>
+  </si>
+  <si>
+    <t>清華藝術學報</t>
+  </si>
+  <si>
+    <t>Journal of Tsing Hua Arts</t>
+  </si>
+  <si>
+    <t>國立清華大學藝術學院</t>
+  </si>
+  <si>
+    <t>College of Arts, National Tsing Hua University</t>
+  </si>
+  <si>
+    <t>2019-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tha</t>
+  </si>
+  <si>
+    <t>理工研究國際期刊</t>
+  </si>
+  <si>
+    <t>International Journal of Science and Engineering</t>
+  </si>
+  <si>
+    <t>2223-4489</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ijs</t>
+  </si>
+  <si>
+    <t>理論與政策</t>
+  </si>
+  <si>
+    <t>Theory and Policy</t>
+  </si>
+  <si>
+    <t>1021-1983</t>
+  </si>
+  <si>
+    <t>財團法人民主文教基金會</t>
+  </si>
+  <si>
+    <t>Democracy Foundation</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tap</t>
+  </si>
+  <si>
+    <t>組織與管理</t>
+  </si>
+  <si>
+    <t>Organization and Management</t>
+  </si>
+  <si>
+    <t>1996-8760</t>
+  </si>
+  <si>
+    <t>臺灣組織與管理學會</t>
+  </si>
+  <si>
+    <t>Taiwan Academy of Management</t>
+  </si>
+  <si>
+    <t>2022-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tao</t>
+  </si>
+  <si>
+    <t>設計研究學報</t>
+  </si>
+  <si>
+    <t>Journal of Design Research</t>
+  </si>
+  <si>
+    <t>1996-4250</t>
+  </si>
+  <si>
+    <t>輔仁大學應用美術系</t>
+  </si>
+  <si>
+    <t>Department of Applied Arts, Fu Jen Catholic University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jdr</t>
+  </si>
+  <si>
+    <t>設計學研究</t>
+  </si>
+  <si>
+    <t>Journal of Design Science</t>
+  </si>
+  <si>
+    <t>1562-9708</t>
+  </si>
+  <si>
+    <t>中原大學設計學院</t>
+  </si>
+  <si>
+    <t>College of Design, Chung Yuan Christian University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/dsy</t>
+  </si>
+  <si>
+    <t>設計學報</t>
+  </si>
+  <si>
+    <t>Journal of Design</t>
+  </si>
+  <si>
+    <t>1606-8327</t>
+  </si>
+  <si>
+    <t>中華民國設計學會</t>
+  </si>
+  <si>
+    <t>Chinese Institute of Design in Taiwan</t>
+  </si>
+  <si>
+    <t>1996-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jod</t>
+  </si>
+  <si>
+    <t>通識教育與多元文化學報</t>
+  </si>
+  <si>
+    <t>Bulletin of General Education and Multiculturalism</t>
+  </si>
+  <si>
+    <t>世新大學通識教育中心</t>
+  </si>
+  <si>
+    <t>Center For General Education, Shih Hsin University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/shg</t>
+  </si>
+  <si>
+    <t>都市與計劃</t>
+  </si>
+  <si>
+    <t>City and Planning</t>
+  </si>
+  <si>
+    <t>1018-1067</t>
+  </si>
+  <si>
+    <t>中華民國都市計劃學會</t>
+  </si>
+  <si>
+    <t>Taiwan Institute of Urban Planning</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cap</t>
+  </si>
+  <si>
+    <t>勞動及職業安全衛生研究季刊</t>
+  </si>
+  <si>
+    <t>Journal of Labor, Occupational Safety and Health</t>
+  </si>
+  <si>
+    <t>2414-0147</t>
+  </si>
+  <si>
+    <t>勞動部勞動及職業安全衛生研究所</t>
+  </si>
+  <si>
+    <t>Institute of Labor, Occupational Safety and Health, Minstry of Labor</t>
+  </si>
+  <si>
+    <t>1998-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/osh</t>
+  </si>
+  <si>
+    <t>博物館與文化</t>
+  </si>
+  <si>
+    <t>Journal Of Museum And Culture</t>
+  </si>
+  <si>
+    <t>2224-9850</t>
+  </si>
+  <si>
+    <t>中華民國博物館學會</t>
+  </si>
+  <si>
+    <t>Chinese Association of Museums</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jmc</t>
+  </si>
+  <si>
+    <t>博雅教育學報</t>
+  </si>
+  <si>
+    <t>Journal of Liberal Arts Education</t>
+  </si>
+  <si>
+    <t>1998-5657</t>
+  </si>
+  <si>
+    <t>真理大學通識教育中心</t>
+  </si>
+  <si>
+    <t>Aletheia University</t>
+  </si>
+  <si>
+    <t>2013-2017</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/lae</t>
+  </si>
+  <si>
+    <t>揭諦 ：南華大學哲學與生命教育學報</t>
+  </si>
+  <si>
+    <t>Aletheia：NHU Journal of Philosophy and Life Education</t>
+  </si>
+  <si>
+    <t>1028-4583</t>
+  </si>
+  <si>
+    <t>南華大學哲學與生死教育學系</t>
+  </si>
+  <si>
+    <t>Department of Philosophy and Life Education, Nanhua University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ale</t>
+  </si>
+  <si>
+    <t>敦煌學</t>
+  </si>
+  <si>
+    <t>Studies on Dun-Huang</t>
+  </si>
+  <si>
+    <t>978-986-88194-7-4</t>
+  </si>
+  <si>
+    <t>南華大學敦煌學研究中心</t>
+  </si>
+  <si>
+    <t>Center of Dun-Huang Studies,Nanhua University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sdh</t>
+  </si>
+  <si>
+    <t>測驗學刊</t>
+  </si>
+  <si>
+    <t>Psychological Testing</t>
+  </si>
+  <si>
+    <t>1609-4905</t>
+  </si>
+  <si>
+    <t>中國測驗學會</t>
+  </si>
+  <si>
+    <t>Chinese Association of Psychological Testing</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/pst</t>
+  </si>
+  <si>
+    <t>華人文化研究</t>
+  </si>
+  <si>
+    <t>Journal of Chinese Cultural Studies</t>
+  </si>
+  <si>
+    <t>2309-0057</t>
+  </si>
+  <si>
+    <t>南洋文化學會</t>
+  </si>
+  <si>
+    <t>Academy of Southeast Asia Culture</t>
+  </si>
+  <si>
+    <t>2013-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hwy</t>
+  </si>
+  <si>
+    <t>華文世界</t>
+  </si>
+  <si>
+    <t>The World of Chinese Language</t>
+  </si>
+  <si>
+    <t>1017-0855</t>
+  </si>
+  <si>
+    <t>世界華語文教育學會</t>
+  </si>
+  <si>
+    <t>World Chinese Language Association</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/wcl</t>
+  </si>
+  <si>
+    <t>華岡英語期刊</t>
+  </si>
+  <si>
+    <t>Hwa Kang English Journal</t>
+  </si>
+  <si>
+    <t>2218-8088</t>
+  </si>
+  <si>
+    <t>中國文化大學英文系</t>
+  </si>
+  <si>
+    <t>Department of English Language and Literature, Chinese Culture University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hkj</t>
+  </si>
+  <si>
+    <t>華岡英語學報</t>
+  </si>
+  <si>
+    <t>Hwa Kang Journal of English Language and Literature</t>
+  </si>
+  <si>
+    <t>2001-2009</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hkl</t>
+  </si>
+  <si>
+    <t>華梵人文學報</t>
+  </si>
+  <si>
+    <t>Huafan Journal of Humanities</t>
+  </si>
+  <si>
+    <t>1812-4305</t>
+  </si>
+  <si>
+    <t>華梵大學文學院</t>
+  </si>
+  <si>
+    <t>College of Liberal Arts, Huafan University</t>
+  </si>
+  <si>
+    <t>2003-2015</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hjh</t>
+  </si>
+  <si>
+    <t>華語文教學研究</t>
+  </si>
+  <si>
+    <t>Journal of Chinese Language Teaching</t>
+  </si>
+  <si>
+    <t>1811-8429</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/clt</t>
+  </si>
+  <si>
+    <t>華嚴學報</t>
+  </si>
+  <si>
+    <t>Journal of Huayen Buddhism</t>
+  </si>
+  <si>
+    <t>2222-6885</t>
+  </si>
+  <si>
+    <t>中華民國佛教華嚴學會</t>
+  </si>
+  <si>
+    <t>Huayen World Community</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/job</t>
+  </si>
+  <si>
+    <t>視覺藝術論壇</t>
+  </si>
+  <si>
+    <t>Visual Arts Forum</t>
+  </si>
+  <si>
+    <t>1029-0206</t>
+  </si>
+  <si>
+    <t>國立嘉義大學人文藝術學院視覺藝術學系</t>
+  </si>
+  <si>
+    <t>Department of Visual Arts, National Chiayi University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sjy</t>
+  </si>
+  <si>
+    <t>傳播、文化與政治</t>
+  </si>
+  <si>
+    <t>Communication, Culture,&amp; Politics</t>
+  </si>
+  <si>
+    <t>2411-4006</t>
+  </si>
+  <si>
+    <t>媒體改造學社</t>
+  </si>
+  <si>
+    <t>Campaign for Media Reform</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ccp</t>
+  </si>
+  <si>
+    <t>傳播研究與實踐</t>
+  </si>
+  <si>
+    <t>Journal of Communication Research and Practice</t>
+  </si>
+  <si>
+    <t>2221-1411</t>
+  </si>
+  <si>
+    <t>世新大學新聞傳播學院與世新大學舍我紀念館</t>
+  </si>
+  <si>
+    <t>College of Journalism &amp; Communication, Shih Hsin University Cheng She-Wo Institute for Chinese Journalism</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/crp</t>
+  </si>
+  <si>
+    <t>新世代海外華人研究論叢</t>
+  </si>
+  <si>
+    <t>Essay Compilation on New Generation of Overseas Chinese Research</t>
+  </si>
+  <si>
+    <t>中原大學海外華人研究中心</t>
+  </si>
+  <si>
+    <t>Chung Yuan Christian University</t>
+  </si>
+  <si>
+    <t>2013-2016</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/noc</t>
+  </si>
+  <si>
+    <t>新世紀宗教研究</t>
+  </si>
+  <si>
+    <t>New Century Religious Studies</t>
+  </si>
+  <si>
+    <t>1684-3738</t>
+  </si>
+  <si>
+    <t>財團法人世界宗教博物館發展基金會附設出版社</t>
+  </si>
+  <si>
+    <t>The Subsidiary Publishing House of Museum of World Religions Development Foundation</t>
+  </si>
+  <si>
+    <t>2002-2021</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ncr</t>
+  </si>
+  <si>
+    <t>新北大史學</t>
+  </si>
+  <si>
+    <t>New History of National Taipei University</t>
+  </si>
+  <si>
+    <t>國立臺北大學歷史學系</t>
+  </si>
+  <si>
+    <t>Department of History, National Taipei University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nht</t>
+  </si>
+  <si>
+    <t>新史學</t>
+  </si>
+  <si>
+    <t>New History</t>
+  </si>
+  <si>
+    <t>1023-2249</t>
+  </si>
+  <si>
+    <t>新史學雜誌社</t>
+  </si>
+  <si>
+    <t>1990-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nhj</t>
+  </si>
+  <si>
+    <t>新竹教育大學人文社會學報</t>
+  </si>
+  <si>
+    <t>Journal of Hummanities and Social Sciences of NHCUE</t>
+  </si>
+  <si>
+    <t>2070-2892</t>
+  </si>
+  <si>
+    <t>國立新竹教育大學</t>
+  </si>
+  <si>
+    <t>National HsinChu University of Education</t>
+  </si>
+  <si>
+    <t>2008-2016</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/zrs</t>
+  </si>
+  <si>
+    <t>新竹教育大學教育學報</t>
+  </si>
+  <si>
+    <t>Educational Journal of NHCUE</t>
+  </si>
+  <si>
+    <t>1819-7310</t>
+  </si>
+  <si>
+    <t>2006-2016</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sjr</t>
+  </si>
+  <si>
+    <t>新聞學研究</t>
+  </si>
+  <si>
+    <t>Mass Communication Research</t>
+  </si>
+  <si>
+    <t>1016-1007</t>
+  </si>
+  <si>
+    <t>國立政治大學新聞系</t>
+  </si>
+  <si>
+    <t>Department of Journalism, National Chengchi University</t>
+  </si>
+  <si>
+    <t>1967-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/mcr</t>
+  </si>
+  <si>
+    <t>會計評論</t>
+  </si>
+  <si>
+    <t>Journal of Accounting Review</t>
+  </si>
+  <si>
+    <t>1018-1687</t>
+  </si>
+  <si>
+    <t>國立政治大學會計學系、財團法人李先庚會計文教基金會</t>
+  </si>
+  <si>
+    <t>Shian-Geng Lee Accounting Culture &amp; Education Foundation and Department of Accounting of National Chengchi University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jas</t>
+  </si>
+  <si>
+    <t>會計學報</t>
+  </si>
+  <si>
+    <t>Soochow Journal of Accounting</t>
+  </si>
+  <si>
+    <t>2071-9817</t>
+  </si>
+  <si>
+    <t>東吳大學會計學系；財團法人東吳大學會計系所同學聯誼會文教基金會</t>
+  </si>
+  <si>
+    <t>Department of Accounting, Soochow University and Soochow University Accounting Department Alumnus Academic Foundation.</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sja</t>
+  </si>
+  <si>
+    <t>當代中國研究通訊</t>
+  </si>
+  <si>
+    <t>Contemporary China Newsletter</t>
+  </si>
+  <si>
+    <t>1810-1955</t>
+  </si>
+  <si>
+    <t>國立清華大學當代中國研究中心</t>
+  </si>
+  <si>
+    <t>Center for Contemporary China, National Tsing Hua University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ccn</t>
+  </si>
+  <si>
+    <t>當代社會工作學刊</t>
+  </si>
+  <si>
+    <t>Journal of Contemporary Social Work</t>
+  </si>
+  <si>
+    <t>東海大學社會工作學系暨社會工作研究所</t>
+  </si>
+  <si>
+    <t>Department of Social Work, Tunghai University Library</t>
+  </si>
+  <si>
+    <t>2014-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/csw</t>
+  </si>
+  <si>
+    <t>當代教育研究季刊</t>
+  </si>
+  <si>
+    <t>Contemporary Educational Research Quarterly</t>
+  </si>
+  <si>
+    <t>1814-4810</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學教育研究與評鑑中心</t>
+  </si>
+  <si>
+    <t>Center for Educational Research and Evaluation, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/djy</t>
+  </si>
+  <si>
+    <t>當代會計</t>
+  </si>
+  <si>
+    <t>Journal of Contemporary Accounting</t>
+  </si>
+  <si>
+    <t>1609-3895</t>
+  </si>
+  <si>
+    <t>財團法人台北市淡江會計教育基金會</t>
+  </si>
+  <si>
+    <t>Tamkang Accounting Educational Foundation</t>
+  </si>
+  <si>
+    <t>2000-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/caj</t>
+  </si>
+  <si>
+    <t>當代儒學研究</t>
+  </si>
+  <si>
+    <t>Journal of Contemporary Studies of Confucianism</t>
+  </si>
+  <si>
+    <t>1994-5760</t>
+  </si>
+  <si>
+    <t>國立中央大學文學院儒學研究中心</t>
+  </si>
+  <si>
+    <t>Research Center for Confucian Studies, National Central University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/dry</t>
+  </si>
+  <si>
+    <t>經濟研究</t>
+  </si>
+  <si>
+    <t>Taipei Economic Inquiry</t>
+  </si>
+  <si>
+    <t>1018-1245</t>
+  </si>
+  <si>
+    <t>國立臺北大學經濟學系</t>
+  </si>
+  <si>
+    <t>National Taipei University Department of Economics</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tei</t>
+  </si>
+  <si>
+    <t>經濟論文</t>
+  </si>
+  <si>
+    <t>Academia Economic Papers</t>
+  </si>
+  <si>
+    <t>1018-161x</t>
+  </si>
+  <si>
+    <t>中央研究院經濟研究所</t>
+  </si>
+  <si>
+    <t>Institute of Economics, Academia Sinica</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/aep</t>
+  </si>
+  <si>
+    <t>經濟論文叢刊</t>
+  </si>
+  <si>
+    <t>Taiwan Economic Review</t>
+  </si>
+  <si>
+    <t>1018-3833</t>
+  </si>
+  <si>
+    <t>國立臺灣大學經濟學系</t>
+  </si>
+  <si>
+    <t>Department of Economics, National Taiwan University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ter</t>
+  </si>
+  <si>
+    <t>經營管理學刊</t>
+  </si>
+  <si>
+    <t>Journal of management and openrations</t>
+  </si>
+  <si>
+    <t>2077-6446</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jmo</t>
+  </si>
+  <si>
+    <t>資訊管理研究</t>
+  </si>
+  <si>
+    <t>Information Management Research</t>
+  </si>
+  <si>
+    <t>中華企業資源規劃學會</t>
+  </si>
+  <si>
+    <t>Chinese ERP Society</t>
+  </si>
+  <si>
+    <t>1996-2002</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/imr</t>
+  </si>
+  <si>
+    <t>農業經濟半年刊</t>
+  </si>
+  <si>
+    <t>Journal of Agricultural Economics</t>
+  </si>
+  <si>
+    <t>0546-9600</t>
+  </si>
+  <si>
+    <t>國立中興大學應用經濟學系</t>
+  </si>
+  <si>
+    <t>Department of Agricultural Economics, National Chung Hsing University</t>
+  </si>
+  <si>
+    <t>2006-2008</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jae</t>
+  </si>
+  <si>
+    <t>農業經濟叢刊</t>
+  </si>
+  <si>
+    <t>Taiwanese Agricultural Economic Review</t>
+  </si>
+  <si>
+    <t>1027-7757</t>
+  </si>
+  <si>
+    <t>臺灣農村經濟學會</t>
+  </si>
+  <si>
+    <t>Rural Economics Society of Taiwan</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/aer</t>
   </si>
   <si>
     <t>農業與經濟</t>
   </si>
   <si>
-    <t>亞洲家庭暴力與性侵害期刊</t>
-[...14 lines deleted...]
-    <t>國立臺灣大學理學院心理學系研究報告</t>
+    <t>Agriculture and Economics</t>
+  </si>
+  <si>
+    <t>1011-520X</t>
+  </si>
+  <si>
+    <t>國立臺灣大學農業經濟學系</t>
+  </si>
+  <si>
+    <t>Department of Agricultural Economics, National Taiwan University</t>
+  </si>
+  <si>
+    <t>2002-2022</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/aae</t>
+  </si>
+  <si>
+    <t>運動文化研究</t>
+  </si>
+  <si>
+    <t>Sport Studies</t>
+  </si>
+  <si>
+    <t>1994-1900</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/spo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">運輸計劃季刊 </t>
+  </si>
+  <si>
+    <t>Transportation Planning Journal</t>
+  </si>
+  <si>
+    <t>1017-7159</t>
+  </si>
+  <si>
+    <t>交通部運輸研究所</t>
+  </si>
+  <si>
+    <t>Institute of Transportation, Ministry of Transportation and Communications</t>
+  </si>
+  <si>
+    <t>2002-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tpj</t>
+  </si>
+  <si>
+    <t>運輸學刊</t>
+  </si>
+  <si>
+    <t>Journal of the Chinese Institute of Transportation</t>
+  </si>
+  <si>
+    <t>1027-2275</t>
+  </si>
+  <si>
+    <t>中華民國運輸學會</t>
+  </si>
+  <si>
+    <t>Chinese Institute of Transportation</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cit</t>
+  </si>
+  <si>
+    <t>電子商務學報</t>
+  </si>
+  <si>
+    <t>Journal of E-Business</t>
+  </si>
+  <si>
+    <t>1816-6598</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jeb</t>
+  </si>
+  <si>
+    <t>僑教與海外華人研究學報</t>
+  </si>
+  <si>
+    <t>Journal of Overseas Chinese Education and Overseas Chinese Studies</t>
+  </si>
+  <si>
+    <t>2414-7494</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ocs</t>
+  </si>
+  <si>
+    <t>嘉大教育研究學刊</t>
+  </si>
+  <si>
+    <t>National Chiayi University Journal of the Educational Research</t>
+  </si>
+  <si>
+    <t>1029-0192</t>
+  </si>
+  <si>
+    <t>國立嘉義大學教育學系</t>
+  </si>
+  <si>
+    <t>National Chiayi Normal College, Department of Education</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cje</t>
+  </si>
+  <si>
+    <t>嘉義大學通識學報</t>
+  </si>
+  <si>
+    <t>國立嘉義大學</t>
+  </si>
+  <si>
+    <t>National Chiayi University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jtx</t>
+  </si>
+  <si>
+    <t>圖書資訊學刊</t>
+  </si>
+  <si>
+    <t>Journal of Library and Information Studies</t>
+  </si>
+  <si>
+    <t>1606-7509</t>
+  </si>
+  <si>
+    <t>國立臺灣大學圖書資訊學系</t>
+  </si>
+  <si>
+    <t>Department of Library &amp; Information Science, National Taiwan University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jli</t>
+  </si>
+  <si>
+    <t>實踐設計學報</t>
+  </si>
+  <si>
+    <t>Praxes</t>
+  </si>
+  <si>
+    <t>實踐大學設計學院</t>
+  </si>
+  <si>
+    <t>College of Design, Shih Chien University</t>
+  </si>
+  <si>
+    <t>2007-2020</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/pra</t>
+  </si>
+  <si>
+    <t>2005-2006</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/prt</t>
+  </si>
+  <si>
+    <t>彰化師大國文學誌</t>
+  </si>
+  <si>
+    <t>NCUE Journal of Chinese Studies</t>
+  </si>
+  <si>
+    <t>1991-7856</t>
+  </si>
+  <si>
+    <t>國立彰化師範大學國文學系</t>
+  </si>
+  <si>
+    <t>Department of Chinese, National Changhua University of Education</t>
+  </si>
+  <si>
+    <t>2009-2020</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jcs</t>
+  </si>
+  <si>
+    <t>彰化師大教育學報</t>
+  </si>
+  <si>
+    <t>Journal of Education National Changhua University of Education</t>
+  </si>
+  <si>
+    <t>1819-8309</t>
+  </si>
+  <si>
+    <t>國立彰化師範大學教育研究所</t>
+  </si>
+  <si>
+    <t>Graduate Institute of Education, National Changhua University of Education</t>
+  </si>
+  <si>
+    <t>2006-2021</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cue</t>
+  </si>
+  <si>
+    <t>暨南史學</t>
+  </si>
+  <si>
+    <t>Historical Journal of Chi Nan</t>
+  </si>
+  <si>
+    <t>1606-8343</t>
+  </si>
+  <si>
+    <t>國立暨南國際大學歷史學系</t>
+  </si>
+  <si>
+    <t>Department of History, National Chi Nan University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hcn</t>
+  </si>
+  <si>
+    <t>漢學研究通訊</t>
+  </si>
+  <si>
+    <t>Newsletter for Research in Chinese Studies</t>
+  </si>
+  <si>
+    <t>0253-2875</t>
+  </si>
+  <si>
+    <t>1982-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/rcs</t>
+  </si>
+  <si>
+    <t>臺大中文學報</t>
+  </si>
+  <si>
+    <t>Bulletin of the Department of Chinese Literature N.T.U.</t>
+  </si>
+  <si>
+    <t>1013-2422</t>
+  </si>
+  <si>
+    <t>國立臺灣大學中國文學系</t>
+  </si>
+  <si>
+    <t>Department of Chinese Literature, National Taiwan University</t>
+  </si>
+  <si>
+    <t>1985-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/bcl</t>
+  </si>
+  <si>
+    <t>臺大文史哲學報</t>
+  </si>
+  <si>
+    <t>Humanitas Taiwanica</t>
+  </si>
+  <si>
+    <t>1015-2687</t>
+  </si>
+  <si>
+    <t>國立臺灣大學文學院</t>
+  </si>
+  <si>
+    <t>College of Liberal Arts, National Taiwan University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jht</t>
+  </si>
+  <si>
+    <t>臺大佛學研究</t>
+  </si>
+  <si>
+    <t>Taiwan Journal of Buddhist Studies</t>
+  </si>
+  <si>
+    <t>1027-1112</t>
+  </si>
+  <si>
+    <t>國立臺灣大學佛學研究中心</t>
+  </si>
+  <si>
+    <t>Center for Buddhist Studies, National Taiwan University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tjb</t>
+  </si>
+  <si>
+    <t>臺大社會工作學刊</t>
+  </si>
+  <si>
+    <t>NTU Social Work Review</t>
+  </si>
+  <si>
+    <t>1681-8822</t>
+  </si>
+  <si>
+    <t>國立臺灣大學社會工作學系</t>
+  </si>
+  <si>
+    <t>Department of Social Work, National Taiwan University</t>
+  </si>
+  <si>
+    <t>1999-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nsw</t>
+  </si>
+  <si>
+    <t>臺大管理論叢</t>
+  </si>
+  <si>
+    <t>NTU Management Review</t>
+  </si>
+  <si>
+    <t>1018-1601</t>
+  </si>
+  <si>
+    <t>國立臺灣大學管理學院</t>
+  </si>
+  <si>
+    <t>College of Management,National Taiwan University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ntm</t>
+  </si>
+  <si>
+    <t>臺大歷史學報</t>
+  </si>
+  <si>
+    <t>Historical Inquiry</t>
+  </si>
+  <si>
+    <t>1012-8514</t>
+  </si>
+  <si>
+    <t>Department of History,National Taiwan University</t>
+  </si>
+  <si>
+    <t>1974-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hij</t>
+  </si>
+  <si>
+    <t>臺北大學中文學報</t>
+  </si>
+  <si>
+    <t>Journal of Chinese Language and Literature of National Taipei University</t>
+  </si>
+  <si>
+    <t>1993-1638</t>
+  </si>
+  <si>
+    <t>國立臺北大學中國語文學系</t>
+  </si>
+  <si>
+    <t>Department of Chinese Literature, National Taipei University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/bzx</t>
+  </si>
+  <si>
+    <t>臺北城市科技大學通識學報</t>
+  </si>
+  <si>
+    <t>Taipei City University of Science and Technology Journal of General Education</t>
+  </si>
+  <si>
+    <t>1819-8422</t>
+  </si>
+  <si>
+    <t>臺北城市科技大學通識教育中心</t>
+  </si>
+  <si>
+    <t>Center for General Education,Taipei City University of Science and Technology</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tce</t>
+  </si>
+  <si>
+    <t>臺灣土地研究</t>
+  </si>
+  <si>
+    <t>Journal of Taiwan Land Research</t>
+  </si>
+  <si>
+    <t>1606-4682</t>
+  </si>
+  <si>
+    <t>國立政治大學地政學系、臺北大學不動產與城鄉環境學系</t>
+  </si>
+  <si>
+    <t>Department of Real Estate and Built Environment of National Taipei University and Department of Land Economics of National Chengchi University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tlr</t>
+  </si>
+  <si>
+    <t>臺灣文學研究集刊</t>
+  </si>
+  <si>
+    <t>NTU Studies in Taiwan Literature</t>
+  </si>
+  <si>
+    <t>1818-5649</t>
+  </si>
+  <si>
+    <t>國立臺灣大學臺灣文學研究所</t>
+  </si>
+  <si>
+    <t>Graduate Institute of Taiwan Literature, National Taiwan University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/twj</t>
+  </si>
+  <si>
+    <t>臺灣出版與閱讀</t>
+  </si>
+  <si>
+    <t>Taiwan Publishing and Reading</t>
+  </si>
+  <si>
+    <t>2616-5074</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tar</t>
+  </si>
+  <si>
+    <t>臺灣民主季刊</t>
+  </si>
+  <si>
+    <t>Taiwan Democracy Quarterly</t>
+  </si>
+  <si>
+    <t>1726-9350</t>
+  </si>
+  <si>
+    <t>財團法人臺灣民主基金會</t>
+  </si>
+  <si>
+    <t>Taiwan Foundation for Democracy</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tdq</t>
+  </si>
+  <si>
+    <t>臺灣民俗藝術彙刊</t>
+  </si>
+  <si>
+    <t>Journal of Taiwan Folk Arts</t>
+  </si>
+  <si>
+    <t>978-986-02-8702-8</t>
+  </si>
+  <si>
+    <t>Graduate Institute of Folk Arts Cultural Heritage, National Taipei University</t>
+  </si>
+  <si>
+    <t>2004-2011</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tfa</t>
+  </si>
+  <si>
+    <t>臺灣宗教研究</t>
+  </si>
+  <si>
+    <t>Taiwan Journal of Religious Studies</t>
+  </si>
+  <si>
+    <t>2079-9458</t>
+  </si>
+  <si>
+    <t>台灣宗教學會</t>
+  </si>
+  <si>
+    <t>Taiwan Association for religious Studiies</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tjr</t>
+  </si>
+  <si>
+    <t>臺灣東亞文明研究學刊</t>
+  </si>
+  <si>
+    <t>Taiwan Journal of East Asian Studies</t>
+  </si>
+  <si>
+    <t>1812-6243</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學國際與社會科學學院</t>
+  </si>
+  <si>
+    <t>College of international Studies and Social Sciences, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tea</t>
+  </si>
+  <si>
+    <t>臺灣社會工作學刊</t>
+  </si>
+  <si>
+    <t>Taiwanese Social Work</t>
+  </si>
+  <si>
+    <t>1811-0681</t>
+  </si>
+  <si>
+    <t>臺灣社會工作專業人員協會、中華民國醫務社會工作協會、中華民國社會工作師公會全國聯合會</t>
+  </si>
+  <si>
+    <t>Taiwan Association of Social Workers, Medical Social Work Association.R.O.C. and National Union of Professional Social Worker Associations,Taiwan, R.O.C.</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/stw</t>
+  </si>
+  <si>
+    <t>臺灣社會福利學刊</t>
+  </si>
+  <si>
+    <t>Taiwanese Journal of Social Welfare</t>
+  </si>
+  <si>
+    <t>1682-2927</t>
+  </si>
+  <si>
+    <t>臺灣社會福利學會</t>
+  </si>
+  <si>
+    <t>Social Welfare Association of Taiwan</t>
+  </si>
+  <si>
+    <t>1999-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jsw</t>
+  </si>
+  <si>
+    <t>臺灣社會學刊</t>
+  </si>
+  <si>
+    <t>Taiwanese Journal of Sociology</t>
+  </si>
+  <si>
+    <t>1011-2219</t>
+  </si>
+  <si>
+    <t>臺灣社會學會</t>
+  </si>
+  <si>
+    <t>Taiwanese Sociological Association</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tsx</t>
+  </si>
+  <si>
+    <t>臺灣師大歷史學報</t>
+  </si>
+  <si>
+    <t>Bulletin of Historical Research</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學歷史學系</t>
+  </si>
+  <si>
+    <t>Department of History, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tsl</t>
+  </si>
+  <si>
+    <t>臺灣海洋法學報</t>
+  </si>
+  <si>
+    <t>The Taiwan Ocean Law Review</t>
+  </si>
+  <si>
+    <t>國立臺灣海洋大學海洋法律研究所</t>
+  </si>
+  <si>
+    <t>Institute of the Law of the Sea, National Taiwan Ocean University.</t>
+  </si>
+  <si>
+    <t>Keelung</t>
+  </si>
+  <si>
+    <t>2015-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tol</t>
+  </si>
+  <si>
+    <t>臺灣華語教學研究</t>
+  </si>
+  <si>
+    <t>Taiwan Journal of C hinese as a SecondLanguage</t>
+  </si>
+  <si>
+    <t>2221-1624</t>
+  </si>
+  <si>
+    <t>台灣華語文教學學會</t>
+  </si>
+  <si>
+    <t>Association of Teaching Chinese as a Second Language</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tjc</t>
+  </si>
+  <si>
+    <t>臺灣經濟預測與政策</t>
+  </si>
+  <si>
+    <t>Taiwan Economic Forecast and Policy</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1729-8849</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tef</t>
+  </si>
+  <si>
+    <t>臺灣語文研究</t>
+  </si>
+  <si>
+    <t>Journal of Taiwanese Languages and Literature</t>
+  </si>
+  <si>
+    <t>1726-5185</t>
+  </si>
+  <si>
+    <t>台灣語文學會</t>
+  </si>
+  <si>
+    <t>Taiwan Languages and Literature Society</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tll</t>
+  </si>
+  <si>
+    <t>臺灣語言學期刊</t>
+  </si>
+  <si>
+    <t>Taiwan Journal of Linguistics</t>
+  </si>
+  <si>
+    <t>1729-4649</t>
+  </si>
+  <si>
+    <t>國立政治大學語言學研究所</t>
+  </si>
+  <si>
+    <t>Graduate Institute of Linguistics, National Chengchi University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tlj</t>
+  </si>
+  <si>
+    <t>語文與國際研究</t>
+  </si>
+  <si>
+    <t>Languages and International Studies</t>
+  </si>
+  <si>
+    <t>1811-4717</t>
+  </si>
+  <si>
+    <t>文藻外語大學</t>
+  </si>
+  <si>
+    <t>Wenzao Ursuline University of Languages</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/lis</t>
+  </si>
+  <si>
+    <t>語言暨語言學</t>
+  </si>
+  <si>
+    <t>Language and Linguistics</t>
+  </si>
+  <si>
+    <t>1606-822X</t>
+  </si>
+  <si>
+    <t>Termination of Authorization</t>
+  </si>
+  <si>
+    <t>中央研究院語言學研究所</t>
+  </si>
+  <si>
+    <t>Institute of Linguistics,?Academia Sinica</t>
+  </si>
+  <si>
+    <t>2000-2016</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/lal</t>
+  </si>
+  <si>
+    <t>輔仁大學藝術學報</t>
+  </si>
+  <si>
+    <t>Journal of Arts</t>
+  </si>
+  <si>
+    <t>輔仁大學藝術學院</t>
+  </si>
+  <si>
+    <t>College of Arts, Fu Jen Catholic University</t>
+  </si>
+  <si>
+    <t>2012-2016</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/fja</t>
+  </si>
+  <si>
+    <t>輔導與諮商學報</t>
+  </si>
+  <si>
+    <t>The Archive of Guidance &amp; Counseling</t>
+  </si>
+  <si>
+    <t>1818-1562</t>
+  </si>
+  <si>
+    <t>國立彰化師範大學輔導與諮商學系</t>
+  </si>
+  <si>
+    <t>Department of Guidance &amp; Counseling ,National Changhua University of Education</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/agc</t>
+  </si>
+  <si>
+    <t>亞洲廣電與新媒體研究</t>
+  </si>
+  <si>
+    <t>Asian Broadcasting &amp; New Media Research</t>
+  </si>
+  <si>
+    <t>1021-0776</t>
+  </si>
+  <si>
+    <t>國立政治大學廣播與電視學系</t>
+  </si>
+  <si>
+    <t>Department of Radio &amp; Television, National Chengchi University</t>
+  </si>
+  <si>
+    <t>1992-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/rts</t>
+  </si>
+  <si>
+    <t>廣譯：語言、文學與文化翻譯</t>
+  </si>
+  <si>
+    <t>Lingual, Literary, and Cultural Translation</t>
+  </si>
+  <si>
+    <t>1998-5177</t>
+  </si>
+  <si>
+    <t>國立政治大學外國語文學院翻譯中心</t>
+  </si>
+  <si>
+    <t>Translation Center, National Chengchi University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/guw</t>
+  </si>
+  <si>
+    <t>歐美研究</t>
+  </si>
+  <si>
+    <t>EurAmerica: A Journal of European and American Studies</t>
+  </si>
+  <si>
+    <t>1021-3058</t>
+  </si>
+  <si>
+    <t>中央研究院歐美研究所</t>
+  </si>
+  <si>
+    <t>Institute of European and American Studies, Academia Sinica</t>
+  </si>
+  <si>
+    <t>1991-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/eas</t>
+  </si>
+  <si>
+    <t>編譯論叢</t>
+  </si>
+  <si>
+    <t>Compilation and Translation Review</t>
+  </si>
+  <si>
+    <t>2071-4858</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ctr</t>
+  </si>
+  <si>
+    <t>課程與教學</t>
+  </si>
+  <si>
+    <t>Curriculum &amp; Instruction Quarterly</t>
+  </si>
+  <si>
+    <t>1560-1277</t>
+  </si>
+  <si>
+    <t>中華民國課程與教學學會</t>
+  </si>
+  <si>
+    <t>Association for Curriculum and Instruction , Taiwan, R.O.C</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ciq</t>
+  </si>
+  <si>
+    <t>戰略：台灣國家安全政策評論</t>
+  </si>
+  <si>
+    <t>Taiwan's national security policy review</t>
+  </si>
+  <si>
+    <t>2008-2009</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sts</t>
+  </si>
+  <si>
+    <t>戰略安全研析</t>
+  </si>
+  <si>
+    <t>Journal of Strategic and Security Analyses</t>
+  </si>
+  <si>
+    <t>1816-6547</t>
+  </si>
+  <si>
+    <t>2021-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ssa</t>
+  </si>
+  <si>
+    <t>戰略與評估</t>
+  </si>
+  <si>
+    <t>Defense Strategy &amp; Assessment Journal</t>
+  </si>
+  <si>
+    <t>2223-9413</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/dsa</t>
+  </si>
+  <si>
+    <t>選舉研究</t>
+  </si>
+  <si>
+    <t>Journal of Electoral Studies</t>
+  </si>
+  <si>
+    <t>1025-7551</t>
+  </si>
+  <si>
+    <t>國立政治大學選舉研究中心</t>
+  </si>
+  <si>
+    <t>Election Study Center, National Chengchi University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/xjy</t>
+  </si>
+  <si>
+    <t>雕塑研究</t>
+  </si>
+  <si>
+    <t>The Sculpture Research Semiyearly</t>
+  </si>
+  <si>
+    <t>2072-2605</t>
+  </si>
+  <si>
+    <t>財團法人朱銘文教基金會</t>
+  </si>
+  <si>
+    <t>Juming Museum</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/srs</t>
+  </si>
+  <si>
+    <t>應用心理研究</t>
+  </si>
+  <si>
+    <t>Research in Applied Psychology</t>
+  </si>
+  <si>
+    <t>1560-9251</t>
+  </si>
+  <si>
+    <t>臺灣應用心理學會、應用心理研究雜誌社</t>
+  </si>
+  <si>
+    <t>Taiwan Applied Psychology Association and Research in Applied Psychology</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/rap</t>
+  </si>
+  <si>
+    <t>應用經濟論叢</t>
+  </si>
+  <si>
+    <t>Taiwan Journal of Applied Economics</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/tae</t>
+  </si>
+  <si>
+    <t>應用語文學報</t>
+  </si>
+  <si>
+    <t>Journal of Applied Languages</t>
+  </si>
+  <si>
+    <t>2312-0126</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jal</t>
+  </si>
+  <si>
+    <t>應華學報</t>
+  </si>
+  <si>
+    <t>Journal of Applied Chinese</t>
+  </si>
+  <si>
+    <t>1994-1919</t>
+  </si>
+  <si>
+    <t>文藻外語大學應用華語文系</t>
+  </si>
+  <si>
+    <t>Department of Applied Chinese, Wenzao Ursuline University of Languages.</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jac</t>
+  </si>
+  <si>
+    <t>戲曲學報</t>
+  </si>
+  <si>
+    <t>Journal of Traditional Chinese Theater</t>
+  </si>
+  <si>
+    <t>2070-1136</t>
+  </si>
+  <si>
+    <t>國立臺灣戲曲學院</t>
+  </si>
+  <si>
+    <t>National Taiwan College of Performing Art</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/scx</t>
+  </si>
+  <si>
+    <t>戲劇研究</t>
+  </si>
+  <si>
+    <t>Journal of Theater Studies</t>
+  </si>
+  <si>
+    <t>2070-2663</t>
+  </si>
+  <si>
+    <t>國立臺灣大學戲劇系</t>
+  </si>
+  <si>
+    <t>Department of Drama and Theatre, National Taiwan University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jts</t>
+  </si>
+  <si>
+    <t>戲劇學刊</t>
+  </si>
+  <si>
+    <t>Taipei Theatre Journal</t>
+  </si>
+  <si>
+    <t>1813-9078</t>
+  </si>
+  <si>
+    <t>國立臺北藝術大學戲劇學院</t>
+  </si>
+  <si>
+    <t>School of Theatre Arts, Taipei National University of the Arts</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ttj</t>
   </si>
   <si>
     <t>檔案半年刊</t>
   </si>
   <si>
-    <t>身體文化學報</t>
-[...89 lines deleted...]
-    <t>成大中文學報</t>
+    <t>Archives Semiannual</t>
+  </si>
+  <si>
+    <t>1684-1212</t>
+  </si>
+  <si>
+    <t>國家發展委員會檔案管理局</t>
+  </si>
+  <si>
+    <t>National Archives Administration, National Development Council</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/asj</t>
+  </si>
+  <si>
+    <t>檔案季刊</t>
+  </si>
+  <si>
+    <t>Archives Quarterly</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/aqj</t>
+  </si>
+  <si>
+    <t>環境與世界</t>
+  </si>
+  <si>
+    <t>Environment and Worlds</t>
+  </si>
+  <si>
+    <t>1029-3159</t>
+  </si>
+  <si>
+    <t>國立高雄師範大學地理學系</t>
+  </si>
+  <si>
+    <t>Department of Geography, National Kaohsiung Normal University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/eaw</t>
   </si>
   <si>
     <t>韓國學研究論文集</t>
   </si>
   <si>
-    <t>中國地方自治</t>
-[...107 lines deleted...]
-    <t>哲學論集</t>
+    <t>Collected Papers of Korean Studies</t>
+  </si>
+  <si>
+    <t>中國文化大學韓國語文學系</t>
+  </si>
+  <si>
+    <t>Department of Korean Language and Literature, Chinese Culture University.</t>
+  </si>
+  <si>
+    <t>2012-2018</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cks</t>
+  </si>
+  <si>
+    <t>翻譯學研究集刊</t>
+  </si>
+  <si>
+    <t>Studies of Interpretation and Translation</t>
+  </si>
+  <si>
+    <t>2070-9668</t>
+  </si>
+  <si>
+    <t>臺灣翻譯學學會</t>
+  </si>
+  <si>
+    <t>Taiwan Association of Translation and Interpretation</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sit</t>
   </si>
   <si>
     <t>藝術研究學報</t>
   </si>
   <si>
+    <t>Journal of Performing and Visual Arts Studies</t>
+  </si>
+  <si>
+    <t>2070-3589</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/gaj</t>
+  </si>
+  <si>
+    <t>藝術論壇</t>
+  </si>
+  <si>
+    <t>Journal of Art Forum</t>
+  </si>
+  <si>
+    <t>1726-4790</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學美術學系</t>
+  </si>
+  <si>
+    <t>Department &amp; Graduate Institute of Fine Arts, National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jaf</t>
+  </si>
+  <si>
+    <t>Art Forum (suspended 2003)</t>
+  </si>
+  <si>
+    <t>國立成功大學藝術研究所</t>
+  </si>
+  <si>
+    <t>Institute of Art Studies, National Cheng Kung University</t>
+  </si>
+  <si>
+    <t>1995-2003</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ysl</t>
+  </si>
+  <si>
+    <t>Art Forum (resumed 2008)</t>
+  </si>
+  <si>
+    <t>2073-2384</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ysr</t>
+  </si>
+  <si>
     <t>藝術學研究</t>
   </si>
   <si>
-    <t>全球客家研究</t>
-[...299 lines deleted...]
-    <t>公共事務評論</t>
+    <t>Journal of Art Studies</t>
+  </si>
+  <si>
+    <t>1996-1863</t>
+  </si>
+  <si>
+    <t>國立中央大學藝術學研究所</t>
+  </si>
+  <si>
+    <t>Graduate Institute of Art Studies, National Central University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/gar</t>
+  </si>
+  <si>
+    <t>議藝份子</t>
+  </si>
+  <si>
+    <t>Art Symposium</t>
+  </si>
+  <si>
+    <t>1562-3475</t>
+  </si>
+  <si>
+    <t>國立中央大學藝術學研究所學生會</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/yyf</t>
+  </si>
+  <si>
+    <t>黨產研究</t>
+  </si>
+  <si>
+    <t>Journal for the Study of the Party Assets</t>
+  </si>
+  <si>
+    <t>2521-9529</t>
+  </si>
+  <si>
+    <t>不當黨產處理委員會</t>
+  </si>
+  <si>
+    <t>Ill-gotten Party Assets Settlement Committee</t>
+  </si>
+  <si>
+    <t>2017-2022</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/spa</t>
   </si>
   <si>
     <t>體育學報</t>
   </si>
   <si>
-    <t>國立屏東商業技術學院學報</t>
-[...416 lines deleted...]
-    <t>國防安全雙週報</t>
+    <t>Physical Education Journal</t>
+  </si>
+  <si>
+    <t>1024-7297</t>
+  </si>
+  <si>
+    <t>National Society of Physical Education of the Republic of China</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/pej</t>
   </si>
   <si>
     <t>國際關係學報</t>
   </si>
   <si>
+    <t>The Journal of International Relations</t>
+  </si>
+  <si>
+    <t>1023-8786</t>
+  </si>
+  <si>
+    <t>國立政治大學外交學系</t>
+  </si>
+  <si>
+    <t>Department of Diplomacy, National Chenchi University</t>
+  </si>
+  <si>
+    <t>2017-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jir</t>
+  </si>
+  <si>
     <t>智慧財產評論</t>
   </si>
   <si>
+    <t>NCCU Intellectual Property Review</t>
+  </si>
+  <si>
+    <t>1811-8518</t>
+  </si>
+  <si>
+    <t>國立政治大學科技管理與智慧財產研究所</t>
+  </si>
+  <si>
+    <t>Graduate Institute of Technology, Innovation &amp; Intellectual Property Management, National Chenchi University</t>
+  </si>
+  <si>
+    <t>2012-2019</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/npr</t>
+  </si>
+  <si>
     <t>傳播研究集刊</t>
   </si>
   <si>
+    <t>Communication Research Monographs</t>
+  </si>
+  <si>
+    <t>國立政治大學傳播學院研究暨發展中心</t>
+  </si>
+  <si>
+    <t>Center for Media and Information, College of Communication, National Chengchi University</t>
+  </si>
+  <si>
+    <t>1997-2003</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cmr</t>
+  </si>
+  <si>
     <t>民族學報</t>
   </si>
   <si>
+    <t>Bulletin of the Department of Ethnology</t>
+  </si>
+  <si>
+    <t>1024-8250</t>
+  </si>
+  <si>
+    <t>國立政治大學民族學系</t>
+  </si>
+  <si>
+    <t>Department of Ethnology, National Chengchi University</t>
+  </si>
+  <si>
+    <t>2005-2009</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/eta</t>
+  </si>
+  <si>
     <t>問題と研究</t>
   </si>
   <si>
+    <t>MONDAI TO KENKYU</t>
+  </si>
+  <si>
+    <t>0288-7738</t>
+  </si>
+  <si>
+    <t>Japanese</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ias</t>
+  </si>
+  <si>
     <t>民族學界</t>
   </si>
   <si>
+    <t>Ethnologia</t>
+  </si>
+  <si>
+    <t>2310-1865</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/eth</t>
+  </si>
+  <si>
     <t>廣告學研究</t>
   </si>
   <si>
+    <t>The Journal of Advertising &amp; Public Relations</t>
+  </si>
+  <si>
+    <t>1025-5230</t>
+  </si>
+  <si>
+    <t>國立政治大學廣告學系</t>
+  </si>
+  <si>
+    <t>Department of Advertising, National Chengchi University</t>
+  </si>
+  <si>
+    <t>2005-2011</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jar</t>
+  </si>
+  <si>
     <t>中文計算語言學期刊</t>
   </si>
   <si>
+    <t>International Journal of Computational Linguistics and Chinese Language Processing</t>
+  </si>
+  <si>
+    <t>1027-376x</t>
+  </si>
+  <si>
+    <t>社團法人中華民國計算語言學學會</t>
+  </si>
+  <si>
+    <t>Association for Computational Linguistics and Chinese Language Processing</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/acl</t>
+  </si>
+  <si>
+    <t>Journal of Han Chiang e Journal</t>
+  </si>
+  <si>
+    <t>韓江傳媒大學學院</t>
+  </si>
+  <si>
+    <t>Han Chiang University College of Communication</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hce</t>
+  </si>
+  <si>
+    <t>Journal of Han Chiang</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jhc</t>
+  </si>
+  <si>
+    <t>Journal of Han Chiang College</t>
+  </si>
+  <si>
+    <t>2002-2017</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hcc</t>
+  </si>
+  <si>
+    <t>Rosa Sinensis</t>
+  </si>
+  <si>
+    <t>馬來西亞華社研究中心</t>
+  </si>
+  <si>
+    <t>Centre for Malaysian Chinese Studies</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ras</t>
+  </si>
+  <si>
+    <t>1992-1998</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/rar</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/rrt</t>
+  </si>
+  <si>
     <t>管理資訊計算</t>
   </si>
   <si>
+    <t>Management Information Computing</t>
+  </si>
+  <si>
+    <t>2225-9481</t>
+  </si>
+  <si>
+    <t>亞博出版社</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/mic</t>
+  </si>
+  <si>
     <t>文化：政策・管理・新創</t>
   </si>
   <si>
+    <t>Culture: Policy, Management &amp; Entrepreneurship</t>
+  </si>
+  <si>
+    <t>2958-1966</t>
+  </si>
+  <si>
+    <t>社團法人台灣文化政策研究學會</t>
+  </si>
+  <si>
+    <t>Taiwan Association of Cultural Policy Studies</t>
+  </si>
+  <si>
+    <t>2022-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cpm</t>
+  </si>
+  <si>
+    <t>Journal of Malaysian Chinese Studies</t>
+  </si>
+  <si>
+    <t>1511-0044</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/smc</t>
+  </si>
+  <si>
     <t>商管科技季刊</t>
   </si>
   <si>
+    <t>Commerce &amp; Management Quarterly</t>
+  </si>
+  <si>
+    <t>1994-8107</t>
+  </si>
+  <si>
+    <t>中華商管科技學會</t>
+  </si>
+  <si>
+    <t>Chinese Association of Business &amp; Management Technology</t>
+  </si>
+  <si>
+    <t>Yunlin</t>
+  </si>
+  <si>
+    <t>2024-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cmq</t>
+  </si>
+  <si>
     <t>台灣人權學刊</t>
   </si>
   <si>
+    <t>Taiwan Human Rights Journal</t>
+  </si>
+  <si>
+    <t>2224-6622</t>
+  </si>
+  <si>
+    <t>東吳大學張佛泉人權研究中心</t>
+  </si>
+  <si>
+    <t>the Chang Fo-chuan Center for the Study of Human Rights at Soochow University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hrj</t>
+  </si>
+  <si>
     <t>傳播文化</t>
   </si>
   <si>
+    <t>Journal of Communication &amp; Culture</t>
+  </si>
+  <si>
+    <t>1023-2206</t>
+  </si>
+  <si>
+    <t>輔仁大學傳播學院</t>
+  </si>
+  <si>
+    <t>College of Communication, Fu Jen Catholic University</t>
+  </si>
+  <si>
+    <t>1993-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jcc</t>
+  </si>
+  <si>
     <t>教育科技與學習</t>
   </si>
   <si>
-    <t>輔導與諮商學報</t>
-[...17 lines deleted...]
-    <t>戲曲學報</t>
+    <t>Educational Technology＆Learning</t>
+  </si>
+  <si>
+    <t>2306-5931</t>
+  </si>
+  <si>
+    <t>中華資訊與科技教育學會</t>
+  </si>
+  <si>
+    <t>Chinese Association for Computer and Educational Technology</t>
+  </si>
+  <si>
+    <t>2013-2023</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/etl</t>
+  </si>
+  <si>
+    <t>2468-8800</t>
+  </si>
+  <si>
+    <t>中央研究院與歐洲臺灣研究學會（EATS）</t>
+  </si>
+  <si>
+    <t>Academia Sinica and the European Association of Taiwan Studies (EATS)</t>
+  </si>
+  <si>
+    <t>Taiwan and  UK</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ijt</t>
+  </si>
+  <si>
+    <t>성균차이나포커스  (成均中國焦點)</t>
+  </si>
+  <si>
+    <t>Sungkyun China Focus</t>
+  </si>
+  <si>
+    <t>2287-9226</t>
+  </si>
+  <si>
+    <t>韓國成均館大學成均中國研究所</t>
+  </si>
+  <si>
+    <t>Sungkyun Institute of China Studies, Sungkyunkwan University</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sgk</t>
+  </si>
+  <si>
+    <t>성균중국관찰 (成均中國觀察)</t>
+  </si>
+  <si>
+    <t>Sungkyun China Observer</t>
+  </si>
+  <si>
+    <t>2288-0453</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sco</t>
+  </si>
+  <si>
+    <t>2709-9946</t>
+  </si>
+  <si>
+    <t>歐洲漢學學會</t>
+  </si>
+  <si>
+    <t>Europe</t>
+  </si>
+  <si>
+    <t>2021-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ecs</t>
+  </si>
+  <si>
+    <t>중국사회과학논총 (中國社會科學論叢)</t>
+  </si>
+  <si>
+    <t>The Korea Journal of Chinese Social Science</t>
+  </si>
+  <si>
+    <t>2671-4035</t>
+  </si>
+  <si>
+    <t>2019-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/kjc</t>
+  </si>
+  <si>
+    <t>성균차이나브리프 (成均中國摘要)</t>
+  </si>
+  <si>
+    <t>Sungkyun China Brief</t>
+  </si>
+  <si>
+    <t>2288-9477</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/scb</t>
+  </si>
+  <si>
+    <t>КИТАЄЗНАВЧІ ДОСЛІДЖЕННЯ (漢學研究)</t>
+  </si>
+  <si>
+    <t>Chinese Studies</t>
+  </si>
+  <si>
+    <t>2616-7328 (Online)</t>
+  </si>
+  <si>
+    <t>烏克蘭漢學協會</t>
+  </si>
+  <si>
+    <t>Ukrainian Association of Sinologists</t>
+  </si>
+  <si>
+    <t>Ukraine</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ucs</t>
   </si>
   <si>
     <t>轉型正義與黨產研究</t>
   </si>
   <si>
+    <t>Journal for the Studies of Transitional Justice and the Party Assets</t>
+  </si>
+  <si>
+    <t>3078-5472</t>
+  </si>
+  <si>
+    <t>2024-</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/pas</t>
+  </si>
+  <si>
     <t>資訊社會研究</t>
   </si>
   <si>
+    <t>The Journal of Information Society</t>
+  </si>
+  <si>
+    <t>1680-8428</t>
+  </si>
+  <si>
+    <t>台灣資訊社會研究學會</t>
+  </si>
+  <si>
+    <t>Taiwan Academy for Information Society</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jis</t>
+  </si>
+  <si>
+    <t>亞洲文化</t>
+  </si>
+  <si>
+    <t>Asian Culture</t>
+  </si>
+  <si>
+    <t>0217-6742</t>
+  </si>
+  <si>
+    <t>新加坡亞洲研究學會</t>
+  </si>
+  <si>
+    <t>Singapore Society of Asian Studies</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/acj</t>
+  </si>
+  <si>
+    <t>Journal of Chinese Language and Literature</t>
+  </si>
+  <si>
+    <t>1225-083x</t>
+  </si>
+  <si>
+    <t>嶺南中國語文學會</t>
+  </si>
+  <si>
+    <t>Chinese Literary Society of Yeungnam</t>
+  </si>
+  <si>
+    <t>South Korea</t>
+  </si>
+  <si>
+    <t>1980-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cll</t>
+  </si>
+  <si>
+    <t>0857-3662</t>
+  </si>
+  <si>
+    <t>泰國朱拉隆功大學亞洲研究所</t>
+  </si>
+  <si>
+    <t>Institute of Asian Studies, Chulalongkorn University</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>1987-2024</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/arc</t>
+  </si>
+  <si>
+    <t>2612-6680</t>
+  </si>
+  <si>
+    <t>Asia Maior Think Tank</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/amj</t>
+  </si>
+  <si>
+    <t>대만연구(臺灣硏究)</t>
+  </si>
+  <si>
+    <t>Taiwan Studies</t>
+  </si>
+  <si>
+    <t>2234-067X</t>
+  </si>
+  <si>
+    <t>Institute for Taiwan Studies, Hankuk University of Foreign Studies</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/thu</t>
+  </si>
+  <si>
+    <t>Journal of The South Seas Society</t>
+  </si>
+  <si>
+    <t>0081-2889</t>
+  </si>
+  <si>
+    <t>南洋學會</t>
+  </si>
+  <si>
+    <t>South Seas Society</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/sss</t>
+  </si>
+  <si>
+    <t>Journal of Sinological Studies</t>
+  </si>
+  <si>
+    <t>2180-4729</t>
+  </si>
+  <si>
+    <t>馬來亞大學中文系</t>
+  </si>
+  <si>
+    <t>Department of Chinese Studies, University of Malaya</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ssj</t>
+  </si>
+  <si>
+    <t>Journal of Chinese Literature And Culture</t>
+  </si>
+  <si>
+    <t>2289-232X</t>
+  </si>
+  <si>
+    <t>2013-2022</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jcl</t>
+  </si>
+  <si>
+    <t>China in Culture</t>
+  </si>
+  <si>
+    <t>International Association for Humanities, the Centre for Chinese History and Culture at the University of Macau, and the School of Chinese Language and Literature at Shaanxi Normal University</t>
+  </si>
+  <si>
+    <t>2020-2025</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/cic</t>
+  </si>
+  <si>
     <t>政治與社會哲學評論</t>
   </si>
   <si>
+    <t>SOCIETAS: A Journal for Philosophical Study of Public Affairs</t>
+  </si>
+  <si>
+    <t>1684-5153</t>
+  </si>
+  <si>
+    <t>中央研究院人文社會科學研究中心</t>
+  </si>
+  <si>
+    <t>Research Center for Humanities and Social Sciences, Academia Sinica</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/ppa</t>
+  </si>
+  <si>
     <t>會計審計論叢</t>
   </si>
   <si>
-    <t>Agriculture and Economics</t>
-[...997 lines deleted...]
-  <si>
     <t>Review of Accounting and Auditing Studies</t>
   </si>
   <si>
-    <t>1011-520X</t>
-[...953 lines deleted...]
-    <t>2289-232X</t>
+    <t>2221-9374</t>
+  </si>
+  <si>
+    <t>國立臺灣大學會計學系、財團法人臺灣會計教育基金會</t>
+  </si>
+  <si>
+    <t>Department of Accounting, National Taiwan University and the Taiwan Accounting Education Foundation</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/aas</t>
+  </si>
+  <si>
+    <t>Hong Kong Studies</t>
+  </si>
+  <si>
+    <t>2618-0510</t>
+  </si>
+  <si>
+    <t>香港中文大學出版社</t>
+  </si>
+  <si>
+    <t>The Chinese University of Hong Kong Press</t>
+  </si>
+  <si>
+    <t>Hong Kong</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hks</t>
+  </si>
+  <si>
+    <t>PCD 出版社（印尼日惹大學政治與政府系）</t>
+  </si>
+  <si>
+    <t>PCD Press, Department of Politics and Government - Faculty of Social and Political Sciences, Universitas Gadjah Mada</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/pcd</t>
+  </si>
+  <si>
+    <t>尼泊爾特里布萬大學中央地理系</t>
+  </si>
+  <si>
+    <t>Central Department of Geography, Tribhuvan University</t>
+  </si>
+  <si>
+    <t>Nepal</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/gjn</t>
+  </si>
+  <si>
+    <t>Northeast Asian Studies</t>
+  </si>
+  <si>
+    <t>1343-9332</t>
+  </si>
+  <si>
+    <t>日本東北大學東北亞研究中心</t>
+  </si>
+  <si>
+    <t>Center for Northeast Asian Studies, Tohoku University, Japan</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nas</t>
+  </si>
+  <si>
+    <t>3006-9491</t>
+  </si>
+  <si>
+    <t>孟加拉 Stecab 出版社</t>
+  </si>
+  <si>
+    <t>Stecab Publishing, Bangladesh</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/jah</t>
+  </si>
+  <si>
+    <t>2588-1043</t>
+  </si>
+  <si>
+    <t>越南胡志明市國家大學</t>
+  </si>
+  <si>
+    <t>Vietnam National University Ho Chi Minh City</t>
+  </si>
+  <si>
+    <t>Vietnam</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/hcm</t>
+  </si>
+  <si>
+    <t>2349-5081</t>
+  </si>
+  <si>
+    <t>印度布巴內斯瓦爾亞洲研究中心</t>
+  </si>
+  <si>
+    <t>Centre for Asian Studies, Bhubaneswar, Odisha, India.</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/mar</t>
+  </si>
+  <si>
+    <t>2321-2594</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Universiti Brunei Darussalam, Emerald Publishing</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/dac</t>
+  </si>
+  <si>
+    <t>實踐設計學報（試刊）</t>
+  </si>
+  <si>
+    <t>藝術論衡 （2003年停刊）</t>
+  </si>
+  <si>
+    <t>藝術論衡 （2008年復刊）</t>
+  </si>
+  <si>
+    <t>第三級</t>
+  </si>
+  <si>
+    <t>Traditional Chinese; Korean</t>
+  </si>
+  <si>
+    <t>Traditional Chinese; English</t>
+  </si>
+  <si>
+    <t>Traditional Chinese; Japanese</t>
+  </si>
+  <si>
+    <t>Traditional Chinese; Russian</t>
+  </si>
+  <si>
+    <t>Country</t>
+  </si>
+  <si>
+    <t>【Asian Studies Series 】</t>
+  </si>
+  <si>
+    <t>英/臺</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>中國</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>日本</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>韓國</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>新加坡</t>
+  </si>
+  <si>
+    <t>馬來西亞</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>泰國</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>印尼</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>印尼</t>
+  </si>
+  <si>
+    <t>越南</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>越南</t>
+  </si>
+  <si>
+    <t>菲律賓</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>菲律賓</t>
+  </si>
+  <si>
+    <t>汶萊</t>
+  </si>
+  <si>
+    <t>印度</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>印度</t>
+  </si>
+  <si>
+    <t>尼泊爾</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>尼泊爾</t>
+  </si>
+  <si>
+    <t>孟加拉</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>巴基斯坦</t>
+  </si>
+  <si>
+    <t>義大利</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>International Journal of Taiwan Studies</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>香港研究</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>東北アジア研究</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>馬來西亞華人研究學刊</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>Asian Review</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>PCD Journal (Power, Conflict, and Democracy)</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>Renai : Research and Advocacy Journal in Social Sciences and Humanities</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>Jurnal Manajemen dan Kewirausahaan (JMK)</t>
+  </si>
+  <si>
+    <t>VNUHCM Journal of Social Sciences and Humanities</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>Journal of Economics and Development</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>International Review of Social Sciences Research</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>International Journal of Academe and Industry Research</t>
+  </si>
+  <si>
+    <t>Southeast Asia: A Multidisciplinary Journal</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>margASIA</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>Intellectual Resonance: DCAC Journal of Interdisciplinary Studies</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>WE: A Multidisciplinary &amp; Multilingual
+Peer-Reviewed Research Journal</t>
+  </si>
+  <si>
+    <t>LIBRARY HERALD</t>
+  </si>
+  <si>
+    <t>Geographical Journal of Nepal</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>Bodhi: An Interdisciplinary Journal</t>
+  </si>
+  <si>
+    <t>Journal of Arts, Humanities and Social Science(JAHSS)</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>NUST Journal of Social Sciences and Humanities</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>Asia Maior</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>韓國外國語大學台灣研究中心</t>
+  </si>
+  <si>
+    <t>Yayasan Persemaian Cinta Kemanusiaan  </t>
+  </si>
+  <si>
+    <t>Petra Christian University</t>
+  </si>
+  <si>
+    <t>Emerald Publishing；National Economics University</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>菲律賓國際創新學術研究機構</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>Institute of Industry and Academic Research Inc.</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>汶萊大學與英國 Emerald 出版社</t>
+  </si>
+  <si>
+    <t>印度德里大學文理商學院</t>
+  </si>
+  <si>
+    <t>University of Delhi</t>
+  </si>
+  <si>
+    <t>Delhi Library Association</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>Kathmandu University</t>
+  </si>
+  <si>
+    <t>巴基斯坦國立科技大學</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2085-0441 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">2782-9227 </t>
+  </si>
+  <si>
+    <t>1819-5091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0259-0948 </t>
+  </si>
+  <si>
+    <t>2520-503X</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/irs</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/smj</t>
+  </si>
+  <si>
+    <t>https://p.udpweb.com/nsh</t>
+  </si>
+  <si>
+    <t>YES</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>Subject category</t>
+  </si>
+  <si>
+    <t>【International Sinoilogy Series】</t>
+  </si>
+  <si>
+    <t>日本</t>
+  </si>
+  <si>
+    <t>新加坡</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>歐洲</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>烏克蘭</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>Century: Journal of Chinese Language, Literature and Culture</t>
+  </si>
+  <si>
+    <t>文化中國學刊</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>中國語文學</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>南洋學報</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>亞洲文化</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>漢學研究學刊</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>馬大華人文學與文化學刊</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>韓江學報</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>韓江學刊</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>韓江學刊電子學刊</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>人文雜誌</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>資料與研究</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>資料與研究(試刊)</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>Journal of the European Association for Chinese Studies</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>國際人文學會、澳門大學中國歷史文化中心及陝西師範大學文學院</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>東京外國語大學</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>Petra Christian University</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>華社資料研究中心</t>
   </si>
   <si>
     <t>2563-0458</t>
-  </si>
-[...3886 lines deleted...]
-    <t>КИТАЄЗНАВЧІ ДОСЛІДЖЕННЯ (漢學研究)</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>1823-0229</t>
+  </si>
+  <si>
+    <t>2637-1316</t>
+  </si>
+  <si>
+    <t>2756-8962</t>
+  </si>
+  <si>
+    <t>0128-8369</t>
+  </si>
+  <si>
+    <t>英語(English)</t>
+  </si>
+  <si>
+    <t>繁體中文 (Traditional Chinese)、英文(English)</t>
+  </si>
+  <si>
+    <t>日語(Japanese)、英語(English)</t>
+  </si>
+  <si>
+    <t>韓語(Korean)</t>
+  </si>
+  <si>
+    <t>簡體中文 (Simplified Chinese)</t>
+  </si>
+  <si>
+    <t>韓語(Korean)、簡體中文 (Simplified Chinese)</t>
+  </si>
+  <si>
+    <t>韓語(Korean)、繁體中文 (Traditional Chinese)、英文(English)</t>
+  </si>
+  <si>
+    <t>英語(English)、簡體中文 (Simplified Chinese)</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>英語(English)、越南語(Vietnamese)</t>
+  </si>
+  <si>
+    <t>英語(English)、馬來語（Malay）</t>
+  </si>
+  <si>
+    <t>義大利文(Italian)、英文(English)</t>
+  </si>
+  <si>
+    <t>繁體中文 (Traditional Chinese)、英文(English)</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>韓語(Korean)、中文 (Traditional and Simplified graphics)</t>
+  </si>
+  <si>
+    <t>簡體中文 (Simplified Chinese)、英語(English)</t>
+  </si>
+  <si>
+    <t>英語(English)_簡體中文 (Simplified Chinese)</t>
+  </si>
+  <si>
+    <t>繁體中文 (Traditional Chinese)</t>
+  </si>
+  <si>
+    <t>英語(English)</t>
+    <phoneticPr fontId="0" type="noConversion"/>
+  </si>
+  <si>
+    <t>烏克蘭文(Ukrainian)、英語(English)、中文 (Traditional and Simplified Chinese)</t>
+  </si>
+  <si>
+    <t>Country in English</t>
+  </si>
+  <si>
+    <t>philippines</t>
+  </si>
+  <si>
+    <t>Brunei</t>
+  </si>
+  <si>
+    <t>Pakistan</t>
+  </si>
+  <si>
+    <t>Asian Studies</t>
+  </si>
+  <si>
+    <t>Asian Studies_International Sinoilogy</t>
+  </si>
+  <si>
+    <t>International Sinoilogy</t>
+  </si>
+  <si>
+    <t>As at December 2025</t>
+  </si>
+  <si>
+    <t>NOTES: The titles in blue color are expected to be available by end of 2025.</t>
+  </si>
+  <si>
+    <t>東京外國語大學漢學論文精選
+(言語・地域文化研究/Language, Area and Culture Studies，語學研究所論集/Journal of the Institute of Language Research，及其他學術成果)</t>
+  </si>
+  <si>
+    <t>China</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
-      <family val="2"/>
-[...4 lines deleted...]
-      <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color rgb="FF000000"/>
+      <sz val="12"/>
+      <color theme="1"/>
       <name val="Aptos"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF0070C0"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF0070C0"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor rgb="FF26A69A"/>
         <bgColor rgb="FF26A69A"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="1">
+  <borders count="2">
     <border>
       <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="27">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top"/>
+      <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_Sheet1" xfId="1" xr:uid="{EFF596BC-79C2-4129-A4A7-EBA0435DA7AE}"/>
+    <cellStyle name="Normal_Sheet1" xfId="1" xr:uid="{2FF49410-4545-4F62-A3B3-73ACAC1BB279}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>57150</xdr:colOff>
+      <xdr:colOff>152400</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>114300</xdr:rowOff>
+      <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>1943100</xdr:colOff>
+      <xdr:colOff>2038350</xdr:colOff>
       <xdr:row>4</xdr:row>
-      <xdr:rowOff>57150</xdr:rowOff>
+      <xdr:rowOff>38100</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E18BFCE3-E624-485B-BB0F-74D33CA2236C}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5527F029-5536-4678-9FD1-16A58CA86E99}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="57150" y="114300"/>
+          <a:off x="152400" y="95250"/>
           <a:ext cx="1885950" cy="828675"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>142875</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>895350</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>10680</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B438A131-E319-4578-8A55-F4475A81A845}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="142875" y="95250"/>
+          <a:ext cx="1866900" cy="820305"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
@@ -7474,15655 +7910,15742 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://p.udpweb.com/ras" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E49F11FD-96A6-46C0-A44C-0B97E395002E}">
-  <dimension ref="A1:N387"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A6A513C0-5192-432D-813B-5500D6B7D935}">
+  <dimension ref="A1:N356"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A8" sqref="A8"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <pane ySplit="7" topLeftCell="A8" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
-    <col min="1" max="1" width="47.73046875" style="1" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="15" max="16384" width="9.1328125" style="1"/>
+    <col min="1" max="1" width="36.1328125" customWidth="1"/>
+    <col min="2" max="2" width="56.86328125" customWidth="1"/>
+    <col min="3" max="3" width="18.73046875" customWidth="1"/>
+    <col min="4" max="4" width="14.86328125" customWidth="1"/>
+    <col min="5" max="5" width="19.265625" customWidth="1"/>
+    <col min="6" max="6" width="22.59765625" customWidth="1"/>
+    <col min="7" max="7" width="39.265625" customWidth="1"/>
+    <col min="8" max="8" width="77.59765625" customWidth="1"/>
+    <col min="9" max="9" width="16.86328125" customWidth="1"/>
+    <col min="10" max="10" width="19.3984375" customWidth="1"/>
+    <col min="11" max="11" width="25" customWidth="1"/>
+    <col min="12" max="12" width="31.59765625" customWidth="1"/>
+    <col min="13" max="13" width="13.59765625" customWidth="1"/>
+    <col min="14" max="14" width="14.3984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.45">
-      <c r="A1" s="2"/>
-[...12 lines deleted...]
-      <c r="N1" s="2"/>
+      <c r="A1" s="15"/>
+      <c r="B1" s="15"/>
+      <c r="C1" s="15"/>
+      <c r="D1" s="15"/>
+      <c r="E1" s="15"/>
+      <c r="F1" s="15"/>
+      <c r="G1" s="15"/>
+      <c r="H1" s="15"/>
+      <c r="I1" s="15"/>
+      <c r="J1" s="15"/>
+      <c r="K1" s="15"/>
+      <c r="L1" s="15"/>
+      <c r="M1" s="15"/>
+      <c r="N1" s="15"/>
     </row>
     <row r="2" spans="1:14" ht="23.25" x14ac:dyDescent="0.45">
-      <c r="A2" s="2"/>
-      <c r="B2" s="3" t="s">
+      <c r="A2" s="15"/>
+      <c r="B2" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="15"/>
+      <c r="D2" s="15"/>
+      <c r="E2" s="15"/>
+      <c r="F2" s="15"/>
+      <c r="G2" s="15"/>
+      <c r="H2" s="15"/>
+      <c r="I2" s="15"/>
+      <c r="J2" s="15"/>
+      <c r="K2" s="15"/>
+      <c r="L2" s="15"/>
+      <c r="M2" s="15"/>
+      <c r="N2" s="15"/>
+    </row>
+    <row r="3" spans="1:14" ht="15.75" x14ac:dyDescent="0.45">
+      <c r="A3" s="15"/>
+      <c r="B3" s="2" t="s">
+        <v>2384</v>
+      </c>
+      <c r="C3" s="15"/>
+      <c r="D3" s="15"/>
+      <c r="E3" s="15"/>
+      <c r="F3" s="15"/>
+      <c r="G3" s="15"/>
+      <c r="H3" s="15"/>
+      <c r="I3" s="15"/>
+      <c r="J3" s="15"/>
+      <c r="K3" s="15"/>
+      <c r="L3" s="15"/>
+      <c r="M3" s="15"/>
+      <c r="N3" s="15"/>
+    </row>
+    <row r="4" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A4" s="15"/>
+      <c r="B4" s="15"/>
+      <c r="C4" s="15"/>
+      <c r="D4" s="15"/>
+      <c r="E4" s="15"/>
+      <c r="F4" s="15"/>
+      <c r="G4" s="15"/>
+      <c r="H4" s="15"/>
+      <c r="I4" s="15"/>
+      <c r="J4" s="15"/>
+      <c r="K4" s="15"/>
+      <c r="L4" s="15"/>
+      <c r="M4" s="15"/>
+      <c r="N4" s="15"/>
+    </row>
+    <row r="5" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A5" s="15"/>
+      <c r="B5" s="15"/>
+      <c r="C5" s="15"/>
+      <c r="D5" s="15"/>
+      <c r="E5" s="15"/>
+      <c r="F5" s="15"/>
+      <c r="G5" s="15"/>
+      <c r="H5" s="15"/>
+      <c r="I5" s="15"/>
+      <c r="J5" s="15"/>
+      <c r="K5" s="15"/>
+      <c r="L5" s="15"/>
+      <c r="M5" s="15"/>
+      <c r="N5" s="15"/>
+    </row>
+    <row r="6" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A6" s="15"/>
+      <c r="B6" s="15"/>
+      <c r="C6" s="15"/>
+      <c r="D6" s="15"/>
+      <c r="E6" s="15"/>
+      <c r="F6" s="15"/>
+      <c r="G6" s="15"/>
+      <c r="H6" s="15"/>
+      <c r="I6" s="15"/>
+      <c r="J6" s="15"/>
+      <c r="K6" s="15"/>
+      <c r="L6" s="15"/>
+      <c r="M6" s="15"/>
+      <c r="N6" s="15"/>
+    </row>
+    <row r="7" spans="1:14" ht="30.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A7" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="H7" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="I7" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="J7" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="K7" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="L7" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="C2" s="2"/>
-[...14 lines deleted...]
-      <c r="B3" s="4" t="s">
+      <c r="M7" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="C3" s="2"/>
-[...82 lines deleted...]
-      <c r="H7" s="8" t="s">
+      <c r="N7" s="3" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A8" t="s">
+        <v>15</v>
+      </c>
+      <c r="B8" t="s">
+        <v>15</v>
+      </c>
+      <c r="C8" s="5">
+        <v>2018</v>
+      </c>
+      <c r="D8" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" t="s">
+        <v>17</v>
+      </c>
+      <c r="F8" t="s">
+        <v>18</v>
+      </c>
+      <c r="G8" t="s">
+        <v>19</v>
+      </c>
+      <c r="H8" t="s">
+        <v>20</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J8" t="s">
+        <v>22</v>
+      </c>
+      <c r="K8" t="s">
+        <v>23</v>
+      </c>
+      <c r="L8" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A9" t="s">
+        <v>25</v>
+      </c>
+      <c r="B9" t="s">
+        <v>25</v>
+      </c>
+      <c r="C9" s="5">
+        <v>1985</v>
+      </c>
+      <c r="D9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E9" t="s">
+        <v>17</v>
+      </c>
+      <c r="F9" t="s">
+        <v>18</v>
+      </c>
+      <c r="G9" t="s">
+        <v>27</v>
+      </c>
+      <c r="H9" t="s">
+        <v>28</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J9" t="s">
+        <v>22</v>
+      </c>
+      <c r="K9" t="s">
+        <v>29</v>
+      </c>
+      <c r="L9" t="s">
+        <v>30</v>
+      </c>
+      <c r="M9" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B10" t="s">
+        <v>33</v>
+      </c>
+      <c r="C10" s="5">
+        <v>2006</v>
+      </c>
+      <c r="D10" t="s">
+        <v>34</v>
+      </c>
+      <c r="E10" t="s">
+        <v>17</v>
+      </c>
+      <c r="F10" t="s">
+        <v>2261</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10" t="s">
+        <v>36</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J10" t="s">
+        <v>22</v>
+      </c>
+      <c r="K10" t="s">
+        <v>38</v>
+      </c>
+      <c r="L10" t="s">
+        <v>39</v>
+      </c>
+      <c r="M10" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A11" t="s">
+        <v>40</v>
+      </c>
+      <c r="B11" t="s">
+        <v>41</v>
+      </c>
+      <c r="C11" s="5">
+        <v>1964</v>
+      </c>
+      <c r="D11" t="s">
+        <v>42</v>
+      </c>
+      <c r="E11" t="s">
+        <v>17</v>
+      </c>
+      <c r="F11" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" t="s">
+        <v>43</v>
+      </c>
+      <c r="H11" t="s">
+        <v>44</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J11" t="s">
+        <v>45</v>
+      </c>
+      <c r="K11" t="s">
+        <v>46</v>
+      </c>
+      <c r="L11" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A12" t="s">
+        <v>48</v>
+      </c>
+      <c r="B12" t="s">
+        <v>48</v>
+      </c>
+      <c r="C12" s="5">
+        <v>2004</v>
+      </c>
+      <c r="D12" t="s">
+        <v>49</v>
+      </c>
+      <c r="E12" t="s">
+        <v>17</v>
+      </c>
+      <c r="F12" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" t="s">
+        <v>50</v>
+      </c>
+      <c r="H12" t="s">
+        <v>51</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J12" t="s">
+        <v>22</v>
+      </c>
+      <c r="K12" t="s">
+        <v>23</v>
+      </c>
+      <c r="L12" t="s">
+        <v>52</v>
+      </c>
+      <c r="M12" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A13" t="s">
+        <v>53</v>
+      </c>
+      <c r="B13" t="s">
+        <v>54</v>
+      </c>
+      <c r="C13" s="5">
+        <v>2007</v>
+      </c>
+      <c r="D13" t="s">
+        <v>55</v>
+      </c>
+      <c r="E13" t="s">
+        <v>17</v>
+      </c>
+      <c r="F13" t="s">
+        <v>56</v>
+      </c>
+      <c r="G13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H13" t="s">
+        <v>58</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K13" t="s">
+        <v>60</v>
+      </c>
+      <c r="L13" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A14" t="s">
+        <v>62</v>
+      </c>
+      <c r="B14" t="s">
+        <v>63</v>
+      </c>
+      <c r="C14" s="5">
+        <v>2007</v>
+      </c>
+      <c r="D14" t="s">
+        <v>64</v>
+      </c>
+      <c r="E14" t="s">
+        <v>17</v>
+      </c>
+      <c r="F14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G14" t="s">
+        <v>57</v>
+      </c>
+      <c r="H14" t="s">
+        <v>58</v>
+      </c>
+      <c r="I14" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J14" t="s">
+        <v>45</v>
+      </c>
+      <c r="K14" t="s">
+        <v>65</v>
+      </c>
+      <c r="L14" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A15" t="s">
+        <v>67</v>
+      </c>
+      <c r="B15" t="s">
+        <v>68</v>
+      </c>
+      <c r="C15" s="5">
+        <v>1999</v>
+      </c>
+      <c r="D15" t="s">
+        <v>69</v>
+      </c>
+      <c r="E15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G15" t="s">
+        <v>70</v>
+      </c>
+      <c r="H15" t="s">
+        <v>71</v>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J15" t="s">
+        <v>72</v>
+      </c>
+      <c r="K15" t="s">
+        <v>73</v>
+      </c>
+      <c r="L15" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A16" t="s">
+        <v>75</v>
+      </c>
+      <c r="B16" t="s">
+        <v>76</v>
+      </c>
+      <c r="C16" s="5">
+        <v>1968</v>
+      </c>
+      <c r="D16" t="s">
+        <v>77</v>
+      </c>
+      <c r="E16" t="s">
+        <v>17</v>
+      </c>
+      <c r="F16" t="s">
+        <v>56</v>
+      </c>
+      <c r="G16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H16" t="s">
+        <v>79</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="J16" t="s">
+        <v>22</v>
+      </c>
+      <c r="K16" t="s">
+        <v>38</v>
+      </c>
+      <c r="L16" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A17" t="s">
+        <v>82</v>
+      </c>
+      <c r="B17" t="s">
+        <v>83</v>
+      </c>
+      <c r="C17" s="5">
+        <v>1998</v>
+      </c>
+      <c r="D17" t="s">
+        <v>84</v>
+      </c>
+      <c r="E17" t="s">
+        <v>17</v>
+      </c>
+      <c r="F17" t="s">
+        <v>56</v>
+      </c>
+      <c r="G17" t="s">
+        <v>85</v>
+      </c>
+      <c r="H17" t="s">
+        <v>86</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J17" t="s">
+        <v>72</v>
+      </c>
+      <c r="K17" t="s">
+        <v>87</v>
+      </c>
+      <c r="L17" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A18" t="s">
+        <v>89</v>
+      </c>
+      <c r="B18" t="s">
+        <v>90</v>
+      </c>
+      <c r="C18" s="5">
+        <v>2016</v>
+      </c>
+      <c r="D18" t="s">
+        <v>91</v>
+      </c>
+      <c r="E18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F18" t="s">
+        <v>56</v>
+      </c>
+      <c r="G18" t="s">
+        <v>92</v>
+      </c>
+      <c r="H18" t="s">
+        <v>93</v>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="J18" t="s">
+        <v>22</v>
+      </c>
+      <c r="K18" t="s">
+        <v>95</v>
+      </c>
+      <c r="L18" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A19" t="s">
+        <v>97</v>
+      </c>
+      <c r="B19" t="s">
+        <v>98</v>
+      </c>
+      <c r="C19" s="5">
+        <v>1990</v>
+      </c>
+      <c r="D19" t="s">
+        <v>99</v>
+      </c>
+      <c r="E19" t="s">
+        <v>17</v>
+      </c>
+      <c r="F19" t="s">
+        <v>56</v>
+      </c>
+      <c r="G19" t="s">
+        <v>100</v>
+      </c>
+      <c r="H19" t="s">
+        <v>101</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J19" t="s">
+        <v>22</v>
+      </c>
+      <c r="K19" t="s">
+        <v>102</v>
+      </c>
+      <c r="L19" t="s">
+        <v>103</v>
+      </c>
+      <c r="M19" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A20" t="s">
+        <v>105</v>
+      </c>
+      <c r="B20" t="s">
+        <v>106</v>
+      </c>
+      <c r="C20" s="5">
+        <v>1993</v>
+      </c>
+      <c r="D20" t="s">
+        <v>107</v>
+      </c>
+      <c r="E20" t="s">
+        <v>17</v>
+      </c>
+      <c r="F20" t="s">
+        <v>56</v>
+      </c>
+      <c r="G20" t="s">
+        <v>108</v>
+      </c>
+      <c r="H20" t="s">
+        <v>109</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="J20" t="s">
+        <v>22</v>
+      </c>
+      <c r="K20" t="s">
+        <v>111</v>
+      </c>
+      <c r="L20" t="s">
+        <v>112</v>
+      </c>
+      <c r="M20" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A21" t="s">
+        <v>113</v>
+      </c>
+      <c r="B21" t="s">
+        <v>114</v>
+      </c>
+      <c r="C21" s="5">
+        <v>1993</v>
+      </c>
+      <c r="D21" t="s">
+        <v>115</v>
+      </c>
+      <c r="E21" t="s">
+        <v>17</v>
+      </c>
+      <c r="F21" t="s">
+        <v>56</v>
+      </c>
+      <c r="G21" t="s">
+        <v>116</v>
+      </c>
+      <c r="H21" t="s">
+        <v>117</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="J21" t="s">
+        <v>45</v>
+      </c>
+      <c r="K21" t="s">
+        <v>118</v>
+      </c>
+      <c r="L21" t="s">
+        <v>119</v>
+      </c>
+      <c r="M21" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A22" t="s">
+        <v>120</v>
+      </c>
+      <c r="B22" t="s">
+        <v>121</v>
+      </c>
+      <c r="C22" s="5">
+        <v>1972</v>
+      </c>
+      <c r="D22" t="s">
+        <v>122</v>
+      </c>
+      <c r="E22" t="s">
+        <v>17</v>
+      </c>
+      <c r="F22" t="s">
+        <v>56</v>
+      </c>
+      <c r="G22" t="s">
+        <v>27</v>
+      </c>
+      <c r="H22" t="s">
+        <v>28</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J22" t="s">
+        <v>45</v>
+      </c>
+      <c r="K22" t="s">
+        <v>123</v>
+      </c>
+      <c r="L22" t="s">
+        <v>124</v>
+      </c>
+      <c r="M22" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A23" t="s">
+        <v>125</v>
+      </c>
+      <c r="B23" t="s">
+        <v>126</v>
+      </c>
+      <c r="C23" s="5">
+        <v>1983</v>
+      </c>
+      <c r="D23" t="s">
+        <v>127</v>
+      </c>
+      <c r="E23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F23" t="s">
+        <v>56</v>
+      </c>
+      <c r="G23" t="s">
+        <v>128</v>
+      </c>
+      <c r="H23" t="s">
+        <v>129</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="J23" t="s">
+        <v>22</v>
+      </c>
+      <c r="K23" t="s">
+        <v>131</v>
+      </c>
+      <c r="L23" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A24" t="s">
+        <v>133</v>
+      </c>
+      <c r="B24" t="s">
+        <v>134</v>
+      </c>
+      <c r="C24" s="5">
+        <v>2022</v>
+      </c>
+      <c r="D24" t="s">
+        <v>135</v>
+      </c>
+      <c r="E24" t="s">
+        <v>17</v>
+      </c>
+      <c r="F24" t="s">
+        <v>56</v>
+      </c>
+      <c r="G24" t="s">
+        <v>136</v>
+      </c>
+      <c r="H24" t="s">
+        <v>137</v>
+      </c>
+      <c r="I24" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="J24" t="s">
+        <v>22</v>
+      </c>
+      <c r="K24" t="s">
+        <v>139</v>
+      </c>
+      <c r="L24" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A25" t="s">
+        <v>141</v>
+      </c>
+      <c r="B25" t="s">
+        <v>142</v>
+      </c>
+      <c r="C25" s="5">
+        <v>2007</v>
+      </c>
+      <c r="D25" t="s">
+        <v>143</v>
+      </c>
+      <c r="E25" t="s">
+        <v>144</v>
+      </c>
+      <c r="F25" t="s">
+        <v>56</v>
+      </c>
+      <c r="G25" t="s">
+        <v>145</v>
+      </c>
+      <c r="H25" t="s">
+        <v>137</v>
+      </c>
+      <c r="I25" s="5"/>
+      <c r="J25" t="s">
+        <v>22</v>
+      </c>
+      <c r="K25" t="s">
+        <v>146</v>
+      </c>
+      <c r="L25" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A26" t="s">
+        <v>148</v>
+      </c>
+      <c r="B26" t="s">
+        <v>149</v>
+      </c>
+      <c r="C26" s="5">
+        <v>2010</v>
+      </c>
+      <c r="D26" t="s">
+        <v>150</v>
+      </c>
+      <c r="E26" t="s">
+        <v>17</v>
+      </c>
+      <c r="F26" t="s">
+        <v>56</v>
+      </c>
+      <c r="G26" t="s">
+        <v>151</v>
+      </c>
+      <c r="H26" t="s">
+        <v>152</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="J26" t="s">
+        <v>22</v>
+      </c>
+      <c r="K26" t="s">
+        <v>153</v>
+      </c>
+      <c r="L26" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A27" t="s">
+        <v>155</v>
+      </c>
+      <c r="B27" t="s">
+        <v>156</v>
+      </c>
+      <c r="C27" s="5">
+        <v>1997</v>
+      </c>
+      <c r="D27" t="s">
+        <v>157</v>
+      </c>
+      <c r="E27" t="s">
+        <v>17</v>
+      </c>
+      <c r="F27" t="s">
+        <v>56</v>
+      </c>
+      <c r="G27" t="s">
+        <v>158</v>
+      </c>
+      <c r="H27" t="s">
+        <v>159</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="J27" t="s">
+        <v>22</v>
+      </c>
+      <c r="K27" t="s">
+        <v>160</v>
+      </c>
+      <c r="L27" t="s">
+        <v>161</v>
+      </c>
+      <c r="M27" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A28" t="s">
+        <v>162</v>
+      </c>
+      <c r="B28" t="s">
+        <v>163</v>
+      </c>
+      <c r="C28" s="5">
+        <v>1998</v>
+      </c>
+      <c r="D28" t="s">
+        <v>164</v>
+      </c>
+      <c r="E28" t="s">
+        <v>17</v>
+      </c>
+      <c r="F28" t="s">
+        <v>56</v>
+      </c>
+      <c r="G28" t="s">
+        <v>165</v>
+      </c>
+      <c r="H28" t="s">
+        <v>166</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="J28" t="s">
+        <v>72</v>
+      </c>
+      <c r="K28" t="s">
+        <v>167</v>
+      </c>
+      <c r="L28" t="s">
+        <v>168</v>
+      </c>
+      <c r="N28" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A29" t="s">
+        <v>170</v>
+      </c>
+      <c r="B29" t="s">
+        <v>171</v>
+      </c>
+      <c r="C29" s="5">
+        <v>2008</v>
+      </c>
+      <c r="D29" t="s">
+        <v>172</v>
+      </c>
+      <c r="E29" t="s">
+        <v>173</v>
+      </c>
+      <c r="F29" t="s">
+        <v>56</v>
+      </c>
+      <c r="G29" t="s">
+        <v>174</v>
+      </c>
+      <c r="H29" t="s">
+        <v>175</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="J29" t="s">
+        <v>22</v>
+      </c>
+      <c r="K29" t="s">
+        <v>176</v>
+      </c>
+      <c r="L29" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A30" t="s">
+        <v>178</v>
+      </c>
+      <c r="B30" t="s">
+        <v>179</v>
+      </c>
+      <c r="C30" s="5">
+        <v>1956</v>
+      </c>
+      <c r="D30" t="s">
+        <v>180</v>
+      </c>
+      <c r="E30" t="s">
+        <v>17</v>
+      </c>
+      <c r="F30" t="s">
+        <v>56</v>
+      </c>
+      <c r="G30" t="s">
+        <v>43</v>
+      </c>
+      <c r="H30" t="s">
+        <v>44</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J30" t="s">
+        <v>45</v>
+      </c>
+      <c r="K30" t="s">
+        <v>181</v>
+      </c>
+      <c r="L30" t="s">
+        <v>182</v>
+      </c>
+      <c r="M30" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A31" t="s">
+        <v>183</v>
+      </c>
+      <c r="B31" t="s">
+        <v>184</v>
+      </c>
+      <c r="C31" s="5">
+        <v>1991</v>
+      </c>
+      <c r="D31" t="s">
+        <v>185</v>
+      </c>
+      <c r="E31" t="s">
+        <v>17</v>
+      </c>
+      <c r="F31" t="s">
+        <v>56</v>
+      </c>
+      <c r="G31" t="s">
+        <v>186</v>
+      </c>
+      <c r="H31" t="s">
+        <v>187</v>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J31" t="s">
+        <v>45</v>
+      </c>
+      <c r="K31" t="s">
+        <v>188</v>
+      </c>
+      <c r="L31" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A32" t="s">
+        <v>190</v>
+      </c>
+      <c r="B32" t="s">
+        <v>191</v>
+      </c>
+      <c r="C32" s="5">
+        <v>1953</v>
+      </c>
+      <c r="D32" t="s">
+        <v>192</v>
+      </c>
+      <c r="E32" t="s">
+        <v>17</v>
+      </c>
+      <c r="F32" t="s">
+        <v>56</v>
+      </c>
+      <c r="G32" t="s">
+        <v>193</v>
+      </c>
+      <c r="H32" t="s">
+        <v>194</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J32" t="s">
+        <v>195</v>
+      </c>
+      <c r="K32" t="s">
+        <v>153</v>
+      </c>
+      <c r="L32" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A33" t="s">
+        <v>197</v>
+      </c>
+      <c r="B33" t="s">
+        <v>198</v>
+      </c>
+      <c r="C33" s="5">
+        <v>2005</v>
+      </c>
+      <c r="D33" t="s">
+        <v>199</v>
+      </c>
+      <c r="E33" t="s">
+        <v>17</v>
+      </c>
+      <c r="F33" t="s">
+        <v>56</v>
+      </c>
+      <c r="G33" t="s">
+        <v>200</v>
+      </c>
+      <c r="H33" t="s">
+        <v>201</v>
+      </c>
+      <c r="I33" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J33" t="s">
+        <v>22</v>
+      </c>
+      <c r="K33" t="s">
+        <v>202</v>
+      </c>
+      <c r="L33" t="s">
+        <v>203</v>
+      </c>
+      <c r="M33" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A34" t="s">
+        <v>204</v>
+      </c>
+      <c r="B34" t="s">
+        <v>205</v>
+      </c>
+      <c r="C34" s="5">
+        <v>1976</v>
+      </c>
+      <c r="D34" t="s">
+        <v>206</v>
+      </c>
+      <c r="E34" t="s">
+        <v>17</v>
+      </c>
+      <c r="F34" t="s">
+        <v>56</v>
+      </c>
+      <c r="G34" t="s">
+        <v>207</v>
+      </c>
+      <c r="H34" t="s">
+        <v>208</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J34" t="s">
+        <v>22</v>
+      </c>
+      <c r="K34" t="s">
+        <v>209</v>
+      </c>
+      <c r="L34" t="s">
+        <v>210</v>
+      </c>
+      <c r="M34" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="35" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A35" t="s">
+        <v>211</v>
+      </c>
+      <c r="B35" t="s">
+        <v>212</v>
+      </c>
+      <c r="C35" s="5">
+        <v>1984</v>
+      </c>
+      <c r="D35" t="s">
+        <v>213</v>
+      </c>
+      <c r="E35" t="s">
+        <v>17</v>
+      </c>
+      <c r="F35" t="s">
+        <v>56</v>
+      </c>
+      <c r="G35" t="s">
+        <v>214</v>
+      </c>
+      <c r="H35" t="s">
+        <v>215</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J35" t="s">
+        <v>45</v>
+      </c>
+      <c r="K35" t="s">
+        <v>216</v>
+      </c>
+      <c r="L35" t="s">
+        <v>217</v>
+      </c>
+      <c r="M35" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="36" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A36" t="s">
+        <v>218</v>
+      </c>
+      <c r="B36" t="s">
+        <v>219</v>
+      </c>
+      <c r="C36" s="5">
+        <v>1958</v>
+      </c>
+      <c r="D36" t="s">
+        <v>220</v>
+      </c>
+      <c r="E36" t="s">
+        <v>17</v>
+      </c>
+      <c r="F36" t="s">
+        <v>56</v>
+      </c>
+      <c r="G36" t="s">
+        <v>221</v>
+      </c>
+      <c r="H36" t="s">
+        <v>222</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J36" t="s">
+        <v>45</v>
+      </c>
+      <c r="K36" t="s">
+        <v>153</v>
+      </c>
+      <c r="L36" t="s">
+        <v>223</v>
+      </c>
+      <c r="M36" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="37" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A37" t="s">
+        <v>224</v>
+      </c>
+      <c r="B37" t="s">
+        <v>225</v>
+      </c>
+      <c r="C37" s="5">
+        <v>1999</v>
+      </c>
+      <c r="D37" t="s">
+        <v>226</v>
+      </c>
+      <c r="E37" t="s">
+        <v>17</v>
+      </c>
+      <c r="F37" t="s">
+        <v>56</v>
+      </c>
+      <c r="G37" t="s">
+        <v>227</v>
+      </c>
+      <c r="H37" t="s">
+        <v>228</v>
+      </c>
+      <c r="I37" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J37" t="s">
+        <v>72</v>
+      </c>
+      <c r="K37" t="s">
+        <v>38</v>
+      </c>
+      <c r="L37" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="38" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A38" t="s">
+        <v>230</v>
+      </c>
+      <c r="B38" t="s">
+        <v>231</v>
+      </c>
+      <c r="C38" s="5">
+        <v>1992</v>
+      </c>
+      <c r="D38" t="s">
+        <v>232</v>
+      </c>
+      <c r="E38" t="s">
+        <v>17</v>
+      </c>
+      <c r="F38" t="s">
+        <v>56</v>
+      </c>
+      <c r="G38" t="s">
+        <v>233</v>
+      </c>
+      <c r="H38" t="s">
+        <v>234</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J38" t="s">
+        <v>72</v>
+      </c>
+      <c r="K38" t="s">
+        <v>23</v>
+      </c>
+      <c r="L38" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="39" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A39" t="s">
+        <v>236</v>
+      </c>
+      <c r="B39" t="s">
+        <v>237</v>
+      </c>
+      <c r="C39" s="5">
+        <v>1997</v>
+      </c>
+      <c r="D39" t="s">
+        <v>238</v>
+      </c>
+      <c r="E39" t="s">
+        <v>17</v>
+      </c>
+      <c r="F39" t="s">
+        <v>56</v>
+      </c>
+      <c r="G39" t="s">
+        <v>239</v>
+      </c>
+      <c r="H39" t="s">
+        <v>240</v>
+      </c>
+      <c r="I39" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J39" t="s">
+        <v>72</v>
+      </c>
+      <c r="K39" t="s">
+        <v>241</v>
+      </c>
+      <c r="L39" t="s">
+        <v>242</v>
+      </c>
+      <c r="N39" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="40" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A40" t="s">
+        <v>243</v>
+      </c>
+      <c r="B40" t="s">
+        <v>244</v>
+      </c>
+      <c r="C40" s="5">
+        <v>1987</v>
+      </c>
+      <c r="D40" t="s">
+        <v>245</v>
+      </c>
+      <c r="E40" t="s">
+        <v>17</v>
+      </c>
+      <c r="F40" t="s">
+        <v>56</v>
+      </c>
+      <c r="G40" t="s">
+        <v>239</v>
+      </c>
+      <c r="H40" t="s">
+        <v>240</v>
+      </c>
+      <c r="I40" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J40" t="s">
+        <v>72</v>
+      </c>
+      <c r="K40" t="s">
+        <v>246</v>
+      </c>
+      <c r="L40" t="s">
+        <v>247</v>
+      </c>
+      <c r="N40" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="41" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A41" t="s">
+        <v>248</v>
+      </c>
+      <c r="B41" t="s">
+        <v>249</v>
+      </c>
+      <c r="C41" s="5">
+        <v>2000</v>
+      </c>
+      <c r="D41" t="s">
+        <v>250</v>
+      </c>
+      <c r="E41" t="s">
+        <v>17</v>
+      </c>
+      <c r="F41" t="s">
+        <v>56</v>
+      </c>
+      <c r="G41" t="s">
+        <v>251</v>
+      </c>
+      <c r="H41" t="s">
+        <v>252</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J41" t="s">
+        <v>72</v>
+      </c>
+      <c r="K41" t="s">
+        <v>253</v>
+      </c>
+      <c r="L41" t="s">
+        <v>254</v>
+      </c>
+      <c r="N41" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="42" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A42" t="s">
+        <v>255</v>
+      </c>
+      <c r="B42" t="s">
+        <v>256</v>
+      </c>
+      <c r="C42" s="5">
+        <v>2002</v>
+      </c>
+      <c r="D42" t="s">
+        <v>257</v>
+      </c>
+      <c r="E42" t="s">
+        <v>17</v>
+      </c>
+      <c r="F42" t="s">
+        <v>56</v>
+      </c>
+      <c r="G42" t="s">
+        <v>258</v>
+      </c>
+      <c r="H42" t="s">
+        <v>259</v>
+      </c>
+      <c r="I42" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J42" t="s">
+        <v>22</v>
+      </c>
+      <c r="K42" t="s">
+        <v>260</v>
+      </c>
+      <c r="L42" t="s">
+        <v>261</v>
+      </c>
+      <c r="M42" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="43" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A43" t="s">
+        <v>262</v>
+      </c>
+      <c r="B43" t="s">
+        <v>263</v>
+      </c>
+      <c r="C43" s="5">
+        <v>2000</v>
+      </c>
+      <c r="D43" t="s">
+        <v>264</v>
+      </c>
+      <c r="E43" t="s">
+        <v>17</v>
+      </c>
+      <c r="F43" t="s">
+        <v>56</v>
+      </c>
+      <c r="G43" t="s">
+        <v>265</v>
+      </c>
+      <c r="H43" t="s">
+        <v>266</v>
+      </c>
+      <c r="I43" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J43" t="s">
+        <v>22</v>
+      </c>
+      <c r="K43" t="s">
+        <v>267</v>
+      </c>
+      <c r="L43" t="s">
+        <v>268</v>
+      </c>
+      <c r="M43" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="44" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A44" t="s">
+        <v>269</v>
+      </c>
+      <c r="B44" t="s">
+        <v>270</v>
+      </c>
+      <c r="C44" s="5">
+        <v>1995</v>
+      </c>
+      <c r="E44" t="s">
+        <v>17</v>
+      </c>
+      <c r="F44" t="s">
+        <v>56</v>
+      </c>
+      <c r="G44" t="s">
+        <v>271</v>
+      </c>
+      <c r="H44" t="s">
+        <v>272</v>
+      </c>
+      <c r="I44" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J44" t="s">
+        <v>45</v>
+      </c>
+      <c r="K44" t="s">
+        <v>60</v>
+      </c>
+      <c r="L44" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="45" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A45" t="s">
+        <v>274</v>
+      </c>
+      <c r="B45" t="s">
+        <v>275</v>
+      </c>
+      <c r="C45" s="5">
+        <v>1993</v>
+      </c>
+      <c r="D45" t="s">
+        <v>276</v>
+      </c>
+      <c r="E45" t="s">
+        <v>17</v>
+      </c>
+      <c r="F45" t="s">
+        <v>56</v>
+      </c>
+      <c r="G45" t="s">
+        <v>277</v>
+      </c>
+      <c r="H45" t="s">
+        <v>278</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J45" t="s">
+        <v>279</v>
+      </c>
+      <c r="K45" t="s">
+        <v>111</v>
+      </c>
+      <c r="L45" t="s">
+        <v>280</v>
+      </c>
+      <c r="M45" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="46" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A46" t="s">
+        <v>281</v>
+      </c>
+      <c r="B46" t="s">
+        <v>282</v>
+      </c>
+      <c r="C46" s="5">
+        <v>1985</v>
+      </c>
+      <c r="D46" t="s">
+        <v>283</v>
+      </c>
+      <c r="E46" t="s">
+        <v>17</v>
+      </c>
+      <c r="F46" t="s">
+        <v>56</v>
+      </c>
+      <c r="G46" t="s">
+        <v>284</v>
+      </c>
+      <c r="H46" t="s">
+        <v>285</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J46" t="s">
+        <v>45</v>
+      </c>
+      <c r="K46" t="s">
+        <v>286</v>
+      </c>
+      <c r="L46" t="s">
+        <v>287</v>
+      </c>
+      <c r="M46" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="47" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A47" t="s">
+        <v>288</v>
+      </c>
+      <c r="B47" t="s">
+        <v>289</v>
+      </c>
+      <c r="C47" s="5">
+        <v>2001</v>
+      </c>
+      <c r="E47" t="s">
+        <v>173</v>
+      </c>
+      <c r="F47" t="s">
+        <v>56</v>
+      </c>
+      <c r="G47" t="s">
+        <v>290</v>
+      </c>
+      <c r="H47" t="s">
+        <v>291</v>
+      </c>
+      <c r="I47" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="J47" t="s">
+        <v>72</v>
+      </c>
+      <c r="K47" t="s">
+        <v>293</v>
+      </c>
+      <c r="L47" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="48" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A48" t="s">
+        <v>295</v>
+      </c>
+      <c r="B48" t="s">
+        <v>296</v>
+      </c>
+      <c r="C48" s="5">
+        <v>1983</v>
+      </c>
+      <c r="D48" t="s">
+        <v>297</v>
+      </c>
+      <c r="E48" t="s">
+        <v>17</v>
+      </c>
+      <c r="F48" t="s">
+        <v>56</v>
+      </c>
+      <c r="G48" t="s">
+        <v>298</v>
+      </c>
+      <c r="H48" t="s">
+        <v>299</v>
+      </c>
+      <c r="I48" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J48" t="s">
+        <v>22</v>
+      </c>
+      <c r="K48" t="s">
+        <v>300</v>
+      </c>
+      <c r="L48" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="49" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A49" t="s">
+        <v>302</v>
+      </c>
+      <c r="B49" t="s">
+        <v>303</v>
+      </c>
+      <c r="C49" s="5">
+        <v>1997</v>
+      </c>
+      <c r="D49" t="s">
+        <v>304</v>
+      </c>
+      <c r="E49" t="s">
+        <v>17</v>
+      </c>
+      <c r="F49" t="s">
+        <v>56</v>
+      </c>
+      <c r="G49" t="s">
+        <v>305</v>
+      </c>
+      <c r="H49" t="s">
+        <v>306</v>
+      </c>
+      <c r="I49" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J49" t="s">
+        <v>22</v>
+      </c>
+      <c r="K49" t="s">
+        <v>246</v>
+      </c>
+      <c r="L49" t="s">
+        <v>307</v>
+      </c>
+      <c r="M49" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="50" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A50" t="s">
+        <v>308</v>
+      </c>
+      <c r="B50" t="s">
+        <v>309</v>
+      </c>
+      <c r="C50" s="5">
+        <v>2000</v>
+      </c>
+      <c r="D50" t="s">
+        <v>310</v>
+      </c>
+      <c r="E50" t="s">
+        <v>17</v>
+      </c>
+      <c r="F50" t="s">
+        <v>56</v>
+      </c>
+      <c r="G50" t="s">
+        <v>311</v>
+      </c>
+      <c r="H50" t="s">
+        <v>312</v>
+      </c>
+      <c r="I50" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="J50" t="s">
+        <v>22</v>
+      </c>
+      <c r="K50" t="s">
+        <v>313</v>
+      </c>
+      <c r="L50" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="51" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A51" t="s">
+        <v>315</v>
+      </c>
+      <c r="B51" t="s">
+        <v>316</v>
+      </c>
+      <c r="C51" s="5">
+        <v>1988</v>
+      </c>
+      <c r="D51" t="s">
+        <v>317</v>
+      </c>
+      <c r="E51" t="s">
+        <v>17</v>
+      </c>
+      <c r="F51" t="s">
+        <v>56</v>
+      </c>
+      <c r="G51" t="s">
+        <v>318</v>
+      </c>
+      <c r="H51" t="s">
+        <v>319</v>
+      </c>
+      <c r="I51" s="5"/>
+      <c r="J51" t="s">
+        <v>45</v>
+      </c>
+      <c r="K51" t="s">
+        <v>320</v>
+      </c>
+      <c r="L51" t="s">
+        <v>321</v>
+      </c>
+      <c r="M51" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="52" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A52" t="s">
+        <v>322</v>
+      </c>
+      <c r="B52" t="s">
+        <v>323</v>
+      </c>
+      <c r="C52" s="5">
+        <v>1995</v>
+      </c>
+      <c r="D52" t="s">
+        <v>324</v>
+      </c>
+      <c r="E52" t="s">
+        <v>17</v>
+      </c>
+      <c r="F52" t="s">
+        <v>2261</v>
+      </c>
+      <c r="G52" t="s">
+        <v>50</v>
+      </c>
+      <c r="H52" t="s">
+        <v>51</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J52" t="s">
+        <v>22</v>
+      </c>
+      <c r="K52" t="s">
+        <v>325</v>
+      </c>
+      <c r="L52" t="s">
+        <v>326</v>
+      </c>
+      <c r="M52" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="53" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A53" t="s">
+        <v>327</v>
+      </c>
+      <c r="B53" t="s">
+        <v>328</v>
+      </c>
+      <c r="C53" s="5">
+        <v>2005</v>
+      </c>
+      <c r="D53" t="s">
+        <v>329</v>
+      </c>
+      <c r="E53" t="s">
+        <v>17</v>
+      </c>
+      <c r="F53" t="s">
+        <v>56</v>
+      </c>
+      <c r="G53" t="s">
+        <v>330</v>
+      </c>
+      <c r="H53" t="s">
+        <v>331</v>
+      </c>
+      <c r="I53" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J53" t="s">
+        <v>22</v>
+      </c>
+      <c r="K53" t="s">
+        <v>332</v>
+      </c>
+      <c r="L53" t="s">
+        <v>333</v>
+      </c>
+      <c r="M53" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="54" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A54" t="s">
+        <v>335</v>
+      </c>
+      <c r="B54" t="s">
+        <v>336</v>
+      </c>
+      <c r="C54" s="5">
+        <v>2009</v>
+      </c>
+      <c r="E54" t="s">
+        <v>17</v>
+      </c>
+      <c r="F54" t="s">
+        <v>56</v>
+      </c>
+      <c r="G54" t="s">
+        <v>337</v>
+      </c>
+      <c r="H54" t="s">
+        <v>338</v>
+      </c>
+      <c r="I54" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J54" t="s">
+        <v>72</v>
+      </c>
+      <c r="K54" t="s">
+        <v>339</v>
+      </c>
+      <c r="L54" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="55" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A55" t="s">
+        <v>341</v>
+      </c>
+      <c r="B55" t="s">
+        <v>342</v>
+      </c>
+      <c r="C55" s="5">
+        <v>2005</v>
+      </c>
+      <c r="D55" t="s">
+        <v>343</v>
+      </c>
+      <c r="E55" t="s">
+        <v>17</v>
+      </c>
+      <c r="F55" t="s">
+        <v>56</v>
+      </c>
+      <c r="G55" t="s">
+        <v>344</v>
+      </c>
+      <c r="H55" t="s">
+        <v>345</v>
+      </c>
+      <c r="I55" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J55" t="s">
+        <v>22</v>
+      </c>
+      <c r="K55" t="s">
+        <v>202</v>
+      </c>
+      <c r="L55" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="56" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A56" t="s">
+        <v>347</v>
+      </c>
+      <c r="B56" t="s">
+        <v>348</v>
+      </c>
+      <c r="C56" s="5">
+        <v>2017</v>
+      </c>
+      <c r="D56" t="s">
+        <v>349</v>
+      </c>
+      <c r="E56" t="s">
+        <v>17</v>
+      </c>
+      <c r="F56" t="s">
+        <v>56</v>
+      </c>
+      <c r="G56" t="s">
+        <v>350</v>
+      </c>
+      <c r="H56" t="s">
+        <v>351</v>
+      </c>
+      <c r="I56" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="J56" t="s">
+        <v>45</v>
+      </c>
+      <c r="K56" t="s">
+        <v>352</v>
+      </c>
+      <c r="L56" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="57" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A57" t="s">
+        <v>354</v>
+      </c>
+      <c r="B57" t="s">
+        <v>355</v>
+      </c>
+      <c r="C57" s="5">
+        <v>2005</v>
+      </c>
+      <c r="E57" t="s">
+        <v>17</v>
+      </c>
+      <c r="F57" t="s">
+        <v>56</v>
+      </c>
+      <c r="G57" t="s">
+        <v>356</v>
+      </c>
+      <c r="H57" t="s">
+        <v>357</v>
+      </c>
+      <c r="I57" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J57" t="s">
+        <v>72</v>
+      </c>
+      <c r="K57" t="s">
+        <v>358</v>
+      </c>
+      <c r="L57" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="58" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A58" t="s">
+        <v>360</v>
+      </c>
+      <c r="B58" t="s">
+        <v>361</v>
+      </c>
+      <c r="C58" s="5">
+        <v>1982</v>
+      </c>
+      <c r="D58" t="s">
+        <v>362</v>
+      </c>
+      <c r="E58" t="s">
+        <v>17</v>
+      </c>
+      <c r="F58" t="s">
+        <v>56</v>
+      </c>
+      <c r="G58" t="s">
+        <v>363</v>
+      </c>
+      <c r="H58" t="s">
+        <v>364</v>
+      </c>
+      <c r="I58" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J58" t="s">
+        <v>365</v>
+      </c>
+      <c r="K58" t="s">
+        <v>366</v>
+      </c>
+      <c r="L58" t="s">
+        <v>367</v>
+      </c>
+      <c r="M58" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="59" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A59" t="s">
+        <v>368</v>
+      </c>
+      <c r="B59" t="s">
+        <v>369</v>
+      </c>
+      <c r="C59" s="5">
+        <v>2005</v>
+      </c>
+      <c r="D59" t="s">
+        <v>370</v>
+      </c>
+      <c r="E59" t="s">
+        <v>17</v>
+      </c>
+      <c r="F59" t="s">
+        <v>56</v>
+      </c>
+      <c r="G59" t="s">
+        <v>371</v>
+      </c>
+      <c r="H59" t="s">
+        <v>372</v>
+      </c>
+      <c r="I59" s="5"/>
+      <c r="J59" t="s">
+        <v>22</v>
+      </c>
+      <c r="K59" t="s">
+        <v>332</v>
+      </c>
+      <c r="L59" t="s">
+        <v>373</v>
+      </c>
+      <c r="M59" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="60" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A60" t="s">
+        <v>374</v>
+      </c>
+      <c r="B60" t="s">
+        <v>375</v>
+      </c>
+      <c r="C60" s="5">
+        <v>2000</v>
+      </c>
+      <c r="D60" t="s">
+        <v>376</v>
+      </c>
+      <c r="E60" t="s">
+        <v>17</v>
+      </c>
+      <c r="F60" t="s">
+        <v>56</v>
+      </c>
+      <c r="G60" t="s">
+        <v>377</v>
+      </c>
+      <c r="H60" t="s">
+        <v>378</v>
+      </c>
+      <c r="I60" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J60" t="s">
+        <v>22</v>
+      </c>
+      <c r="K60" t="s">
+        <v>332</v>
+      </c>
+      <c r="L60" t="s">
+        <v>379</v>
+      </c>
+      <c r="M60" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="61" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A61" t="s">
+        <v>380</v>
+      </c>
+      <c r="B61" t="s">
+        <v>381</v>
+      </c>
+      <c r="C61" s="5">
+        <v>2004</v>
+      </c>
+      <c r="D61" t="s">
+        <v>382</v>
+      </c>
+      <c r="E61" t="s">
+        <v>17</v>
+      </c>
+      <c r="F61" t="s">
+        <v>56</v>
+      </c>
+      <c r="G61" t="s">
+        <v>383</v>
+      </c>
+      <c r="H61" t="s">
+        <v>384</v>
+      </c>
+      <c r="I61" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="J61" t="s">
+        <v>22</v>
+      </c>
+      <c r="K61" t="s">
+        <v>246</v>
+      </c>
+      <c r="L61" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="62" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A62" t="s">
+        <v>386</v>
+      </c>
+      <c r="B62" t="s">
+        <v>387</v>
+      </c>
+      <c r="C62" s="5">
+        <v>2011</v>
+      </c>
+      <c r="D62" t="s">
+        <v>388</v>
+      </c>
+      <c r="E62" t="s">
+        <v>17</v>
+      </c>
+      <c r="F62" t="s">
+        <v>56</v>
+      </c>
+      <c r="G62" t="s">
+        <v>389</v>
+      </c>
+      <c r="H62" t="s">
+        <v>390</v>
+      </c>
+      <c r="I62" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="J62" t="s">
+        <v>22</v>
+      </c>
+      <c r="K62" t="s">
+        <v>46</v>
+      </c>
+      <c r="L62" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="63" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A63" t="s">
+        <v>393</v>
+      </c>
+      <c r="B63" t="s">
+        <v>394</v>
+      </c>
+      <c r="C63" s="5">
+        <v>1988</v>
+      </c>
+      <c r="D63" t="s">
+        <v>395</v>
+      </c>
+      <c r="E63" t="s">
+        <v>17</v>
+      </c>
+      <c r="F63" t="s">
+        <v>56</v>
+      </c>
+      <c r="G63" t="s">
+        <v>396</v>
+      </c>
+      <c r="H63" t="s">
+        <v>397</v>
+      </c>
+      <c r="I63" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J63" t="s">
+        <v>45</v>
+      </c>
+      <c r="K63" t="s">
+        <v>398</v>
+      </c>
+      <c r="L63" t="s">
+        <v>399</v>
+      </c>
+      <c r="M63" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="64" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A64" t="s">
+        <v>400</v>
+      </c>
+      <c r="B64" t="s">
+        <v>401</v>
+      </c>
+      <c r="C64" s="5">
+        <v>2001</v>
+      </c>
+      <c r="D64" t="s">
+        <v>402</v>
+      </c>
+      <c r="E64" t="s">
+        <v>17</v>
+      </c>
+      <c r="F64" t="s">
+        <v>56</v>
+      </c>
+      <c r="G64" t="s">
+        <v>403</v>
+      </c>
+      <c r="H64" t="s">
+        <v>404</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J64" t="s">
+        <v>22</v>
+      </c>
+      <c r="K64" t="s">
+        <v>405</v>
+      </c>
+      <c r="L64" t="s">
+        <v>406</v>
+      </c>
+      <c r="M64" t="s">
+        <v>104</v>
+      </c>
+      <c r="N64" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="65" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A65" t="s">
+        <v>407</v>
+      </c>
+      <c r="B65" t="s">
+        <v>408</v>
+      </c>
+      <c r="C65" s="5">
+        <v>2011</v>
+      </c>
+      <c r="D65" t="s">
+        <v>409</v>
+      </c>
+      <c r="E65" t="s">
+        <v>17</v>
+      </c>
+      <c r="F65" t="s">
+        <v>56</v>
+      </c>
+      <c r="G65" t="s">
+        <v>410</v>
+      </c>
+      <c r="H65" t="s">
+        <v>408</v>
+      </c>
+      <c r="I65" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J65" t="s">
+        <v>45</v>
+      </c>
+      <c r="K65" t="s">
+        <v>411</v>
+      </c>
+      <c r="L65" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="66" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A66" t="s">
+        <v>413</v>
+      </c>
+      <c r="B66" t="s">
+        <v>414</v>
+      </c>
+      <c r="C66" s="5">
+        <v>2003</v>
+      </c>
+      <c r="D66" t="s">
+        <v>415</v>
+      </c>
+      <c r="E66" t="s">
+        <v>173</v>
+      </c>
+      <c r="F66" t="s">
+        <v>56</v>
+      </c>
+      <c r="G66" t="s">
+        <v>416</v>
+      </c>
+      <c r="H66" t="s">
+        <v>417</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J66" t="s">
+        <v>72</v>
+      </c>
+      <c r="K66" t="s">
+        <v>418</v>
+      </c>
+      <c r="L66" t="s">
+        <v>419</v>
+      </c>
+      <c r="N66" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="67" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A67" t="s">
+        <v>420</v>
+      </c>
+      <c r="B67" t="s">
+        <v>421</v>
+      </c>
+      <c r="C67" s="5">
+        <v>2004</v>
+      </c>
+      <c r="D67" t="s">
+        <v>422</v>
+      </c>
+      <c r="E67" t="s">
+        <v>17</v>
+      </c>
+      <c r="F67" t="s">
+        <v>56</v>
+      </c>
+      <c r="G67" t="s">
+        <v>423</v>
+      </c>
+      <c r="H67" t="s">
+        <v>424</v>
+      </c>
+      <c r="I67" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J67" t="s">
+        <v>45</v>
+      </c>
+      <c r="K67" t="s">
+        <v>246</v>
+      </c>
+      <c r="L67" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="68" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A68" t="s">
+        <v>426</v>
+      </c>
+      <c r="B68" t="s">
+        <v>427</v>
+      </c>
+      <c r="C68" s="5">
+        <v>2005</v>
+      </c>
+      <c r="D68" t="s">
+        <v>428</v>
+      </c>
+      <c r="E68" t="s">
+        <v>17</v>
+      </c>
+      <c r="F68" t="s">
+        <v>56</v>
+      </c>
+      <c r="G68" t="s">
+        <v>429</v>
+      </c>
+      <c r="H68" t="s">
+        <v>430</v>
+      </c>
+      <c r="I68" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J68" t="s">
+        <v>45</v>
+      </c>
+      <c r="K68" t="s">
+        <v>202</v>
+      </c>
+      <c r="L68" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="69" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A69" t="s">
+        <v>432</v>
+      </c>
+      <c r="B69" t="s">
+        <v>433</v>
+      </c>
+      <c r="C69" s="5">
+        <v>2010</v>
+      </c>
+      <c r="D69" t="s">
+        <v>434</v>
+      </c>
+      <c r="E69" t="s">
+        <v>17</v>
+      </c>
+      <c r="F69" t="s">
+        <v>56</v>
+      </c>
+      <c r="G69" t="s">
+        <v>435</v>
+      </c>
+      <c r="H69" t="s">
+        <v>436</v>
+      </c>
+      <c r="I69" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J69" t="s">
+        <v>72</v>
+      </c>
+      <c r="K69" t="s">
+        <v>241</v>
+      </c>
+      <c r="L69" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="70" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A70" t="s">
+        <v>438</v>
+      </c>
+      <c r="B70" t="s">
+        <v>439</v>
+      </c>
+      <c r="C70" s="5">
+        <v>2000</v>
+      </c>
+      <c r="D70" t="s">
+        <v>440</v>
+      </c>
+      <c r="E70" t="s">
+        <v>17</v>
+      </c>
+      <c r="F70" t="s">
+        <v>56</v>
+      </c>
+      <c r="G70" t="s">
+        <v>441</v>
+      </c>
+      <c r="H70" t="s">
+        <v>442</v>
+      </c>
+      <c r="I70" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="J70" t="s">
+        <v>72</v>
+      </c>
+      <c r="K70" t="s">
+        <v>241</v>
+      </c>
+      <c r="L70" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="71" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A71" t="s">
+        <v>444</v>
+      </c>
+      <c r="B71" t="s">
+        <v>445</v>
+      </c>
+      <c r="C71" s="5">
+        <v>1970</v>
+      </c>
+      <c r="D71" t="s">
+        <v>446</v>
+      </c>
+      <c r="E71" t="s">
+        <v>17</v>
+      </c>
+      <c r="F71" t="s">
+        <v>56</v>
+      </c>
+      <c r="G71" t="s">
+        <v>447</v>
+      </c>
+      <c r="H71" t="s">
+        <v>448</v>
+      </c>
+      <c r="I71" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J71" t="s">
+        <v>72</v>
+      </c>
+      <c r="K71" t="s">
+        <v>241</v>
+      </c>
+      <c r="L71" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="72" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A72" t="s">
+        <v>450</v>
+      </c>
+      <c r="B72" t="s">
+        <v>451</v>
+      </c>
+      <c r="C72" s="5">
+        <v>1996</v>
+      </c>
+      <c r="D72" t="s">
+        <v>452</v>
+      </c>
+      <c r="E72" t="s">
+        <v>17</v>
+      </c>
+      <c r="F72" t="s">
+        <v>56</v>
+      </c>
+      <c r="G72" t="s">
+        <v>453</v>
+      </c>
+      <c r="H72" t="s">
+        <v>454</v>
+      </c>
+      <c r="I72" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="J72" t="s">
+        <v>72</v>
+      </c>
+      <c r="K72" t="s">
+        <v>241</v>
+      </c>
+      <c r="L72" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="73" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A73" t="s">
+        <v>456</v>
+      </c>
+      <c r="B73" t="s">
+        <v>457</v>
+      </c>
+      <c r="C73" s="5">
+        <v>1968</v>
+      </c>
+      <c r="D73" t="s">
+        <v>458</v>
+      </c>
+      <c r="E73" t="s">
+        <v>17</v>
+      </c>
+      <c r="F73" t="s">
+        <v>56</v>
+      </c>
+      <c r="G73" t="s">
+        <v>459</v>
+      </c>
+      <c r="H73" t="s">
+        <v>460</v>
+      </c>
+      <c r="I73" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J73" t="s">
+        <v>72</v>
+      </c>
+      <c r="K73" t="s">
+        <v>358</v>
+      </c>
+      <c r="L73" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="74" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A74" t="s">
+        <v>462</v>
+      </c>
+      <c r="B74" t="s">
+        <v>463</v>
+      </c>
+      <c r="C74" s="5">
+        <v>2004</v>
+      </c>
+      <c r="D74" t="s">
+        <v>464</v>
+      </c>
+      <c r="E74" t="s">
+        <v>17</v>
+      </c>
+      <c r="F74" t="s">
+        <v>2261</v>
+      </c>
+      <c r="G74" t="s">
+        <v>465</v>
+      </c>
+      <c r="H74" t="s">
+        <v>466</v>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J74" t="s">
+        <v>22</v>
+      </c>
+      <c r="K74" t="s">
+        <v>118</v>
+      </c>
+      <c r="L74" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="75" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A75" t="s">
+        <v>468</v>
+      </c>
+      <c r="B75" t="s">
+        <v>469</v>
+      </c>
+      <c r="C75" s="5">
+        <v>1987</v>
+      </c>
+      <c r="D75" t="s">
+        <v>470</v>
+      </c>
+      <c r="E75" t="s">
+        <v>17</v>
+      </c>
+      <c r="F75" t="s">
+        <v>56</v>
+      </c>
+      <c r="G75" t="s">
+        <v>471</v>
+      </c>
+      <c r="H75" t="s">
+        <v>472</v>
+      </c>
+      <c r="I75" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="J75" t="s">
+        <v>72</v>
+      </c>
+      <c r="K75" t="s">
+        <v>339</v>
+      </c>
+      <c r="L75" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="76" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A76" t="s">
+        <v>474</v>
+      </c>
+      <c r="B76" t="s">
+        <v>475</v>
+      </c>
+      <c r="C76" s="5">
+        <v>2008</v>
+      </c>
+      <c r="D76" t="s">
+        <v>476</v>
+      </c>
+      <c r="E76" t="s">
+        <v>17</v>
+      </c>
+      <c r="F76" t="s">
+        <v>56</v>
+      </c>
+      <c r="G76" t="s">
+        <v>477</v>
+      </c>
+      <c r="H76" t="s">
+        <v>478</v>
+      </c>
+      <c r="I76" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="J76" t="s">
+        <v>22</v>
+      </c>
+      <c r="K76" t="s">
+        <v>398</v>
+      </c>
+      <c r="L76" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="77" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A77" t="s">
+        <v>480</v>
+      </c>
+      <c r="B77" t="s">
+        <v>481</v>
+      </c>
+      <c r="C77" s="5">
+        <v>1993</v>
+      </c>
+      <c r="D77" t="s">
+        <v>482</v>
+      </c>
+      <c r="E77" t="s">
+        <v>17</v>
+      </c>
+      <c r="F77" t="s">
+        <v>56</v>
+      </c>
+      <c r="G77" t="s">
+        <v>483</v>
+      </c>
+      <c r="H77" t="s">
+        <v>484</v>
+      </c>
+      <c r="I77" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="J77" t="s">
+        <v>365</v>
+      </c>
+      <c r="K77" t="s">
+        <v>260</v>
+      </c>
+      <c r="L77" t="s">
+        <v>485</v>
+      </c>
+      <c r="N77" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="78" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A78" t="s">
+        <v>486</v>
+      </c>
+      <c r="B78" t="s">
+        <v>487</v>
+      </c>
+      <c r="C78" s="5">
+        <v>1993</v>
+      </c>
+      <c r="D78" t="s">
+        <v>488</v>
+      </c>
+      <c r="E78" t="s">
+        <v>17</v>
+      </c>
+      <c r="F78" t="s">
+        <v>56</v>
+      </c>
+      <c r="G78" t="s">
+        <v>489</v>
+      </c>
+      <c r="H78" t="s">
+        <v>490</v>
+      </c>
+      <c r="I78" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J78" t="s">
+        <v>22</v>
+      </c>
+      <c r="K78" t="s">
+        <v>491</v>
+      </c>
+      <c r="L78" t="s">
+        <v>492</v>
+      </c>
+      <c r="M78" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="79" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A79" t="s">
+        <v>493</v>
+      </c>
+      <c r="B79" t="s">
+        <v>494</v>
+      </c>
+      <c r="C79" s="5">
+        <v>1997</v>
+      </c>
+      <c r="D79" t="s">
+        <v>495</v>
+      </c>
+      <c r="E79" t="s">
+        <v>17</v>
+      </c>
+      <c r="F79" t="s">
+        <v>56</v>
+      </c>
+      <c r="G79" t="s">
+        <v>496</v>
+      </c>
+      <c r="H79" t="s">
+        <v>497</v>
+      </c>
+      <c r="I79" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="J79" t="s">
+        <v>45</v>
+      </c>
+      <c r="K79" t="s">
+        <v>498</v>
+      </c>
+      <c r="L79" t="s">
+        <v>499</v>
+      </c>
+      <c r="N79" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="80" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A80" t="s">
+        <v>500</v>
+      </c>
+      <c r="B80" t="s">
+        <v>501</v>
+      </c>
+      <c r="C80" s="5">
+        <v>2014</v>
+      </c>
+      <c r="D80" t="s">
+        <v>502</v>
+      </c>
+      <c r="E80" t="s">
+        <v>17</v>
+      </c>
+      <c r="F80" t="s">
+        <v>56</v>
+      </c>
+      <c r="G80" t="s">
+        <v>503</v>
+      </c>
+      <c r="H80" t="s">
+        <v>504</v>
+      </c>
+      <c r="I80" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="J80" t="s">
+        <v>22</v>
+      </c>
+      <c r="K80" t="s">
+        <v>505</v>
+      </c>
+      <c r="L80" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A81" t="s">
+        <v>507</v>
+      </c>
+      <c r="B81" t="s">
+        <v>508</v>
+      </c>
+      <c r="C81" s="5">
+        <v>2009</v>
+      </c>
+      <c r="D81" t="s">
+        <v>509</v>
+      </c>
+      <c r="E81" t="s">
+        <v>173</v>
+      </c>
+      <c r="F81" t="s">
+        <v>56</v>
+      </c>
+      <c r="G81" t="s">
+        <v>510</v>
+      </c>
+      <c r="H81" t="s">
+        <v>511</v>
+      </c>
+      <c r="I81" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J81" t="s">
+        <v>22</v>
+      </c>
+      <c r="K81" t="s">
+        <v>512</v>
+      </c>
+      <c r="L81" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A82" t="s">
+        <v>514</v>
+      </c>
+      <c r="B82" t="s">
+        <v>515</v>
+      </c>
+      <c r="C82" s="5">
+        <v>2012</v>
+      </c>
+      <c r="E82" t="s">
+        <v>17</v>
+      </c>
+      <c r="F82" t="s">
+        <v>56</v>
+      </c>
+      <c r="G82" t="s">
+        <v>516</v>
+      </c>
+      <c r="H82" t="s">
+        <v>517</v>
+      </c>
+      <c r="I82" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J82" t="s">
+        <v>72</v>
+      </c>
+      <c r="K82" t="s">
+        <v>518</v>
+      </c>
+      <c r="L82" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A83" t="s">
+        <v>520</v>
+      </c>
+      <c r="B83" t="s">
+        <v>521</v>
+      </c>
+      <c r="C83" s="5">
+        <v>1995</v>
+      </c>
+      <c r="D83" t="s">
+        <v>522</v>
+      </c>
+      <c r="E83" t="s">
+        <v>17</v>
+      </c>
+      <c r="F83" t="s">
+        <v>56</v>
+      </c>
+      <c r="G83" t="s">
+        <v>523</v>
+      </c>
+      <c r="H83" t="s">
+        <v>524</v>
+      </c>
+      <c r="I83" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="J83" t="s">
+        <v>22</v>
+      </c>
+      <c r="K83" t="s">
+        <v>525</v>
+      </c>
+      <c r="L83" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A84" t="s">
+        <v>527</v>
+      </c>
+      <c r="B84" t="s">
+        <v>528</v>
+      </c>
+      <c r="C84" s="5">
+        <v>2004</v>
+      </c>
+      <c r="D84" t="s">
+        <v>529</v>
+      </c>
+      <c r="E84" t="s">
+        <v>17</v>
+      </c>
+      <c r="F84" t="s">
+        <v>56</v>
+      </c>
+      <c r="G84" t="s">
+        <v>530</v>
+      </c>
+      <c r="H84" t="s">
+        <v>531</v>
+      </c>
+      <c r="I84" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="J84" t="s">
+        <v>22</v>
+      </c>
+      <c r="K84" t="s">
+        <v>246</v>
+      </c>
+      <c r="L84" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A85" t="s">
+        <v>533</v>
+      </c>
+      <c r="B85" t="s">
+        <v>534</v>
+      </c>
+      <c r="C85" s="5">
+        <v>2006</v>
+      </c>
+      <c r="D85" t="s">
+        <v>535</v>
+      </c>
+      <c r="E85" t="s">
+        <v>17</v>
+      </c>
+      <c r="F85" t="s">
+        <v>56</v>
+      </c>
+      <c r="G85" t="s">
+        <v>536</v>
+      </c>
+      <c r="H85" t="s">
+        <v>537</v>
+      </c>
+      <c r="I85" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="J85" t="s">
+        <v>22</v>
+      </c>
+      <c r="K85" t="s">
+        <v>358</v>
+      </c>
+      <c r="L85" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A86" t="s">
+        <v>540</v>
+      </c>
+      <c r="B86" t="s">
+        <v>541</v>
+      </c>
+      <c r="C86" s="5">
+        <v>1992</v>
+      </c>
+      <c r="D86" t="s">
+        <v>542</v>
+      </c>
+      <c r="E86" t="s">
+        <v>17</v>
+      </c>
+      <c r="F86" t="s">
+        <v>56</v>
+      </c>
+      <c r="G86" t="s">
+        <v>543</v>
+      </c>
+      <c r="H86" t="s">
+        <v>544</v>
+      </c>
+      <c r="I86" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J86" t="s">
+        <v>365</v>
+      </c>
+      <c r="K86" t="s">
+        <v>545</v>
+      </c>
+      <c r="L86" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A87" t="s">
+        <v>547</v>
+      </c>
+      <c r="B87" t="s">
+        <v>548</v>
+      </c>
+      <c r="C87" s="5">
+        <v>2010</v>
+      </c>
+      <c r="D87" t="s">
+        <v>549</v>
+      </c>
+      <c r="E87" t="s">
+        <v>173</v>
+      </c>
+      <c r="F87" t="s">
+        <v>56</v>
+      </c>
+      <c r="G87" t="s">
+        <v>550</v>
+      </c>
+      <c r="H87" t="s">
+        <v>551</v>
+      </c>
+      <c r="I87" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="J87" t="s">
+        <v>22</v>
+      </c>
+      <c r="K87" t="s">
+        <v>552</v>
+      </c>
+      <c r="L87" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A88" t="s">
+        <v>554</v>
+      </c>
+      <c r="B88" t="s">
+        <v>555</v>
+      </c>
+      <c r="C88" s="5">
+        <v>1981</v>
+      </c>
+      <c r="D88" t="s">
+        <v>556</v>
+      </c>
+      <c r="E88" t="s">
+        <v>173</v>
+      </c>
+      <c r="F88" t="s">
+        <v>56</v>
+      </c>
+      <c r="G88" t="s">
+        <v>557</v>
+      </c>
+      <c r="H88" t="s">
+        <v>558</v>
+      </c>
+      <c r="I88" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J88" t="s">
+        <v>195</v>
+      </c>
+      <c r="K88" t="s">
+        <v>559</v>
+      </c>
+      <c r="L88" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A89" t="s">
+        <v>561</v>
+      </c>
+      <c r="B89" t="s">
+        <v>562</v>
+      </c>
+      <c r="C89" s="5">
+        <v>2013</v>
+      </c>
+      <c r="D89" t="s">
+        <v>563</v>
+      </c>
+      <c r="E89" t="s">
+        <v>17</v>
+      </c>
+      <c r="F89" t="s">
+        <v>56</v>
+      </c>
+      <c r="G89" t="s">
+        <v>564</v>
+      </c>
+      <c r="H89" t="s">
+        <v>565</v>
+      </c>
+      <c r="I89" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="J89" t="s">
+        <v>22</v>
+      </c>
+      <c r="K89" t="s">
+        <v>566</v>
+      </c>
+      <c r="L89" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A90" t="s">
+        <v>568</v>
+      </c>
+      <c r="B90" t="s">
+        <v>569</v>
+      </c>
+      <c r="C90" s="5">
+        <v>2002</v>
+      </c>
+      <c r="D90" t="s">
+        <v>570</v>
+      </c>
+      <c r="E90" t="s">
+        <v>17</v>
+      </c>
+      <c r="F90" t="s">
+        <v>56</v>
+      </c>
+      <c r="G90" t="s">
+        <v>571</v>
+      </c>
+      <c r="H90" t="s">
+        <v>572</v>
+      </c>
+      <c r="I90" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="J90" t="s">
+        <v>45</v>
+      </c>
+      <c r="K90" t="s">
+        <v>573</v>
+      </c>
+      <c r="L90" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A91" t="s">
+        <v>575</v>
+      </c>
+      <c r="B91" t="s">
+        <v>576</v>
+      </c>
+      <c r="C91" s="5">
+        <v>1964</v>
+      </c>
+      <c r="D91" t="s">
+        <v>577</v>
+      </c>
+      <c r="E91" t="s">
+        <v>17</v>
+      </c>
+      <c r="F91" t="s">
+        <v>2261</v>
+      </c>
+      <c r="G91" t="s">
+        <v>578</v>
+      </c>
+      <c r="H91" t="s">
+        <v>579</v>
+      </c>
+      <c r="I91" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J91" t="s">
+        <v>22</v>
+      </c>
+      <c r="K91" t="s">
+        <v>580</v>
+      </c>
+      <c r="L91" t="s">
+        <v>581</v>
+      </c>
+      <c r="M91" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A92" t="s">
+        <v>582</v>
+      </c>
+      <c r="B92" t="s">
+        <v>583</v>
+      </c>
+      <c r="C92" s="5">
+        <v>1964</v>
+      </c>
+      <c r="D92" t="s">
+        <v>584</v>
+      </c>
+      <c r="E92" t="s">
+        <v>17</v>
+      </c>
+      <c r="F92" t="s">
+        <v>18</v>
+      </c>
+      <c r="G92" t="s">
+        <v>578</v>
+      </c>
+      <c r="H92" t="s">
+        <v>579</v>
+      </c>
+      <c r="I92" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J92" t="s">
+        <v>22</v>
+      </c>
+      <c r="K92" t="s">
+        <v>585</v>
+      </c>
+      <c r="L92" t="s">
+        <v>586</v>
+      </c>
+      <c r="M92" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A93" t="s">
+        <v>588</v>
+      </c>
+      <c r="B93" t="s">
+        <v>589</v>
+      </c>
+      <c r="C93" s="5">
+        <v>1975</v>
+      </c>
+      <c r="D93" t="s">
+        <v>590</v>
+      </c>
+      <c r="E93" t="s">
+        <v>17</v>
+      </c>
+      <c r="F93" t="s">
+        <v>56</v>
+      </c>
+      <c r="G93" t="s">
+        <v>591</v>
+      </c>
+      <c r="H93" t="s">
+        <v>592</v>
+      </c>
+      <c r="I93" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J93" t="s">
+        <v>22</v>
+      </c>
+      <c r="K93" t="s">
+        <v>73</v>
+      </c>
+      <c r="L93" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A94" t="s">
+        <v>594</v>
+      </c>
+      <c r="B94" t="s">
+        <v>595</v>
+      </c>
+      <c r="C94" s="5">
+        <v>1962</v>
+      </c>
+      <c r="D94" t="s">
+        <v>596</v>
+      </c>
+      <c r="E94" t="s">
+        <v>17</v>
+      </c>
+      <c r="F94" t="s">
+        <v>56</v>
+      </c>
+      <c r="G94" t="s">
+        <v>597</v>
+      </c>
+      <c r="H94" t="s">
+        <v>598</v>
+      </c>
+      <c r="I94" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J94" t="s">
+        <v>279</v>
+      </c>
+      <c r="K94" t="s">
+        <v>60</v>
+      </c>
+      <c r="L94" t="s">
+        <v>599</v>
+      </c>
+      <c r="M94" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A95" t="s">
+        <v>600</v>
+      </c>
+      <c r="B95" t="s">
+        <v>601</v>
+      </c>
+      <c r="C95" s="5">
+        <v>1982</v>
+      </c>
+      <c r="D95" t="s">
+        <v>602</v>
+      </c>
+      <c r="E95" t="s">
+        <v>17</v>
+      </c>
+      <c r="F95" t="s">
+        <v>56</v>
+      </c>
+      <c r="G95" t="s">
+        <v>603</v>
+      </c>
+      <c r="H95" t="s">
+        <v>604</v>
+      </c>
+      <c r="I95" s="5"/>
+      <c r="J95" t="s">
+        <v>45</v>
+      </c>
+      <c r="K95" t="s">
+        <v>286</v>
+      </c>
+      <c r="L95" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A96" t="s">
+        <v>606</v>
+      </c>
+      <c r="B96" t="s">
+        <v>607</v>
+      </c>
+      <c r="C96" s="5">
+        <v>1992</v>
+      </c>
+      <c r="D96" t="s">
+        <v>608</v>
+      </c>
+      <c r="E96" t="s">
+        <v>17</v>
+      </c>
+      <c r="F96" t="s">
+        <v>56</v>
+      </c>
+      <c r="G96" t="s">
+        <v>609</v>
+      </c>
+      <c r="H96" t="s">
+        <v>610</v>
+      </c>
+      <c r="I96" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="J96" t="s">
+        <v>45</v>
+      </c>
+      <c r="K96" t="s">
+        <v>573</v>
+      </c>
+      <c r="L96" t="s">
+        <v>611</v>
+      </c>
+      <c r="M96" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="97" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A97" t="s">
+        <v>612</v>
+      </c>
+      <c r="B97" t="s">
+        <v>613</v>
+      </c>
+      <c r="C97" s="5">
+        <v>1974</v>
+      </c>
+      <c r="D97" t="s">
+        <v>614</v>
+      </c>
+      <c r="E97" t="s">
+        <v>17</v>
+      </c>
+      <c r="F97" t="s">
+        <v>56</v>
+      </c>
+      <c r="G97" t="s">
+        <v>615</v>
+      </c>
+      <c r="H97" t="s">
+        <v>616</v>
+      </c>
+      <c r="I97" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="J97" t="s">
+        <v>22</v>
+      </c>
+      <c r="K97" t="s">
+        <v>617</v>
+      </c>
+      <c r="L97" t="s">
+        <v>618</v>
+      </c>
+      <c r="M97" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="98" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A98" t="s">
+        <v>619</v>
+      </c>
+      <c r="B98" t="s">
+        <v>620</v>
+      </c>
+      <c r="C98" s="5">
+        <v>2009</v>
+      </c>
+      <c r="D98" t="s">
+        <v>621</v>
+      </c>
+      <c r="E98" t="s">
+        <v>17</v>
+      </c>
+      <c r="F98" t="s">
+        <v>56</v>
+      </c>
+      <c r="G98" t="s">
+        <v>622</v>
+      </c>
+      <c r="H98" t="s">
+        <v>623</v>
+      </c>
+      <c r="I98" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J98" t="s">
+        <v>22</v>
+      </c>
+      <c r="K98" t="s">
+        <v>339</v>
+      </c>
+      <c r="L98" t="s">
+        <v>624</v>
+      </c>
+      <c r="M98" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="99" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A99" t="s">
+        <v>625</v>
+      </c>
+      <c r="B99" t="s">
+        <v>626</v>
+      </c>
+      <c r="C99" s="5">
+        <v>2005</v>
+      </c>
+      <c r="D99" t="s">
+        <v>627</v>
+      </c>
+      <c r="E99" t="s">
+        <v>17</v>
+      </c>
+      <c r="F99" t="s">
+        <v>56</v>
+      </c>
+      <c r="G99" t="s">
+        <v>628</v>
+      </c>
+      <c r="H99" t="s">
+        <v>629</v>
+      </c>
+      <c r="I99" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J99" t="s">
+        <v>72</v>
+      </c>
+      <c r="K99" t="s">
+        <v>630</v>
+      </c>
+      <c r="L99" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="100" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A100" t="s">
+        <v>632</v>
+      </c>
+      <c r="B100" t="s">
+        <v>633</v>
+      </c>
+      <c r="C100" s="5">
+        <v>1953</v>
+      </c>
+      <c r="D100" t="s">
+        <v>634</v>
+      </c>
+      <c r="E100" t="s">
+        <v>17</v>
+      </c>
+      <c r="F100" t="s">
+        <v>56</v>
+      </c>
+      <c r="G100" t="s">
+        <v>635</v>
+      </c>
+      <c r="H100" t="s">
+        <v>636</v>
+      </c>
+      <c r="I100" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J100" t="s">
+        <v>22</v>
+      </c>
+      <c r="K100" t="s">
+        <v>637</v>
+      </c>
+      <c r="L100" t="s">
+        <v>638</v>
+      </c>
+      <c r="M100" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="101" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A101" t="s">
+        <v>640</v>
+      </c>
+      <c r="B101" t="s">
+        <v>641</v>
+      </c>
+      <c r="C101" s="5">
+        <v>1968</v>
+      </c>
+      <c r="D101" t="s">
+        <v>642</v>
+      </c>
+      <c r="E101" t="s">
+        <v>17</v>
+      </c>
+      <c r="F101" t="s">
+        <v>56</v>
+      </c>
+      <c r="G101" t="s">
+        <v>643</v>
+      </c>
+      <c r="H101" t="s">
+        <v>644</v>
+      </c>
+      <c r="I101" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J101" t="s">
+        <v>22</v>
+      </c>
+      <c r="K101" t="s">
+        <v>580</v>
+      </c>
+      <c r="L101" t="s">
+        <v>645</v>
+      </c>
+      <c r="M101" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="102" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A102" t="s">
+        <v>646</v>
+      </c>
+      <c r="B102" t="s">
+        <v>647</v>
+      </c>
+      <c r="C102" s="5">
+        <v>2005</v>
+      </c>
+      <c r="D102" t="s">
+        <v>648</v>
+      </c>
+      <c r="E102" t="s">
+        <v>17</v>
+      </c>
+      <c r="F102" t="s">
+        <v>56</v>
+      </c>
+      <c r="G102" t="s">
+        <v>649</v>
+      </c>
+      <c r="H102" t="s">
+        <v>650</v>
+      </c>
+      <c r="I102" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J102" t="s">
+        <v>22</v>
+      </c>
+      <c r="K102" t="s">
+        <v>332</v>
+      </c>
+      <c r="L102" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="103" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A103" t="s">
+        <v>652</v>
+      </c>
+      <c r="B103" t="s">
+        <v>653</v>
+      </c>
+      <c r="C103" s="5">
+        <v>1992</v>
+      </c>
+      <c r="D103" t="s">
+        <v>654</v>
+      </c>
+      <c r="E103" t="s">
+        <v>17</v>
+      </c>
+      <c r="F103" t="s">
+        <v>56</v>
+      </c>
+      <c r="G103" t="s">
+        <v>655</v>
+      </c>
+      <c r="H103" t="s">
+        <v>656</v>
+      </c>
+      <c r="I103" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J103" t="s">
+        <v>22</v>
+      </c>
+      <c r="K103" t="s">
+        <v>491</v>
+      </c>
+      <c r="L103" t="s">
+        <v>657</v>
+      </c>
+      <c r="M103" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="104" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A104" t="s">
+        <v>658</v>
+      </c>
+      <c r="B104" t="s">
+        <v>659</v>
+      </c>
+      <c r="C104" s="5">
+        <v>2015</v>
+      </c>
+      <c r="D104" t="s">
+        <v>660</v>
+      </c>
+      <c r="E104" t="s">
+        <v>17</v>
+      </c>
+      <c r="F104" t="s">
+        <v>56</v>
+      </c>
+      <c r="G104" t="s">
+        <v>661</v>
+      </c>
+      <c r="H104" t="s">
+        <v>662</v>
+      </c>
+      <c r="I104" s="5" t="s">
+        <v>663</v>
+      </c>
+      <c r="J104" t="s">
+        <v>22</v>
+      </c>
+      <c r="K104" t="s">
+        <v>664</v>
+      </c>
+      <c r="L104" t="s">
+        <v>665</v>
+      </c>
+      <c r="M104" t="s">
+        <v>31</v>
+      </c>
+      <c r="N104" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="105" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A105" t="s">
+        <v>666</v>
+      </c>
+      <c r="B105" t="s">
+        <v>667</v>
+      </c>
+      <c r="C105" s="5">
+        <v>2005</v>
+      </c>
+      <c r="D105" t="s">
+        <v>668</v>
+      </c>
+      <c r="E105" t="s">
+        <v>17</v>
+      </c>
+      <c r="F105" t="s">
+        <v>56</v>
+      </c>
+      <c r="G105" t="s">
+        <v>669</v>
+      </c>
+      <c r="H105" t="s">
+        <v>670</v>
+      </c>
+      <c r="I105" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J105" t="s">
+        <v>22</v>
+      </c>
+      <c r="K105" t="s">
+        <v>671</v>
+      </c>
+      <c r="L105" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="106" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A106" t="s">
+        <v>673</v>
+      </c>
+      <c r="B106" t="s">
+        <v>674</v>
+      </c>
+      <c r="C106" s="5">
+        <v>2005</v>
+      </c>
+      <c r="D106" t="s">
+        <v>675</v>
+      </c>
+      <c r="E106" t="s">
+        <v>173</v>
+      </c>
+      <c r="F106" t="s">
+        <v>56</v>
+      </c>
+      <c r="G106" t="s">
+        <v>676</v>
+      </c>
+      <c r="H106" t="s">
+        <v>677</v>
+      </c>
+      <c r="I106" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="J106" t="s">
+        <v>72</v>
+      </c>
+      <c r="K106" t="s">
+        <v>678</v>
+      </c>
+      <c r="L106" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="107" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A107" t="s">
+        <v>680</v>
+      </c>
+      <c r="B107" t="s">
+        <v>681</v>
+      </c>
+      <c r="C107" s="5">
+        <v>2005</v>
+      </c>
+      <c r="D107" t="s">
+        <v>682</v>
+      </c>
+      <c r="E107" t="s">
+        <v>17</v>
+      </c>
+      <c r="F107" t="s">
+        <v>56</v>
+      </c>
+      <c r="G107" t="s">
+        <v>683</v>
+      </c>
+      <c r="H107" t="s">
+        <v>684</v>
+      </c>
+      <c r="I107" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="J107" t="s">
+        <v>22</v>
+      </c>
+      <c r="K107" t="s">
+        <v>664</v>
+      </c>
+      <c r="L107" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="108" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A108" t="s">
+        <v>686</v>
+      </c>
+      <c r="B108" t="s">
+        <v>687</v>
+      </c>
+      <c r="C108" s="5">
+        <v>2016</v>
+      </c>
+      <c r="D108" t="s">
+        <v>688</v>
+      </c>
+      <c r="E108" t="s">
+        <v>173</v>
+      </c>
+      <c r="F108" t="s">
+        <v>56</v>
+      </c>
+      <c r="G108" t="s">
+        <v>689</v>
+      </c>
+      <c r="H108" t="s">
+        <v>690</v>
+      </c>
+      <c r="I108" s="5" t="s">
+        <v>691</v>
+      </c>
+      <c r="J108" t="s">
+        <v>22</v>
+      </c>
+      <c r="K108" t="s">
+        <v>692</v>
+      </c>
+      <c r="L108" t="s">
+        <v>693</v>
+      </c>
+      <c r="N108" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="109" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A109" t="s">
+        <v>694</v>
+      </c>
+      <c r="B109" t="s">
+        <v>695</v>
+      </c>
+      <c r="C109" s="5">
+        <v>1997</v>
+      </c>
+      <c r="E109" t="s">
+        <v>173</v>
+      </c>
+      <c r="F109" t="s">
+        <v>56</v>
+      </c>
+      <c r="G109" t="s">
+        <v>696</v>
+      </c>
+      <c r="H109" t="s">
+        <v>697</v>
+      </c>
+      <c r="I109" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="J109" t="s">
+        <v>279</v>
+      </c>
+      <c r="K109" t="s">
+        <v>698</v>
+      </c>
+      <c r="L109" t="s">
+        <v>699</v>
+      </c>
+      <c r="N109" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="110" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A110" t="s">
+        <v>700</v>
+      </c>
+      <c r="B110" t="s">
+        <v>701</v>
+      </c>
+      <c r="C110" s="5">
+        <v>1998</v>
+      </c>
+      <c r="D110" t="s">
+        <v>702</v>
+      </c>
+      <c r="E110" t="s">
+        <v>17</v>
+      </c>
+      <c r="F110" t="s">
+        <v>56</v>
+      </c>
+      <c r="G110" t="s">
+        <v>703</v>
+      </c>
+      <c r="H110" t="s">
+        <v>704</v>
+      </c>
+      <c r="I110" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J110" t="s">
+        <v>22</v>
+      </c>
+      <c r="K110" t="s">
+        <v>398</v>
+      </c>
+      <c r="L110" t="s">
+        <v>705</v>
+      </c>
+      <c r="M110" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="111" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A111" t="s">
+        <v>706</v>
+      </c>
+      <c r="B111" t="s">
+        <v>707</v>
+      </c>
+      <c r="C111" s="5">
+        <v>1994</v>
+      </c>
+      <c r="D111" t="s">
+        <v>708</v>
+      </c>
+      <c r="E111" t="s">
+        <v>17</v>
+      </c>
+      <c r="F111" t="s">
+        <v>56</v>
+      </c>
+      <c r="G111" t="s">
+        <v>628</v>
+      </c>
+      <c r="H111" t="s">
+        <v>709</v>
+      </c>
+      <c r="I111" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J111" t="s">
+        <v>72</v>
+      </c>
+      <c r="K111" t="s">
+        <v>710</v>
+      </c>
+      <c r="L111" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="112" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A112" t="s">
+        <v>712</v>
+      </c>
+      <c r="B112" t="s">
+        <v>713</v>
+      </c>
+      <c r="C112" s="5">
+        <v>2008</v>
+      </c>
+      <c r="D112" t="s">
+        <v>714</v>
+      </c>
+      <c r="E112" t="s">
+        <v>17</v>
+      </c>
+      <c r="F112" t="s">
+        <v>56</v>
+      </c>
+      <c r="G112" t="s">
+        <v>628</v>
+      </c>
+      <c r="H112" t="s">
+        <v>709</v>
+      </c>
+      <c r="I112" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J112" t="s">
+        <v>45</v>
+      </c>
+      <c r="K112" t="s">
+        <v>398</v>
+      </c>
+      <c r="L112" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A113" t="s">
+        <v>716</v>
+      </c>
+      <c r="B113" t="s">
+        <v>717</v>
+      </c>
+      <c r="C113" s="5">
+        <v>1995</v>
+      </c>
+      <c r="D113" t="s">
+        <v>718</v>
+      </c>
+      <c r="E113" t="s">
+        <v>17</v>
+      </c>
+      <c r="F113" t="s">
+        <v>56</v>
+      </c>
+      <c r="G113" t="s">
+        <v>628</v>
+      </c>
+      <c r="H113" t="s">
+        <v>709</v>
+      </c>
+      <c r="I113" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J113" t="s">
+        <v>22</v>
+      </c>
+      <c r="K113" t="s">
+        <v>246</v>
+      </c>
+      <c r="L113" t="s">
+        <v>719</v>
+      </c>
+      <c r="M113" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A114" t="s">
+        <v>720</v>
+      </c>
+      <c r="B114" t="s">
+        <v>721</v>
+      </c>
+      <c r="C114" s="5">
+        <v>1995</v>
+      </c>
+      <c r="D114" t="s">
+        <v>722</v>
+      </c>
+      <c r="E114" t="s">
+        <v>17</v>
+      </c>
+      <c r="F114" t="s">
+        <v>56</v>
+      </c>
+      <c r="G114" t="s">
+        <v>723</v>
+      </c>
+      <c r="H114" t="s">
+        <v>724</v>
+      </c>
+      <c r="I114" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J114" t="s">
+        <v>22</v>
+      </c>
+      <c r="K114" t="s">
+        <v>246</v>
+      </c>
+      <c r="L114" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A115" t="s">
+        <v>726</v>
+      </c>
+      <c r="B115" t="s">
+        <v>727</v>
+      </c>
+      <c r="C115" s="5">
+        <v>1992</v>
+      </c>
+      <c r="D115" t="s">
+        <v>728</v>
+      </c>
+      <c r="E115" t="s">
+        <v>17</v>
+      </c>
+      <c r="F115" t="s">
+        <v>56</v>
+      </c>
+      <c r="G115" t="s">
+        <v>729</v>
+      </c>
+      <c r="H115" t="s">
+        <v>730</v>
+      </c>
+      <c r="I115" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J115" t="s">
+        <v>45</v>
+      </c>
+      <c r="K115" t="s">
+        <v>405</v>
+      </c>
+      <c r="L115" t="s">
+        <v>731</v>
+      </c>
+      <c r="M115" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A116" t="s">
+        <v>732</v>
+      </c>
+      <c r="B116" t="s">
+        <v>733</v>
+      </c>
+      <c r="C116" s="5">
+        <v>1977</v>
+      </c>
+      <c r="D116" t="s">
+        <v>734</v>
+      </c>
+      <c r="E116" t="s">
+        <v>17</v>
+      </c>
+      <c r="F116" t="s">
+        <v>56</v>
+      </c>
+      <c r="G116" t="s">
+        <v>735</v>
+      </c>
+      <c r="H116" t="s">
+        <v>736</v>
+      </c>
+      <c r="I116" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J116" t="s">
+        <v>22</v>
+      </c>
+      <c r="K116" t="s">
+        <v>246</v>
+      </c>
+      <c r="L116" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A117" t="s">
+        <v>738</v>
+      </c>
+      <c r="B117" t="s">
+        <v>739</v>
+      </c>
+      <c r="C117" s="5">
+        <v>1995</v>
+      </c>
+      <c r="D117" t="s">
+        <v>740</v>
+      </c>
+      <c r="E117" t="s">
+        <v>17</v>
+      </c>
+      <c r="F117" t="s">
+        <v>56</v>
+      </c>
+      <c r="G117" t="s">
+        <v>741</v>
+      </c>
+      <c r="H117" t="s">
+        <v>742</v>
+      </c>
+      <c r="I117" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J117" t="s">
+        <v>72</v>
+      </c>
+      <c r="K117" t="s">
+        <v>743</v>
+      </c>
+      <c r="L117" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A118" t="s">
+        <v>745</v>
+      </c>
+      <c r="B118" t="s">
+        <v>746</v>
+      </c>
+      <c r="C118" s="5">
+        <v>1969</v>
+      </c>
+      <c r="D118" t="s">
+        <v>747</v>
+      </c>
+      <c r="E118" t="s">
+        <v>17</v>
+      </c>
+      <c r="F118" t="s">
+        <v>56</v>
+      </c>
+      <c r="G118" t="s">
+        <v>748</v>
+      </c>
+      <c r="H118" t="s">
+        <v>749</v>
+      </c>
+      <c r="I118" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J118" t="s">
+        <v>22</v>
+      </c>
+      <c r="K118" t="s">
+        <v>671</v>
+      </c>
+      <c r="L118" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A119" t="s">
+        <v>751</v>
+      </c>
+      <c r="B119" t="s">
+        <v>752</v>
+      </c>
+      <c r="C119" s="5">
+        <v>2011</v>
+      </c>
+      <c r="D119" t="s">
+        <v>753</v>
+      </c>
+      <c r="E119" t="s">
+        <v>17</v>
+      </c>
+      <c r="F119" t="s">
+        <v>2261</v>
+      </c>
+      <c r="G119" t="s">
+        <v>754</v>
+      </c>
+      <c r="H119" t="s">
+        <v>755</v>
+      </c>
+      <c r="I119" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J119" t="s">
+        <v>22</v>
+      </c>
+      <c r="K119" t="s">
+        <v>756</v>
+      </c>
+      <c r="L119" t="s">
+        <v>757</v>
+      </c>
+      <c r="M119" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A120" t="s">
+        <v>758</v>
+      </c>
+      <c r="B120" t="s">
+        <v>759</v>
+      </c>
+      <c r="C120" s="5">
+        <v>1996</v>
+      </c>
+      <c r="E120" t="s">
+        <v>173</v>
+      </c>
+      <c r="F120" t="s">
+        <v>56</v>
+      </c>
+      <c r="G120" t="s">
+        <v>383</v>
+      </c>
+      <c r="H120" t="s">
+        <v>384</v>
+      </c>
+      <c r="I120" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="J120" t="s">
+        <v>45</v>
+      </c>
+      <c r="K120" t="s">
+        <v>760</v>
+      </c>
+      <c r="L120" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A121" t="s">
+        <v>762</v>
+      </c>
+      <c r="B121" t="s">
+        <v>763</v>
+      </c>
+      <c r="C121" s="5">
+        <v>1984</v>
+      </c>
+      <c r="D121" t="s">
+        <v>764</v>
+      </c>
+      <c r="E121" t="s">
+        <v>17</v>
+      </c>
+      <c r="F121" t="s">
+        <v>56</v>
+      </c>
+      <c r="G121" t="s">
+        <v>765</v>
+      </c>
+      <c r="H121" t="s">
+        <v>766</v>
+      </c>
+      <c r="I121" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="J121" t="s">
+        <v>45</v>
+      </c>
+      <c r="K121" t="s">
+        <v>398</v>
+      </c>
+      <c r="L121" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A122" t="s">
+        <v>768</v>
+      </c>
+      <c r="B122" t="s">
+        <v>769</v>
+      </c>
+      <c r="C122" s="5">
+        <v>2016</v>
+      </c>
+      <c r="D122" t="s">
+        <v>770</v>
+      </c>
+      <c r="E122" t="s">
+        <v>17</v>
+      </c>
+      <c r="F122" t="s">
+        <v>56</v>
+      </c>
+      <c r="G122" t="s">
+        <v>771</v>
+      </c>
+      <c r="H122" t="s">
+        <v>772</v>
+      </c>
+      <c r="I122" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="J122" t="s">
+        <v>195</v>
+      </c>
+      <c r="K122" t="s">
+        <v>95</v>
+      </c>
+      <c r="L122" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A123" t="s">
+        <v>774</v>
+      </c>
+      <c r="B123" t="s">
+        <v>775</v>
+      </c>
+      <c r="C123" s="5">
+        <v>2001</v>
+      </c>
+      <c r="D123" t="s">
+        <v>776</v>
+      </c>
+      <c r="E123" t="s">
+        <v>173</v>
+      </c>
+      <c r="F123" t="s">
+        <v>56</v>
+      </c>
+      <c r="G123" t="s">
+        <v>771</v>
+      </c>
+      <c r="H123" t="s">
+        <v>772</v>
+      </c>
+      <c r="I123" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="J123" t="s">
+        <v>195</v>
+      </c>
+      <c r="K123" t="s">
+        <v>777</v>
+      </c>
+      <c r="L123" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A124" t="s">
+        <v>779</v>
+      </c>
+      <c r="B124" t="s">
+        <v>780</v>
+      </c>
+      <c r="C124" s="5">
+        <v>1979</v>
+      </c>
+      <c r="D124" t="s">
+        <v>781</v>
+      </c>
+      <c r="E124" t="s">
+        <v>17</v>
+      </c>
+      <c r="F124" t="s">
+        <v>56</v>
+      </c>
+      <c r="G124" t="s">
+        <v>782</v>
+      </c>
+      <c r="H124" t="s">
+        <v>783</v>
+      </c>
+      <c r="I124" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="J124" t="s">
+        <v>22</v>
+      </c>
+      <c r="K124" t="s">
+        <v>784</v>
+      </c>
+      <c r="L124" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A125" t="s">
+        <v>786</v>
+      </c>
+      <c r="B125" t="s">
+        <v>787</v>
+      </c>
+      <c r="C125" s="5">
+        <v>2008</v>
+      </c>
+      <c r="D125" t="s">
+        <v>788</v>
+      </c>
+      <c r="E125" t="s">
+        <v>17</v>
+      </c>
+      <c r="F125" t="s">
+        <v>56</v>
+      </c>
+      <c r="G125" t="s">
+        <v>789</v>
+      </c>
+      <c r="H125" t="s">
+        <v>790</v>
+      </c>
+      <c r="I125" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="J125" t="s">
+        <v>22</v>
+      </c>
+      <c r="K125" t="s">
+        <v>692</v>
+      </c>
+      <c r="L125" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A126" t="s">
+        <v>792</v>
+      </c>
+      <c r="B126" t="s">
+        <v>793</v>
+      </c>
+      <c r="C126" s="5">
+        <v>2013</v>
+      </c>
+      <c r="D126" t="s">
+        <v>794</v>
+      </c>
+      <c r="E126" t="s">
+        <v>17</v>
+      </c>
+      <c r="F126" t="s">
+        <v>56</v>
+      </c>
+      <c r="G126" t="s">
+        <v>795</v>
+      </c>
+      <c r="H126" t="s">
+        <v>796</v>
+      </c>
+      <c r="I126" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="J126" t="s">
+        <v>72</v>
+      </c>
+      <c r="K126" t="s">
+        <v>797</v>
+      </c>
+      <c r="L126" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A127" t="s">
+        <v>799</v>
+      </c>
+      <c r="B127" t="s">
+        <v>800</v>
+      </c>
+      <c r="C127" s="5">
+        <v>1999</v>
+      </c>
+      <c r="D127" t="s">
+        <v>801</v>
+      </c>
+      <c r="E127" t="s">
+        <v>173</v>
+      </c>
+      <c r="F127" t="s">
+        <v>56</v>
+      </c>
+      <c r="G127" t="s">
+        <v>802</v>
+      </c>
+      <c r="H127" t="s">
+        <v>803</v>
+      </c>
+      <c r="I127" s="5" t="s">
+        <v>691</v>
+      </c>
+      <c r="J127" t="s">
+        <v>22</v>
+      </c>
+      <c r="K127" t="s">
+        <v>804</v>
+      </c>
+      <c r="L127" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A128" t="s">
+        <v>806</v>
+      </c>
+      <c r="B128" t="s">
+        <v>807</v>
+      </c>
+      <c r="C128" s="5">
+        <v>2003</v>
+      </c>
+      <c r="D128" t="s">
+        <v>808</v>
+      </c>
+      <c r="E128" t="s">
+        <v>17</v>
+      </c>
+      <c r="F128" t="s">
+        <v>56</v>
+      </c>
+      <c r="G128" t="s">
+        <v>809</v>
+      </c>
+      <c r="H128" t="s">
+        <v>690</v>
+      </c>
+      <c r="I128" s="5" t="s">
+        <v>691</v>
+      </c>
+      <c r="J128" t="s">
+        <v>22</v>
+      </c>
+      <c r="K128" t="s">
+        <v>286</v>
+      </c>
+      <c r="L128" t="s">
+        <v>810</v>
+      </c>
+      <c r="M128" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="129" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A129" t="s">
+        <v>811</v>
+      </c>
+      <c r="B129" t="s">
+        <v>812</v>
+      </c>
+      <c r="C129" s="5">
+        <v>2011</v>
+      </c>
+      <c r="D129" t="s">
+        <v>813</v>
+      </c>
+      <c r="E129" t="s">
+        <v>17</v>
+      </c>
+      <c r="F129" t="s">
+        <v>56</v>
+      </c>
+      <c r="G129" t="s">
+        <v>483</v>
+      </c>
+      <c r="H129" t="s">
+        <v>484</v>
+      </c>
+      <c r="I129" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="J129" t="s">
+        <v>72</v>
+      </c>
+      <c r="K129" t="s">
+        <v>46</v>
+      </c>
+      <c r="L129" t="s">
+        <v>814</v>
+      </c>
+      <c r="N129" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="130" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A130" t="s">
+        <v>815</v>
+      </c>
+      <c r="B130" t="s">
+        <v>816</v>
+      </c>
+      <c r="C130" s="5">
+        <v>2010</v>
+      </c>
+      <c r="D130" t="s">
+        <v>817</v>
+      </c>
+      <c r="E130" t="s">
+        <v>173</v>
+      </c>
+      <c r="F130" t="s">
+        <v>56</v>
+      </c>
+      <c r="G130" t="s">
+        <v>818</v>
+      </c>
+      <c r="H130" t="s">
+        <v>819</v>
+      </c>
+      <c r="I130" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J130" t="s">
+        <v>22</v>
+      </c>
+      <c r="K130" t="s">
+        <v>820</v>
+      </c>
+      <c r="L130" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="131" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A131" t="s">
+        <v>822</v>
+      </c>
+      <c r="B131" t="s">
+        <v>823</v>
+      </c>
+      <c r="C131" s="5">
+        <v>1997</v>
+      </c>
+      <c r="D131" t="s">
+        <v>824</v>
+      </c>
+      <c r="E131" t="s">
+        <v>17</v>
+      </c>
+      <c r="F131" t="s">
+        <v>56</v>
+      </c>
+      <c r="G131" t="s">
+        <v>825</v>
+      </c>
+      <c r="H131" t="s">
+        <v>826</v>
+      </c>
+      <c r="I131" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="J131" t="s">
+        <v>22</v>
+      </c>
+      <c r="K131" t="s">
+        <v>73</v>
+      </c>
+      <c r="L131" t="s">
+        <v>827</v>
+      </c>
+      <c r="M131" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="132" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A132" t="s">
+        <v>828</v>
+      </c>
+      <c r="B132" t="s">
+        <v>829</v>
+      </c>
+      <c r="C132" s="5">
+        <v>2015</v>
+      </c>
+      <c r="D132" t="s">
+        <v>830</v>
+      </c>
+      <c r="E132" t="s">
+        <v>173</v>
+      </c>
+      <c r="F132" t="s">
+        <v>56</v>
+      </c>
+      <c r="G132" t="s">
+        <v>78</v>
+      </c>
+      <c r="H132" t="s">
+        <v>79</v>
+      </c>
+      <c r="I132" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="J132" t="s">
+        <v>22</v>
+      </c>
+      <c r="K132" t="s">
+        <v>831</v>
+      </c>
+      <c r="L132" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="133" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A133" t="s">
+        <v>833</v>
+      </c>
+      <c r="B133" t="s">
+        <v>834</v>
+      </c>
+      <c r="C133" s="5">
+        <v>2007</v>
+      </c>
+      <c r="D133" t="s">
+        <v>835</v>
+      </c>
+      <c r="E133" t="s">
+        <v>17</v>
+      </c>
+      <c r="F133" t="s">
+        <v>2261</v>
+      </c>
+      <c r="G133" t="s">
+        <v>836</v>
+      </c>
+      <c r="H133" t="s">
+        <v>837</v>
+      </c>
+      <c r="I133" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J133" t="s">
+        <v>22</v>
+      </c>
+      <c r="K133" t="s">
+        <v>637</v>
+      </c>
+      <c r="L133" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="134" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A134" t="s">
+        <v>839</v>
+      </c>
+      <c r="B134" t="s">
+        <v>840</v>
+      </c>
+      <c r="C134" s="5">
+        <v>2008</v>
+      </c>
+      <c r="D134" t="s">
+        <v>841</v>
+      </c>
+      <c r="E134" t="s">
+        <v>17</v>
+      </c>
+      <c r="F134" t="s">
+        <v>56</v>
+      </c>
+      <c r="G134" t="s">
+        <v>842</v>
+      </c>
+      <c r="H134" t="s">
+        <v>843</v>
+      </c>
+      <c r="I134" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J134" t="s">
+        <v>22</v>
+      </c>
+      <c r="K134" t="s">
+        <v>398</v>
+      </c>
+      <c r="L134" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="135" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A135" t="s">
+        <v>845</v>
+      </c>
+      <c r="B135" t="s">
+        <v>846</v>
+      </c>
+      <c r="C135" s="5">
+        <v>2008</v>
+      </c>
+      <c r="D135" t="s">
+        <v>847</v>
+      </c>
+      <c r="E135" t="s">
+        <v>173</v>
+      </c>
+      <c r="F135" t="s">
+        <v>56</v>
+      </c>
+      <c r="G135" t="s">
+        <v>848</v>
+      </c>
+      <c r="H135" t="s">
+        <v>849</v>
+      </c>
+      <c r="I135" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="J135" t="s">
+        <v>22</v>
+      </c>
+      <c r="K135" t="s">
+        <v>176</v>
+      </c>
+      <c r="L135" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="136" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A136" t="s">
+        <v>851</v>
+      </c>
+      <c r="B136" t="s">
+        <v>852</v>
+      </c>
+      <c r="C136" s="5">
+        <v>2009</v>
+      </c>
+      <c r="D136" t="s">
+        <v>853</v>
+      </c>
+      <c r="E136" t="s">
+        <v>17</v>
+      </c>
+      <c r="F136" t="s">
+        <v>56</v>
+      </c>
+      <c r="G136" t="s">
+        <v>854</v>
+      </c>
+      <c r="H136" t="s">
+        <v>855</v>
+      </c>
+      <c r="I136" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="J136" t="s">
+        <v>22</v>
+      </c>
+      <c r="K136" t="s">
+        <v>38</v>
+      </c>
+      <c r="L136" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="137" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A137" t="s">
+        <v>857</v>
+      </c>
+      <c r="B137" t="s">
+        <v>858</v>
+      </c>
+      <c r="C137" s="5">
+        <v>1998</v>
+      </c>
+      <c r="D137" t="s">
+        <v>859</v>
+      </c>
+      <c r="E137" t="s">
+        <v>17</v>
+      </c>
+      <c r="F137" t="s">
+        <v>2263</v>
+      </c>
+      <c r="G137" t="s">
+        <v>860</v>
+      </c>
+      <c r="H137" t="s">
+        <v>861</v>
+      </c>
+      <c r="I137" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J137" t="s">
+        <v>22</v>
+      </c>
+      <c r="K137" t="s">
+        <v>862</v>
+      </c>
+      <c r="L137" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="138" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A138" t="s">
+        <v>864</v>
+      </c>
+      <c r="B138" t="s">
+        <v>865</v>
+      </c>
+      <c r="C138" s="5">
+        <v>2010</v>
+      </c>
+      <c r="D138" t="s">
+        <v>866</v>
+      </c>
+      <c r="E138" t="s">
+        <v>17</v>
+      </c>
+      <c r="F138" t="s">
+        <v>56</v>
+      </c>
+      <c r="G138" t="s">
+        <v>867</v>
+      </c>
+      <c r="H138" t="s">
+        <v>868</v>
+      </c>
+      <c r="I138" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="J138" t="s">
+        <v>22</v>
+      </c>
+      <c r="K138" t="s">
+        <v>241</v>
+      </c>
+      <c r="L138" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="139" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A139" t="s">
+        <v>870</v>
+      </c>
+      <c r="B139" t="s">
+        <v>871</v>
+      </c>
+      <c r="C139" s="5">
+        <v>2010</v>
+      </c>
+      <c r="D139" t="s">
+        <v>872</v>
+      </c>
+      <c r="E139" t="s">
+        <v>17</v>
+      </c>
+      <c r="F139" t="s">
+        <v>56</v>
+      </c>
+      <c r="G139" t="s">
+        <v>873</v>
+      </c>
+      <c r="H139" t="s">
+        <v>874</v>
+      </c>
+      <c r="I139" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="J139" t="s">
+        <v>72</v>
+      </c>
+      <c r="K139" t="s">
+        <v>241</v>
+      </c>
+      <c r="L139" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="140" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A140" t="s">
+        <v>876</v>
+      </c>
+      <c r="B140" t="s">
+        <v>877</v>
+      </c>
+      <c r="C140" s="5">
+        <v>1995</v>
+      </c>
+      <c r="D140" t="s">
+        <v>878</v>
+      </c>
+      <c r="E140" t="s">
+        <v>17</v>
+      </c>
+      <c r="F140" t="s">
+        <v>56</v>
+      </c>
+      <c r="G140" t="s">
+        <v>879</v>
+      </c>
+      <c r="H140" t="s">
+        <v>880</v>
+      </c>
+      <c r="I140" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J140" t="s">
+        <v>22</v>
+      </c>
+      <c r="K140" t="s">
+        <v>881</v>
+      </c>
+      <c r="L140" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="141" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A141" t="s">
+        <v>883</v>
+      </c>
+      <c r="B141" t="s">
+        <v>884</v>
+      </c>
+      <c r="C141" s="5">
+        <v>2015</v>
+      </c>
+      <c r="D141" t="s">
+        <v>885</v>
+      </c>
+      <c r="E141" t="s">
+        <v>17</v>
+      </c>
+      <c r="F141" t="s">
+        <v>56</v>
+      </c>
+      <c r="G141" t="s">
+        <v>879</v>
+      </c>
+      <c r="H141" t="s">
+        <v>880</v>
+      </c>
+      <c r="I141" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J141" t="s">
+        <v>72</v>
+      </c>
+      <c r="K141" t="s">
+        <v>664</v>
+      </c>
+      <c r="L141" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="142" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A142" t="s">
+        <v>887</v>
+      </c>
+      <c r="B142" t="s">
+        <v>888</v>
+      </c>
+      <c r="C142" s="5">
+        <v>2000</v>
+      </c>
+      <c r="D142" t="s">
+        <v>889</v>
+      </c>
+      <c r="E142" t="s">
+        <v>17</v>
+      </c>
+      <c r="F142" t="s">
+        <v>56</v>
+      </c>
+      <c r="G142" t="s">
+        <v>890</v>
+      </c>
+      <c r="H142" t="s">
+        <v>891</v>
+      </c>
+      <c r="I142" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J142" t="s">
+        <v>72</v>
+      </c>
+      <c r="K142" t="s">
+        <v>46</v>
+      </c>
+      <c r="L142" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="143" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A143" t="s">
+        <v>893</v>
+      </c>
+      <c r="B143" t="s">
+        <v>894</v>
+      </c>
+      <c r="C143" s="5">
+        <v>2007</v>
+      </c>
+      <c r="D143" t="s">
+        <v>895</v>
+      </c>
+      <c r="E143" t="s">
+        <v>173</v>
+      </c>
+      <c r="F143" t="s">
+        <v>56</v>
+      </c>
+      <c r="G143" t="s">
+        <v>896</v>
+      </c>
+      <c r="H143" t="s">
+        <v>897</v>
+      </c>
+      <c r="I143" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J143" t="s">
+        <v>72</v>
+      </c>
+      <c r="K143" t="s">
+        <v>898</v>
+      </c>
+      <c r="L143" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="144" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A144" t="s">
+        <v>900</v>
+      </c>
+      <c r="B144" t="s">
+        <v>901</v>
+      </c>
+      <c r="C144" s="5">
+        <v>2007</v>
+      </c>
+      <c r="D144" t="s">
+        <v>902</v>
+      </c>
+      <c r="E144" t="s">
+        <v>173</v>
+      </c>
+      <c r="F144" t="s">
+        <v>56</v>
+      </c>
+      <c r="G144" t="s">
+        <v>896</v>
+      </c>
+      <c r="H144" t="s">
+        <v>897</v>
+      </c>
+      <c r="I144" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J144" t="s">
+        <v>22</v>
+      </c>
+      <c r="K144" t="s">
+        <v>898</v>
+      </c>
+      <c r="L144" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="145" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A145" t="s">
+        <v>904</v>
+      </c>
+      <c r="B145" t="s">
+        <v>905</v>
+      </c>
+      <c r="C145" s="5">
+        <v>1990</v>
+      </c>
+      <c r="D145" t="s">
+        <v>906</v>
+      </c>
+      <c r="E145" t="s">
+        <v>17</v>
+      </c>
+      <c r="F145" t="s">
+        <v>56</v>
+      </c>
+      <c r="G145" t="s">
+        <v>907</v>
+      </c>
+      <c r="H145" t="s">
+        <v>908</v>
+      </c>
+      <c r="I145" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J145" t="s">
+        <v>45</v>
+      </c>
+      <c r="K145" t="s">
+        <v>580</v>
+      </c>
+      <c r="L145" t="s">
+        <v>909</v>
+      </c>
+      <c r="M145" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="146" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A146" t="s">
+        <v>910</v>
+      </c>
+      <c r="B146" t="s">
+        <v>911</v>
+      </c>
+      <c r="C146" s="5">
+        <v>2004</v>
+      </c>
+      <c r="D146" t="s">
+        <v>912</v>
+      </c>
+      <c r="E146" t="s">
+        <v>17</v>
+      </c>
+      <c r="F146" t="s">
+        <v>56</v>
+      </c>
+      <c r="G146" t="s">
+        <v>913</v>
+      </c>
+      <c r="H146" t="s">
+        <v>914</v>
+      </c>
+      <c r="I146" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J146" t="s">
+        <v>22</v>
+      </c>
+      <c r="K146" t="s">
+        <v>118</v>
+      </c>
+      <c r="L146" t="s">
+        <v>915</v>
+      </c>
+      <c r="M146" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="147" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A147" t="s">
+        <v>916</v>
+      </c>
+      <c r="B147" t="s">
+        <v>917</v>
+      </c>
+      <c r="C147" s="5">
+        <v>1990</v>
+      </c>
+      <c r="D147" t="s">
+        <v>918</v>
+      </c>
+      <c r="E147" t="s">
+        <v>17</v>
+      </c>
+      <c r="F147" t="s">
+        <v>56</v>
+      </c>
+      <c r="G147" t="s">
+        <v>919</v>
+      </c>
+      <c r="H147" t="s">
+        <v>920</v>
+      </c>
+      <c r="I147" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J147" t="s">
+        <v>45</v>
+      </c>
+      <c r="K147" t="s">
+        <v>286</v>
+      </c>
+      <c r="L147" t="s">
+        <v>921</v>
+      </c>
+      <c r="M147" t="s">
+        <v>104</v>
+      </c>
+      <c r="N147" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="148" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A148" t="s">
+        <v>922</v>
+      </c>
+      <c r="B148" t="s">
+        <v>923</v>
+      </c>
+      <c r="C148" s="5">
+        <v>2001</v>
+      </c>
+      <c r="D148" t="s">
+        <v>924</v>
+      </c>
+      <c r="E148" t="s">
+        <v>17</v>
+      </c>
+      <c r="F148" t="s">
+        <v>56</v>
+      </c>
+      <c r="G148" t="s">
+        <v>925</v>
+      </c>
+      <c r="H148" t="s">
+        <v>926</v>
+      </c>
+      <c r="I148" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="J148" t="s">
+        <v>22</v>
+      </c>
+      <c r="K148" t="s">
+        <v>580</v>
+      </c>
+      <c r="L148" t="s">
+        <v>927</v>
+      </c>
+      <c r="M148" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="149" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A149" t="s">
+        <v>928</v>
+      </c>
+      <c r="B149" t="s">
+        <v>929</v>
+      </c>
+      <c r="C149" s="5">
+        <v>1996</v>
+      </c>
+      <c r="D149" t="s">
+        <v>930</v>
+      </c>
+      <c r="E149" t="s">
+        <v>17</v>
+      </c>
+      <c r="F149" t="s">
+        <v>56</v>
+      </c>
+      <c r="G149" t="s">
+        <v>931</v>
+      </c>
+      <c r="H149" t="s">
+        <v>932</v>
+      </c>
+      <c r="I149" s="5"/>
+      <c r="J149" t="s">
+        <v>22</v>
+      </c>
+      <c r="K149" t="s">
+        <v>580</v>
+      </c>
+      <c r="L149" t="s">
+        <v>933</v>
+      </c>
+      <c r="M149" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="150" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A150" t="s">
+        <v>934</v>
+      </c>
+      <c r="B150" t="s">
+        <v>935</v>
+      </c>
+      <c r="C150" s="5">
+        <v>2010</v>
+      </c>
+      <c r="D150" t="s">
+        <v>936</v>
+      </c>
+      <c r="E150" t="s">
+        <v>17</v>
+      </c>
+      <c r="F150" t="s">
+        <v>56</v>
+      </c>
+      <c r="G150" t="s">
+        <v>937</v>
+      </c>
+      <c r="H150" t="s">
+        <v>938</v>
+      </c>
+      <c r="I150" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J150" t="s">
+        <v>72</v>
+      </c>
+      <c r="K150" t="s">
+        <v>939</v>
+      </c>
+      <c r="L150" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="151" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A151" t="s">
+        <v>941</v>
+      </c>
+      <c r="B151" t="s">
+        <v>942</v>
+      </c>
+      <c r="C151" s="5">
+        <v>1993</v>
+      </c>
+      <c r="D151" t="s">
+        <v>943</v>
+      </c>
+      <c r="E151" t="s">
+        <v>17</v>
+      </c>
+      <c r="F151" t="s">
+        <v>56</v>
+      </c>
+      <c r="G151" t="s">
+        <v>944</v>
+      </c>
+      <c r="H151" t="s">
+        <v>945</v>
+      </c>
+      <c r="I151" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J151" t="s">
+        <v>22</v>
+      </c>
+      <c r="K151" t="s">
+        <v>491</v>
+      </c>
+      <c r="L151" t="s">
+        <v>946</v>
+      </c>
+      <c r="M151" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="152" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A152" t="s">
+        <v>947</v>
+      </c>
+      <c r="B152" t="s">
+        <v>948</v>
+      </c>
+      <c r="C152" s="5">
+        <v>1992</v>
+      </c>
+      <c r="D152" t="s">
+        <v>949</v>
+      </c>
+      <c r="E152" t="s">
+        <v>17</v>
+      </c>
+      <c r="F152" t="s">
+        <v>56</v>
+      </c>
+      <c r="G152" t="s">
+        <v>950</v>
+      </c>
+      <c r="H152" t="s">
+        <v>951</v>
+      </c>
+      <c r="I152" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J152" t="s">
+        <v>22</v>
+      </c>
+      <c r="K152" t="s">
+        <v>241</v>
+      </c>
+      <c r="L152" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="153" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A153" t="s">
+        <v>953</v>
+      </c>
+      <c r="B153" t="s">
+        <v>954</v>
+      </c>
+      <c r="C153" s="5">
+        <v>1972</v>
+      </c>
+      <c r="D153" t="s">
+        <v>955</v>
+      </c>
+      <c r="E153" t="s">
+        <v>17</v>
+      </c>
+      <c r="F153" t="s">
+        <v>56</v>
+      </c>
+      <c r="G153" t="s">
+        <v>956</v>
+      </c>
+      <c r="H153" t="s">
+        <v>957</v>
+      </c>
+      <c r="I153" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J153" t="s">
+        <v>72</v>
+      </c>
+      <c r="K153" t="s">
+        <v>958</v>
+      </c>
+      <c r="L153" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="154" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A154" t="s">
+        <v>960</v>
+      </c>
+      <c r="B154" t="s">
+        <v>961</v>
+      </c>
+      <c r="C154" s="5">
+        <v>1998</v>
+      </c>
+      <c r="E154" t="s">
+        <v>173</v>
+      </c>
+      <c r="F154" t="s">
+        <v>56</v>
+      </c>
+      <c r="G154" t="s">
+        <v>85</v>
+      </c>
+      <c r="H154" t="s">
+        <v>86</v>
+      </c>
+      <c r="I154" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J154" t="s">
+        <v>72</v>
+      </c>
+      <c r="K154" t="s">
+        <v>962</v>
+      </c>
+      <c r="L154" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="155" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A155" t="s">
+        <v>964</v>
+      </c>
+      <c r="B155" t="s">
+        <v>965</v>
+      </c>
+      <c r="C155" s="5">
+        <v>1956</v>
+      </c>
+      <c r="D155" t="s">
+        <v>966</v>
+      </c>
+      <c r="E155" t="s">
+        <v>17</v>
+      </c>
+      <c r="F155" t="s">
+        <v>56</v>
+      </c>
+      <c r="G155" t="s">
+        <v>967</v>
+      </c>
+      <c r="H155" t="s">
+        <v>968</v>
+      </c>
+      <c r="I155" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J155" t="s">
+        <v>22</v>
+      </c>
+      <c r="K155" t="s">
+        <v>160</v>
+      </c>
+      <c r="L155" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="156" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A156" t="s">
+        <v>970</v>
+      </c>
+      <c r="B156" t="s">
+        <v>971</v>
+      </c>
+      <c r="C156" s="5">
+        <v>1956</v>
+      </c>
+      <c r="D156" t="s">
+        <v>972</v>
+      </c>
+      <c r="E156" t="s">
+        <v>173</v>
+      </c>
+      <c r="F156" t="s">
+        <v>56</v>
+      </c>
+      <c r="G156" t="s">
+        <v>967</v>
+      </c>
+      <c r="H156" t="s">
+        <v>968</v>
+      </c>
+      <c r="I156" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J156" t="s">
+        <v>22</v>
+      </c>
+      <c r="K156" t="s">
+        <v>973</v>
+      </c>
+      <c r="L156" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="157" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A157" t="s">
+        <v>975</v>
+      </c>
+      <c r="B157" t="s">
+        <v>976</v>
+      </c>
+      <c r="C157" s="5">
+        <v>1956</v>
+      </c>
+      <c r="D157" t="s">
+        <v>977</v>
+      </c>
+      <c r="E157" t="s">
+        <v>173</v>
+      </c>
+      <c r="F157" t="s">
+        <v>56</v>
+      </c>
+      <c r="G157" t="s">
+        <v>967</v>
+      </c>
+      <c r="H157" t="s">
+        <v>968</v>
+      </c>
+      <c r="I157" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J157" t="s">
+        <v>22</v>
+      </c>
+      <c r="K157" t="s">
+        <v>978</v>
+      </c>
+      <c r="L157" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="158" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A158" t="s">
+        <v>980</v>
+      </c>
+      <c r="B158" t="s">
+        <v>981</v>
+      </c>
+      <c r="C158" s="5">
+        <v>2008</v>
+      </c>
+      <c r="D158" t="s">
+        <v>982</v>
+      </c>
+      <c r="E158" t="s">
+        <v>17</v>
+      </c>
+      <c r="F158" t="s">
+        <v>56</v>
+      </c>
+      <c r="G158" t="s">
+        <v>983</v>
+      </c>
+      <c r="H158" t="s">
+        <v>984</v>
+      </c>
+      <c r="I158" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="J158" t="s">
+        <v>279</v>
+      </c>
+      <c r="K158" t="s">
+        <v>73</v>
+      </c>
+      <c r="L158" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="159" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A159" t="s">
+        <v>986</v>
+      </c>
+      <c r="B159" t="s">
+        <v>987</v>
+      </c>
+      <c r="C159" s="5">
+        <v>2006</v>
+      </c>
+      <c r="D159" t="s">
+        <v>988</v>
+      </c>
+      <c r="E159" t="s">
+        <v>17</v>
+      </c>
+      <c r="F159" t="s">
+        <v>56</v>
+      </c>
+      <c r="G159" t="s">
+        <v>989</v>
+      </c>
+      <c r="H159" t="s">
+        <v>938</v>
+      </c>
+      <c r="I159" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J159" t="s">
+        <v>22</v>
+      </c>
+      <c r="K159" t="s">
+        <v>87</v>
+      </c>
+      <c r="L159" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="160" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A160" t="s">
+        <v>991</v>
+      </c>
+      <c r="B160" t="s">
+        <v>992</v>
+      </c>
+      <c r="C160" s="5">
+        <v>2001</v>
+      </c>
+      <c r="E160" t="s">
+        <v>173</v>
+      </c>
+      <c r="F160" t="s">
+        <v>56</v>
+      </c>
+      <c r="G160" t="s">
+        <v>993</v>
+      </c>
+      <c r="H160" t="s">
+        <v>994</v>
+      </c>
+      <c r="I160" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J160" t="s">
+        <v>45</v>
+      </c>
+      <c r="K160" t="s">
+        <v>995</v>
+      </c>
+      <c r="L160" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="161" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A161" t="s">
+        <v>997</v>
+      </c>
+      <c r="B161" t="s">
+        <v>998</v>
+      </c>
+      <c r="C161" s="5">
+        <v>2003</v>
+      </c>
+      <c r="D161" t="s">
+        <v>999</v>
+      </c>
+      <c r="E161" t="s">
+        <v>17</v>
+      </c>
+      <c r="F161" t="s">
+        <v>56</v>
+      </c>
+      <c r="G161" t="s">
+        <v>416</v>
+      </c>
+      <c r="H161" t="s">
+        <v>1000</v>
+      </c>
+      <c r="I161" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J161" t="s">
+        <v>72</v>
+      </c>
+      <c r="K161" t="s">
+        <v>1001</v>
+      </c>
+      <c r="L161" t="s">
+        <v>1002</v>
+      </c>
+      <c r="N161" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="162" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A162" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B162" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C162" s="5">
+        <v>1985</v>
+      </c>
+      <c r="D162" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E162" t="s">
+        <v>17</v>
+      </c>
+      <c r="F162" t="s">
+        <v>56</v>
+      </c>
+      <c r="G162" t="s">
+        <v>1006</v>
+      </c>
+      <c r="H162" t="s">
+        <v>1007</v>
+      </c>
+      <c r="I162" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J162" t="s">
+        <v>279</v>
+      </c>
+      <c r="K162" t="s">
+        <v>29</v>
+      </c>
+      <c r="L162" t="s">
+        <v>1008</v>
+      </c>
+      <c r="M162" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="163" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A163" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B163" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C163" s="5">
+        <v>1991</v>
+      </c>
+      <c r="D163" t="s">
+        <v>1011</v>
+      </c>
+      <c r="E163" t="s">
+        <v>17</v>
+      </c>
+      <c r="F163" t="s">
+        <v>56</v>
+      </c>
+      <c r="G163" t="s">
+        <v>78</v>
+      </c>
+      <c r="H163" t="s">
+        <v>79</v>
+      </c>
+      <c r="I163" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="J163" t="s">
+        <v>22</v>
+      </c>
+      <c r="K163" t="s">
+        <v>358</v>
+      </c>
+      <c r="L163" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="164" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A164" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B164" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C164" s="5">
+        <v>1986</v>
+      </c>
+      <c r="D164" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E164" t="s">
+        <v>17</v>
+      </c>
+      <c r="F164" t="s">
+        <v>56</v>
+      </c>
+      <c r="G164" t="s">
+        <v>1016</v>
+      </c>
+      <c r="H164" t="s">
+        <v>1017</v>
+      </c>
+      <c r="I164" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="J164" t="s">
+        <v>22</v>
+      </c>
+      <c r="K164" t="s">
+        <v>29</v>
+      </c>
+      <c r="L164" t="s">
+        <v>1018</v>
+      </c>
+      <c r="M164" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="165" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A165" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B165" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C165" s="5">
+        <v>2005</v>
+      </c>
+      <c r="D165" t="s">
+        <v>1021</v>
+      </c>
+      <c r="E165" t="s">
+        <v>17</v>
+      </c>
+      <c r="F165" t="s">
+        <v>56</v>
+      </c>
+      <c r="G165" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H165" t="s">
+        <v>1023</v>
+      </c>
+      <c r="I165" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="J165" t="s">
+        <v>22</v>
+      </c>
+      <c r="K165" t="s">
+        <v>332</v>
+      </c>
+      <c r="L165" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="166" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A166" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B166" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C166" s="5">
+        <v>2011</v>
+      </c>
+      <c r="D166" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E166" t="s">
+        <v>17</v>
+      </c>
+      <c r="F166" t="s">
+        <v>56</v>
+      </c>
+      <c r="G166" t="s">
+        <v>1028</v>
+      </c>
+      <c r="H166" t="s">
+        <v>1029</v>
+      </c>
+      <c r="I166" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="J166" t="s">
+        <v>22</v>
+      </c>
+      <c r="K166" t="s">
+        <v>545</v>
+      </c>
+      <c r="L166" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="167" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A167" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B167" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C167" s="5">
+        <v>2009</v>
+      </c>
+      <c r="D167" t="s">
+        <v>1033</v>
+      </c>
+      <c r="E167" t="s">
+        <v>17</v>
+      </c>
+      <c r="F167" t="s">
+        <v>56</v>
+      </c>
+      <c r="G167" t="s">
+        <v>1034</v>
+      </c>
+      <c r="H167" t="s">
+        <v>1035</v>
+      </c>
+      <c r="I167" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J167" t="s">
+        <v>45</v>
+      </c>
+      <c r="K167" t="s">
+        <v>1036</v>
+      </c>
+      <c r="L167" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="168" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A168" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B168" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C168" s="5">
+        <v>1997</v>
+      </c>
+      <c r="D168" t="s">
+        <v>1040</v>
+      </c>
+      <c r="E168" t="s">
+        <v>17</v>
+      </c>
+      <c r="F168" t="s">
+        <v>56</v>
+      </c>
+      <c r="G168" t="s">
+        <v>1041</v>
+      </c>
+      <c r="H168" t="s">
+        <v>1042</v>
+      </c>
+      <c r="I168" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="J168" t="s">
+        <v>72</v>
+      </c>
+      <c r="K168" t="s">
+        <v>1043</v>
+      </c>
+      <c r="L168" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="169" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A169" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B169" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C169" s="5">
+        <v>2016</v>
+      </c>
+      <c r="D169" t="s">
+        <v>1047</v>
+      </c>
+      <c r="E169" t="s">
+        <v>17</v>
+      </c>
+      <c r="F169" t="s">
+        <v>56</v>
+      </c>
+      <c r="G169" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H169" t="s">
+        <v>1049</v>
+      </c>
+      <c r="I169" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J169" t="s">
+        <v>22</v>
+      </c>
+      <c r="K169" t="s">
+        <v>95</v>
+      </c>
+      <c r="L169" t="s">
+        <v>1050</v>
+      </c>
+      <c r="N169" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="170" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A170" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B170" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C170" s="5">
+        <v>1961</v>
+      </c>
+      <c r="D170" t="s">
+        <v>1053</v>
+      </c>
+      <c r="E170" t="s">
+        <v>17</v>
+      </c>
+      <c r="F170" t="s">
+        <v>56</v>
+      </c>
+      <c r="G170" t="s">
+        <v>43</v>
+      </c>
+      <c r="H170" t="s">
+        <v>1054</v>
+      </c>
+      <c r="I170" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J170" t="s">
+        <v>45</v>
+      </c>
+      <c r="K170" t="s">
+        <v>29</v>
+      </c>
+      <c r="L170" t="s">
+        <v>1055</v>
+      </c>
+      <c r="M170" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="171" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A171" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B171" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C171" s="5">
+        <v>2013</v>
+      </c>
+      <c r="E171" t="s">
+        <v>17</v>
+      </c>
+      <c r="F171" t="s">
+        <v>56</v>
+      </c>
+      <c r="G171" t="s">
+        <v>603</v>
+      </c>
+      <c r="H171" t="s">
+        <v>1058</v>
+      </c>
+      <c r="I171" s="5"/>
+      <c r="J171" t="s">
+        <v>22</v>
+      </c>
+      <c r="K171" t="s">
+        <v>566</v>
+      </c>
+      <c r="L171" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="172" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A172" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B172" t="s">
+        <v>1061</v>
+      </c>
+      <c r="C172" s="5">
+        <v>1972</v>
+      </c>
+      <c r="D172" t="s">
+        <v>1062</v>
+      </c>
+      <c r="E172" t="s">
+        <v>17</v>
+      </c>
+      <c r="F172" t="s">
+        <v>56</v>
+      </c>
+      <c r="G172" t="s">
+        <v>207</v>
+      </c>
+      <c r="H172" t="s">
+        <v>208</v>
+      </c>
+      <c r="I172" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J172" t="s">
+        <v>22</v>
+      </c>
+      <c r="K172" t="s">
+        <v>241</v>
+      </c>
+      <c r="L172" t="s">
+        <v>1063</v>
+      </c>
+      <c r="M172" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="173" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A173" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B173" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C173" s="5">
+        <v>1998</v>
+      </c>
+      <c r="D173" t="s">
+        <v>1066</v>
+      </c>
+      <c r="E173" t="s">
+        <v>17</v>
+      </c>
+      <c r="F173" t="s">
+        <v>56</v>
+      </c>
+      <c r="G173" t="s">
+        <v>1067</v>
+      </c>
+      <c r="H173" t="s">
+        <v>1068</v>
+      </c>
+      <c r="I173" s="5"/>
+      <c r="J173" t="s">
+        <v>45</v>
+      </c>
+      <c r="K173" t="s">
+        <v>398</v>
+      </c>
+      <c r="L173" t="s">
+        <v>1069</v>
+      </c>
+      <c r="M173" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="174" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A174" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B174" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C174" s="5">
+        <v>2011</v>
+      </c>
+      <c r="D174" t="s">
+        <v>1072</v>
+      </c>
+      <c r="E174" t="s">
+        <v>17</v>
+      </c>
+      <c r="F174" t="s">
+        <v>56</v>
+      </c>
+      <c r="G174" t="s">
+        <v>1073</v>
+      </c>
+      <c r="H174" t="s">
+        <v>1074</v>
+      </c>
+      <c r="I174" s="5" t="s">
+        <v>1075</v>
+      </c>
+      <c r="J174" t="s">
+        <v>22</v>
+      </c>
+      <c r="K174" t="s">
+        <v>46</v>
+      </c>
+      <c r="L174" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="175" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A175" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B175" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C175" s="5">
+        <v>2005</v>
+      </c>
+      <c r="E175" t="s">
+        <v>173</v>
+      </c>
+      <c r="F175" t="s">
+        <v>56</v>
+      </c>
+      <c r="G175" t="s">
+        <v>1079</v>
+      </c>
+      <c r="H175" t="s">
+        <v>1080</v>
+      </c>
+      <c r="I175" s="5" t="s">
+        <v>1075</v>
+      </c>
+      <c r="J175" t="s">
+        <v>72</v>
+      </c>
+      <c r="K175" t="s">
+        <v>1081</v>
+      </c>
+      <c r="L175" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="176" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A176" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B176" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C176" s="5">
+        <v>2017</v>
+      </c>
+      <c r="D176" t="s">
+        <v>1085</v>
+      </c>
+      <c r="E176" t="s">
+        <v>17</v>
+      </c>
+      <c r="F176" t="s">
+        <v>56</v>
+      </c>
+      <c r="G176" t="s">
+        <v>879</v>
+      </c>
+      <c r="H176" t="s">
+        <v>880</v>
+      </c>
+      <c r="I176" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J176" t="s">
+        <v>72</v>
+      </c>
+      <c r="K176" t="s">
+        <v>545</v>
+      </c>
+      <c r="L176" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="177" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A177" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B177" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C177" s="5">
+        <v>2018</v>
+      </c>
+      <c r="D177" t="s">
+        <v>1089</v>
+      </c>
+      <c r="E177" t="s">
+        <v>17</v>
+      </c>
+      <c r="F177" t="s">
+        <v>56</v>
+      </c>
+      <c r="G177" t="s">
+        <v>879</v>
+      </c>
+      <c r="H177" t="s">
+        <v>880</v>
+      </c>
+      <c r="I177" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J177" t="s">
+        <v>72</v>
+      </c>
+      <c r="K177" t="s">
+        <v>23</v>
+      </c>
+      <c r="L177" t="s">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="178" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A178" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B178" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C178" s="5">
+        <v>2016</v>
+      </c>
+      <c r="D178" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E178" t="s">
+        <v>17</v>
+      </c>
+      <c r="F178" t="s">
+        <v>56</v>
+      </c>
+      <c r="G178" t="s">
+        <v>879</v>
+      </c>
+      <c r="H178" t="s">
+        <v>880</v>
+      </c>
+      <c r="I178" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J178" t="s">
+        <v>72</v>
+      </c>
+      <c r="K178" t="s">
+        <v>1094</v>
+      </c>
+      <c r="L178" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="179" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A179" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B179" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C179" s="5">
+        <v>1999</v>
+      </c>
+      <c r="D179" t="s">
+        <v>1098</v>
+      </c>
+      <c r="E179" t="s">
+        <v>173</v>
+      </c>
+      <c r="F179" t="s">
+        <v>56</v>
+      </c>
+      <c r="G179" t="s">
+        <v>1099</v>
+      </c>
+      <c r="H179" t="s">
+        <v>1100</v>
+      </c>
+      <c r="I179" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J179" t="s">
+        <v>72</v>
+      </c>
+      <c r="K179" t="s">
+        <v>1101</v>
+      </c>
+      <c r="L179" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="180" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A180" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B180" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C180" s="5"/>
+      <c r="D180" t="s">
+        <v>1105</v>
+      </c>
+      <c r="E180" t="s">
+        <v>173</v>
+      </c>
+      <c r="F180" t="s">
+        <v>56</v>
+      </c>
+      <c r="G180" t="s">
+        <v>1106</v>
+      </c>
+      <c r="H180" t="s">
+        <v>1107</v>
+      </c>
+      <c r="I180" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J180" t="s">
+        <v>1108</v>
+      </c>
+      <c r="K180" t="s">
+        <v>1109</v>
+      </c>
+      <c r="L180" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="181" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A181" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B181" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C181" s="5">
+        <v>1994</v>
+      </c>
+      <c r="D181" t="s">
+        <v>1113</v>
+      </c>
+      <c r="E181" t="s">
+        <v>17</v>
+      </c>
+      <c r="F181" t="s">
+        <v>56</v>
+      </c>
+      <c r="G181" t="s">
+        <v>1114</v>
+      </c>
+      <c r="H181" t="s">
+        <v>1115</v>
+      </c>
+      <c r="I181" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J181" t="s">
+        <v>22</v>
+      </c>
+      <c r="K181" t="s">
+        <v>573</v>
+      </c>
+      <c r="L181" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="182" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A182" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B182" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C182" s="5">
+        <v>1983</v>
+      </c>
+      <c r="D182" t="s">
+        <v>1119</v>
+      </c>
+      <c r="E182" t="s">
+        <v>17</v>
+      </c>
+      <c r="F182" t="s">
+        <v>56</v>
+      </c>
+      <c r="G182" t="s">
+        <v>1120</v>
+      </c>
+      <c r="H182" t="s">
+        <v>1121</v>
+      </c>
+      <c r="I182" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J182" t="s">
+        <v>22</v>
+      </c>
+      <c r="K182" t="s">
+        <v>118</v>
+      </c>
+      <c r="L182" t="s">
+        <v>1122</v>
+      </c>
+      <c r="M182" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="183" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A183" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B183" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C183" s="5">
+        <v>2002</v>
+      </c>
+      <c r="D183" t="s">
+        <v>1125</v>
+      </c>
+      <c r="E183" t="s">
+        <v>17</v>
+      </c>
+      <c r="F183" t="s">
+        <v>56</v>
+      </c>
+      <c r="G183" t="s">
+        <v>1126</v>
+      </c>
+      <c r="H183" t="s">
+        <v>1127</v>
+      </c>
+      <c r="I183" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="J183" t="s">
+        <v>22</v>
+      </c>
+      <c r="K183" t="s">
+        <v>1128</v>
+      </c>
+      <c r="L183" t="s">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="184" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A184" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C184" s="5">
+        <v>2007</v>
+      </c>
+      <c r="D184" t="s">
+        <v>1132</v>
+      </c>
+      <c r="E184" t="s">
+        <v>173</v>
+      </c>
+      <c r="F184" t="s">
+        <v>56</v>
+      </c>
+      <c r="G184" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H184" t="s">
+        <v>1134</v>
+      </c>
+      <c r="I184" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="J184" t="s">
+        <v>72</v>
+      </c>
+      <c r="K184" t="s">
+        <v>1135</v>
+      </c>
+      <c r="L184" t="s">
+        <v>1136</v>
+      </c>
+      <c r="N184" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="185" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A185" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B185" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C185" s="5">
+        <v>2012</v>
+      </c>
+      <c r="D185" t="s">
+        <v>1132</v>
+      </c>
+      <c r="E185" t="s">
+        <v>17</v>
+      </c>
+      <c r="F185" t="s">
+        <v>56</v>
+      </c>
+      <c r="G185" t="s">
+        <v>1139</v>
+      </c>
+      <c r="H185" t="s">
+        <v>1140</v>
+      </c>
+      <c r="I185" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="J185" t="s">
+        <v>72</v>
+      </c>
+      <c r="K185" t="s">
+        <v>313</v>
+      </c>
+      <c r="L185" t="s">
+        <v>1141</v>
+      </c>
+      <c r="N185" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="186" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A186" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C186" s="5">
+        <v>1971</v>
+      </c>
+      <c r="D186" t="s">
+        <v>1144</v>
+      </c>
+      <c r="E186" t="s">
+        <v>17</v>
+      </c>
+      <c r="F186" t="s">
+        <v>56</v>
+      </c>
+      <c r="G186" t="s">
+        <v>1145</v>
+      </c>
+      <c r="H186" t="s">
+        <v>1146</v>
+      </c>
+      <c r="I186" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J186" t="s">
+        <v>22</v>
+      </c>
+      <c r="K186" t="s">
+        <v>246</v>
+      </c>
+      <c r="L186" t="s">
+        <v>1147</v>
+      </c>
+      <c r="M186" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="187" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A187" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C187" s="5">
+        <v>1958</v>
+      </c>
+      <c r="D187" t="s">
+        <v>1150</v>
+      </c>
+      <c r="E187" t="s">
+        <v>173</v>
+      </c>
+      <c r="F187" t="s">
+        <v>56</v>
+      </c>
+      <c r="G187" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H187" t="s">
+        <v>1152</v>
+      </c>
+      <c r="I187" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J187" t="s">
+        <v>72</v>
+      </c>
+      <c r="K187" t="s">
+        <v>1153</v>
+      </c>
+      <c r="L187" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="188" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A188" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C188" s="5">
+        <v>2005</v>
+      </c>
+      <c r="D188" t="s">
+        <v>1157</v>
+      </c>
+      <c r="E188" t="s">
+        <v>17</v>
+      </c>
+      <c r="F188" t="s">
+        <v>56</v>
+      </c>
+      <c r="G188" t="s">
+        <v>1158</v>
+      </c>
+      <c r="H188" t="s">
+        <v>1159</v>
+      </c>
+      <c r="I188" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J188" t="s">
+        <v>45</v>
+      </c>
+      <c r="K188" t="s">
+        <v>1128</v>
+      </c>
+      <c r="L188" t="s">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="189" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A189" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C189" s="5">
+        <v>2011</v>
+      </c>
+      <c r="D189" t="s">
+        <v>1163</v>
+      </c>
+      <c r="E189" t="s">
+        <v>17</v>
+      </c>
+      <c r="F189" t="s">
+        <v>56</v>
+      </c>
+      <c r="G189" t="s">
+        <v>1164</v>
+      </c>
+      <c r="H189" t="s">
+        <v>1165</v>
+      </c>
+      <c r="I189" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="J189" t="s">
+        <v>72</v>
+      </c>
+      <c r="K189" t="s">
+        <v>1166</v>
+      </c>
+      <c r="L189" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="190" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A190" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C190" s="5">
+        <v>2019</v>
+      </c>
+      <c r="E190" t="s">
+        <v>144</v>
+      </c>
+      <c r="F190" t="s">
+        <v>56</v>
+      </c>
+      <c r="G190" t="s">
+        <v>19</v>
+      </c>
+      <c r="H190" t="s">
+        <v>20</v>
+      </c>
+      <c r="I190" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J190" t="s">
+        <v>1170</v>
+      </c>
+      <c r="K190" t="s">
+        <v>1171</v>
+      </c>
+      <c r="L190" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="191" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A191" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C191" s="5">
+        <v>2020</v>
+      </c>
+      <c r="E191" t="s">
+        <v>17</v>
+      </c>
+      <c r="F191" t="s">
+        <v>56</v>
+      </c>
+      <c r="G191" t="s">
+        <v>19</v>
+      </c>
+      <c r="H191" t="s">
+        <v>20</v>
+      </c>
+      <c r="I191" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J191" t="s">
+        <v>1175</v>
+      </c>
+      <c r="K191" t="s">
+        <v>139</v>
+      </c>
+      <c r="L191" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="192" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A192" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C192" s="5">
+        <v>2000</v>
+      </c>
+      <c r="E192" t="s">
+        <v>173</v>
+      </c>
+      <c r="F192" t="s">
+        <v>2261</v>
+      </c>
+      <c r="G192" t="s">
+        <v>1179</v>
+      </c>
+      <c r="H192" t="s">
+        <v>1180</v>
+      </c>
+      <c r="I192" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J192" t="s">
+        <v>45</v>
+      </c>
+      <c r="K192" t="s">
+        <v>1181</v>
+      </c>
+      <c r="L192" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="193" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A193" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C193" s="5">
+        <v>2018</v>
+      </c>
+      <c r="E193" t="s">
+        <v>144</v>
+      </c>
+      <c r="F193" t="s">
+        <v>56</v>
+      </c>
+      <c r="G193" t="s">
+        <v>19</v>
+      </c>
+      <c r="H193" t="s">
+        <v>20</v>
+      </c>
+      <c r="I193" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J193" t="s">
+        <v>195</v>
+      </c>
+      <c r="K193" t="s">
+        <v>1171</v>
+      </c>
+      <c r="L193" t="s">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="194" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A194" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C194" s="5">
+        <v>2020</v>
+      </c>
+      <c r="E194" t="s">
+        <v>17</v>
+      </c>
+      <c r="F194" t="s">
+        <v>56</v>
+      </c>
+      <c r="G194" t="s">
+        <v>19</v>
+      </c>
+      <c r="H194" t="s">
+        <v>20</v>
+      </c>
+      <c r="I194" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J194" t="s">
+        <v>1108</v>
+      </c>
+      <c r="K194" t="s">
+        <v>1188</v>
+      </c>
+      <c r="L194" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="195" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A195" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C195" s="5">
+        <v>2008</v>
+      </c>
+      <c r="E195" t="s">
+        <v>17</v>
+      </c>
+      <c r="F195" t="s">
+        <v>56</v>
+      </c>
+      <c r="G195" t="s">
+        <v>557</v>
+      </c>
+      <c r="H195" t="s">
+        <v>558</v>
+      </c>
+      <c r="I195" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J195" t="s">
+        <v>72</v>
+      </c>
+      <c r="K195" t="s">
+        <v>313</v>
+      </c>
+      <c r="L195" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="196" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A196" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C196" s="5">
+        <v>1969</v>
+      </c>
+      <c r="D196" t="s">
+        <v>1195</v>
+      </c>
+      <c r="E196" t="s">
+        <v>17</v>
+      </c>
+      <c r="F196" t="s">
+        <v>18</v>
+      </c>
+      <c r="G196" t="s">
+        <v>557</v>
+      </c>
+      <c r="H196" t="s">
+        <v>558</v>
+      </c>
+      <c r="I196" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J196" t="s">
+        <v>45</v>
+      </c>
+      <c r="K196" t="s">
+        <v>320</v>
+      </c>
+      <c r="L196" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="197" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A197" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C197" s="5">
+        <v>1996</v>
+      </c>
+      <c r="D197" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E197" t="s">
+        <v>17</v>
+      </c>
+      <c r="F197" t="s">
+        <v>56</v>
+      </c>
+      <c r="G197" t="s">
+        <v>557</v>
+      </c>
+      <c r="H197" t="s">
+        <v>558</v>
+      </c>
+      <c r="I197" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J197" t="s">
+        <v>22</v>
+      </c>
+      <c r="K197" t="s">
+        <v>260</v>
+      </c>
+      <c r="L197" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="198" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A198" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C198" s="5">
+        <v>1996</v>
+      </c>
+      <c r="D198" t="s">
+        <v>1203</v>
+      </c>
+      <c r="E198" t="s">
+        <v>17</v>
+      </c>
+      <c r="F198" t="s">
+        <v>56</v>
+      </c>
+      <c r="G198" t="s">
+        <v>557</v>
+      </c>
+      <c r="H198" t="s">
+        <v>558</v>
+      </c>
+      <c r="I198" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J198" t="s">
+        <v>45</v>
+      </c>
+      <c r="K198" t="s">
+        <v>260</v>
+      </c>
+      <c r="L198" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="199" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A199" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C199" s="5">
+        <v>2015</v>
+      </c>
+      <c r="E199" t="s">
+        <v>17</v>
+      </c>
+      <c r="F199" t="s">
+        <v>56</v>
+      </c>
+      <c r="G199" t="s">
+        <v>676</v>
+      </c>
+      <c r="H199" t="s">
+        <v>677</v>
+      </c>
+      <c r="I199" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="J199" t="s">
+        <v>72</v>
+      </c>
+      <c r="K199" t="s">
+        <v>664</v>
+      </c>
+      <c r="L199" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="200" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A200" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C200" s="5">
+        <v>2009</v>
+      </c>
+      <c r="D200" t="s">
+        <v>1210</v>
+      </c>
+      <c r="E200" t="s">
+        <v>17</v>
+      </c>
+      <c r="F200" t="s">
+        <v>56</v>
+      </c>
+      <c r="G200" t="s">
+        <v>1211</v>
+      </c>
+      <c r="H200" t="s">
+        <v>1212</v>
+      </c>
+      <c r="I200" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="J200" t="s">
+        <v>22</v>
+      </c>
+      <c r="K200" t="s">
+        <v>38</v>
+      </c>
+      <c r="L200" t="s">
+        <v>1213</v>
+      </c>
+      <c r="N200" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="201" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A201" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C201" s="5">
+        <v>1967</v>
+      </c>
+      <c r="D201" t="s">
+        <v>1216</v>
+      </c>
+      <c r="E201" t="s">
+        <v>17</v>
+      </c>
+      <c r="F201" t="s">
+        <v>56</v>
+      </c>
+      <c r="G201" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H201" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I201" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J201" t="s">
+        <v>45</v>
+      </c>
+      <c r="K201" t="s">
+        <v>1219</v>
+      </c>
+      <c r="L201" t="s">
+        <v>1220</v>
+      </c>
+      <c r="M201" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="202" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A202" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C202" s="5">
+        <v>2009</v>
+      </c>
+      <c r="D202" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E202" t="s">
+        <v>17</v>
+      </c>
+      <c r="F202" t="s">
+        <v>56</v>
+      </c>
+      <c r="G202" t="s">
+        <v>879</v>
+      </c>
+      <c r="H202" t="s">
+        <v>880</v>
+      </c>
+      <c r="I202" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J202" t="s">
+        <v>22</v>
+      </c>
+      <c r="K202" t="s">
+        <v>664</v>
+      </c>
+      <c r="L202" t="s">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="203" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A203" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C203" s="5">
+        <v>1958</v>
+      </c>
+      <c r="D203" t="s">
+        <v>1227</v>
+      </c>
+      <c r="E203" t="s">
+        <v>17</v>
+      </c>
+      <c r="F203" t="s">
+        <v>56</v>
+      </c>
+      <c r="G203" t="s">
+        <v>1228</v>
+      </c>
+      <c r="H203" t="s">
+        <v>1229</v>
+      </c>
+      <c r="I203" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J203" t="s">
+        <v>45</v>
+      </c>
+      <c r="K203" t="s">
+        <v>352</v>
+      </c>
+      <c r="L203" t="s">
+        <v>1230</v>
+      </c>
+      <c r="M203" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="204" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A204" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C204" s="5">
+        <v>2005</v>
+      </c>
+      <c r="D204" t="s">
+        <v>1233</v>
+      </c>
+      <c r="E204" t="s">
+        <v>17</v>
+      </c>
+      <c r="F204" t="s">
+        <v>56</v>
+      </c>
+      <c r="G204" t="s">
+        <v>227</v>
+      </c>
+      <c r="H204" t="s">
+        <v>228</v>
+      </c>
+      <c r="I204" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J204" t="s">
+        <v>45</v>
+      </c>
+      <c r="K204" t="s">
+        <v>209</v>
+      </c>
+      <c r="L204" t="s">
+        <v>1234</v>
+      </c>
+      <c r="M204" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="205" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A205" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C205" s="5">
+        <v>1968</v>
+      </c>
+      <c r="D205" t="s">
+        <v>1237</v>
+      </c>
+      <c r="E205" t="s">
+        <v>17</v>
+      </c>
+      <c r="F205" t="s">
+        <v>56</v>
+      </c>
+      <c r="G205" t="s">
+        <v>78</v>
+      </c>
+      <c r="H205" t="s">
+        <v>79</v>
+      </c>
+      <c r="I205" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="J205" t="s">
+        <v>22</v>
+      </c>
+      <c r="K205" t="s">
+        <v>111</v>
+      </c>
+      <c r="L205" t="s">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="206" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A206" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C206" s="5">
+        <v>1956</v>
+      </c>
+      <c r="D206" t="s">
+        <v>1241</v>
+      </c>
+      <c r="E206" t="s">
+        <v>17</v>
+      </c>
+      <c r="F206" t="s">
+        <v>56</v>
+      </c>
+      <c r="G206" t="s">
+        <v>967</v>
+      </c>
+      <c r="H206" t="s">
+        <v>968</v>
+      </c>
+      <c r="I206" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J206" t="s">
+        <v>45</v>
+      </c>
+      <c r="K206" t="s">
+        <v>498</v>
+      </c>
+      <c r="L206" t="s">
+        <v>1242</v>
+      </c>
+      <c r="M206" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="207" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A207" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C207" s="5">
+        <v>2015</v>
+      </c>
+      <c r="D207" t="s">
+        <v>1245</v>
+      </c>
+      <c r="E207" t="s">
+        <v>173</v>
+      </c>
+      <c r="F207" t="s">
+        <v>56</v>
+      </c>
+      <c r="G207" t="s">
+        <v>227</v>
+      </c>
+      <c r="H207" t="s">
+        <v>228</v>
+      </c>
+      <c r="I207" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J207" t="s">
+        <v>45</v>
+      </c>
+      <c r="K207" t="s">
+        <v>1246</v>
+      </c>
+      <c r="L207" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="208" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A208" t="s">
+        <v>1248</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C208" s="5">
+        <v>1993</v>
+      </c>
+      <c r="D208" t="s">
+        <v>1250</v>
+      </c>
+      <c r="E208" t="s">
+        <v>17</v>
+      </c>
+      <c r="F208" t="s">
+        <v>56</v>
+      </c>
+      <c r="G208" t="s">
+        <v>1251</v>
+      </c>
+      <c r="H208" t="s">
+        <v>1252</v>
+      </c>
+      <c r="I208" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="J208" t="s">
+        <v>22</v>
+      </c>
+      <c r="K208" t="s">
+        <v>1253</v>
+      </c>
+      <c r="L208" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A209" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C209" s="5">
+        <v>1994</v>
+      </c>
+      <c r="D209" t="s">
+        <v>1257</v>
+      </c>
+      <c r="E209" t="s">
+        <v>173</v>
+      </c>
+      <c r="F209" t="s">
+        <v>56</v>
+      </c>
+      <c r="G209" t="s">
+        <v>227</v>
+      </c>
+      <c r="H209" t="s">
+        <v>228</v>
+      </c>
+      <c r="I209" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J209" t="s">
+        <v>45</v>
+      </c>
+      <c r="K209" t="s">
+        <v>1258</v>
+      </c>
+      <c r="L209" t="s">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A210" t="s">
+        <v>1260</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C210" s="5">
+        <v>1972</v>
+      </c>
+      <c r="D210" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E210" t="s">
+        <v>17</v>
+      </c>
+      <c r="F210" t="s">
+        <v>56</v>
+      </c>
+      <c r="G210" t="s">
+        <v>1263</v>
+      </c>
+      <c r="H210" t="s">
+        <v>1264</v>
+      </c>
+      <c r="I210" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J210" t="s">
+        <v>22</v>
+      </c>
+      <c r="K210" t="s">
+        <v>29</v>
+      </c>
+      <c r="L210" t="s">
+        <v>1265</v>
+      </c>
+      <c r="M210" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A211" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C211" s="5">
+        <v>2008</v>
+      </c>
+      <c r="D211" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E211" t="s">
+        <v>17</v>
+      </c>
+      <c r="F211" t="s">
+        <v>56</v>
+      </c>
+      <c r="G211" t="s">
+        <v>227</v>
+      </c>
+      <c r="H211" t="s">
+        <v>228</v>
+      </c>
+      <c r="I211" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J211" t="s">
+        <v>279</v>
+      </c>
+      <c r="K211" t="s">
+        <v>73</v>
+      </c>
+      <c r="L211" t="s">
+        <v>1269</v>
+      </c>
+      <c r="M211" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A212" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C212" s="5">
+        <v>2011</v>
+      </c>
+      <c r="D212" t="s">
+        <v>1272</v>
+      </c>
+      <c r="E212" t="s">
+        <v>173</v>
+      </c>
+      <c r="F212" t="s">
+        <v>56</v>
+      </c>
+      <c r="G212" t="s">
+        <v>1273</v>
+      </c>
+      <c r="H212" t="s">
+        <v>1274</v>
+      </c>
+      <c r="I212" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="J212" t="s">
+        <v>22</v>
+      </c>
+      <c r="K212" t="s">
+        <v>411</v>
+      </c>
+      <c r="L212" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A213" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C213" s="5">
+        <v>2018</v>
+      </c>
+      <c r="D213" t="s">
+        <v>1278</v>
+      </c>
+      <c r="E213" t="s">
+        <v>17</v>
+      </c>
+      <c r="F213" t="s">
+        <v>56</v>
+      </c>
+      <c r="G213" t="s">
+        <v>1263</v>
+      </c>
+      <c r="H213" t="s">
+        <v>1264</v>
+      </c>
+      <c r="I213" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J213" t="s">
+        <v>22</v>
+      </c>
+      <c r="K213" t="s">
+        <v>23</v>
+      </c>
+      <c r="L213" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A214" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C214" s="5">
+        <v>1992</v>
+      </c>
+      <c r="D214" t="s">
+        <v>1282</v>
+      </c>
+      <c r="E214" t="s">
+        <v>17</v>
+      </c>
+      <c r="F214" t="s">
+        <v>56</v>
+      </c>
+      <c r="G214" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H214" t="s">
+        <v>1284</v>
+      </c>
+      <c r="I214" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J214" t="s">
+        <v>22</v>
+      </c>
+      <c r="K214" t="s">
+        <v>1285</v>
+      </c>
+      <c r="L214" t="s">
+        <v>1286</v>
+      </c>
+      <c r="M214" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A215" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C215" s="5">
+        <v>1989</v>
+      </c>
+      <c r="D215" t="s">
+        <v>1289</v>
+      </c>
+      <c r="E215" t="s">
+        <v>17</v>
+      </c>
+      <c r="F215" t="s">
+        <v>56</v>
+      </c>
+      <c r="G215" t="s">
+        <v>1290</v>
+      </c>
+      <c r="H215" t="s">
+        <v>1291</v>
+      </c>
+      <c r="I215" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J215" t="s">
+        <v>72</v>
+      </c>
+      <c r="K215" t="s">
+        <v>1292</v>
+      </c>
+      <c r="L215" t="s">
+        <v>1293</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A216" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C216" s="5">
+        <v>1970</v>
+      </c>
+      <c r="D216" t="s">
+        <v>1296</v>
+      </c>
+      <c r="E216" t="s">
+        <v>17</v>
+      </c>
+      <c r="F216" t="s">
+        <v>18</v>
+      </c>
+      <c r="G216" t="s">
+        <v>1297</v>
+      </c>
+      <c r="H216" t="s">
+        <v>1298</v>
+      </c>
+      <c r="I216" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J216" t="s">
+        <v>22</v>
+      </c>
+      <c r="K216" t="s">
+        <v>202</v>
+      </c>
+      <c r="L216" t="s">
+        <v>1299</v>
+      </c>
+      <c r="M216" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A217" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C217" s="5">
+        <v>2007</v>
+      </c>
+      <c r="D217" t="s">
+        <v>1302</v>
+      </c>
+      <c r="E217" t="s">
+        <v>17</v>
+      </c>
+      <c r="F217" t="s">
+        <v>2261</v>
+      </c>
+      <c r="G217" t="s">
+        <v>1303</v>
+      </c>
+      <c r="H217" t="s">
+        <v>1304</v>
+      </c>
+      <c r="I217" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="J217" t="s">
+        <v>22</v>
+      </c>
+      <c r="K217" t="s">
+        <v>29</v>
+      </c>
+      <c r="L217" t="s">
+        <v>1305</v>
+      </c>
+      <c r="M217" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A218" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C218" s="5">
+        <v>1987</v>
+      </c>
+      <c r="D218" t="s">
+        <v>1308</v>
+      </c>
+      <c r="E218" t="s">
+        <v>17</v>
+      </c>
+      <c r="F218" t="s">
+        <v>56</v>
+      </c>
+      <c r="G218" t="s">
+        <v>1309</v>
+      </c>
+      <c r="H218" t="s">
         <v>1310</v>
       </c>
-      <c r="I7" s="8" t="s">
-[...25 lines deleted...]
-      <c r="C8" s="6">
+      <c r="I218" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="J218" t="s">
+        <v>22</v>
+      </c>
+      <c r="K218" t="s">
+        <v>545</v>
+      </c>
+      <c r="L218" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A219" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C219" s="5">
+        <v>1956</v>
+      </c>
+      <c r="D219" t="s">
+        <v>1314</v>
+      </c>
+      <c r="E219" t="s">
+        <v>17</v>
+      </c>
+      <c r="F219" t="s">
+        <v>56</v>
+      </c>
+      <c r="G219" t="s">
+        <v>1315</v>
+      </c>
+      <c r="H219" t="s">
+        <v>93</v>
+      </c>
+      <c r="I219" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="J219" t="s">
+        <v>45</v>
+      </c>
+      <c r="K219" t="s">
+        <v>202</v>
+      </c>
+      <c r="L219" t="s">
+        <v>1316</v>
+      </c>
+      <c r="M219" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A220" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C220" s="5">
+        <v>2019</v>
+      </c>
+      <c r="E220" t="s">
+        <v>17</v>
+      </c>
+      <c r="F220" t="s">
+        <v>56</v>
+      </c>
+      <c r="G220" t="s">
+        <v>1319</v>
+      </c>
+      <c r="H220" t="s">
+        <v>1320</v>
+      </c>
+      <c r="I220" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="J220" t="s">
+        <v>72</v>
+      </c>
+      <c r="K220" t="s">
+        <v>1321</v>
+      </c>
+      <c r="L220" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A221" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C221" s="5">
+        <v>2011</v>
+      </c>
+      <c r="D221" t="s">
+        <v>1325</v>
+      </c>
+      <c r="E221" t="s">
+        <v>17</v>
+      </c>
+      <c r="F221" t="s">
+        <v>2261</v>
+      </c>
+      <c r="G221" t="s">
+        <v>78</v>
+      </c>
+      <c r="H221" t="s">
+        <v>79</v>
+      </c>
+      <c r="I221" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="J221" t="s">
+        <v>22</v>
+      </c>
+      <c r="K221" t="s">
+        <v>209</v>
+      </c>
+      <c r="L221" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A222" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C222" s="5">
+        <v>1986</v>
+      </c>
+      <c r="D222" t="s">
+        <v>1329</v>
+      </c>
+      <c r="E222" t="s">
+        <v>17</v>
+      </c>
+      <c r="F222" t="s">
+        <v>56</v>
+      </c>
+      <c r="G222" t="s">
+        <v>1330</v>
+      </c>
+      <c r="H222" t="s">
+        <v>1331</v>
+      </c>
+      <c r="I222" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J222" t="s">
+        <v>45</v>
+      </c>
+      <c r="K222" t="s">
+        <v>153</v>
+      </c>
+      <c r="L222" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A223" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B223" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C223" s="5">
+        <v>2008</v>
+      </c>
+      <c r="D223" t="s">
+        <v>1335</v>
+      </c>
+      <c r="E223" t="s">
+        <v>17</v>
+      </c>
+      <c r="F223" t="s">
+        <v>56</v>
+      </c>
+      <c r="G223" t="s">
+        <v>1336</v>
+      </c>
+      <c r="H223" t="s">
+        <v>1337</v>
+      </c>
+      <c r="I223" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="J223" t="s">
+        <v>22</v>
+      </c>
+      <c r="K223" t="s">
+        <v>1338</v>
+      </c>
+      <c r="L223" t="s">
+        <v>1339</v>
+      </c>
+      <c r="M223" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A224" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B224" t="s">
+        <v>1341</v>
+      </c>
+      <c r="C224" s="5">
+        <v>2008</v>
+      </c>
+      <c r="D224" t="s">
+        <v>1342</v>
+      </c>
+      <c r="E224" t="s">
+        <v>17</v>
+      </c>
+      <c r="F224" t="s">
+        <v>56</v>
+      </c>
+      <c r="G224" t="s">
+        <v>1343</v>
+      </c>
+      <c r="H224" t="s">
+        <v>1344</v>
+      </c>
+      <c r="I224" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J224" t="s">
+        <v>72</v>
+      </c>
+      <c r="K224" t="s">
+        <v>398</v>
+      </c>
+      <c r="L224" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="225" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A225" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C225" s="5">
+        <v>2003</v>
+      </c>
+      <c r="D225" t="s">
+        <v>1348</v>
+      </c>
+      <c r="E225" t="s">
+        <v>17</v>
+      </c>
+      <c r="F225" t="s">
+        <v>56</v>
+      </c>
+      <c r="G225" t="s">
+        <v>1349</v>
+      </c>
+      <c r="H225" t="s">
+        <v>1350</v>
+      </c>
+      <c r="I225" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="J225" t="s">
+        <v>22</v>
+      </c>
+      <c r="K225" t="s">
+        <v>545</v>
+      </c>
+      <c r="L225" t="s">
+        <v>1351</v>
+      </c>
+      <c r="M225" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="226" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A226" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C226" s="5">
+        <v>1996</v>
+      </c>
+      <c r="D226" t="s">
+        <v>1354</v>
+      </c>
+      <c r="E226" t="s">
+        <v>17</v>
+      </c>
+      <c r="F226" t="s">
+        <v>56</v>
+      </c>
+      <c r="G226" t="s">
+        <v>1355</v>
+      </c>
+      <c r="H226" t="s">
+        <v>1356</v>
+      </c>
+      <c r="I226" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J226" t="s">
+        <v>45</v>
+      </c>
+      <c r="K226" t="s">
+        <v>1357</v>
+      </c>
+      <c r="L226" t="s">
+        <v>1358</v>
+      </c>
+      <c r="M226" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="227" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A227" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C227" s="5">
+        <v>2009</v>
+      </c>
+      <c r="E227" t="s">
+        <v>17</v>
+      </c>
+      <c r="F227" t="s">
+        <v>56</v>
+      </c>
+      <c r="G227" t="s">
+        <v>1361</v>
+      </c>
+      <c r="H227" t="s">
+        <v>1362</v>
+      </c>
+      <c r="I227" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J227" t="s">
+        <v>72</v>
+      </c>
+      <c r="K227" t="s">
+        <v>111</v>
+      </c>
+      <c r="L227" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="228" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A228" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C228" s="5">
+        <v>1975</v>
+      </c>
+      <c r="D228" t="s">
+        <v>1366</v>
+      </c>
+      <c r="E228" t="s">
+        <v>17</v>
+      </c>
+      <c r="F228" t="s">
+        <v>56</v>
+      </c>
+      <c r="G228" t="s">
+        <v>1367</v>
+      </c>
+      <c r="H228" t="s">
+        <v>1368</v>
+      </c>
+      <c r="I228" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J228" t="s">
+        <v>45</v>
+      </c>
+      <c r="K228" t="s">
+        <v>1219</v>
+      </c>
+      <c r="L228" t="s">
+        <v>1369</v>
+      </c>
+      <c r="M228" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="229" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A229" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C229" s="5">
+        <v>1993</v>
+      </c>
+      <c r="D229" t="s">
+        <v>1372</v>
+      </c>
+      <c r="E229" t="s">
+        <v>17</v>
+      </c>
+      <c r="F229" t="s">
+        <v>56</v>
+      </c>
+      <c r="G229" t="s">
+        <v>1373</v>
+      </c>
+      <c r="H229" t="s">
+        <v>1374</v>
+      </c>
+      <c r="I229" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J229" t="s">
+        <v>45</v>
+      </c>
+      <c r="K229" t="s">
+        <v>1375</v>
+      </c>
+      <c r="L229" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="230" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A230" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C230" s="5">
+        <v>2011</v>
+      </c>
+      <c r="D230" t="s">
+        <v>1379</v>
+      </c>
+      <c r="E230" t="s">
+        <v>17</v>
+      </c>
+      <c r="F230" t="s">
+        <v>56</v>
+      </c>
+      <c r="G230" t="s">
+        <v>1380</v>
+      </c>
+      <c r="H230" t="s">
+        <v>1381</v>
+      </c>
+      <c r="I230" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J230" t="s">
+        <v>22</v>
+      </c>
+      <c r="K230" t="s">
+        <v>46</v>
+      </c>
+      <c r="L230" t="s">
+        <v>1382</v>
+      </c>
+    </row>
+    <row r="231" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A231" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C231" s="5">
+        <v>2007</v>
+      </c>
+      <c r="D231" t="s">
+        <v>1385</v>
+      </c>
+      <c r="E231" t="s">
+        <v>173</v>
+      </c>
+      <c r="F231" t="s">
+        <v>56</v>
+      </c>
+      <c r="G231" t="s">
+        <v>1386</v>
+      </c>
+      <c r="H231" t="s">
+        <v>1387</v>
+      </c>
+      <c r="I231" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="J231" t="s">
+        <v>22</v>
+      </c>
+      <c r="K231" t="s">
+        <v>1388</v>
+      </c>
+      <c r="L231" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="232" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A232" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C232" s="5">
+        <v>1997</v>
+      </c>
+      <c r="D232" t="s">
+        <v>1392</v>
+      </c>
+      <c r="E232" t="s">
+        <v>17</v>
+      </c>
+      <c r="F232" t="s">
+        <v>56</v>
+      </c>
+      <c r="G232" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H232" t="s">
+        <v>1394</v>
+      </c>
+      <c r="I232" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="J232" t="s">
+        <v>22</v>
+      </c>
+      <c r="K232" t="s">
+        <v>498</v>
+      </c>
+      <c r="L232" t="s">
+        <v>1395</v>
+      </c>
+      <c r="M232" t="s">
+        <v>2259</v>
+      </c>
+      <c r="N232" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="233" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A233" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C233" s="5">
+        <v>1974</v>
+      </c>
+      <c r="D233" t="s">
+        <v>1398</v>
+      </c>
+      <c r="E233" t="s">
+        <v>17</v>
+      </c>
+      <c r="F233" t="s">
+        <v>56</v>
+      </c>
+      <c r="G233" t="s">
+        <v>1399</v>
+      </c>
+      <c r="H233" t="s">
+        <v>1400</v>
+      </c>
+      <c r="I233" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="J233" t="s">
+        <v>72</v>
+      </c>
+      <c r="K233" t="s">
+        <v>617</v>
+      </c>
+      <c r="L233" t="s">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="234" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A234" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C234" s="5">
+        <v>1954</v>
+      </c>
+      <c r="D234" t="s">
+        <v>1404</v>
+      </c>
+      <c r="E234" t="s">
+        <v>17</v>
+      </c>
+      <c r="F234" t="s">
+        <v>56</v>
+      </c>
+      <c r="G234" t="s">
+        <v>1405</v>
+      </c>
+      <c r="H234" t="s">
+        <v>1406</v>
+      </c>
+      <c r="I234" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J234" t="s">
+        <v>45</v>
+      </c>
+      <c r="K234" t="s">
+        <v>216</v>
+      </c>
+      <c r="L234" t="s">
+        <v>1407</v>
+      </c>
+      <c r="M234" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="235" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A235" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B235" t="s">
+        <v>1409</v>
+      </c>
+      <c r="C235" s="5">
+        <v>2013</v>
+      </c>
+      <c r="D235" t="s">
+        <v>1410</v>
+      </c>
+      <c r="E235" t="s">
+        <v>17</v>
+      </c>
+      <c r="F235" t="s">
+        <v>56</v>
+      </c>
+      <c r="G235" t="s">
+        <v>1411</v>
+      </c>
+      <c r="H235" t="s">
+        <v>1412</v>
+      </c>
+      <c r="I235" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J235" t="s">
+        <v>22</v>
+      </c>
+      <c r="K235" t="s">
+        <v>1413</v>
+      </c>
+      <c r="L235" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="236" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A236" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1416</v>
+      </c>
+      <c r="C236" s="5">
+        <v>1974</v>
+      </c>
+      <c r="D236" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E236" t="s">
+        <v>17</v>
+      </c>
+      <c r="F236" t="s">
+        <v>56</v>
+      </c>
+      <c r="G236" t="s">
+        <v>1418</v>
+      </c>
+      <c r="H236" t="s">
+        <v>1419</v>
+      </c>
+      <c r="I236" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J236" t="s">
+        <v>22</v>
+      </c>
+      <c r="K236" t="s">
+        <v>566</v>
+      </c>
+      <c r="L236" t="s">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="237" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A237" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C237" s="5">
+        <v>1995</v>
+      </c>
+      <c r="D237" t="s">
+        <v>1423</v>
+      </c>
+      <c r="E237" t="s">
+        <v>17</v>
+      </c>
+      <c r="F237" t="s">
+        <v>2261</v>
+      </c>
+      <c r="G237" t="s">
+        <v>1424</v>
+      </c>
+      <c r="H237" t="s">
+        <v>1425</v>
+      </c>
+      <c r="I237" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J237" t="s">
+        <v>72</v>
+      </c>
+      <c r="K237" t="s">
+        <v>552</v>
+      </c>
+      <c r="L237" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="238" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A238" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1428</v>
+      </c>
+      <c r="C238" s="5">
+        <v>1995</v>
+      </c>
+      <c r="E238" t="s">
+        <v>173</v>
+      </c>
+      <c r="F238" t="s">
+        <v>2261</v>
+      </c>
+      <c r="G238" t="s">
+        <v>1424</v>
+      </c>
+      <c r="H238" t="s">
+        <v>1425</v>
+      </c>
+      <c r="I238" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J238" t="s">
+        <v>72</v>
+      </c>
+      <c r="K238" t="s">
+        <v>1429</v>
+      </c>
+      <c r="L238" t="s">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="239" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A239" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C239" s="5">
+        <v>2003</v>
+      </c>
+      <c r="D239" t="s">
+        <v>1433</v>
+      </c>
+      <c r="E239" t="s">
+        <v>173</v>
+      </c>
+      <c r="F239" t="s">
+        <v>56</v>
+      </c>
+      <c r="G239" t="s">
+        <v>1434</v>
+      </c>
+      <c r="H239" t="s">
+        <v>1435</v>
+      </c>
+      <c r="I239" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J239" t="s">
+        <v>22</v>
+      </c>
+      <c r="K239" t="s">
+        <v>1436</v>
+      </c>
+      <c r="L239" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="240" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A240" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1439</v>
+      </c>
+      <c r="C240" s="5">
+        <v>2004</v>
+      </c>
+      <c r="D240" t="s">
+        <v>1440</v>
+      </c>
+      <c r="E240" t="s">
+        <v>17</v>
+      </c>
+      <c r="F240" t="s">
+        <v>56</v>
+      </c>
+      <c r="G240" t="s">
+        <v>1418</v>
+      </c>
+      <c r="H240" t="s">
+        <v>1419</v>
+      </c>
+      <c r="I240" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J240" t="s">
+        <v>45</v>
+      </c>
+      <c r="K240" t="s">
+        <v>73</v>
+      </c>
+      <c r="L240" t="s">
+        <v>1441</v>
+      </c>
+      <c r="M240" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="241" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A241" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C241" s="5">
+        <v>2011</v>
+      </c>
+      <c r="D241" t="s">
+        <v>1444</v>
+      </c>
+      <c r="E241" t="s">
+        <v>17</v>
+      </c>
+      <c r="F241" t="s">
+        <v>56</v>
+      </c>
+      <c r="G241" t="s">
+        <v>1445</v>
+      </c>
+      <c r="H241" t="s">
+        <v>1446</v>
+      </c>
+      <c r="I241" s="5"/>
+      <c r="J241" t="s">
+        <v>72</v>
+      </c>
+      <c r="K241" t="s">
+        <v>209</v>
+      </c>
+      <c r="L241" t="s">
+        <v>1447</v>
+      </c>
+    </row>
+    <row r="242" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A242" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C242" s="5">
+        <v>2006</v>
+      </c>
+      <c r="D242" t="s">
+        <v>1450</v>
+      </c>
+      <c r="E242" t="s">
+        <v>17</v>
+      </c>
+      <c r="F242" t="s">
+        <v>56</v>
+      </c>
+      <c r="G242" t="s">
+        <v>1451</v>
+      </c>
+      <c r="H242" t="s">
+        <v>1452</v>
+      </c>
+      <c r="I242" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="J242" t="s">
+        <v>72</v>
+      </c>
+      <c r="K242" t="s">
+        <v>87</v>
+      </c>
+      <c r="L242" t="s">
+        <v>1453</v>
+      </c>
+      <c r="N242" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="243" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A243" t="s">
+        <v>1454</v>
+      </c>
+      <c r="B243" t="s">
+        <v>1455</v>
+      </c>
+      <c r="C243" s="5">
+        <v>2015</v>
+      </c>
+      <c r="D243" t="s">
+        <v>1456</v>
+      </c>
+      <c r="E243" t="s">
+        <v>17</v>
+      </c>
+      <c r="F243" t="s">
+        <v>56</v>
+      </c>
+      <c r="G243" t="s">
+        <v>1457</v>
+      </c>
+      <c r="H243" t="s">
+        <v>1458</v>
+      </c>
+      <c r="I243" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J243" t="s">
+        <v>22</v>
+      </c>
+      <c r="K243" t="s">
+        <v>65</v>
+      </c>
+      <c r="L243" t="s">
+        <v>1459</v>
+      </c>
+      <c r="N243" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="244" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A244" t="s">
+        <v>1460</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1461</v>
+      </c>
+      <c r="C244" s="5">
+        <v>2011</v>
+      </c>
+      <c r="D244" t="s">
+        <v>1462</v>
+      </c>
+      <c r="E244" t="s">
+        <v>17</v>
+      </c>
+      <c r="F244" t="s">
+        <v>56</v>
+      </c>
+      <c r="G244" t="s">
+        <v>1463</v>
+      </c>
+      <c r="H244" t="s">
+        <v>1464</v>
+      </c>
+      <c r="I244" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J244" t="s">
+        <v>22</v>
+      </c>
+      <c r="K244" t="s">
+        <v>1338</v>
+      </c>
+      <c r="L244" t="s">
+        <v>1465</v>
+      </c>
+      <c r="M244" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="245" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A245" t="s">
+        <v>1466</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C245" s="5">
+        <v>2013</v>
+      </c>
+      <c r="E245" t="s">
+        <v>17</v>
+      </c>
+      <c r="F245" t="s">
+        <v>56</v>
+      </c>
+      <c r="G245" t="s">
+        <v>1468</v>
+      </c>
+      <c r="H245" t="s">
+        <v>1469</v>
+      </c>
+      <c r="I245" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="J245" t="s">
+        <v>1108</v>
+      </c>
+      <c r="K245" t="s">
+        <v>1470</v>
+      </c>
+      <c r="L245" t="s">
+        <v>1471</v>
+      </c>
+    </row>
+    <row r="246" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A246" t="s">
+        <v>1472</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C246" s="5">
+        <v>2002</v>
+      </c>
+      <c r="D246" t="s">
+        <v>1474</v>
+      </c>
+      <c r="E246" t="s">
+        <v>173</v>
+      </c>
+      <c r="F246" t="s">
+        <v>56</v>
+      </c>
+      <c r="G246" t="s">
+        <v>1475</v>
+      </c>
+      <c r="H246" t="s">
+        <v>1476</v>
+      </c>
+      <c r="I246" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J246" t="s">
+        <v>45</v>
+      </c>
+      <c r="K246" t="s">
+        <v>1477</v>
+      </c>
+      <c r="L246" t="s">
+        <v>1478</v>
+      </c>
+      <c r="N246" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="247" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A247" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B247" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C247" s="5">
+        <v>2000</v>
+      </c>
+      <c r="E247" t="s">
+        <v>17</v>
+      </c>
+      <c r="F247" t="s">
+        <v>56</v>
+      </c>
+      <c r="G247" t="s">
+        <v>1481</v>
+      </c>
+      <c r="H247" t="s">
+        <v>1482</v>
+      </c>
+      <c r="I247" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J247" t="s">
+        <v>22</v>
+      </c>
+      <c r="K247" t="s">
+        <v>87</v>
+      </c>
+      <c r="L247" t="s">
+        <v>1483</v>
+      </c>
+    </row>
+    <row r="248" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A248" t="s">
+        <v>1484</v>
+      </c>
+      <c r="B248" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C248" s="5">
+        <v>1990</v>
+      </c>
+      <c r="D248" t="s">
+        <v>1486</v>
+      </c>
+      <c r="E248" t="s">
+        <v>17</v>
+      </c>
+      <c r="F248" t="s">
+        <v>56</v>
+      </c>
+      <c r="G248" t="s">
+        <v>1487</v>
+      </c>
+      <c r="H248" t="s">
+        <v>1485</v>
+      </c>
+      <c r="I248" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J248" t="s">
+        <v>45</v>
+      </c>
+      <c r="K248" t="s">
+        <v>1488</v>
+      </c>
+      <c r="L248" t="s">
+        <v>1489</v>
+      </c>
+      <c r="M248" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="249" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A249" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B249" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C249" s="5">
+        <v>2008</v>
+      </c>
+      <c r="D249" t="s">
+        <v>1492</v>
+      </c>
+      <c r="E249" t="s">
+        <v>17</v>
+      </c>
+      <c r="F249" t="s">
+        <v>56</v>
+      </c>
+      <c r="G249" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H249" t="s">
+        <v>1494</v>
+      </c>
+      <c r="I249" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="J249" t="s">
+        <v>22</v>
+      </c>
+      <c r="K249" t="s">
+        <v>1495</v>
+      </c>
+      <c r="L249" t="s">
+        <v>1496</v>
+      </c>
+    </row>
+    <row r="250" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A250" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B250" t="s">
+        <v>1498</v>
+      </c>
+      <c r="C250" s="5">
+        <v>2005</v>
+      </c>
+      <c r="D250" t="s">
+        <v>1499</v>
+      </c>
+      <c r="E250" t="s">
+        <v>17</v>
+      </c>
+      <c r="F250" t="s">
+        <v>56</v>
+      </c>
+      <c r="G250" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H250" t="s">
+        <v>1494</v>
+      </c>
+      <c r="I250" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="J250" t="s">
+        <v>22</v>
+      </c>
+      <c r="K250" t="s">
+        <v>1500</v>
+      </c>
+      <c r="L250" t="s">
+        <v>1501</v>
+      </c>
+    </row>
+    <row r="251" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A251" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C251" s="5">
+        <v>1967</v>
+      </c>
+      <c r="D251" t="s">
+        <v>1504</v>
+      </c>
+      <c r="E251" t="s">
+        <v>17</v>
+      </c>
+      <c r="F251" t="s">
+        <v>56</v>
+      </c>
+      <c r="G251" t="s">
+        <v>1505</v>
+      </c>
+      <c r="H251" t="s">
+        <v>1506</v>
+      </c>
+      <c r="I251" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J251" t="s">
+        <v>45</v>
+      </c>
+      <c r="K251" t="s">
+        <v>1507</v>
+      </c>
+      <c r="L251" t="s">
+        <v>1508</v>
+      </c>
+      <c r="M251" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="252" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A252" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B252" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C252" s="5">
+        <v>1991</v>
+      </c>
+      <c r="D252" t="s">
+        <v>1511</v>
+      </c>
+      <c r="E252" t="s">
+        <v>17</v>
+      </c>
+      <c r="F252" t="s">
+        <v>56</v>
+      </c>
+      <c r="G252" t="s">
+        <v>1512</v>
+      </c>
+      <c r="H252" t="s">
+        <v>1513</v>
+      </c>
+      <c r="I252" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J252" t="s">
+        <v>22</v>
+      </c>
+      <c r="K252" t="s">
+        <v>260</v>
+      </c>
+      <c r="L252" t="s">
+        <v>1514</v>
+      </c>
+      <c r="M252" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="253" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A253" t="s">
+        <v>1515</v>
+      </c>
+      <c r="B253" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C253" s="5">
+        <v>2008</v>
+      </c>
+      <c r="D253" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E253" t="s">
+        <v>17</v>
+      </c>
+      <c r="F253" t="s">
+        <v>56</v>
+      </c>
+      <c r="G253" t="s">
+        <v>1518</v>
+      </c>
+      <c r="H253" t="s">
+        <v>1519</v>
+      </c>
+      <c r="I253" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J253" t="s">
+        <v>22</v>
+      </c>
+      <c r="K253" t="s">
+        <v>358</v>
+      </c>
+      <c r="L253" t="s">
+        <v>1520</v>
+      </c>
+    </row>
+    <row r="254" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A254" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B254" t="s">
+        <v>1522</v>
+      </c>
+      <c r="C254" s="5">
+        <v>2003</v>
+      </c>
+      <c r="D254" t="s">
+        <v>1523</v>
+      </c>
+      <c r="E254" t="s">
+        <v>17</v>
+      </c>
+      <c r="F254" t="s">
+        <v>56</v>
+      </c>
+      <c r="G254" t="s">
+        <v>1524</v>
+      </c>
+      <c r="H254" t="s">
+        <v>1525</v>
+      </c>
+      <c r="I254" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="J254" t="s">
+        <v>22</v>
+      </c>
+      <c r="K254" t="s">
+        <v>286</v>
+      </c>
+      <c r="L254" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="255" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A255" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B255" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C255" s="5">
+        <v>1991</v>
+      </c>
+      <c r="E255" t="s">
+        <v>17</v>
+      </c>
+      <c r="F255" t="s">
+        <v>56</v>
+      </c>
+      <c r="G255" t="s">
+        <v>1529</v>
+      </c>
+      <c r="H255" t="s">
+        <v>1530</v>
+      </c>
+      <c r="I255" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="J255" t="s">
+        <v>72</v>
+      </c>
+      <c r="K255" t="s">
+        <v>1531</v>
+      </c>
+      <c r="L255" t="s">
+        <v>1532</v>
+      </c>
+    </row>
+    <row r="256" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A256" t="s">
+        <v>1533</v>
+      </c>
+      <c r="B256" t="s">
+        <v>1534</v>
+      </c>
+      <c r="C256" s="5">
+        <v>1993</v>
+      </c>
+      <c r="D256" t="s">
+        <v>1535</v>
+      </c>
+      <c r="E256" t="s">
+        <v>17</v>
+      </c>
+      <c r="F256" t="s">
+        <v>56</v>
+      </c>
+      <c r="G256" t="s">
+        <v>1536</v>
+      </c>
+      <c r="H256" t="s">
+        <v>1537</v>
+      </c>
+      <c r="I256" s="5"/>
+      <c r="J256" t="s">
+        <v>45</v>
+      </c>
+      <c r="K256" t="s">
+        <v>202</v>
+      </c>
+      <c r="L256" t="s">
+        <v>1538</v>
+      </c>
+      <c r="M256" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A257" t="s">
+        <v>1539</v>
+      </c>
+      <c r="B257" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C257" s="5">
+        <v>2000</v>
+      </c>
+      <c r="D257" t="s">
+        <v>1541</v>
+      </c>
+      <c r="E257" t="s">
+        <v>17</v>
+      </c>
+      <c r="F257" t="s">
+        <v>56</v>
+      </c>
+      <c r="G257" t="s">
+        <v>1542</v>
+      </c>
+      <c r="H257" t="s">
+        <v>1543</v>
+      </c>
+      <c r="I257" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J257" t="s">
+        <v>22</v>
+      </c>
+      <c r="K257" t="s">
+        <v>1544</v>
+      </c>
+      <c r="L257" t="s">
+        <v>1545</v>
+      </c>
+      <c r="M257" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A258" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B258" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C258" s="5">
+        <v>2006</v>
+      </c>
+      <c r="D258" t="s">
+        <v>1548</v>
+      </c>
+      <c r="E258" t="s">
+        <v>17</v>
+      </c>
+      <c r="F258" t="s">
+        <v>56</v>
+      </c>
+      <c r="G258" t="s">
+        <v>1549</v>
+      </c>
+      <c r="H258" t="s">
+        <v>1550</v>
+      </c>
+      <c r="I258" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="J258" t="s">
+        <v>22</v>
+      </c>
+      <c r="K258" t="s">
+        <v>29</v>
+      </c>
+      <c r="L258" t="s">
+        <v>1551</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A259" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B259" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C259" s="5">
+        <v>1956</v>
+      </c>
+      <c r="D259" t="s">
+        <v>1554</v>
+      </c>
+      <c r="E259" t="s">
+        <v>17</v>
+      </c>
+      <c r="F259" t="s">
+        <v>56</v>
+      </c>
+      <c r="G259" t="s">
+        <v>1555</v>
+      </c>
+      <c r="H259" t="s">
+        <v>1556</v>
+      </c>
+      <c r="I259" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J259" t="s">
+        <v>22</v>
+      </c>
+      <c r="K259" t="s">
+        <v>73</v>
+      </c>
+      <c r="L259" t="s">
+        <v>1557</v>
+      </c>
+      <c r="M259" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A260" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B260" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C260" s="5">
+        <v>1973</v>
+      </c>
+      <c r="D260" t="s">
+        <v>1560</v>
+      </c>
+      <c r="E260" t="s">
+        <v>17</v>
+      </c>
+      <c r="F260" t="s">
+        <v>56</v>
+      </c>
+      <c r="G260" t="s">
+        <v>1561</v>
+      </c>
+      <c r="H260" t="s">
+        <v>1562</v>
+      </c>
+      <c r="I260" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J260" t="s">
+        <v>45</v>
+      </c>
+      <c r="K260" t="s">
+        <v>246</v>
+      </c>
+      <c r="L260" t="s">
+        <v>1563</v>
+      </c>
+      <c r="M260" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A261" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B261" t="s">
+        <v>1565</v>
+      </c>
+      <c r="C261" s="5">
+        <v>1970</v>
+      </c>
+      <c r="D261" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E261" t="s">
+        <v>17</v>
+      </c>
+      <c r="F261" t="s">
+        <v>56</v>
+      </c>
+      <c r="G261" t="s">
+        <v>1567</v>
+      </c>
+      <c r="H261" t="s">
+        <v>1568</v>
+      </c>
+      <c r="I261" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J261" t="s">
+        <v>45</v>
+      </c>
+      <c r="K261" t="s">
+        <v>241</v>
+      </c>
+      <c r="L261" t="s">
+        <v>1569</v>
+      </c>
+      <c r="M261" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A262" t="s">
+        <v>1570</v>
+      </c>
+      <c r="B262" t="s">
+        <v>1571</v>
+      </c>
+      <c r="C262" s="5">
+        <v>2009</v>
+      </c>
+      <c r="D262" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E262" t="s">
+        <v>173</v>
+      </c>
+      <c r="F262" t="s">
+        <v>56</v>
+      </c>
+      <c r="G262" t="s">
+        <v>879</v>
+      </c>
+      <c r="H262" t="s">
+        <v>880</v>
+      </c>
+      <c r="I262" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J262" t="s">
+        <v>22</v>
+      </c>
+      <c r="K262" t="s">
+        <v>881</v>
+      </c>
+      <c r="L262" t="s">
+        <v>1573</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A263" t="s">
+        <v>1574</v>
+      </c>
+      <c r="B263" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C263" s="5">
+        <v>1996</v>
+      </c>
+      <c r="E263" t="s">
+        <v>173</v>
+      </c>
+      <c r="F263" t="s">
+        <v>56</v>
+      </c>
+      <c r="G263" t="s">
+        <v>1576</v>
+      </c>
+      <c r="H263" t="s">
+        <v>1577</v>
+      </c>
+      <c r="I263" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="J263" t="s">
+        <v>22</v>
+      </c>
+      <c r="K263" t="s">
+        <v>1578</v>
+      </c>
+      <c r="L263" t="s">
+        <v>1579</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A264" t="s">
+        <v>1580</v>
+      </c>
+      <c r="B264" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C264" s="5">
+        <v>1963</v>
+      </c>
+      <c r="D264" t="s">
+        <v>1582</v>
+      </c>
+      <c r="E264" t="s">
+        <v>173</v>
+      </c>
+      <c r="F264" t="s">
+        <v>56</v>
+      </c>
+      <c r="G264" t="s">
+        <v>1583</v>
+      </c>
+      <c r="H264" t="s">
+        <v>1584</v>
+      </c>
+      <c r="I264" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="J264" t="s">
+        <v>22</v>
+      </c>
+      <c r="K264" t="s">
+        <v>1585</v>
+      </c>
+      <c r="L264" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A265" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B265" t="s">
+        <v>1588</v>
+      </c>
+      <c r="C265" s="5">
+        <v>1995</v>
+      </c>
+      <c r="D265" t="s">
+        <v>1589</v>
+      </c>
+      <c r="E265" t="s">
+        <v>17</v>
+      </c>
+      <c r="F265" t="s">
+        <v>56</v>
+      </c>
+      <c r="G265" t="s">
+        <v>1590</v>
+      </c>
+      <c r="H265" t="s">
+        <v>1591</v>
+      </c>
+      <c r="I265" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J265" t="s">
+        <v>22</v>
+      </c>
+      <c r="K265" t="s">
+        <v>580</v>
+      </c>
+      <c r="L265" t="s">
+        <v>1592</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A266" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B266" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C266" s="5">
+        <v>1977</v>
+      </c>
+      <c r="D266" t="s">
+        <v>1595</v>
+      </c>
+      <c r="E266" t="s">
+        <v>17</v>
+      </c>
+      <c r="F266" t="s">
+        <v>56</v>
+      </c>
+      <c r="G266" t="s">
+        <v>1596</v>
+      </c>
+      <c r="H266" t="s">
+        <v>1597</v>
+      </c>
+      <c r="I266" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J266" t="s">
+        <v>22</v>
+      </c>
+      <c r="K266" t="s">
+        <v>1598</v>
+      </c>
+      <c r="L266" t="s">
+        <v>1599</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A267" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B267" t="s">
+        <v>1601</v>
+      </c>
+      <c r="C267" s="5">
+        <v>2007</v>
+      </c>
+      <c r="D267" t="s">
+        <v>1602</v>
+      </c>
+      <c r="E267" t="s">
+        <v>17</v>
+      </c>
+      <c r="F267" t="s">
+        <v>56</v>
+      </c>
+      <c r="G267" t="s">
+        <v>669</v>
+      </c>
+      <c r="H267" t="s">
+        <v>670</v>
+      </c>
+      <c r="I267" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J267" t="s">
+        <v>22</v>
+      </c>
+      <c r="K267" t="s">
+        <v>60</v>
+      </c>
+      <c r="L267" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A268" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B268" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C268" s="5">
+        <v>1971</v>
+      </c>
+      <c r="D268" t="s">
+        <v>1606</v>
+      </c>
+      <c r="E268" t="s">
+        <v>17</v>
+      </c>
+      <c r="F268" t="s">
+        <v>56</v>
+      </c>
+      <c r="G268" t="s">
+        <v>1607</v>
+      </c>
+      <c r="H268" t="s">
+        <v>1608</v>
+      </c>
+      <c r="I268" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J268" t="s">
+        <v>45</v>
+      </c>
+      <c r="K268" t="s">
+        <v>1609</v>
+      </c>
+      <c r="L268" t="s">
+        <v>1610</v>
+      </c>
+      <c r="M268" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A269" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B269" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C269" s="5">
+        <v>1988</v>
+      </c>
+      <c r="D269" t="s">
+        <v>1613</v>
+      </c>
+      <c r="E269" t="s">
+        <v>17</v>
+      </c>
+      <c r="F269" t="s">
+        <v>56</v>
+      </c>
+      <c r="G269" t="s">
+        <v>1614</v>
+      </c>
+      <c r="H269" t="s">
+        <v>1615</v>
+      </c>
+      <c r="I269" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J269" t="s">
+        <v>45</v>
+      </c>
+      <c r="K269" t="s">
+        <v>202</v>
+      </c>
+      <c r="L269" t="s">
+        <v>1616</v>
+      </c>
+      <c r="M269" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A270" t="s">
+        <v>1617</v>
+      </c>
+      <c r="B270" t="s">
+        <v>1618</v>
+      </c>
+      <c r="C270" s="5">
+        <v>1996</v>
+      </c>
+      <c r="D270" t="s">
+        <v>1619</v>
+      </c>
+      <c r="E270" t="s">
+        <v>17</v>
+      </c>
+      <c r="F270" t="s">
+        <v>56</v>
+      </c>
+      <c r="G270" t="s">
+        <v>1576</v>
+      </c>
+      <c r="H270" t="s">
+        <v>1577</v>
+      </c>
+      <c r="I270" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="J270" t="s">
+        <v>22</v>
+      </c>
+      <c r="K270" t="s">
+        <v>216</v>
+      </c>
+      <c r="L270" t="s">
+        <v>1620</v>
+      </c>
+      <c r="M270" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A271" t="s">
+        <v>1621</v>
+      </c>
+      <c r="B271" t="s">
+        <v>1622</v>
+      </c>
+      <c r="C271" s="5">
+        <v>2013</v>
+      </c>
+      <c r="D271" t="s">
+        <v>1623</v>
+      </c>
+      <c r="E271" t="s">
+        <v>17</v>
+      </c>
+      <c r="F271" t="s">
+        <v>56</v>
+      </c>
+      <c r="G271" t="s">
+        <v>1468</v>
+      </c>
+      <c r="H271" t="s">
+        <v>1469</v>
+      </c>
+      <c r="I271" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="J271" t="s">
+        <v>1108</v>
+      </c>
+      <c r="K271" t="s">
+        <v>1388</v>
+      </c>
+      <c r="L271" t="s">
+        <v>1624</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A272" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B272" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C272" s="5">
+        <v>1995</v>
+      </c>
+      <c r="D272" t="s">
+        <v>1627</v>
+      </c>
+      <c r="E272" t="s">
+        <v>17</v>
+      </c>
+      <c r="F272" t="s">
+        <v>56</v>
+      </c>
+      <c r="G272" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H272" t="s">
+        <v>1629</v>
+      </c>
+      <c r="I272" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="J272" t="s">
+        <v>22</v>
+      </c>
+      <c r="K272" t="s">
+        <v>1531</v>
+      </c>
+      <c r="L272" t="s">
+        <v>1630</v>
+      </c>
+    </row>
+    <row r="273" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A273" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B273" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C273" s="5">
+        <v>2003</v>
+      </c>
+      <c r="E273" t="s">
+        <v>173</v>
+      </c>
+      <c r="F273" t="s">
+        <v>56</v>
+      </c>
+      <c r="G273" t="s">
+        <v>1632</v>
+      </c>
+      <c r="H273" t="s">
+        <v>1633</v>
+      </c>
+      <c r="I273" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="J273" t="s">
+        <v>72</v>
+      </c>
+      <c r="K273" t="s">
+        <v>1436</v>
+      </c>
+      <c r="L273" t="s">
+        <v>1634</v>
+      </c>
+      <c r="N273" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="274" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A274" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B274" t="s">
+        <v>1636</v>
+      </c>
+      <c r="C274" s="5">
+        <v>1967</v>
+      </c>
+      <c r="D274" t="s">
+        <v>1637</v>
+      </c>
+      <c r="E274" t="s">
+        <v>17</v>
+      </c>
+      <c r="F274" t="s">
+        <v>56</v>
+      </c>
+      <c r="G274" t="s">
+        <v>1638</v>
+      </c>
+      <c r="H274" t="s">
+        <v>1639</v>
+      </c>
+      <c r="I274" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J274" t="s">
+        <v>22</v>
+      </c>
+      <c r="K274" t="s">
+        <v>1507</v>
+      </c>
+      <c r="L274" t="s">
+        <v>1640</v>
+      </c>
+      <c r="M274" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="275" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A275" t="s">
+        <v>1641</v>
+      </c>
+      <c r="B275" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C275" s="5">
+        <v>2007</v>
+      </c>
+      <c r="E275" t="s">
+        <v>17</v>
+      </c>
+      <c r="F275" t="s">
+        <v>56</v>
+      </c>
+      <c r="G275" t="s">
+        <v>1643</v>
+      </c>
+      <c r="H275" t="s">
+        <v>1644</v>
+      </c>
+      <c r="I275" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J275" t="s">
+        <v>72</v>
+      </c>
+      <c r="K275" t="s">
+        <v>1645</v>
+      </c>
+      <c r="L275" t="s">
+        <v>1646</v>
+      </c>
+    </row>
+    <row r="276" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A276" t="s">
+        <v>2256</v>
+      </c>
+      <c r="B276" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C276" s="5">
+        <v>2005</v>
+      </c>
+      <c r="E276" t="s">
+        <v>173</v>
+      </c>
+      <c r="F276" t="s">
+        <v>56</v>
+      </c>
+      <c r="G276" t="s">
+        <v>1643</v>
+      </c>
+      <c r="H276" t="s">
+        <v>1644</v>
+      </c>
+      <c r="I276" s="5" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J276" t="s">
+        <v>72</v>
+      </c>
+      <c r="K276" t="s">
+        <v>1647</v>
+      </c>
+      <c r="L276" t="s">
+        <v>1648</v>
+      </c>
+    </row>
+    <row r="277" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A277" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B277" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C277" s="5">
+        <v>1996</v>
+      </c>
+      <c r="D277" t="s">
+        <v>1651</v>
+      </c>
+      <c r="E277" t="s">
+        <v>17</v>
+      </c>
+      <c r="F277" t="s">
+        <v>56</v>
+      </c>
+      <c r="G277" t="s">
+        <v>1652</v>
+      </c>
+      <c r="H277" t="s">
+        <v>1653</v>
+      </c>
+      <c r="I277" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="J277" t="s">
+        <v>22</v>
+      </c>
+      <c r="K277" t="s">
+        <v>1654</v>
+      </c>
+      <c r="L277" t="s">
+        <v>1655</v>
+      </c>
+    </row>
+    <row r="278" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A278" t="s">
+        <v>1656</v>
+      </c>
+      <c r="B278" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C278" s="5">
+        <v>2000</v>
+      </c>
+      <c r="D278" t="s">
+        <v>1658</v>
+      </c>
+      <c r="E278" t="s">
+        <v>17</v>
+      </c>
+      <c r="F278" t="s">
+        <v>56</v>
+      </c>
+      <c r="G278" t="s">
+        <v>1659</v>
+      </c>
+      <c r="H278" t="s">
+        <v>1660</v>
+      </c>
+      <c r="I278" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="J278" t="s">
+        <v>22</v>
+      </c>
+      <c r="K278" t="s">
+        <v>1661</v>
+      </c>
+      <c r="L278" t="s">
+        <v>1662</v>
+      </c>
+    </row>
+    <row r="279" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A279" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B279" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C279" s="5">
+        <v>1998</v>
+      </c>
+      <c r="D279" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E279" t="s">
+        <v>17</v>
+      </c>
+      <c r="F279" t="s">
+        <v>56</v>
+      </c>
+      <c r="G279" t="s">
+        <v>1666</v>
+      </c>
+      <c r="H279" t="s">
+        <v>1667</v>
+      </c>
+      <c r="I279" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="J279" t="s">
+        <v>72</v>
+      </c>
+      <c r="K279" t="s">
+        <v>313</v>
+      </c>
+      <c r="L279" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="280" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A280" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B280" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C280" s="5">
+        <v>1982</v>
+      </c>
+      <c r="D280" t="s">
+        <v>1671</v>
+      </c>
+      <c r="E280" t="s">
+        <v>17</v>
+      </c>
+      <c r="F280" t="s">
+        <v>56</v>
+      </c>
+      <c r="G280" t="s">
+        <v>557</v>
+      </c>
+      <c r="H280" t="s">
+        <v>558</v>
+      </c>
+      <c r="I280" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J280" t="s">
+        <v>45</v>
+      </c>
+      <c r="K280" t="s">
+        <v>1672</v>
+      </c>
+      <c r="L280" t="s">
+        <v>1673</v>
+      </c>
+    </row>
+    <row r="281" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A281" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B281" t="s">
+        <v>1675</v>
+      </c>
+      <c r="C281" s="5">
+        <v>1985</v>
+      </c>
+      <c r="D281" t="s">
+        <v>1676</v>
+      </c>
+      <c r="E281" t="s">
+        <v>17</v>
+      </c>
+      <c r="F281" t="s">
+        <v>56</v>
+      </c>
+      <c r="G281" t="s">
+        <v>1677</v>
+      </c>
+      <c r="H281" t="s">
+        <v>1678</v>
+      </c>
+      <c r="I281" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J281" t="s">
+        <v>45</v>
+      </c>
+      <c r="K281" t="s">
+        <v>1679</v>
+      </c>
+      <c r="L281" t="s">
+        <v>1680</v>
+      </c>
+      <c r="M281" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="282" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A282" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B282" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C282" s="5">
+        <v>1950</v>
+      </c>
+      <c r="D282" t="s">
+        <v>1683</v>
+      </c>
+      <c r="E282" t="s">
+        <v>17</v>
+      </c>
+      <c r="F282" t="s">
+        <v>56</v>
+      </c>
+      <c r="G282" t="s">
+        <v>1684</v>
+      </c>
+      <c r="H282" t="s">
+        <v>1685</v>
+      </c>
+      <c r="I282" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J282" t="s">
+        <v>22</v>
+      </c>
+      <c r="K282" t="s">
+        <v>202</v>
+      </c>
+      <c r="L282" t="s">
+        <v>1686</v>
+      </c>
+      <c r="M282" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="283" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A283" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B283" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C283" s="5">
+        <v>1996</v>
+      </c>
+      <c r="D283" t="s">
+        <v>1689</v>
+      </c>
+      <c r="E283" t="s">
+        <v>17</v>
+      </c>
+      <c r="F283" t="s">
+        <v>56</v>
+      </c>
+      <c r="G283" t="s">
+        <v>1690</v>
+      </c>
+      <c r="H283" t="s">
+        <v>1691</v>
+      </c>
+      <c r="I283" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J283" t="s">
+        <v>22</v>
+      </c>
+      <c r="K283" t="s">
+        <v>1357</v>
+      </c>
+      <c r="L283" t="s">
+        <v>1692</v>
+      </c>
+      <c r="M283" t="s">
+        <v>31</v>
+      </c>
+      <c r="N283" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="284" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A284" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B284" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C284" s="5">
+        <v>1999</v>
+      </c>
+      <c r="D284" t="s">
+        <v>1695</v>
+      </c>
+      <c r="E284" t="s">
+        <v>17</v>
+      </c>
+      <c r="F284" t="s">
+        <v>56</v>
+      </c>
+      <c r="G284" t="s">
+        <v>1696</v>
+      </c>
+      <c r="H284" t="s">
+        <v>1697</v>
+      </c>
+      <c r="I284" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J284" t="s">
+        <v>22</v>
+      </c>
+      <c r="K284" t="s">
+        <v>1698</v>
+      </c>
+      <c r="L284" t="s">
+        <v>1699</v>
+      </c>
+      <c r="M284" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="285" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A285" t="s">
+        <v>1700</v>
+      </c>
+      <c r="B285" t="s">
+        <v>1701</v>
+      </c>
+      <c r="C285" s="5">
+        <v>1990</v>
+      </c>
+      <c r="D285" t="s">
+        <v>1702</v>
+      </c>
+      <c r="E285" t="s">
+        <v>17</v>
+      </c>
+      <c r="F285" t="s">
+        <v>2261</v>
+      </c>
+      <c r="G285" t="s">
+        <v>1703</v>
+      </c>
+      <c r="H285" t="s">
+        <v>1704</v>
+      </c>
+      <c r="I285" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J285" t="s">
+        <v>279</v>
+      </c>
+      <c r="K285" t="s">
+        <v>102</v>
+      </c>
+      <c r="L285" t="s">
+        <v>1705</v>
+      </c>
+      <c r="M285" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="286" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A286" t="s">
+        <v>1706</v>
+      </c>
+      <c r="B286" t="s">
+        <v>1707</v>
+      </c>
+      <c r="C286" s="5">
+        <v>1974</v>
+      </c>
+      <c r="D286" t="s">
+        <v>1708</v>
+      </c>
+      <c r="E286" t="s">
+        <v>17</v>
+      </c>
+      <c r="F286" t="s">
+        <v>56</v>
+      </c>
+      <c r="G286" t="s">
+        <v>447</v>
+      </c>
+      <c r="H286" t="s">
+        <v>1709</v>
+      </c>
+      <c r="I286" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J286" t="s">
+        <v>22</v>
+      </c>
+      <c r="K286" t="s">
+        <v>1710</v>
+      </c>
+      <c r="L286" t="s">
+        <v>1711</v>
+      </c>
+      <c r="M286" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="287" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A287" t="s">
+        <v>1712</v>
+      </c>
+      <c r="B287" t="s">
+        <v>1713</v>
+      </c>
+      <c r="C287" s="5">
+        <v>2006</v>
+      </c>
+      <c r="D287" t="s">
+        <v>1714</v>
+      </c>
+      <c r="E287" t="s">
+        <v>17</v>
+      </c>
+      <c r="F287" t="s">
+        <v>56</v>
+      </c>
+      <c r="G287" t="s">
+        <v>1715</v>
+      </c>
+      <c r="H287" t="s">
+        <v>1716</v>
+      </c>
+      <c r="I287" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J287" t="s">
+        <v>22</v>
+      </c>
+      <c r="K287" t="s">
+        <v>260</v>
+      </c>
+      <c r="L287" t="s">
+        <v>1717</v>
+      </c>
+    </row>
+    <row r="288" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A288" t="s">
+        <v>1718</v>
+      </c>
+      <c r="B288" t="s">
+        <v>1719</v>
+      </c>
+      <c r="C288" s="5">
+        <v>2012</v>
+      </c>
+      <c r="D288" t="s">
+        <v>1720</v>
+      </c>
+      <c r="E288" t="s">
+        <v>17</v>
+      </c>
+      <c r="F288" t="s">
+        <v>56</v>
+      </c>
+      <c r="G288" t="s">
+        <v>1721</v>
+      </c>
+      <c r="H288" t="s">
+        <v>1722</v>
+      </c>
+      <c r="I288" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J288" t="s">
+        <v>72</v>
+      </c>
+      <c r="K288" t="s">
+        <v>313</v>
+      </c>
+      <c r="L288" t="s">
+        <v>1723</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A289" t="s">
+        <v>1724</v>
+      </c>
+      <c r="B289" t="s">
+        <v>1725</v>
+      </c>
+      <c r="C289" s="5">
+        <v>2000</v>
+      </c>
+      <c r="D289" t="s">
+        <v>1726</v>
+      </c>
+      <c r="E289" t="s">
+        <v>17</v>
+      </c>
+      <c r="F289" t="s">
+        <v>56</v>
+      </c>
+      <c r="G289" t="s">
+        <v>1727</v>
+      </c>
+      <c r="H289" t="s">
+        <v>1728</v>
+      </c>
+      <c r="I289" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J289" t="s">
+        <v>22</v>
+      </c>
+      <c r="K289" t="s">
+        <v>1544</v>
+      </c>
+      <c r="L289" t="s">
+        <v>1729</v>
+      </c>
+      <c r="M289" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A290" t="s">
+        <v>1730</v>
+      </c>
+      <c r="B290" t="s">
+        <v>1731</v>
+      </c>
+      <c r="C290" s="5">
+        <v>2006</v>
+      </c>
+      <c r="D290" t="s">
+        <v>1732</v>
+      </c>
+      <c r="E290" t="s">
+        <v>17</v>
+      </c>
+      <c r="F290" t="s">
+        <v>56</v>
+      </c>
+      <c r="G290" t="s">
+        <v>1733</v>
+      </c>
+      <c r="H290" t="s">
+        <v>1734</v>
+      </c>
+      <c r="I290" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J290" t="s">
+        <v>22</v>
+      </c>
+      <c r="K290" t="s">
+        <v>260</v>
+      </c>
+      <c r="L290" t="s">
+        <v>1735</v>
+      </c>
+      <c r="M290" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A291" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B291" t="s">
+        <v>1737</v>
+      </c>
+      <c r="C291" s="5">
         <v>2018</v>
       </c>
-      <c r="D8" s="6" t="s">
-[...36 lines deleted...]
-      <c r="C9" s="6">
+      <c r="D291" t="s">
+        <v>1738</v>
+      </c>
+      <c r="E291" t="s">
+        <v>17</v>
+      </c>
+      <c r="F291" t="s">
+        <v>56</v>
+      </c>
+      <c r="G291" t="s">
+        <v>557</v>
+      </c>
+      <c r="H291" t="s">
+        <v>558</v>
+      </c>
+      <c r="I291" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J291" t="s">
+        <v>45</v>
+      </c>
+      <c r="K291" t="s">
+        <v>23</v>
+      </c>
+      <c r="L291" t="s">
+        <v>1739</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A292" t="s">
+        <v>1740</v>
+      </c>
+      <c r="B292" t="s">
+        <v>1741</v>
+      </c>
+      <c r="C292" s="5">
+        <v>2004</v>
+      </c>
+      <c r="D292" t="s">
+        <v>1742</v>
+      </c>
+      <c r="E292" t="s">
+        <v>17</v>
+      </c>
+      <c r="F292" t="s">
+        <v>56</v>
+      </c>
+      <c r="G292" t="s">
+        <v>1743</v>
+      </c>
+      <c r="H292" t="s">
+        <v>1744</v>
+      </c>
+      <c r="I292" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J292" t="s">
+        <v>45</v>
+      </c>
+      <c r="K292" t="s">
+        <v>246</v>
+      </c>
+      <c r="L292" t="s">
+        <v>1745</v>
+      </c>
+      <c r="M292" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A293" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B293" t="s">
+        <v>1747</v>
+      </c>
+      <c r="C293" s="5">
+        <v>2004</v>
+      </c>
+      <c r="D293" t="s">
+        <v>1748</v>
+      </c>
+      <c r="E293" t="s">
+        <v>144</v>
+      </c>
+      <c r="F293" t="s">
+        <v>56</v>
+      </c>
+      <c r="G293" t="s">
+        <v>516</v>
+      </c>
+      <c r="H293" t="s">
+        <v>1749</v>
+      </c>
+      <c r="I293" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J293" t="s">
+        <v>72</v>
+      </c>
+      <c r="K293" t="s">
+        <v>1750</v>
+      </c>
+      <c r="L293" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A294" t="s">
+        <v>1752</v>
+      </c>
+      <c r="B294" t="s">
+        <v>1753</v>
+      </c>
+      <c r="C294" s="5">
+        <v>2000</v>
+      </c>
+      <c r="D294" t="s">
+        <v>1754</v>
+      </c>
+      <c r="E294" t="s">
+        <v>17</v>
+      </c>
+      <c r="F294" t="s">
+        <v>56</v>
+      </c>
+      <c r="G294" t="s">
+        <v>1755</v>
+      </c>
+      <c r="H294" t="s">
+        <v>1756</v>
+      </c>
+      <c r="I294" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J294" t="s">
+        <v>22</v>
+      </c>
+      <c r="K294" t="s">
+        <v>23</v>
+      </c>
+      <c r="L294" t="s">
+        <v>1757</v>
+      </c>
+      <c r="M294" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A295" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B295" t="s">
+        <v>1759</v>
+      </c>
+      <c r="C295" s="5">
+        <v>2004</v>
+      </c>
+      <c r="D295" t="s">
+        <v>1760</v>
+      </c>
+      <c r="E295" t="s">
+        <v>17</v>
+      </c>
+      <c r="F295" t="s">
+        <v>56</v>
+      </c>
+      <c r="G295" t="s">
+        <v>1761</v>
+      </c>
+      <c r="H295" t="s">
+        <v>1762</v>
+      </c>
+      <c r="I295" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J295" t="s">
+        <v>22</v>
+      </c>
+      <c r="K295" t="s">
+        <v>118</v>
+      </c>
+      <c r="L295" t="s">
+        <v>1763</v>
+      </c>
+      <c r="M295" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A296" t="s">
+        <v>1764</v>
+      </c>
+      <c r="B296" t="s">
+        <v>1765</v>
+      </c>
+      <c r="C296" s="5">
+        <v>2004</v>
+      </c>
+      <c r="D296" t="s">
+        <v>1766</v>
+      </c>
+      <c r="E296" t="s">
+        <v>17</v>
+      </c>
+      <c r="F296" t="s">
+        <v>56</v>
+      </c>
+      <c r="G296" t="s">
+        <v>1767</v>
+      </c>
+      <c r="H296" t="s">
+        <v>1768</v>
+      </c>
+      <c r="I296" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J296" t="s">
+        <v>22</v>
+      </c>
+      <c r="K296" t="s">
+        <v>253</v>
+      </c>
+      <c r="L296" t="s">
+        <v>1769</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A297" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B297" t="s">
+        <v>1771</v>
+      </c>
+      <c r="C297" s="5">
+        <v>1999</v>
+      </c>
+      <c r="D297" t="s">
+        <v>1772</v>
+      </c>
+      <c r="E297" t="s">
+        <v>17</v>
+      </c>
+      <c r="F297" t="s">
+        <v>56</v>
+      </c>
+      <c r="G297" t="s">
+        <v>1773</v>
+      </c>
+      <c r="H297" t="s">
+        <v>1774</v>
+      </c>
+      <c r="I297" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="J297" t="s">
+        <v>22</v>
+      </c>
+      <c r="K297" t="s">
+        <v>1775</v>
+      </c>
+      <c r="L297" t="s">
+        <v>1776</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A298" t="s">
+        <v>1777</v>
+      </c>
+      <c r="B298" t="s">
+        <v>1778</v>
+      </c>
+      <c r="C298" s="5">
+        <v>1971</v>
+      </c>
+      <c r="D298" t="s">
+        <v>1779</v>
+      </c>
+      <c r="E298" t="s">
+        <v>17</v>
+      </c>
+      <c r="F298" t="s">
+        <v>56</v>
+      </c>
+      <c r="G298" t="s">
+        <v>1780</v>
+      </c>
+      <c r="H298" t="s">
+        <v>1781</v>
+      </c>
+      <c r="I298" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J298" t="s">
+        <v>22</v>
+      </c>
+      <c r="K298" t="s">
+        <v>1609</v>
+      </c>
+      <c r="L298" t="s">
+        <v>1782</v>
+      </c>
+      <c r="M298" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A299" t="s">
+        <v>1783</v>
+      </c>
+      <c r="B299" t="s">
+        <v>1784</v>
+      </c>
+      <c r="C299" s="5">
+        <v>1973</v>
+      </c>
+      <c r="D299" t="s">
+        <v>1119</v>
+      </c>
+      <c r="E299" t="s">
+        <v>17</v>
+      </c>
+      <c r="F299" t="s">
+        <v>56</v>
+      </c>
+      <c r="G299" t="s">
+        <v>1785</v>
+      </c>
+      <c r="H299" t="s">
+        <v>1786</v>
+      </c>
+      <c r="I299" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J299" t="s">
+        <v>22</v>
+      </c>
+      <c r="K299" t="s">
+        <v>617</v>
+      </c>
+      <c r="L299" t="s">
+        <v>1787</v>
+      </c>
+      <c r="M299" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A300" t="s">
+        <v>1788</v>
+      </c>
+      <c r="B300" t="s">
+        <v>1789</v>
+      </c>
+      <c r="C300" s="5">
+        <v>2002</v>
+      </c>
+      <c r="E300" t="s">
+        <v>17</v>
+      </c>
+      <c r="F300" t="s">
+        <v>56</v>
+      </c>
+      <c r="G300" t="s">
+        <v>1790</v>
+      </c>
+      <c r="H300" t="s">
+        <v>1791</v>
+      </c>
+      <c r="I300" s="5" t="s">
+        <v>1792</v>
+      </c>
+      <c r="J300" t="s">
+        <v>72</v>
+      </c>
+      <c r="K300" t="s">
+        <v>1793</v>
+      </c>
+      <c r="L300" t="s">
+        <v>1794</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A301" t="s">
+        <v>1795</v>
+      </c>
+      <c r="B301" t="s">
+        <v>1796</v>
+      </c>
+      <c r="C301" s="5">
+        <v>2010</v>
+      </c>
+      <c r="D301" t="s">
+        <v>1797</v>
+      </c>
+      <c r="E301" t="s">
+        <v>17</v>
+      </c>
+      <c r="F301" t="s">
+        <v>56</v>
+      </c>
+      <c r="G301" t="s">
+        <v>1798</v>
+      </c>
+      <c r="H301" t="s">
+        <v>1799</v>
+      </c>
+      <c r="I301" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J301" t="s">
+        <v>22</v>
+      </c>
+      <c r="K301" t="s">
+        <v>241</v>
+      </c>
+      <c r="L301" t="s">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A302" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B302" t="s">
+        <v>1802</v>
+      </c>
+      <c r="C302" s="5">
+        <v>1970</v>
+      </c>
+      <c r="D302" t="s">
+        <v>1803</v>
+      </c>
+      <c r="E302" t="s">
+        <v>17</v>
+      </c>
+      <c r="F302" t="s">
+        <v>56</v>
+      </c>
+      <c r="G302" t="s">
+        <v>1561</v>
+      </c>
+      <c r="H302" t="s">
+        <v>1562</v>
+      </c>
+      <c r="I302" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J302" t="s">
+        <v>22</v>
+      </c>
+      <c r="K302" t="s">
+        <v>246</v>
+      </c>
+      <c r="L302" t="s">
+        <v>1804</v>
+      </c>
+      <c r="M302" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A303" t="s">
+        <v>1805</v>
+      </c>
+      <c r="B303" t="s">
+        <v>1806</v>
+      </c>
+      <c r="C303" s="5">
+        <v>2003</v>
+      </c>
+      <c r="D303" t="s">
+        <v>1807</v>
+      </c>
+      <c r="E303" t="s">
+        <v>17</v>
+      </c>
+      <c r="F303" t="s">
+        <v>56</v>
+      </c>
+      <c r="G303" t="s">
+        <v>1808</v>
+      </c>
+      <c r="H303" t="s">
+        <v>1809</v>
+      </c>
+      <c r="I303" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J303" t="s">
+        <v>22</v>
+      </c>
+      <c r="K303" t="s">
+        <v>286</v>
+      </c>
+      <c r="L303" t="s">
+        <v>1810</v>
+      </c>
+      <c r="M303" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" x14ac:dyDescent="0.45">
+      <c r="A304" t="s">
+        <v>1811</v>
+      </c>
+      <c r="B304" t="s">
+        <v>1812</v>
+      </c>
+      <c r="C304" s="5">
+        <v>2003</v>
+      </c>
+      <c r="D304" t="s">
+        <v>1813</v>
+      </c>
+      <c r="E304" t="s">
+        <v>17</v>
+      </c>
+      <c r="F304" t="s">
+        <v>56</v>
+      </c>
+      <c r="G304" t="s">
+        <v>1814</v>
+      </c>
+      <c r="H304" t="s">
+        <v>1815</v>
+      </c>
+      <c r="I304" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J304" t="s">
+        <v>22</v>
+      </c>
+      <c r="K304" t="s">
+        <v>286</v>
+      </c>
+      <c r="L304" t="s">
+        <v>1816</v>
+      </c>
+      <c r="M304" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="305" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A305" t="s">
+        <v>1817</v>
+      </c>
+      <c r="B305" t="s">
+        <v>1818</v>
+      </c>
+      <c r="C305" s="5">
+        <v>2004</v>
+      </c>
+      <c r="D305" t="s">
+        <v>1819</v>
+      </c>
+      <c r="E305" t="s">
+        <v>17</v>
+      </c>
+      <c r="F305" t="s">
+        <v>2261</v>
+      </c>
+      <c r="G305" t="s">
+        <v>1820</v>
+      </c>
+      <c r="H305" t="s">
+        <v>1821</v>
+      </c>
+      <c r="I305" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="J305" t="s">
+        <v>22</v>
+      </c>
+      <c r="K305" t="s">
+        <v>300</v>
+      </c>
+      <c r="L305" t="s">
+        <v>1822</v>
+      </c>
+    </row>
+    <row r="306" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A306" t="s">
+        <v>1823</v>
+      </c>
+      <c r="B306" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C306" s="5">
+        <v>2000</v>
+      </c>
+      <c r="D306" t="s">
+        <v>1825</v>
+      </c>
+      <c r="E306" t="s">
+        <v>1826</v>
+      </c>
+      <c r="F306" t="s">
+        <v>56</v>
+      </c>
+      <c r="G306" t="s">
+        <v>1827</v>
+      </c>
+      <c r="H306" t="s">
+        <v>1828</v>
+      </c>
+      <c r="I306" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J306" t="s">
+        <v>45</v>
+      </c>
+      <c r="K306" t="s">
+        <v>1829</v>
+      </c>
+      <c r="L306" t="s">
+        <v>1830</v>
+      </c>
+      <c r="M306" t="s">
+        <v>31</v>
+      </c>
+      <c r="N306" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="307" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A307" t="s">
+        <v>1831</v>
+      </c>
+      <c r="B307" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C307" s="5">
+        <v>2012</v>
+      </c>
+      <c r="E307" t="s">
+        <v>173</v>
+      </c>
+      <c r="F307" t="s">
+        <v>56</v>
+      </c>
+      <c r="G307" t="s">
+        <v>1833</v>
+      </c>
+      <c r="H307" t="s">
+        <v>1834</v>
+      </c>
+      <c r="I307" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J307" t="s">
+        <v>72</v>
+      </c>
+      <c r="K307" t="s">
+        <v>1835</v>
+      </c>
+      <c r="L307" t="s">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="308" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A308" t="s">
+        <v>1837</v>
+      </c>
+      <c r="B308" t="s">
+        <v>1838</v>
+      </c>
+      <c r="C308" s="5">
+        <v>1978</v>
+      </c>
+      <c r="D308" t="s">
+        <v>1839</v>
+      </c>
+      <c r="E308" t="s">
+        <v>17</v>
+      </c>
+      <c r="F308" t="s">
+        <v>56</v>
+      </c>
+      <c r="G308" t="s">
+        <v>1840</v>
+      </c>
+      <c r="H308" t="s">
+        <v>1841</v>
+      </c>
+      <c r="I308" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="J308" t="s">
+        <v>22</v>
+      </c>
+      <c r="K308" t="s">
+        <v>118</v>
+      </c>
+      <c r="L308" t="s">
+        <v>1842</v>
+      </c>
+      <c r="M308" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="309" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A309" t="s">
+        <v>1843</v>
+      </c>
+      <c r="B309" t="s">
+        <v>1844</v>
+      </c>
+      <c r="C309" s="5">
+        <v>1992</v>
+      </c>
+      <c r="D309" t="s">
+        <v>1845</v>
+      </c>
+      <c r="E309" t="s">
+        <v>17</v>
+      </c>
+      <c r="F309" t="s">
+        <v>56</v>
+      </c>
+      <c r="G309" t="s">
+        <v>1846</v>
+      </c>
+      <c r="H309" t="s">
+        <v>1847</v>
+      </c>
+      <c r="I309" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J309" t="s">
+        <v>22</v>
+      </c>
+      <c r="K309" t="s">
+        <v>1848</v>
+      </c>
+      <c r="L309" t="s">
+        <v>1849</v>
+      </c>
+    </row>
+    <row r="310" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A310" t="s">
+        <v>1850</v>
+      </c>
+      <c r="B310" t="s">
+        <v>1851</v>
+      </c>
+      <c r="C310" s="5">
+        <v>2008</v>
+      </c>
+      <c r="D310" t="s">
+        <v>1852</v>
+      </c>
+      <c r="E310" t="s">
+        <v>17</v>
+      </c>
+      <c r="F310" t="s">
+        <v>56</v>
+      </c>
+      <c r="G310" t="s">
+        <v>1853</v>
+      </c>
+      <c r="H310" t="s">
+        <v>1854</v>
+      </c>
+      <c r="I310" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J310" t="s">
+        <v>72</v>
+      </c>
+      <c r="K310" t="s">
+        <v>398</v>
+      </c>
+      <c r="L310" t="s">
+        <v>1855</v>
+      </c>
+    </row>
+    <row r="311" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A311" t="s">
+        <v>1856</v>
+      </c>
+      <c r="B311" t="s">
+        <v>1857</v>
+      </c>
+      <c r="C311" s="5">
+        <v>1971</v>
+      </c>
+      <c r="D311" t="s">
+        <v>1858</v>
+      </c>
+      <c r="E311" t="s">
+        <v>17</v>
+      </c>
+      <c r="F311" t="s">
+        <v>2261</v>
+      </c>
+      <c r="G311" t="s">
+        <v>1859</v>
+      </c>
+      <c r="H311" t="s">
+        <v>1860</v>
+      </c>
+      <c r="I311" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J311" t="s">
+        <v>45</v>
+      </c>
+      <c r="K311" t="s">
+        <v>1861</v>
+      </c>
+      <c r="L311" t="s">
+        <v>1862</v>
+      </c>
+      <c r="M311" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="312" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A312" t="s">
+        <v>1863</v>
+      </c>
+      <c r="B312" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C312" s="5">
+        <v>2008</v>
+      </c>
+      <c r="D312" t="s">
+        <v>1865</v>
+      </c>
+      <c r="E312" t="s">
+        <v>17</v>
+      </c>
+      <c r="F312" t="s">
+        <v>56</v>
+      </c>
+      <c r="G312" t="s">
+        <v>227</v>
+      </c>
+      <c r="H312" t="s">
+        <v>228</v>
+      </c>
+      <c r="I312" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J312" t="s">
+        <v>22</v>
+      </c>
+      <c r="K312" t="s">
+        <v>73</v>
+      </c>
+      <c r="L312" t="s">
+        <v>1866</v>
+      </c>
+      <c r="M312" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="313" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A313" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B313" t="s">
+        <v>1868</v>
+      </c>
+      <c r="C313" s="5">
+        <v>1998</v>
+      </c>
+      <c r="D313" t="s">
+        <v>1869</v>
+      </c>
+      <c r="E313" t="s">
+        <v>17</v>
+      </c>
+      <c r="F313" t="s">
+        <v>56</v>
+      </c>
+      <c r="G313" t="s">
+        <v>1870</v>
+      </c>
+      <c r="H313" t="s">
+        <v>1871</v>
+      </c>
+      <c r="I313" s="5"/>
+      <c r="J313" t="s">
+        <v>45</v>
+      </c>
+      <c r="K313" t="s">
+        <v>332</v>
+      </c>
+      <c r="L313" t="s">
+        <v>1872</v>
+      </c>
+      <c r="M313" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="314" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A314" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B314" t="s">
+        <v>1874</v>
+      </c>
+      <c r="C314" s="5">
+        <v>2008</v>
+      </c>
+      <c r="E314" t="s">
+        <v>173</v>
+      </c>
+      <c r="F314" t="s">
+        <v>56</v>
+      </c>
+      <c r="G314" t="s">
+        <v>1179</v>
+      </c>
+      <c r="H314" t="s">
+        <v>1180</v>
+      </c>
+      <c r="I314" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J314" t="s">
+        <v>1108</v>
+      </c>
+      <c r="K314" t="s">
+        <v>1875</v>
+      </c>
+      <c r="L314" t="s">
+        <v>1876</v>
+      </c>
+    </row>
+    <row r="315" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A315" t="s">
+        <v>1877</v>
+      </c>
+      <c r="B315" t="s">
+        <v>1878</v>
+      </c>
+      <c r="C315" s="5">
+        <v>2005</v>
+      </c>
+      <c r="D315" t="s">
+        <v>1879</v>
+      </c>
+      <c r="E315" t="s">
+        <v>17</v>
+      </c>
+      <c r="F315" t="s">
+        <v>56</v>
+      </c>
+      <c r="G315" t="s">
+        <v>43</v>
+      </c>
+      <c r="H315" t="s">
+        <v>1054</v>
+      </c>
+      <c r="I315" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J315" t="s">
+        <v>365</v>
+      </c>
+      <c r="K315" t="s">
+        <v>1880</v>
+      </c>
+      <c r="L315" t="s">
+        <v>1881</v>
+      </c>
+    </row>
+    <row r="316" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A316" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B316" t="s">
+        <v>1883</v>
+      </c>
+      <c r="C316" s="5">
+        <v>2018</v>
+      </c>
+      <c r="D316" t="s">
+        <v>1884</v>
+      </c>
+      <c r="E316" t="s">
+        <v>17</v>
+      </c>
+      <c r="F316" t="s">
+        <v>56</v>
+      </c>
+      <c r="G316" t="s">
+        <v>19</v>
+      </c>
+      <c r="H316" t="s">
+        <v>20</v>
+      </c>
+      <c r="I316" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J316" t="s">
+        <v>22</v>
+      </c>
+      <c r="K316" t="s">
+        <v>1321</v>
+      </c>
+      <c r="L316" t="s">
+        <v>1885</v>
+      </c>
+    </row>
+    <row r="317" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A317" t="s">
+        <v>1886</v>
+      </c>
+      <c r="B317" t="s">
+        <v>1887</v>
+      </c>
+      <c r="C317" s="5">
+        <v>1994</v>
+      </c>
+      <c r="D317" t="s">
+        <v>1888</v>
+      </c>
+      <c r="E317" t="s">
+        <v>17</v>
+      </c>
+      <c r="F317" t="s">
+        <v>56</v>
+      </c>
+      <c r="G317" t="s">
+        <v>1889</v>
+      </c>
+      <c r="H317" t="s">
+        <v>1890</v>
+      </c>
+      <c r="I317" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J317" t="s">
+        <v>22</v>
+      </c>
+      <c r="K317" t="s">
+        <v>1775</v>
+      </c>
+      <c r="L317" t="s">
+        <v>1891</v>
+      </c>
+      <c r="M317" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="318" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A318" t="s">
+        <v>1892</v>
+      </c>
+      <c r="B318" t="s">
+        <v>1893</v>
+      </c>
+      <c r="C318" s="5">
+        <v>2008</v>
+      </c>
+      <c r="D318" t="s">
+        <v>1894</v>
+      </c>
+      <c r="E318" t="s">
+        <v>17</v>
+      </c>
+      <c r="F318" t="s">
+        <v>56</v>
+      </c>
+      <c r="G318" t="s">
+        <v>1895</v>
+      </c>
+      <c r="H318" t="s">
+        <v>1896</v>
+      </c>
+      <c r="I318" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J318" t="s">
+        <v>22</v>
+      </c>
+      <c r="K318" t="s">
+        <v>398</v>
+      </c>
+      <c r="L318" t="s">
+        <v>1897</v>
+      </c>
+    </row>
+    <row r="319" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A319" t="s">
+        <v>1898</v>
+      </c>
+      <c r="B319" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C319" s="5">
+        <v>1999</v>
+      </c>
+      <c r="D319" t="s">
+        <v>1900</v>
+      </c>
+      <c r="E319" t="s">
+        <v>17</v>
+      </c>
+      <c r="F319" t="s">
+        <v>56</v>
+      </c>
+      <c r="G319" t="s">
+        <v>1901</v>
+      </c>
+      <c r="H319" t="s">
+        <v>1902</v>
+      </c>
+      <c r="I319" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J319" t="s">
+        <v>22</v>
+      </c>
+      <c r="K319" t="s">
+        <v>1775</v>
+      </c>
+      <c r="L319" t="s">
+        <v>1903</v>
+      </c>
+      <c r="M319" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="320" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A320" t="s">
+        <v>1904</v>
+      </c>
+      <c r="B320" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C320" s="5">
+        <v>1963</v>
+      </c>
+      <c r="D320" t="s">
+        <v>1582</v>
+      </c>
+      <c r="E320" t="s">
+        <v>17</v>
+      </c>
+      <c r="F320" t="s">
+        <v>56</v>
+      </c>
+      <c r="G320" t="s">
+        <v>1583</v>
+      </c>
+      <c r="H320" t="s">
+        <v>1584</v>
+      </c>
+      <c r="I320" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="J320" t="s">
+        <v>22</v>
+      </c>
+      <c r="K320" t="s">
+        <v>398</v>
+      </c>
+      <c r="L320" t="s">
+        <v>1906</v>
+      </c>
+      <c r="M320" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="321" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A321" t="s">
+        <v>1907</v>
+      </c>
+      <c r="B321" t="s">
+        <v>1908</v>
+      </c>
+      <c r="C321" s="5">
+        <v>2014</v>
+      </c>
+      <c r="D321" t="s">
+        <v>1909</v>
+      </c>
+      <c r="E321" t="s">
+        <v>173</v>
+      </c>
+      <c r="F321" t="s">
+        <v>2262</v>
+      </c>
+      <c r="G321" t="s">
+        <v>1139</v>
+      </c>
+      <c r="H321" t="s">
+        <v>1140</v>
+      </c>
+      <c r="I321" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="J321" t="s">
+        <v>22</v>
+      </c>
+      <c r="K321" t="s">
+        <v>1531</v>
+      </c>
+      <c r="L321" t="s">
+        <v>1910</v>
+      </c>
+      <c r="N321" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="322" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A322" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B322" t="s">
+        <v>1912</v>
+      </c>
+      <c r="C322" s="5">
+        <v>2006</v>
+      </c>
+      <c r="D322" t="s">
+        <v>1913</v>
+      </c>
+      <c r="E322" t="s">
+        <v>17</v>
+      </c>
+      <c r="F322" t="s">
+        <v>56</v>
+      </c>
+      <c r="G322" t="s">
+        <v>1914</v>
+      </c>
+      <c r="H322" t="s">
+        <v>1915</v>
+      </c>
+      <c r="I322" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="J322" t="s">
+        <v>72</v>
+      </c>
+      <c r="K322" t="s">
+        <v>46</v>
+      </c>
+      <c r="L322" t="s">
+        <v>1916</v>
+      </c>
+    </row>
+    <row r="323" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A323" t="s">
+        <v>1917</v>
+      </c>
+      <c r="B323" t="s">
+        <v>1918</v>
+      </c>
+      <c r="C323" s="5">
+        <v>2007</v>
+      </c>
+      <c r="D323" t="s">
+        <v>1919</v>
+      </c>
+      <c r="E323" t="s">
+        <v>17</v>
+      </c>
+      <c r="F323" t="s">
+        <v>56</v>
+      </c>
+      <c r="G323" t="s">
+        <v>1920</v>
+      </c>
+      <c r="H323" t="s">
+        <v>1921</v>
+      </c>
+      <c r="I323" s="5"/>
+      <c r="J323" t="s">
+        <v>22</v>
+      </c>
+      <c r="K323" t="s">
+        <v>29</v>
+      </c>
+      <c r="L323" t="s">
+        <v>1922</v>
+      </c>
+    </row>
+    <row r="324" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A324" t="s">
+        <v>1923</v>
+      </c>
+      <c r="B324" t="s">
+        <v>1924</v>
+      </c>
+      <c r="C324" s="5">
+        <v>2008</v>
+      </c>
+      <c r="D324" t="s">
+        <v>1925</v>
+      </c>
+      <c r="E324" t="s">
+        <v>17</v>
+      </c>
+      <c r="F324" t="s">
+        <v>56</v>
+      </c>
+      <c r="G324" t="s">
+        <v>1926</v>
+      </c>
+      <c r="H324" t="s">
+        <v>1927</v>
+      </c>
+      <c r="I324" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J324" t="s">
+        <v>22</v>
+      </c>
+      <c r="K324" t="s">
+        <v>73</v>
+      </c>
+      <c r="L324" t="s">
+        <v>1928</v>
+      </c>
+      <c r="M324" t="s">
+        <v>31</v>
+      </c>
+      <c r="N324" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="325" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A325" t="s">
+        <v>1929</v>
+      </c>
+      <c r="B325" t="s">
+        <v>1930</v>
+      </c>
+      <c r="C325" s="5">
+        <v>2005</v>
+      </c>
+      <c r="D325" t="s">
+        <v>1931</v>
+      </c>
+      <c r="E325" t="s">
+        <v>17</v>
+      </c>
+      <c r="F325" t="s">
+        <v>56</v>
+      </c>
+      <c r="G325" t="s">
+        <v>1932</v>
+      </c>
+      <c r="H325" t="s">
+        <v>1933</v>
+      </c>
+      <c r="I325" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J325" t="s">
+        <v>22</v>
+      </c>
+      <c r="K325" t="s">
+        <v>202</v>
+      </c>
+      <c r="L325" t="s">
+        <v>1934</v>
+      </c>
+      <c r="M325" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="326" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A326" t="s">
+        <v>1935</v>
+      </c>
+      <c r="B326" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C326" s="5">
+        <v>2001</v>
+      </c>
+      <c r="D326" t="s">
+        <v>1937</v>
+      </c>
+      <c r="E326" t="s">
+        <v>17</v>
+      </c>
+      <c r="F326" t="s">
+        <v>56</v>
+      </c>
+      <c r="G326" t="s">
+        <v>1938</v>
+      </c>
+      <c r="H326" t="s">
+        <v>1939</v>
+      </c>
+      <c r="I326" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J326" t="s">
+        <v>22</v>
+      </c>
+      <c r="K326" t="s">
+        <v>1094</v>
+      </c>
+      <c r="L326" t="s">
+        <v>1940</v>
+      </c>
+    </row>
+    <row r="327" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A327" t="s">
+        <v>1941</v>
+      </c>
+      <c r="B327" t="s">
+        <v>1942</v>
+      </c>
+      <c r="C327" s="5">
+        <v>2001</v>
+      </c>
+      <c r="D327" t="s">
+        <v>1937</v>
+      </c>
+      <c r="E327" t="s">
+        <v>173</v>
+      </c>
+      <c r="F327" t="s">
+        <v>56</v>
+      </c>
+      <c r="G327" t="s">
+        <v>1938</v>
+      </c>
+      <c r="H327" t="s">
+        <v>1939</v>
+      </c>
+      <c r="I327" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J327" t="s">
+        <v>45</v>
+      </c>
+      <c r="K327" t="s">
+        <v>777</v>
+      </c>
+      <c r="L327" t="s">
+        <v>1943</v>
+      </c>
+    </row>
+    <row r="328" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A328" t="s">
+        <v>1944</v>
+      </c>
+      <c r="B328" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C328" s="5">
+        <v>1997</v>
+      </c>
+      <c r="D328" t="s">
+        <v>1946</v>
+      </c>
+      <c r="E328" t="s">
+        <v>17</v>
+      </c>
+      <c r="F328" t="s">
+        <v>56</v>
+      </c>
+      <c r="G328" t="s">
+        <v>1947</v>
+      </c>
+      <c r="H328" t="s">
+        <v>1948</v>
+      </c>
+      <c r="I328" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="J328" t="s">
+        <v>22</v>
+      </c>
+      <c r="K328" t="s">
+        <v>1321</v>
+      </c>
+      <c r="L328" t="s">
+        <v>1949</v>
+      </c>
+    </row>
+    <row r="329" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A329" t="s">
+        <v>1950</v>
+      </c>
+      <c r="B329" t="s">
+        <v>1951</v>
+      </c>
+      <c r="C329" s="5">
+        <v>2012</v>
+      </c>
+      <c r="E329" t="s">
+        <v>17</v>
+      </c>
+      <c r="F329" t="s">
+        <v>2260</v>
+      </c>
+      <c r="G329" t="s">
+        <v>1952</v>
+      </c>
+      <c r="H329" t="s">
+        <v>1953</v>
+      </c>
+      <c r="I329" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J329" t="s">
+        <v>72</v>
+      </c>
+      <c r="K329" t="s">
+        <v>1954</v>
+      </c>
+      <c r="L329" t="s">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="330" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A330" t="s">
+        <v>1956</v>
+      </c>
+      <c r="B330" t="s">
+        <v>1957</v>
+      </c>
+      <c r="C330" s="5">
+        <v>1996</v>
+      </c>
+      <c r="D330" t="s">
+        <v>1958</v>
+      </c>
+      <c r="E330" t="s">
+        <v>17</v>
+      </c>
+      <c r="F330" t="s">
+        <v>2261</v>
+      </c>
+      <c r="G330" t="s">
+        <v>1959</v>
+      </c>
+      <c r="H330" t="s">
+        <v>1960</v>
+      </c>
+      <c r="I330" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J330" t="s">
+        <v>72</v>
+      </c>
+      <c r="K330" t="s">
+        <v>46</v>
+      </c>
+      <c r="L330" t="s">
+        <v>1961</v>
+      </c>
+    </row>
+    <row r="331" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A331" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B331" t="s">
+        <v>1963</v>
+      </c>
+      <c r="C331" s="5">
+        <v>2008</v>
+      </c>
+      <c r="D331" t="s">
+        <v>1964</v>
+      </c>
+      <c r="E331" t="s">
+        <v>173</v>
+      </c>
+      <c r="F331" t="s">
+        <v>56</v>
+      </c>
+      <c r="G331" t="s">
+        <v>78</v>
+      </c>
+      <c r="H331" t="s">
+        <v>79</v>
+      </c>
+      <c r="I331" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="J331" t="s">
+        <v>22</v>
+      </c>
+      <c r="K331" t="s">
+        <v>176</v>
+      </c>
+      <c r="L331" t="s">
+        <v>1965</v>
+      </c>
+    </row>
+    <row r="332" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A332" t="s">
+        <v>1966</v>
+      </c>
+      <c r="B332" t="s">
+        <v>1967</v>
+      </c>
+      <c r="C332" s="5">
+        <v>2003</v>
+      </c>
+      <c r="D332" t="s">
+        <v>1968</v>
+      </c>
+      <c r="E332" t="s">
+        <v>17</v>
+      </c>
+      <c r="F332" t="s">
+        <v>56</v>
+      </c>
+      <c r="G332" t="s">
+        <v>1969</v>
+      </c>
+      <c r="H332" t="s">
+        <v>1970</v>
+      </c>
+      <c r="I332" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J332" t="s">
+        <v>1108</v>
+      </c>
+      <c r="K332" t="s">
+        <v>1246</v>
+      </c>
+      <c r="L332" t="s">
+        <v>1971</v>
+      </c>
+    </row>
+    <row r="333" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A333" t="s">
+        <v>2257</v>
+      </c>
+      <c r="B333" t="s">
+        <v>1972</v>
+      </c>
+      <c r="C333" s="5">
+        <v>1996</v>
+      </c>
+      <c r="E333" t="s">
+        <v>173</v>
+      </c>
+      <c r="F333" t="s">
+        <v>56</v>
+      </c>
+      <c r="G333" t="s">
+        <v>1973</v>
+      </c>
+      <c r="H333" t="s">
+        <v>1974</v>
+      </c>
+      <c r="I333" s="5" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J333" t="s">
+        <v>72</v>
+      </c>
+      <c r="K333" t="s">
+        <v>1975</v>
+      </c>
+      <c r="L333" t="s">
+        <v>1976</v>
+      </c>
+    </row>
+    <row r="334" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A334" t="s">
+        <v>2258</v>
+      </c>
+      <c r="B334" t="s">
+        <v>1977</v>
+      </c>
+      <c r="C334" s="5">
+        <v>1996</v>
+      </c>
+      <c r="D334" t="s">
+        <v>1978</v>
+      </c>
+      <c r="E334" t="s">
+        <v>17</v>
+      </c>
+      <c r="F334" t="s">
+        <v>56</v>
+      </c>
+      <c r="G334" t="s">
+        <v>1973</v>
+      </c>
+      <c r="H334" t="s">
+        <v>1974</v>
+      </c>
+      <c r="I334" s="5" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="J334" t="s">
+        <v>72</v>
+      </c>
+      <c r="K334" t="s">
+        <v>398</v>
+      </c>
+      <c r="L334" t="s">
+        <v>1979</v>
+      </c>
+    </row>
+    <row r="335" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A335" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B335" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C335" s="5">
+        <v>2006</v>
+      </c>
+      <c r="D335" t="s">
+        <v>1982</v>
+      </c>
+      <c r="E335" t="s">
+        <v>17</v>
+      </c>
+      <c r="F335" t="s">
+        <v>56</v>
+      </c>
+      <c r="G335" t="s">
+        <v>1983</v>
+      </c>
+      <c r="H335" t="s">
+        <v>1984</v>
+      </c>
+      <c r="I335" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="J335" t="s">
+        <v>22</v>
+      </c>
+      <c r="K335" t="s">
+        <v>260</v>
+      </c>
+      <c r="L335" t="s">
         <v>1985</v>
       </c>
-      <c r="D9" s="6" t="s">
-[...38 lines deleted...]
-      <c r="C10" s="6">
+      <c r="M335" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="336" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A336" t="s">
+        <v>1986</v>
+      </c>
+      <c r="B336" t="s">
+        <v>1987</v>
+      </c>
+      <c r="C336" s="5">
+        <v>1998</v>
+      </c>
+      <c r="D336" t="s">
+        <v>1988</v>
+      </c>
+      <c r="E336" t="s">
+        <v>17</v>
+      </c>
+      <c r="F336" t="s">
+        <v>56</v>
+      </c>
+      <c r="G336" t="s">
+        <v>1989</v>
+      </c>
+      <c r="H336" t="s">
+        <v>1984</v>
+      </c>
+      <c r="I336" s="5"/>
+      <c r="J336" t="s">
+        <v>22</v>
+      </c>
+      <c r="K336" t="s">
+        <v>1375</v>
+      </c>
+      <c r="L336" t="s">
+        <v>1990</v>
+      </c>
+    </row>
+    <row r="337" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A337" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B337" t="s">
+        <v>1992</v>
+      </c>
+      <c r="C337" s="5">
+        <v>2017</v>
+      </c>
+      <c r="D337" t="s">
+        <v>1993</v>
+      </c>
+      <c r="E337" t="s">
+        <v>17</v>
+      </c>
+      <c r="F337" t="s">
+        <v>56</v>
+      </c>
+      <c r="G337" t="s">
+        <v>1994</v>
+      </c>
+      <c r="H337" t="s">
+        <v>1995</v>
+      </c>
+      <c r="I337" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J337" t="s">
+        <v>22</v>
+      </c>
+      <c r="K337" t="s">
+        <v>1996</v>
+      </c>
+      <c r="L337" t="s">
+        <v>1997</v>
+      </c>
+    </row>
+    <row r="338" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A338" t="s">
+        <v>1998</v>
+      </c>
+      <c r="B338" t="s">
+        <v>1999</v>
+      </c>
+      <c r="C338" s="5">
+        <v>1979</v>
+      </c>
+      <c r="D338" t="s">
+        <v>2000</v>
+      </c>
+      <c r="E338" t="s">
+        <v>17</v>
+      </c>
+      <c r="F338" t="s">
+        <v>56</v>
+      </c>
+      <c r="G338" t="s">
+        <v>284</v>
+      </c>
+      <c r="H338" t="s">
+        <v>2001</v>
+      </c>
+      <c r="I338" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J338" t="s">
+        <v>45</v>
+      </c>
+      <c r="K338" t="s">
+        <v>118</v>
+      </c>
+      <c r="L338" t="s">
+        <v>2002</v>
+      </c>
+      <c r="M338" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="339" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A339" t="s">
+        <v>2003</v>
+      </c>
+      <c r="B339" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C339" s="5">
+        <v>1978</v>
+      </c>
+      <c r="D339" t="s">
+        <v>2005</v>
+      </c>
+      <c r="E339" t="s">
+        <v>17</v>
+      </c>
+      <c r="F339" t="s">
+        <v>56</v>
+      </c>
+      <c r="G339" t="s">
         <v>2006</v>
       </c>
-      <c r="D10" s="6" t="s">
-[...120 lines deleted...]
-      <c r="C13" s="6">
+      <c r="H339" t="s">
         <v>2007</v>
       </c>
-      <c r="D13" s="6" t="s">
-[...70 lines deleted...]
-      <c r="A15" s="6" t="s">
+      <c r="I339" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J339" t="s">
+        <v>22</v>
+      </c>
+      <c r="K339" t="s">
+        <v>2008</v>
+      </c>
+      <c r="L339" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="340" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A340" t="s">
+        <v>2010</v>
+      </c>
+      <c r="B340" t="s">
+        <v>2011</v>
+      </c>
+      <c r="C340" s="5">
+        <v>2003</v>
+      </c>
+      <c r="D340" t="s">
+        <v>2012</v>
+      </c>
+      <c r="E340" t="s">
+        <v>173</v>
+      </c>
+      <c r="F340" t="s">
+        <v>56</v>
+      </c>
+      <c r="G340" t="s">
+        <v>2013</v>
+      </c>
+      <c r="H340" t="s">
+        <v>2014</v>
+      </c>
+      <c r="I340" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J340" t="s">
+        <v>22</v>
+      </c>
+      <c r="K340" t="s">
+        <v>2015</v>
+      </c>
+      <c r="L340" t="s">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="341" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A341" t="s">
+        <v>2017</v>
+      </c>
+      <c r="B341" t="s">
+        <v>2018</v>
+      </c>
+      <c r="C341" s="5">
+        <v>1997</v>
+      </c>
+      <c r="D341" t="s">
+        <v>1504</v>
+      </c>
+      <c r="E341" t="s">
+        <v>173</v>
+      </c>
+      <c r="F341" t="s">
+        <v>56</v>
+      </c>
+      <c r="G341" t="s">
+        <v>2019</v>
+      </c>
+      <c r="H341" t="s">
+        <v>2020</v>
+      </c>
+      <c r="I341" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J341" t="s">
+        <v>1108</v>
+      </c>
+      <c r="K341" t="s">
+        <v>2021</v>
+      </c>
+      <c r="L341" t="s">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="342" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A342" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B342" t="s">
+        <v>2024</v>
+      </c>
+      <c r="C342" s="5">
+        <v>1970</v>
+      </c>
+      <c r="D342" t="s">
+        <v>2025</v>
+      </c>
+      <c r="E342" t="s">
+        <v>144</v>
+      </c>
+      <c r="F342" t="s">
+        <v>56</v>
+      </c>
+      <c r="G342" t="s">
+        <v>2026</v>
+      </c>
+      <c r="H342" t="s">
+        <v>2027</v>
+      </c>
+      <c r="I342" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J342" t="s">
+        <v>72</v>
+      </c>
+      <c r="K342" t="s">
+        <v>2028</v>
+      </c>
+      <c r="L342" t="s">
+        <v>2029</v>
+      </c>
+    </row>
+    <row r="343" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A343" t="s">
+        <v>2030</v>
+      </c>
+      <c r="B343" t="s">
+        <v>2031</v>
+      </c>
+      <c r="C343" s="5">
+        <v>1971</v>
+      </c>
+      <c r="D343" t="s">
+        <v>2032</v>
+      </c>
+      <c r="E343" t="s">
+        <v>17</v>
+      </c>
+      <c r="F343" t="s">
+        <v>2033</v>
+      </c>
+      <c r="G343" t="s">
+        <v>43</v>
+      </c>
+      <c r="H343" t="s">
+        <v>1054</v>
+      </c>
+      <c r="I343" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J343" t="s">
+        <v>45</v>
+      </c>
+      <c r="K343" t="s">
+        <v>1188</v>
+      </c>
+      <c r="L343" t="s">
+        <v>2034</v>
+      </c>
+    </row>
+    <row r="344" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A344" t="s">
+        <v>2035</v>
+      </c>
+      <c r="B344" t="s">
+        <v>2036</v>
+      </c>
+      <c r="C344" s="5">
+        <v>1970</v>
+      </c>
+      <c r="D344" t="s">
+        <v>2037</v>
+      </c>
+      <c r="E344" t="s">
+        <v>17</v>
+      </c>
+      <c r="F344" t="s">
+        <v>56</v>
+      </c>
+      <c r="G344" t="s">
+        <v>2026</v>
+      </c>
+      <c r="H344" t="s">
+        <v>2027</v>
+      </c>
+      <c r="I344" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J344" t="s">
+        <v>22</v>
+      </c>
+      <c r="K344" t="s">
+        <v>1171</v>
+      </c>
+      <c r="L344" t="s">
+        <v>2038</v>
+      </c>
+    </row>
+    <row r="345" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A345" t="s">
+        <v>2039</v>
+      </c>
+      <c r="B345" t="s">
+        <v>2040</v>
+      </c>
+      <c r="C345" s="5">
+        <v>1993</v>
+      </c>
+      <c r="D345" t="s">
+        <v>2041</v>
+      </c>
+      <c r="E345" t="s">
+        <v>173</v>
+      </c>
+      <c r="F345" t="s">
+        <v>56</v>
+      </c>
+      <c r="G345" t="s">
+        <v>2042</v>
+      </c>
+      <c r="H345" t="s">
+        <v>2043</v>
+      </c>
+      <c r="I345" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J345" t="s">
+        <v>22</v>
+      </c>
+      <c r="K345" t="s">
+        <v>2044</v>
+      </c>
+      <c r="L345" t="s">
+        <v>2045</v>
+      </c>
+    </row>
+    <row r="346" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A346" t="s">
+        <v>2046</v>
+      </c>
+      <c r="B346" t="s">
+        <v>2047</v>
+      </c>
+      <c r="C346" s="5">
+        <v>1996</v>
+      </c>
+      <c r="D346" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E346" t="s">
+        <v>17</v>
+      </c>
+      <c r="F346" t="s">
+        <v>56</v>
+      </c>
+      <c r="G346" t="s">
+        <v>2049</v>
+      </c>
+      <c r="H346" t="s">
+        <v>2050</v>
+      </c>
+      <c r="I346" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J346" t="s">
+        <v>22</v>
+      </c>
+      <c r="K346" t="s">
+        <v>1531</v>
+      </c>
+      <c r="L346" t="s">
+        <v>2051</v>
+      </c>
+      <c r="M346" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="347" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A347" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B347" t="s">
+        <v>2070</v>
+      </c>
+      <c r="C347" s="5">
+        <v>2012</v>
+      </c>
+      <c r="D347" t="s">
+        <v>2071</v>
+      </c>
+      <c r="E347" t="s">
+        <v>17</v>
+      </c>
+      <c r="F347" t="s">
+        <v>56</v>
+      </c>
+      <c r="G347" t="s">
+        <v>2072</v>
+      </c>
+      <c r="H347" t="s">
+        <v>2070</v>
+      </c>
+      <c r="I347" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="J347" t="s">
+        <v>22</v>
+      </c>
+      <c r="K347" t="s">
+        <v>1128</v>
+      </c>
+      <c r="L347" t="s">
+        <v>2073</v>
+      </c>
+      <c r="N347" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="348" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A348" t="s">
+        <v>2074</v>
+      </c>
+      <c r="B348" t="s">
+        <v>2075</v>
+      </c>
+      <c r="C348" s="5">
+        <v>2022</v>
+      </c>
+      <c r="D348" t="s">
+        <v>2076</v>
+      </c>
+      <c r="E348" t="s">
+        <v>17</v>
+      </c>
+      <c r="F348" t="s">
+        <v>56</v>
+      </c>
+      <c r="G348" t="s">
+        <v>2077</v>
+      </c>
+      <c r="H348" t="s">
+        <v>2078</v>
+      </c>
+      <c r="I348" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J348" t="s">
+        <v>22</v>
+      </c>
+      <c r="K348" t="s">
+        <v>2079</v>
+      </c>
+      <c r="L348" t="s">
+        <v>2080</v>
+      </c>
+      <c r="N348" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="349" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A349" t="s">
+        <v>2084</v>
+      </c>
+      <c r="B349" t="s">
+        <v>2085</v>
+      </c>
+      <c r="C349" s="5">
+        <v>2000</v>
+      </c>
+      <c r="D349" t="s">
+        <v>2086</v>
+      </c>
+      <c r="E349" t="s">
+        <v>17</v>
+      </c>
+      <c r="F349" t="s">
+        <v>56</v>
+      </c>
+      <c r="G349" t="s">
+        <v>2087</v>
+      </c>
+      <c r="H349" t="s">
+        <v>2088</v>
+      </c>
+      <c r="I349" s="5" t="s">
+        <v>2089</v>
+      </c>
+      <c r="J349" t="s">
+        <v>45</v>
+      </c>
+      <c r="K349" t="s">
+        <v>2090</v>
+      </c>
+      <c r="L349" t="s">
+        <v>2091</v>
+      </c>
+    </row>
+    <row r="350" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A350" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B350" t="s">
+        <v>2093</v>
+      </c>
+      <c r="C350" s="5">
+        <v>2011</v>
+      </c>
+      <c r="D350" t="s">
+        <v>2094</v>
+      </c>
+      <c r="E350" t="s">
+        <v>17</v>
+      </c>
+      <c r="F350" t="s">
+        <v>56</v>
+      </c>
+      <c r="G350" t="s">
+        <v>2095</v>
+      </c>
+      <c r="H350" t="s">
+        <v>2096</v>
+      </c>
+      <c r="I350" s="5"/>
+      <c r="J350" t="s">
+        <v>22</v>
+      </c>
+      <c r="K350" t="s">
         <v>46</v>
       </c>
-      <c r="B15" s="6" t="s">
-[...36 lines deleted...]
-      <c r="A16" s="6" t="s">
+      <c r="L350" t="s">
+        <v>2097</v>
+      </c>
+    </row>
+    <row r="351" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A351" t="s">
+        <v>2098</v>
+      </c>
+      <c r="B351" t="s">
+        <v>2099</v>
+      </c>
+      <c r="C351" s="5">
+        <v>1993</v>
+      </c>
+      <c r="D351" t="s">
+        <v>2100</v>
+      </c>
+      <c r="E351" t="s">
+        <v>17</v>
+      </c>
+      <c r="F351" t="s">
+        <v>56</v>
+      </c>
+      <c r="G351" t="s">
+        <v>2101</v>
+      </c>
+      <c r="H351" t="s">
+        <v>2102</v>
+      </c>
+      <c r="I351" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J351" t="s">
+        <v>1108</v>
+      </c>
+      <c r="K351" t="s">
+        <v>2103</v>
+      </c>
+      <c r="L351" t="s">
+        <v>2104</v>
+      </c>
+    </row>
+    <row r="352" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A352" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B352" t="s">
+        <v>2106</v>
+      </c>
+      <c r="C352" s="5">
+        <v>2013</v>
+      </c>
+      <c r="D352" t="s">
+        <v>2107</v>
+      </c>
+      <c r="E352" t="s">
+        <v>17</v>
+      </c>
+      <c r="F352" t="s">
+        <v>56</v>
+      </c>
+      <c r="G352" t="s">
+        <v>2108</v>
+      </c>
+      <c r="H352" t="s">
+        <v>2109</v>
+      </c>
+      <c r="I352" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J352" t="s">
+        <v>72</v>
+      </c>
+      <c r="K352" t="s">
+        <v>2110</v>
+      </c>
+      <c r="L352" t="s">
+        <v>2111</v>
+      </c>
+    </row>
+    <row r="353" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A353" t="s">
+        <v>2148</v>
+      </c>
+      <c r="B353" t="s">
+        <v>2149</v>
+      </c>
+      <c r="C353" s="5">
+        <v>2024</v>
+      </c>
+      <c r="D353" t="s">
+        <v>2150</v>
+      </c>
+      <c r="E353" t="s">
+        <v>17</v>
+      </c>
+      <c r="F353" t="s">
+        <v>56</v>
+      </c>
+      <c r="G353" t="s">
+        <v>1994</v>
+      </c>
+      <c r="H353" t="s">
+        <v>1995</v>
+      </c>
+      <c r="I353" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J353" t="s">
+        <v>22</v>
+      </c>
+      <c r="K353" t="s">
+        <v>2151</v>
+      </c>
+      <c r="L353" t="s">
+        <v>2152</v>
+      </c>
+    </row>
+    <row r="354" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A354" t="s">
+        <v>2153</v>
+      </c>
+      <c r="B354" t="s">
+        <v>2154</v>
+      </c>
+      <c r="C354" s="5">
+        <v>2001</v>
+      </c>
+      <c r="D354" t="s">
+        <v>2155</v>
+      </c>
+      <c r="E354" t="s">
+        <v>17</v>
+      </c>
+      <c r="F354" t="s">
+        <v>56</v>
+      </c>
+      <c r="G354" t="s">
+        <v>2156</v>
+      </c>
+      <c r="H354" t="s">
+        <v>2157</v>
+      </c>
+      <c r="I354" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="J354" t="s">
+        <v>22</v>
+      </c>
+      <c r="K354" t="s">
+        <v>405</v>
+      </c>
+      <c r="L354" t="s">
+        <v>2158</v>
+      </c>
+    </row>
+    <row r="355" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A355" t="s">
+        <v>2206</v>
+      </c>
+      <c r="B355" t="s">
+        <v>2207</v>
+      </c>
+      <c r="C355" s="5">
+        <v>2002</v>
+      </c>
+      <c r="D355" t="s">
+        <v>2208</v>
+      </c>
+      <c r="E355" t="s">
+        <v>17</v>
+      </c>
+      <c r="F355" t="s">
+        <v>56</v>
+      </c>
+      <c r="G355" t="s">
+        <v>2209</v>
+      </c>
+      <c r="H355" t="s">
+        <v>2210</v>
+      </c>
+      <c r="I355" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J355" t="s">
+        <v>22</v>
+      </c>
+      <c r="K355" t="s">
+        <v>1188</v>
+      </c>
+      <c r="L355" t="s">
+        <v>2211</v>
+      </c>
+      <c r="M355" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="356" spans="1:14" x14ac:dyDescent="0.45">
+      <c r="A356" t="s">
+        <v>2212</v>
+      </c>
+      <c r="B356" t="s">
+        <v>2213</v>
+      </c>
+      <c r="C356" s="5">
+        <v>2011</v>
+      </c>
+      <c r="D356" t="s">
+        <v>2214</v>
+      </c>
+      <c r="E356" t="s">
+        <v>17</v>
+      </c>
+      <c r="F356" t="s">
+        <v>56</v>
+      </c>
+      <c r="G356" t="s">
+        <v>2215</v>
+      </c>
+      <c r="H356" t="s">
+        <v>2216</v>
+      </c>
+      <c r="I356" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="J356" t="s">
+        <v>22</v>
+      </c>
+      <c r="K356" t="s">
         <v>209</v>
       </c>
-      <c r="B16" s="6" t="s">
-[...7242 lines deleted...]
-      <c r="A195" s="6" t="s">
+      <c r="L356" t="s">
+        <v>2217</v>
+      </c>
+      <c r="M356" t="s">
+        <v>104</v>
+      </c>
+      <c r="N356" t="s">
         <v>169</v>
       </c>
-      <c r="B195" s="6" t="s">
-[...7833 lines deleted...]
-      <c r="N387" s="6"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A5C32178-F8B9-4171-B5C6-424746F05191}">
+  <dimension ref="A1:O66"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C51" sqref="C51"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="15.75" x14ac:dyDescent="0.5"/>
+  <cols>
+    <col min="1" max="1" width="16.73046875" style="13" customWidth="1"/>
+    <col min="2" max="2" width="27" style="13" customWidth="1"/>
+    <col min="3" max="3" width="65.265625" style="13" customWidth="1"/>
+    <col min="4" max="4" width="45.86328125" style="13" customWidth="1"/>
+    <col min="5" max="5" width="20.86328125" style="13" customWidth="1"/>
+    <col min="6" max="6" width="18.73046875" style="13" customWidth="1"/>
+    <col min="7" max="7" width="9.1328125" style="13"/>
+    <col min="8" max="8" width="40.59765625" style="13" customWidth="1"/>
+    <col min="9" max="9" width="34.73046875" style="13" customWidth="1"/>
+    <col min="10" max="10" width="30.3984375" style="13" customWidth="1"/>
+    <col min="11" max="11" width="16.59765625" style="13" customWidth="1"/>
+    <col min="12" max="12" width="22.86328125" style="13" customWidth="1"/>
+    <col min="13" max="14" width="31.59765625" style="13" customWidth="1"/>
+    <col min="15" max="15" width="15.3984375" style="13" customWidth="1"/>
+    <col min="16" max="16384" width="9.1328125" style="13"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A1" s="16"/>
+      <c r="B1" s="16"/>
+      <c r="C1" s="16"/>
+      <c r="D1" s="16"/>
+      <c r="E1" s="16"/>
+      <c r="F1" s="16"/>
+      <c r="G1" s="16"/>
+      <c r="H1" s="16"/>
+      <c r="I1" s="16"/>
+      <c r="J1" s="16"/>
+      <c r="K1" s="16"/>
+      <c r="L1" s="16"/>
+      <c r="M1" s="16"/>
+      <c r="N1" s="16"/>
+      <c r="O1" s="16"/>
+    </row>
+    <row r="2" spans="1:15" ht="23.25" x14ac:dyDescent="0.5">
+      <c r="A2" s="16"/>
+      <c r="B2" s="16"/>
+      <c r="C2" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="D2" s="16"/>
+      <c r="E2" s="16"/>
+      <c r="F2" s="16"/>
+      <c r="G2" s="16"/>
+      <c r="H2" s="16"/>
+      <c r="I2" s="16"/>
+      <c r="J2" s="16"/>
+      <c r="K2" s="16"/>
+      <c r="L2" s="16"/>
+      <c r="M2" s="16"/>
+      <c r="N2" s="16"/>
+      <c r="O2" s="16"/>
+    </row>
+    <row r="3" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A3" s="16"/>
+      <c r="B3" s="16"/>
+      <c r="C3" s="2" t="s">
+        <v>2384</v>
+      </c>
+      <c r="D3" s="16"/>
+      <c r="E3" s="16"/>
+      <c r="F3" s="16"/>
+      <c r="G3" s="16"/>
+      <c r="H3" s="16"/>
+      <c r="I3" s="16"/>
+      <c r="J3" s="16"/>
+      <c r="K3" s="16"/>
+      <c r="L3" s="16"/>
+      <c r="M3" s="16"/>
+      <c r="N3" s="16"/>
+      <c r="O3" s="16"/>
+    </row>
+    <row r="4" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A4" s="16"/>
+      <c r="B4" s="16"/>
+      <c r="C4" s="25" t="s">
+        <v>2385</v>
+      </c>
+      <c r="D4" s="16"/>
+      <c r="E4" s="16"/>
+      <c r="F4" s="16"/>
+      <c r="G4" s="16"/>
+      <c r="H4" s="16"/>
+      <c r="I4" s="16"/>
+      <c r="J4" s="16"/>
+      <c r="K4" s="16"/>
+      <c r="L4" s="16"/>
+      <c r="M4" s="16"/>
+      <c r="N4" s="16"/>
+      <c r="O4" s="16"/>
+    </row>
+    <row r="5" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A5" s="16"/>
+      <c r="B5" s="16"/>
+      <c r="C5" s="16"/>
+      <c r="D5" s="16"/>
+      <c r="E5" s="16"/>
+      <c r="F5" s="16"/>
+      <c r="G5" s="16"/>
+      <c r="H5" s="16"/>
+      <c r="I5" s="16"/>
+      <c r="J5" s="16"/>
+      <c r="K5" s="16"/>
+      <c r="L5" s="16"/>
+      <c r="M5" s="16"/>
+      <c r="N5" s="16"/>
+      <c r="O5" s="16"/>
+    </row>
+    <row r="6" spans="1:15" ht="18" x14ac:dyDescent="0.55000000000000004">
+      <c r="A6" s="17" t="s">
+        <v>2265</v>
+      </c>
+      <c r="B6" s="16"/>
+      <c r="C6" s="16"/>
+      <c r="D6" s="16"/>
+      <c r="E6" s="16"/>
+      <c r="F6" s="16"/>
+      <c r="G6" s="16"/>
+      <c r="H6" s="16"/>
+      <c r="I6" s="16"/>
+      <c r="J6" s="16"/>
+      <c r="K6" s="16"/>
+      <c r="L6" s="16"/>
+      <c r="M6" s="16"/>
+      <c r="N6" s="16"/>
+      <c r="O6" s="16"/>
+    </row>
+    <row r="7" spans="1:15" ht="29.25" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A7" s="3" t="s">
+        <v>2264</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>2377</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="E7" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="H7" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I7" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="J7" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="K7" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="L7" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="M7" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="N7" s="3" t="s">
+        <v>2330</v>
+      </c>
+      <c r="O7" s="3" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="8" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A8" s="6" t="s">
+        <v>2266</v>
+      </c>
+      <c r="B8" s="13" t="s">
+        <v>2115</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>2287</v>
+      </c>
+      <c r="E8" s="13">
+        <v>2018</v>
+      </c>
+      <c r="F8" s="7" t="s">
+        <v>2112</v>
+      </c>
+      <c r="H8" s="7" t="s">
+        <v>2359</v>
+      </c>
+      <c r="I8" s="7" t="s">
+        <v>2113</v>
+      </c>
+      <c r="J8" s="13" t="s">
+        <v>2114</v>
+      </c>
+      <c r="K8" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="L8" s="13" t="s">
+        <v>153</v>
+      </c>
+      <c r="M8" s="7" t="s">
+        <v>2116</v>
+      </c>
+      <c r="N8" s="7" t="s">
+        <v>2381</v>
+      </c>
+      <c r="O8" s="8" t="s">
+        <v>2329</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A9" s="6" t="s">
+        <v>2267</v>
+      </c>
+      <c r="B9" s="13" t="s">
+        <v>2222</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>2288</v>
+      </c>
+      <c r="D9" s="13" t="s">
+        <v>2218</v>
+      </c>
+      <c r="E9" s="13">
+        <v>2018</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>2219</v>
+      </c>
+      <c r="H9" s="7" t="s">
+        <v>2360</v>
+      </c>
+      <c r="I9" s="7" t="s">
+        <v>2220</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>2221</v>
+      </c>
+      <c r="K9" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="L9" s="13" t="s">
+        <v>23</v>
+      </c>
+      <c r="M9" s="7" t="s">
+        <v>2223</v>
+      </c>
+      <c r="N9" s="7" t="s">
+        <v>2381</v>
+      </c>
+      <c r="O9" s="8" t="s">
+        <v>2329</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A10" s="6" t="s">
+        <v>2268</v>
+      </c>
+      <c r="B10" s="13" t="s">
+        <v>2236</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>2289</v>
+      </c>
+      <c r="D10" s="13" t="s">
+        <v>2232</v>
+      </c>
+      <c r="E10" s="13">
+        <v>1996</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>2233</v>
+      </c>
+      <c r="H10" s="7" t="s">
+        <v>2361</v>
+      </c>
+      <c r="I10" s="7" t="s">
+        <v>2234</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>2235</v>
+      </c>
+      <c r="K10" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="L10" s="13" t="s">
+        <v>1219</v>
+      </c>
+      <c r="M10" s="7" t="s">
+        <v>2237</v>
+      </c>
+      <c r="N10" s="7" t="s">
+        <v>2381</v>
+      </c>
+      <c r="O10" s="8"/>
+    </row>
+    <row r="11" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A11" s="6" t="s">
+        <v>2269</v>
+      </c>
+      <c r="B11" s="13" t="s">
+        <v>2170</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>2117</v>
+      </c>
+      <c r="D11" s="13" t="s">
+        <v>2118</v>
+      </c>
+      <c r="E11" s="13">
+        <v>2012</v>
+      </c>
+      <c r="F11" s="7" t="s">
+        <v>2119</v>
+      </c>
+      <c r="H11" s="7" t="s">
+        <v>2362</v>
+      </c>
+      <c r="I11" s="7" t="s">
+        <v>2120</v>
+      </c>
+      <c r="J11" s="13" t="s">
+        <v>2121</v>
+      </c>
+      <c r="K11" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="L11" s="13" t="s">
+        <v>1954</v>
+      </c>
+      <c r="M11" s="7" t="s">
+        <v>2122</v>
+      </c>
+      <c r="N11" s="7" t="s">
+        <v>2381</v>
+      </c>
+      <c r="O11" s="8" t="s">
+        <v>2329</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A12" s="6" t="s">
+        <v>2269</v>
+      </c>
+      <c r="B12" s="13" t="s">
+        <v>2170</v>
+      </c>
+      <c r="C12" s="7" t="s">
+        <v>2123</v>
+      </c>
+      <c r="D12" s="13" t="s">
+        <v>2124</v>
+      </c>
+      <c r="E12" s="13">
+        <v>2013</v>
+      </c>
+      <c r="F12" s="7" t="s">
+        <v>2125</v>
+      </c>
+      <c r="H12" s="7" t="s">
+        <v>2363</v>
+      </c>
+      <c r="I12" s="7" t="s">
+        <v>2120</v>
+      </c>
+      <c r="J12" s="13" t="s">
+        <v>2121</v>
+      </c>
+      <c r="K12" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="L12" s="13" t="s">
+        <v>1413</v>
+      </c>
+      <c r="M12" s="7" t="s">
+        <v>2126</v>
+      </c>
+      <c r="N12" s="7" t="s">
+        <v>2381</v>
+      </c>
+      <c r="O12" s="8" t="s">
+        <v>2329</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A13" s="6" t="s">
+        <v>2269</v>
+      </c>
+      <c r="B13" s="13" t="s">
+        <v>2170</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>2132</v>
+      </c>
+      <c r="D13" s="13" t="s">
+        <v>2133</v>
+      </c>
+      <c r="E13" s="13">
+        <v>2019</v>
+      </c>
+      <c r="F13" s="7" t="s">
+        <v>2134</v>
+      </c>
+      <c r="H13" s="7" t="s">
+        <v>2364</v>
+      </c>
+      <c r="I13" s="7" t="s">
+        <v>2120</v>
+      </c>
+      <c r="J13" s="13" t="s">
+        <v>2121</v>
+      </c>
+      <c r="K13" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="L13" s="13" t="s">
+        <v>2135</v>
+      </c>
+      <c r="M13" s="7" t="s">
+        <v>2136</v>
+      </c>
+      <c r="N13" s="7" t="s">
+        <v>2381</v>
+      </c>
+      <c r="O13" s="8" t="s">
+        <v>2329</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A14" s="6" t="s">
+        <v>2269</v>
+      </c>
+      <c r="B14" s="13" t="s">
+        <v>2170</v>
+      </c>
+      <c r="C14" s="7" t="s">
+        <v>2137</v>
+      </c>
+      <c r="D14" s="13" t="s">
+        <v>2138</v>
+      </c>
+      <c r="E14" s="13">
+        <v>2006</v>
+      </c>
+      <c r="F14" s="7" t="s">
+        <v>2139</v>
+      </c>
+      <c r="H14" s="7" t="s">
+        <v>2362</v>
+      </c>
+      <c r="I14" s="7" t="s">
+        <v>2120</v>
+      </c>
+      <c r="J14" s="13" t="s">
+        <v>2121</v>
+      </c>
+      <c r="K14" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="L14" s="13" t="s">
+        <v>260</v>
+      </c>
+      <c r="M14" s="7" t="s">
+        <v>2140</v>
+      </c>
+      <c r="N14" s="7" t="s">
+        <v>2381</v>
+      </c>
+      <c r="O14" s="8" t="s">
+        <v>2329</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A15" s="6" t="s">
+        <v>2269</v>
+      </c>
+      <c r="B15" s="13" t="s">
+        <v>2170</v>
+      </c>
+      <c r="C15" s="7" t="s">
+        <v>2183</v>
+      </c>
+      <c r="D15" s="13" t="s">
+        <v>2184</v>
+      </c>
+      <c r="E15" s="13">
+        <v>2011</v>
+      </c>
+      <c r="F15" s="7" t="s">
+        <v>2185</v>
+      </c>
+      <c r="H15" s="7" t="s">
+        <v>2365</v>
+      </c>
+      <c r="I15" s="7" t="s">
+        <v>2309</v>
+      </c>
+      <c r="J15" s="13" t="s">
+        <v>2186</v>
+      </c>
+      <c r="K15" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="L15" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="M15" s="7" t="s">
+        <v>2187</v>
+      </c>
+      <c r="N15" s="7" t="s">
+        <v>2381</v>
+      </c>
+      <c r="O15" s="8" t="s">
+        <v>2329</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A16" s="6" t="s">
+        <v>2270</v>
+      </c>
+      <c r="B16" s="13" t="s">
+        <v>2164</v>
+      </c>
+      <c r="C16" s="7" t="s">
+        <v>2159</v>
+      </c>
+      <c r="D16" s="13" t="s">
+        <v>2160</v>
+      </c>
+      <c r="E16" s="13">
+        <v>1983</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>2161</v>
+      </c>
+      <c r="H16" s="7" t="s">
+        <v>2366</v>
+      </c>
+      <c r="I16" s="7" t="s">
+        <v>2162</v>
+      </c>
+      <c r="J16" s="13" t="s">
+        <v>2163</v>
+      </c>
+      <c r="K16" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="L16" s="13" t="s">
+        <v>1166</v>
+      </c>
+      <c r="M16" s="7" t="s">
+        <v>2165</v>
+      </c>
+      <c r="N16" s="7" t="s">
+        <v>2382</v>
+      </c>
+      <c r="O16" s="8"/>
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A17" s="6" t="s">
+        <v>2271</v>
+      </c>
+      <c r="B17" s="13" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C17" s="7" t="s">
+        <v>2290</v>
+      </c>
+      <c r="D17" s="13" t="s">
+        <v>2081</v>
+      </c>
+      <c r="E17" s="13">
+        <v>1997</v>
+      </c>
+      <c r="F17" s="7" t="s">
+        <v>2082</v>
+      </c>
+      <c r="H17" s="7" t="s">
+        <v>2363</v>
+      </c>
+      <c r="I17" s="7" t="s">
+        <v>2063</v>
+      </c>
+      <c r="J17" s="13" t="s">
+        <v>2064</v>
+      </c>
+      <c r="K17" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="L17" s="13" t="s">
+        <v>160</v>
+      </c>
+      <c r="M17" s="7" t="s">
+        <v>2083</v>
+      </c>
+      <c r="N17" s="7" t="s">
+        <v>2382</v>
+      </c>
+      <c r="O17" s="8"/>
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A18" s="6" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B18" s="13" t="s">
+        <v>2176</v>
+      </c>
+      <c r="C18" s="7" t="s">
+        <v>2291</v>
+      </c>
+      <c r="E18" s="13">
+        <v>1987</v>
+      </c>
+      <c r="F18" s="7" t="s">
+        <v>2173</v>
+      </c>
+      <c r="H18" s="7" t="s">
+        <v>2359</v>
+      </c>
+      <c r="I18" s="7" t="s">
+        <v>2174</v>
+      </c>
+      <c r="J18" s="13" t="s">
+        <v>2175</v>
+      </c>
+      <c r="K18" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="L18" s="13" t="s">
+        <v>2177</v>
+      </c>
+      <c r="M18" s="7" t="s">
+        <v>2178</v>
+      </c>
+      <c r="N18" s="7" t="s">
+        <v>2381</v>
+      </c>
+      <c r="O18" s="8"/>
+    </row>
+    <row r="19" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A19" s="6" t="s">
+        <v>2273</v>
+      </c>
+      <c r="B19" s="13" t="s">
+        <v>2226</v>
+      </c>
+      <c r="C19" s="7" t="s">
+        <v>2292</v>
+      </c>
+      <c r="E19" s="13">
+        <v>2009</v>
+      </c>
+      <c r="F19" s="7" t="s">
+        <v>2321</v>
+      </c>
+      <c r="H19" s="7" t="s">
+        <v>2359</v>
+      </c>
+      <c r="I19" s="7" t="s">
+        <v>2224</v>
+      </c>
+      <c r="J19" s="13" t="s">
+        <v>2225</v>
+      </c>
+      <c r="K19" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="L19" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="M19" s="7" t="s">
+        <v>2227</v>
+      </c>
+      <c r="N19" s="7" t="s">
+        <v>2381</v>
+      </c>
+      <c r="O19" s="8"/>
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A20" s="18" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B20" s="19" t="s">
+        <v>2226</v>
+      </c>
+      <c r="C20" s="18" t="s">
+        <v>2293</v>
+      </c>
+      <c r="D20" s="19"/>
+      <c r="E20" s="19"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="19"/>
+      <c r="H20" s="18"/>
+      <c r="I20" s="18" t="s">
+        <v>2310</v>
+      </c>
+      <c r="J20" s="19"/>
+      <c r="K20" s="18"/>
+      <c r="L20" s="19"/>
+      <c r="M20" s="18"/>
+      <c r="N20" s="18"/>
+      <c r="O20" s="20"/>
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A21" s="18" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B21" s="19" t="s">
+        <v>2226</v>
+      </c>
+      <c r="C21" s="18" t="s">
+        <v>2294</v>
+      </c>
+      <c r="D21" s="19"/>
+      <c r="E21" s="19"/>
+      <c r="F21" s="18"/>
+      <c r="G21" s="19"/>
+      <c r="H21" s="18"/>
+      <c r="I21" s="18" t="s">
+        <v>2311</v>
+      </c>
+      <c r="J21" s="19"/>
+      <c r="K21" s="18"/>
+      <c r="L21" s="19"/>
+      <c r="M21" s="18"/>
+      <c r="N21" s="18"/>
+      <c r="O21" s="20"/>
+    </row>
+    <row r="22" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A22" s="6" t="s">
+        <v>2275</v>
+      </c>
+      <c r="B22" s="13" t="s">
+        <v>2246</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>2295</v>
+      </c>
+      <c r="E22" s="13">
+        <v>2017</v>
+      </c>
+      <c r="F22" s="7" t="s">
+        <v>2243</v>
+      </c>
+      <c r="H22" s="7" t="s">
+        <v>2367</v>
+      </c>
+      <c r="I22" s="7" t="s">
+        <v>2244</v>
+      </c>
+      <c r="J22" s="13" t="s">
+        <v>2245</v>
+      </c>
+      <c r="K22" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="L22" s="13" t="s">
+        <v>352</v>
+      </c>
+      <c r="M22" s="7" t="s">
+        <v>2247</v>
+      </c>
+      <c r="N22" s="7" t="s">
+        <v>2381</v>
+      </c>
+      <c r="O22" s="8"/>
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A23" s="18" t="s">
+        <v>2276</v>
+      </c>
+      <c r="B23" s="19" t="s">
+        <v>2246</v>
+      </c>
+      <c r="C23" s="18" t="s">
+        <v>2296</v>
+      </c>
+      <c r="D23" s="19"/>
+      <c r="E23" s="19"/>
+      <c r="F23" s="18"/>
+      <c r="G23" s="19"/>
+      <c r="H23" s="18"/>
+      <c r="I23" s="18" t="s">
+        <v>2312</v>
+      </c>
+      <c r="J23" s="19"/>
+      <c r="K23" s="18"/>
+      <c r="L23" s="19"/>
+      <c r="M23" s="18"/>
+      <c r="N23" s="18"/>
+      <c r="O23" s="20"/>
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A24" s="6" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B24" s="13" t="s">
+        <v>2378</v>
+      </c>
+      <c r="C24" s="7" t="s">
+        <v>2297</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>2322</v>
+      </c>
+      <c r="H24" s="7" t="s">
+        <v>2359</v>
+      </c>
+      <c r="I24" s="7" t="s">
+        <v>2313</v>
+      </c>
+      <c r="K24" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="M24" s="7" t="s">
+        <v>2326</v>
+      </c>
+      <c r="N24" s="7" t="s">
+        <v>2381</v>
+      </c>
+      <c r="O24" s="8"/>
+    </row>
+    <row r="25" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A25" s="18" t="s">
+        <v>2278</v>
+      </c>
+      <c r="B25" s="19" t="s">
+        <v>2378</v>
+      </c>
+      <c r="C25" s="18" t="s">
+        <v>2298</v>
+      </c>
+      <c r="D25" s="19"/>
+      <c r="E25" s="19"/>
+      <c r="F25" s="18"/>
+      <c r="G25" s="19"/>
+      <c r="H25" s="18"/>
+      <c r="I25" s="18" t="s">
+        <v>2314</v>
+      </c>
+      <c r="J25" s="19"/>
+      <c r="K25" s="18"/>
+      <c r="L25" s="19"/>
+      <c r="M25" s="18"/>
+      <c r="N25" s="18"/>
+      <c r="O25" s="20"/>
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A26" s="6" t="s">
+        <v>2279</v>
+      </c>
+      <c r="B26" s="13" t="s">
+        <v>2379</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>2299</v>
+      </c>
+      <c r="E26" s="13">
+        <v>2013</v>
+      </c>
+      <c r="F26" s="7" t="s">
+        <v>2323</v>
+      </c>
+      <c r="H26" s="7" t="s">
+        <v>2368</v>
+      </c>
+      <c r="I26" s="7" t="s">
+        <v>2315</v>
+      </c>
+      <c r="J26" s="13" t="s">
+        <v>2254</v>
+      </c>
+      <c r="K26" s="7" t="s">
+        <v>279</v>
+      </c>
+      <c r="L26" s="13" t="s">
+        <v>1413</v>
+      </c>
+      <c r="M26" s="7" t="s">
+        <v>2327</v>
+      </c>
+      <c r="N26" s="7" t="s">
+        <v>2381</v>
+      </c>
+      <c r="O26" s="8"/>
+    </row>
+    <row r="27" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A27" s="6" t="s">
+        <v>2280</v>
+      </c>
+      <c r="B27" s="13" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>2300</v>
+      </c>
+      <c r="E27" s="13">
+        <v>2013</v>
+      </c>
+      <c r="F27" s="7" t="s">
+        <v>2248</v>
+      </c>
+      <c r="H27" s="7" t="s">
+        <v>2359</v>
+      </c>
+      <c r="I27" s="7" t="s">
+        <v>2249</v>
+      </c>
+      <c r="J27" s="13" t="s">
+        <v>2250</v>
+      </c>
+      <c r="K27" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="L27" s="13" t="s">
+        <v>2200</v>
+      </c>
+      <c r="M27" s="7" t="s">
+        <v>2252</v>
+      </c>
+      <c r="N27" s="7" t="s">
+        <v>2381</v>
+      </c>
+      <c r="O27" s="8"/>
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A28" s="6" t="s">
+        <v>2280</v>
+      </c>
+      <c r="B28" s="13" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>2301</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>2253</v>
+      </c>
+      <c r="H28" s="7" t="s">
+        <v>2359</v>
+      </c>
+      <c r="I28" s="7" t="s">
+        <v>2316</v>
+      </c>
+      <c r="K28" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="M28" s="7" t="s">
+        <v>2255</v>
+      </c>
+      <c r="N28" s="7" t="s">
+        <v>2381</v>
+      </c>
+      <c r="O28" s="8"/>
+    </row>
+    <row r="29" spans="1:15" ht="31.5" x14ac:dyDescent="0.5">
+      <c r="A29" s="18" t="s">
+        <v>2281</v>
+      </c>
+      <c r="B29" s="19" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C29" s="21" t="s">
+        <v>2302</v>
+      </c>
+      <c r="D29" s="19"/>
+      <c r="E29" s="19"/>
+      <c r="F29" s="18"/>
+      <c r="G29" s="19"/>
+      <c r="H29" s="18"/>
+      <c r="I29" s="18" t="s">
+        <v>2317</v>
+      </c>
+      <c r="J29" s="19"/>
+      <c r="K29" s="18"/>
+      <c r="L29" s="19"/>
+      <c r="M29" s="18"/>
+      <c r="N29" s="18"/>
+      <c r="O29" s="20"/>
+    </row>
+    <row r="30" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A30" s="18" t="s">
+        <v>2281</v>
+      </c>
+      <c r="B30" s="19" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C30" s="18" t="s">
+        <v>2303</v>
+      </c>
+      <c r="D30" s="19"/>
+      <c r="E30" s="19"/>
+      <c r="F30" s="18"/>
+      <c r="G30" s="19"/>
+      <c r="H30" s="18"/>
+      <c r="I30" s="18" t="s">
+        <v>2318</v>
+      </c>
+      <c r="J30" s="19"/>
+      <c r="K30" s="18"/>
+      <c r="L30" s="19"/>
+      <c r="M30" s="18"/>
+      <c r="N30" s="18"/>
+      <c r="O30" s="20"/>
+    </row>
+    <row r="31" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A31" s="6" t="s">
+        <v>2282</v>
+      </c>
+      <c r="B31" s="13" t="s">
+        <v>2230</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>2304</v>
+      </c>
+      <c r="E31" s="13">
+        <v>1978</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>2324</v>
+      </c>
+      <c r="H31" s="7" t="s">
+        <v>2359</v>
+      </c>
+      <c r="I31" s="7" t="s">
+        <v>2228</v>
+      </c>
+      <c r="J31" s="13" t="s">
+        <v>2229</v>
+      </c>
+      <c r="K31" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="L31" s="13" t="s">
+        <v>2130</v>
+      </c>
+      <c r="M31" s="7" t="s">
+        <v>2231</v>
+      </c>
+      <c r="N31" s="7" t="s">
+        <v>2381</v>
+      </c>
+      <c r="O31" s="8"/>
+    </row>
+    <row r="32" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A32" s="18" t="s">
+        <v>2283</v>
+      </c>
+      <c r="B32" s="19" t="s">
+        <v>2230</v>
+      </c>
+      <c r="C32" s="18" t="s">
+        <v>2305</v>
+      </c>
+      <c r="D32" s="19"/>
+      <c r="E32" s="19"/>
+      <c r="F32" s="18"/>
+      <c r="G32" s="19"/>
+      <c r="H32" s="18"/>
+      <c r="I32" s="18" t="s">
+        <v>2319</v>
+      </c>
+      <c r="J32" s="19"/>
+      <c r="K32" s="18"/>
+      <c r="L32" s="19"/>
+      <c r="M32" s="18"/>
+      <c r="N32" s="18"/>
+      <c r="O32" s="20" t="s">
+        <v>2329</v>
+      </c>
+    </row>
+    <row r="33" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A33" s="6" t="s">
+        <v>2284</v>
+      </c>
+      <c r="B33" s="13" t="s">
+        <v>2241</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E33" s="13">
+        <v>2024</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>2238</v>
+      </c>
+      <c r="H33" s="7" t="s">
+        <v>2359</v>
+      </c>
+      <c r="I33" s="7" t="s">
+        <v>2239</v>
+      </c>
+      <c r="J33" s="13" t="s">
+        <v>2240</v>
+      </c>
+      <c r="K33" s="7" t="s">
+        <v>279</v>
+      </c>
+      <c r="L33" s="13" t="s">
+        <v>2090</v>
+      </c>
+      <c r="M33" s="7" t="s">
+        <v>2242</v>
+      </c>
+      <c r="N33" s="7" t="s">
+        <v>2381</v>
+      </c>
+      <c r="O33" s="8"/>
+    </row>
+    <row r="34" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A34" s="6" t="s">
+        <v>2285</v>
+      </c>
+      <c r="B34" s="13" t="s">
+        <v>2380</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>2307</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>2325</v>
+      </c>
+      <c r="H34" s="7" t="s">
+        <v>2359</v>
+      </c>
+      <c r="I34" s="7" t="s">
+        <v>2320</v>
+      </c>
+      <c r="K34" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="M34" s="7" t="s">
+        <v>2328</v>
+      </c>
+      <c r="N34" s="7" t="s">
+        <v>2381</v>
+      </c>
+      <c r="O34" s="8"/>
+    </row>
+    <row r="35" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A35" s="6" t="s">
+        <v>2286</v>
+      </c>
+      <c r="B35" s="13" t="s">
+        <v>2181</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>2308</v>
+      </c>
+      <c r="E35" s="13">
+        <v>1989</v>
+      </c>
+      <c r="F35" s="7" t="s">
+        <v>2179</v>
+      </c>
+      <c r="H35" s="7" t="s">
+        <v>2369</v>
+      </c>
+      <c r="I35" s="7" t="s">
+        <v>2180</v>
+      </c>
+      <c r="J35" s="13" t="s">
+        <v>2180</v>
+      </c>
+      <c r="K35" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="L35" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="M35" s="7" t="s">
+        <v>2182</v>
+      </c>
+      <c r="N35" s="7" t="s">
+        <v>2381</v>
+      </c>
+      <c r="O35" s="8" t="s">
+        <v>2329</v>
+      </c>
+    </row>
+    <row r="37" spans="1:15" ht="18" x14ac:dyDescent="0.55000000000000004">
+      <c r="A37" s="14" t="s">
+        <v>2331</v>
+      </c>
+    </row>
+    <row r="38" spans="1:15" ht="31.5" x14ac:dyDescent="0.5">
+      <c r="A38" s="3" t="s">
+        <v>2264</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>2377</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="D38" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="E38" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="H38" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I38" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="J38" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="K38" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="L38" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="M38" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="N38" s="3" t="s">
+        <v>2330</v>
+      </c>
+      <c r="O38" s="3" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="39" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A39" s="7" t="s">
+        <v>2267</v>
+      </c>
+      <c r="B39" s="13" t="s">
+        <v>2387</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>2337</v>
+      </c>
+      <c r="D39" s="13" t="s">
+        <v>2202</v>
+      </c>
+      <c r="E39" s="13">
+        <v>2020</v>
+      </c>
+      <c r="F39" s="10" t="s">
+        <v>2354</v>
+      </c>
+      <c r="H39" s="9" t="s">
+        <v>2370</v>
+      </c>
+      <c r="I39" s="9" t="s">
+        <v>2350</v>
+      </c>
+      <c r="J39" s="13" t="s">
+        <v>2203</v>
+      </c>
+      <c r="K39" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="L39" s="13" t="s">
+        <v>2204</v>
+      </c>
+      <c r="M39" s="7" t="s">
+        <v>2205</v>
+      </c>
+      <c r="N39" s="7" t="s">
+        <v>2383</v>
+      </c>
+      <c r="O39" s="8"/>
+    </row>
+    <row r="40" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A40" s="7" t="s">
+        <v>2269</v>
+      </c>
+      <c r="B40" s="13" t="s">
+        <v>2170</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>2338</v>
+      </c>
+      <c r="D40" s="13" t="s">
+        <v>2166</v>
+      </c>
+      <c r="E40" s="13">
+        <v>1980</v>
+      </c>
+      <c r="F40" s="10" t="s">
+        <v>2167</v>
+      </c>
+      <c r="H40" s="9" t="s">
+        <v>2371</v>
+      </c>
+      <c r="I40" s="9" t="s">
+        <v>2168</v>
+      </c>
+      <c r="J40" s="13" t="s">
+        <v>2169</v>
+      </c>
+      <c r="K40" s="9" t="s">
+        <v>279</v>
+      </c>
+      <c r="L40" s="13" t="s">
+        <v>2171</v>
+      </c>
+      <c r="M40" s="7" t="s">
+        <v>2172</v>
+      </c>
+      <c r="N40" s="7" t="s">
+        <v>2383</v>
+      </c>
+      <c r="O40" s="8" t="s">
+        <v>2329</v>
+      </c>
+    </row>
+    <row r="41" spans="1:15" ht="63" x14ac:dyDescent="0.5">
+      <c r="A41" s="18" t="s">
+        <v>2332</v>
+      </c>
+      <c r="B41" s="23" t="s">
+        <v>2236</v>
+      </c>
+      <c r="C41" s="21" t="s">
+        <v>2386</v>
+      </c>
+      <c r="D41" s="19"/>
+      <c r="E41" s="19"/>
+      <c r="F41" s="18"/>
+      <c r="G41" s="19"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="21" t="s">
+        <v>2351</v>
+      </c>
+      <c r="J41" s="19"/>
+      <c r="K41" s="18"/>
+      <c r="L41" s="19"/>
+      <c r="M41" s="18"/>
+      <c r="N41" s="18"/>
+      <c r="O41" s="20"/>
+    </row>
+    <row r="42" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A42" s="18" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B42" s="19" t="s">
+        <v>2226</v>
+      </c>
+      <c r="C42" s="18" t="s">
+        <v>2336</v>
+      </c>
+      <c r="D42" s="19"/>
+      <c r="E42" s="19"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="19"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18" t="s">
+        <v>2352</v>
+      </c>
+      <c r="J42" s="19"/>
+      <c r="K42" s="18"/>
+      <c r="L42" s="19"/>
+      <c r="M42" s="18"/>
+      <c r="N42" s="18"/>
+      <c r="O42" s="20"/>
+    </row>
+    <row r="43" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A43" s="7" t="s">
+        <v>2333</v>
+      </c>
+      <c r="B43" s="13" t="s">
+        <v>2164</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>2339</v>
+      </c>
+      <c r="D43" s="13" t="s">
+        <v>2188</v>
+      </c>
+      <c r="E43" s="13">
+        <v>1940</v>
+      </c>
+      <c r="F43" s="10" t="s">
+        <v>2189</v>
+      </c>
+      <c r="H43" s="9" t="s">
+        <v>2372</v>
+      </c>
+      <c r="I43" s="9" t="s">
+        <v>2190</v>
+      </c>
+      <c r="J43" s="13" t="s">
+        <v>2191</v>
+      </c>
+      <c r="K43" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="L43" s="13" t="s">
+        <v>313</v>
+      </c>
+      <c r="M43" s="7" t="s">
+        <v>2192</v>
+      </c>
+      <c r="N43" s="7" t="s">
+        <v>2383</v>
+      </c>
+      <c r="O43" s="8"/>
+    </row>
+    <row r="44" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A44" s="7" t="s">
+        <v>2333</v>
+      </c>
+      <c r="B44" s="13" t="s">
+        <v>2164</v>
+      </c>
+      <c r="C44" s="7" t="s">
+        <v>2340</v>
+      </c>
+      <c r="D44" s="13" t="s">
+        <v>2160</v>
+      </c>
+      <c r="E44" s="13">
+        <v>1983</v>
+      </c>
+      <c r="F44" s="7" t="s">
+        <v>2161</v>
+      </c>
+      <c r="H44" s="7" t="s">
+        <v>2373</v>
+      </c>
+      <c r="I44" s="7" t="s">
+        <v>2162</v>
+      </c>
+      <c r="J44" s="13" t="s">
+        <v>2163</v>
+      </c>
+      <c r="K44" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="L44" s="13" t="s">
+        <v>1166</v>
+      </c>
+      <c r="M44" s="7" t="s">
+        <v>2165</v>
+      </c>
+      <c r="N44" s="7" t="s">
+        <v>2382</v>
+      </c>
+      <c r="O44" s="8"/>
+    </row>
+    <row r="45" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A45" s="7" t="s">
+        <v>2271</v>
+      </c>
+      <c r="B45" s="13" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C45" s="7" t="s">
+        <v>2341</v>
+      </c>
+      <c r="D45" s="13" t="s">
+        <v>2193</v>
+      </c>
+      <c r="E45" s="13">
+        <v>2010</v>
+      </c>
+      <c r="F45" s="10" t="s">
+        <v>2194</v>
+      </c>
+      <c r="H45" s="9" t="s">
+        <v>2372</v>
+      </c>
+      <c r="I45" s="9" t="s">
+        <v>2195</v>
+      </c>
+      <c r="J45" s="13" t="s">
+        <v>2196</v>
+      </c>
+      <c r="K45" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="L45" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="M45" s="7" t="s">
+        <v>2197</v>
+      </c>
+      <c r="N45" s="7" t="s">
+        <v>2383</v>
+      </c>
+      <c r="O45" s="8"/>
+    </row>
+    <row r="46" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A46" s="7" t="s">
+        <v>2271</v>
+      </c>
+      <c r="B46" s="13" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>2342</v>
+      </c>
+      <c r="D46" s="13" t="s">
+        <v>2198</v>
+      </c>
+      <c r="E46" s="13">
+        <v>2013</v>
+      </c>
+      <c r="F46" s="10" t="s">
+        <v>2199</v>
+      </c>
+      <c r="H46" s="9" t="s">
+        <v>2372</v>
+      </c>
+      <c r="I46" s="9" t="s">
+        <v>2195</v>
+      </c>
+      <c r="J46" s="13" t="s">
+        <v>2196</v>
+      </c>
+      <c r="K46" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="L46" s="13" t="s">
+        <v>2200</v>
+      </c>
+      <c r="M46" s="7" t="s">
+        <v>2201</v>
+      </c>
+      <c r="N46" s="7" t="s">
+        <v>2383</v>
+      </c>
+      <c r="O46" s="8"/>
+    </row>
+    <row r="47" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A47" s="7" t="s">
+        <v>2271</v>
+      </c>
+      <c r="B47" s="13" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>2290</v>
+      </c>
+      <c r="D47" s="13" t="s">
+        <v>2081</v>
+      </c>
+      <c r="E47" s="13">
+        <v>1997</v>
+      </c>
+      <c r="F47" s="7" t="s">
+        <v>2082</v>
+      </c>
+      <c r="H47" s="7" t="s">
+        <v>2363</v>
+      </c>
+      <c r="I47" s="7" t="s">
+        <v>2063</v>
+      </c>
+      <c r="J47" s="13" t="s">
+        <v>2064</v>
+      </c>
+      <c r="K47" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="L47" s="13" t="s">
+        <v>160</v>
+      </c>
+      <c r="M47" s="7" t="s">
+        <v>2083</v>
+      </c>
+      <c r="N47" s="7" t="s">
+        <v>2382</v>
+      </c>
+      <c r="O47" s="8"/>
+    </row>
+    <row r="48" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A48" s="7" t="s">
+        <v>2271</v>
+      </c>
+      <c r="B48" s="13" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C48" s="7" t="s">
+        <v>2343</v>
+      </c>
+      <c r="D48" s="13" t="s">
+        <v>2059</v>
+      </c>
+      <c r="E48" s="13">
+        <v>2002</v>
+      </c>
+      <c r="F48" s="10" t="s">
+        <v>2355</v>
+      </c>
+      <c r="H48" s="9" t="s">
+        <v>2372</v>
+      </c>
+      <c r="I48" s="9" t="s">
+        <v>2053</v>
+      </c>
+      <c r="J48" s="13" t="s">
+        <v>2054</v>
+      </c>
+      <c r="K48" s="9" t="s">
+        <v>1108</v>
+      </c>
+      <c r="L48" s="13" t="s">
+        <v>2060</v>
+      </c>
+      <c r="M48" s="7" t="s">
+        <v>2061</v>
+      </c>
+      <c r="N48" s="7" t="s">
+        <v>2383</v>
+      </c>
+      <c r="O48" s="8"/>
+    </row>
+    <row r="49" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A49" s="7" t="s">
+        <v>2271</v>
+      </c>
+      <c r="B49" s="13" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C49" s="7" t="s">
+        <v>2344</v>
+      </c>
+      <c r="D49" s="13" t="s">
+        <v>2057</v>
+      </c>
+      <c r="E49" s="13">
+        <v>2019</v>
+      </c>
+      <c r="F49" s="10" t="s">
+        <v>2356</v>
+      </c>
+      <c r="H49" s="9" t="s">
+        <v>2372</v>
+      </c>
+      <c r="I49" s="9" t="s">
+        <v>2053</v>
+      </c>
+      <c r="J49" s="13" t="s">
+        <v>2054</v>
+      </c>
+      <c r="K49" s="9" t="s">
+        <v>1108</v>
+      </c>
+      <c r="L49" s="26">
+        <v>2019</v>
+      </c>
+      <c r="M49" s="7" t="s">
+        <v>2058</v>
+      </c>
+      <c r="N49" s="7" t="s">
+        <v>2383</v>
+      </c>
+      <c r="O49" s="8"/>
+    </row>
+    <row r="50" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A50" s="7" t="s">
+        <v>2271</v>
+      </c>
+      <c r="B50" s="13" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>2345</v>
+      </c>
+      <c r="D50" s="13" t="s">
+        <v>2052</v>
+      </c>
+      <c r="E50" s="13">
+        <v>2020</v>
+      </c>
+      <c r="F50" s="10" t="s">
+        <v>2357</v>
+      </c>
+      <c r="H50" s="9" t="s">
+        <v>2372</v>
+      </c>
+      <c r="I50" s="9" t="s">
+        <v>2053</v>
+      </c>
+      <c r="J50" s="13" t="s">
+        <v>2054</v>
+      </c>
+      <c r="K50" s="9" t="s">
+        <v>1108</v>
+      </c>
+      <c r="L50" s="13" t="s">
+        <v>1188</v>
+      </c>
+      <c r="M50" s="7" t="s">
+        <v>2056</v>
+      </c>
+      <c r="N50" s="7" t="s">
+        <v>2383</v>
+      </c>
+      <c r="O50" s="8"/>
+    </row>
+    <row r="51" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A51" s="7" t="s">
+        <v>2271</v>
+      </c>
+      <c r="B51" s="13" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>2346</v>
+      </c>
+      <c r="D51" s="13" t="s">
+        <v>2062</v>
+      </c>
+      <c r="E51" s="13">
+        <v>2000</v>
+      </c>
+      <c r="F51" s="10"/>
+      <c r="H51" s="9" t="s">
+        <v>2363</v>
+      </c>
+      <c r="I51" s="9" t="s">
+        <v>2063</v>
+      </c>
+      <c r="J51" s="13" t="s">
+        <v>2064</v>
+      </c>
+      <c r="K51" s="9" t="s">
+        <v>365</v>
+      </c>
+      <c r="L51" s="13" t="s">
+        <v>995</v>
+      </c>
+      <c r="M51" s="7" t="s">
+        <v>2065</v>
+      </c>
+      <c r="N51" s="7" t="s">
+        <v>2383</v>
+      </c>
+      <c r="O51" s="8"/>
+    </row>
+    <row r="52" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A52" s="7" t="s">
+        <v>2271</v>
+      </c>
+      <c r="B52" s="13" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>2347</v>
+      </c>
+      <c r="D52" s="13" t="s">
+        <v>2062</v>
+      </c>
+      <c r="E52" s="13">
+        <v>1992</v>
+      </c>
+      <c r="F52" s="10" t="s">
+        <v>2358</v>
+      </c>
+      <c r="H52" s="9" t="s">
+        <v>2363</v>
+      </c>
+      <c r="I52" s="9" t="s">
+        <v>2063</v>
+      </c>
+      <c r="J52" s="13" t="s">
+        <v>2064</v>
+      </c>
+      <c r="K52" s="9" t="s">
+        <v>365</v>
+      </c>
+      <c r="L52" s="13" t="s">
+        <v>2066</v>
+      </c>
+      <c r="M52" s="7" t="s">
+        <v>2067</v>
+      </c>
+      <c r="N52" s="7" t="s">
+        <v>2383</v>
+      </c>
+      <c r="O52" s="8"/>
+    </row>
+    <row r="53" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A53" s="7" t="s">
+        <v>2271</v>
+      </c>
+      <c r="B53" s="13" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C53" s="7" t="s">
+        <v>2348</v>
+      </c>
+      <c r="F53" s="10"/>
+      <c r="H53" s="9" t="s">
+        <v>2374</v>
+      </c>
+      <c r="I53" s="9" t="s">
+        <v>2353</v>
+      </c>
+      <c r="K53" s="9" t="s">
+        <v>1108</v>
+      </c>
+      <c r="M53" s="7" t="s">
+        <v>2068</v>
+      </c>
+      <c r="N53" s="7" t="s">
+        <v>2383</v>
+      </c>
+      <c r="O53" s="8"/>
+    </row>
+    <row r="54" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A54" s="7" t="s">
+        <v>2334</v>
+      </c>
+      <c r="B54" s="13" t="s">
+        <v>2129</v>
+      </c>
+      <c r="C54" s="7" t="s">
+        <v>2349</v>
+      </c>
+      <c r="F54" s="12" t="s">
+        <v>2127</v>
+      </c>
+      <c r="H54" s="9" t="s">
+        <v>2375</v>
+      </c>
+      <c r="I54" s="10" t="s">
+        <v>2128</v>
+      </c>
+      <c r="K54" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="M54" s="7" t="s">
+        <v>2131</v>
+      </c>
+      <c r="N54" s="7" t="s">
+        <v>2383</v>
+      </c>
+      <c r="O54" s="8"/>
+    </row>
+    <row r="55" spans="1:15" x14ac:dyDescent="0.5">
+      <c r="A55" s="7" t="s">
+        <v>2335</v>
+      </c>
+      <c r="B55" s="13" t="s">
+        <v>2146</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>2141</v>
+      </c>
+      <c r="D55" s="13" t="s">
+        <v>2142</v>
+      </c>
+      <c r="E55" s="13">
+        <v>2015</v>
+      </c>
+      <c r="F55" s="11" t="s">
+        <v>2143</v>
+      </c>
+      <c r="H55" s="11" t="s">
+        <v>2376</v>
+      </c>
+      <c r="I55" s="11" t="s">
+        <v>2144</v>
+      </c>
+      <c r="J55" s="13" t="s">
+        <v>2145</v>
+      </c>
+      <c r="K55" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="L55" s="13" t="s">
+        <v>664</v>
+      </c>
+      <c r="M55" s="7" t="s">
+        <v>2147</v>
+      </c>
+      <c r="N55" s="7" t="s">
+        <v>2383</v>
+      </c>
+      <c r="O55" s="8" t="s">
+        <v>2329</v>
+      </c>
+    </row>
+    <row r="58" spans="1:15" s="24" customFormat="1" x14ac:dyDescent="0.5"/>
+    <row r="65" spans="2:2" x14ac:dyDescent="0.5">
+      <c r="B65" s="22"/>
+    </row>
+    <row r="66" spans="2:2" x14ac:dyDescent="0.5">
+      <c r="B66" s="22"/>
+    </row>
+  </sheetData>
+  <hyperlinks>
+    <hyperlink ref="M51" r:id="rId1" xr:uid="{EE0425D3-29FE-42EE-9A45-D1D0A3E0AB31}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Sheet1</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Taiwanese Journals</vt:lpstr>
+      <vt:lpstr>Asian &amp; European Journals</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Campana, Sheila</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>