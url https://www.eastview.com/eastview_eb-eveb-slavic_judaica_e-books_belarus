--- v0 (2025-10-17)
+++ v1 (2025-11-06)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\Websites\eastview.com\Products\8_Product Title Lists\Ebook title lists\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3E42562E-6E14-4D85-9D7B-1C8CDF859B8D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{63D874D5-D1E2-4DC3-817F-0BCB840E274A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-98" yWindow="-98" windowWidth="21376" windowHeight="14595" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="main" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">main!$A$7:$Q$7</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2944" uniqueCount="1384">
   <si>
     <t>E-Books from East View</t>
   </si>
   <si>
     <t>Date of uploading</t>
   </si>
   <si>
     <t>Print version publisher</t>
   </si>
   <si>
@@ -4173,51 +4173,51 @@
   <si>
     <t>9789850832948</t>
   </si>
   <si>
     <t>1420255BO</t>
   </si>
   <si>
     <t>https://dlib.eastview.com/browse/book/807714</t>
   </si>
   <si>
     <t>Архитектура белорусского села--от сельских поселений до агрогородков</t>
   </si>
   <si>
     <t>Arkhitektura belorusskogo sela--ot sel'skikh poselenii do agrogorodkov</t>
   </si>
   <si>
     <t>9789850832900</t>
   </si>
   <si>
     <t>1420256BO</t>
   </si>
   <si>
     <t>https://dlib.eastview.com/browse/book/807711</t>
   </si>
   <si>
-    <t>As at October 2, 2025</t>
+    <t>As at November 4, 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$$-409]#,##0.00"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>