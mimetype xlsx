--- v1 (2025-11-06)
+++ v2 (2026-01-28)
@@ -1,72 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\Websites\eastview.com\Products\8_Product Title Lists\Ebook title lists\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{63D874D5-D1E2-4DC3-817F-0BCB840E274A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BE6DE8AB-AD0A-4F1D-8A22-E1E2EF2BCFA7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-98" yWindow="-98" windowWidth="21376" windowHeight="14595" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="main" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">main!$A$7:$Q$7</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">main!#REF!</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2944" uniqueCount="1384">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3153" uniqueCount="1479">
   <si>
     <t>E-Books from East View</t>
   </si>
   <si>
     <t>Date of uploading</t>
   </si>
   <si>
     <t>Print version publisher</t>
   </si>
   <si>
     <t>Title in Original</t>
   </si>
   <si>
     <t>Title in LC transliteration</t>
   </si>
   <si>
     <t>Subtitle in tr</t>
   </si>
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Year of print Publication</t>
   </si>
   <si>
@@ -4173,51 +4173,336 @@
   <si>
     <t>9789850832948</t>
   </si>
   <si>
     <t>1420255BO</t>
   </si>
   <si>
     <t>https://dlib.eastview.com/browse/book/807714</t>
   </si>
   <si>
     <t>Архитектура белорусского села--от сельских поселений до агрогородков</t>
   </si>
   <si>
     <t>Arkhitektura belorusskogo sela--ot sel'skikh poselenii do agrogorodkov</t>
   </si>
   <si>
     <t>9789850832900</t>
   </si>
   <si>
     <t>1420256BO</t>
   </si>
   <si>
     <t>https://dlib.eastview.com/browse/book/807711</t>
   </si>
   <si>
-    <t>As at November 4, 2025</t>
+    <t>12/31/2025</t>
+  </si>
+  <si>
+    <t>Абярнуся я шэрай зязюляй : беларускія народныя балады з перакладам на рускую і англійскую мовы</t>
+  </si>
+  <si>
+    <t>Abiarnusia ia sherai ziaziuliai : belaruskiia narodnyia balady z perakladam na ruskuiu i anhliiskuiu movy</t>
+  </si>
+  <si>
+    <t>Matveeva, Antanina Mikhailauna</t>
+  </si>
+  <si>
+    <t>9789850833136</t>
+  </si>
+  <si>
+    <t>1425233BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932232</t>
+  </si>
+  <si>
+    <t>Интермедиальность в театральной культуре</t>
+  </si>
+  <si>
+    <t>Intermedial'nost' v teatral'noi kul'ture</t>
+  </si>
+  <si>
+    <t>Mantush, Aleksandr Sergeevich</t>
+  </si>
+  <si>
+    <t>9789850833099</t>
+  </si>
+  <si>
+    <t>1425234BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932229</t>
+  </si>
+  <si>
+    <t>Граматычны слоўнік прыметніка, займенніка, лічэбніка, прыслоўя</t>
+  </si>
+  <si>
+    <t>Hramatychny slounik prymetnika, zaimennika, lichebnika, pryslouia</t>
+  </si>
+  <si>
+    <t>Rusak, Valiantsina Paulauna</t>
+  </si>
+  <si>
+    <t>9789850833068</t>
+  </si>
+  <si>
+    <t>1425235BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932234</t>
+  </si>
+  <si>
+    <t>Арфаэпічны слоўнік беларускай мовы</t>
+  </si>
+  <si>
+    <t>Arfaepichny slounik belaruskai movy</t>
+  </si>
+  <si>
+    <t>9789850833266</t>
+  </si>
+  <si>
+    <t>1425236BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932251</t>
+  </si>
+  <si>
+    <t>Райскі бераг: беларуская зямля ў I-XV стст.</t>
+  </si>
+  <si>
+    <t>Raiski berah: belaruskaia ziamlia u I-XV stst.</t>
+  </si>
+  <si>
+    <t>Saverchanka, Ivan Vasil'evich</t>
+  </si>
+  <si>
+    <t>9789850833150</t>
+  </si>
+  <si>
+    <t>1425237BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932235</t>
+  </si>
+  <si>
+    <t>Школа капитализма: очерки истории предпринимательства Беларуси конца XVIII-начала XX в.</t>
+  </si>
+  <si>
+    <t>Shkola kapitalizma: ocherki istorii predprinimatel'stva Belarusi kontsa XVIII-nachala XX v.</t>
+  </si>
+  <si>
+    <t>9789850833112</t>
+  </si>
+  <si>
+    <t>1425239BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932230</t>
+  </si>
+  <si>
+    <t>Минское замчище и храм начала XII в.: актуальные вопросы изучения и сохранения (к 80-летию начала археологического исследования г. Минска)</t>
+  </si>
+  <si>
+    <t>Minskoe zamchishche i khram nachala XII v.: aktual'nye voprosy izucheniia i sokhraneniia (k 80-letiiu nachala arkheologicheskogo issledovaniia g. Minska)</t>
+  </si>
+  <si>
+    <t>Koshman, Vadim Ivanovich</t>
+  </si>
+  <si>
+    <t>9789850833167</t>
+  </si>
+  <si>
+    <t>1425240BO</t>
+  </si>
+  <si>
+    <t>Archaeology; History, 19th Century and Earlier; History, 20th-21st Centuries</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932250</t>
+  </si>
+  <si>
+    <t>Дом у синей речки</t>
+  </si>
+  <si>
+    <t>Dom u sinei rechki</t>
+  </si>
+  <si>
+    <t>Russian, Chinese</t>
+  </si>
+  <si>
+    <t>9789850833228</t>
+  </si>
+  <si>
+    <t>1425242BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932246</t>
+  </si>
+  <si>
+    <t>Мінск і мінчане: дзесяць стагоддзяў гістораўыі : старонкі гарадскога жыцця : зборнік навуковых артыкулаў</t>
+  </si>
+  <si>
+    <t>Minsk i minchane: dzesiats' stahoddziau historauyi : staronki haradskoha zhytstsia : zbornik navukovykh artykulau</t>
+  </si>
+  <si>
+    <t>Aliakhnovich, Rahneda Anatol'euna</t>
+  </si>
+  <si>
+    <t>9789850833334</t>
+  </si>
+  <si>
+    <t>1425243BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932249</t>
+  </si>
+  <si>
+    <t>Социология исторической памяти</t>
+  </si>
+  <si>
+    <t>Sotsiologiia istoricheskoi pamiati</t>
+  </si>
+  <si>
+    <t>Myslivets, Nikolai Leont'evich</t>
+  </si>
+  <si>
+    <t>9789850833464</t>
+  </si>
+  <si>
+    <t>1425244BO</t>
+  </si>
+  <si>
+    <t>History, 19th Century and Earlier; History, 20th-21st Centuries; Sociology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932248</t>
+  </si>
+  <si>
+    <t>Художественные коллекции князей Витгенштейнов в контексте европейского искусства XIX в. : в двух томах : том 2 : графика, скульптура, фотография</t>
+  </si>
+  <si>
+    <t>Khudozhestvennye kollektsii kniazei Vitgenshteinov v kontekste evropeiskogo iskusstva XIX v. : v dvukh tomakh : tom 2 : grafika, skul'ptura, fotografiia</t>
+  </si>
+  <si>
+    <t>9789850833495</t>
+  </si>
+  <si>
+    <t>1425246BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932228</t>
+  </si>
+  <si>
+    <t>Книжные сокровища Национальной академии наук Беларуси : по материалам фондов Центральной научной библиотеки имени Якуба Колоса = Book Treasures of the National Academy of Sciences of Belarus : Based on Materials from the Collectios of the Yakub Kolas Central Scientific Library</t>
+  </si>
+  <si>
+    <t>Knizhnye sokrovishcha Natsional'noi akademii nauk Belarusi : po materialam fondov TSentral'noi nauchnoi biblioteki imeni IAkuba Kolosa = Book Treasures of the National Academy of Sciences of Belarus : Based on Materials from the Collectios of the Yakub Kolas Central Scientific Library</t>
+  </si>
+  <si>
+    <t>Gubanova, Ol'ga Aleksandrovna</t>
+  </si>
+  <si>
+    <t>9789850833372</t>
+  </si>
+  <si>
+    <t>1425248BO</t>
+  </si>
+  <si>
+    <t>Library Science and Bibliography; Dictionaries / Encyclopedias / Reference Works</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932231</t>
+  </si>
+  <si>
+    <t>Актуальные проблемы истории и культуры : сборник научных статей : выпуск 6</t>
+  </si>
+  <si>
+    <t>Aktual'nye problemy istorii i kul'tury : sbornik nauchnykh statei : vypusk 6</t>
+  </si>
+  <si>
+    <t>9789850833327</t>
+  </si>
+  <si>
+    <t>1425249BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932247</t>
+  </si>
+  <si>
+    <t>Семейная политика как основа демографической безопасности Республики Беларусь</t>
+  </si>
+  <si>
+    <t>Semeinaia politika kak osnova demograficheskoi bezopasnosti Respubliki Belarus'</t>
+  </si>
+  <si>
+    <t>9789850833419</t>
+  </si>
+  <si>
+    <t>1425250BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932227</t>
+  </si>
+  <si>
+    <t>Библиотека Радзивиллов Несвижской ординации : каталог изданий из фондов Центральной научной библиотеки им. Якуба Коласа Национальной академии наук Беларуси : XVIII век : в 4 книгах : книга 4 часть 1 (1786-1800), часть 2 (1708-1770) : доописание = Library of the Radziwills' of Nesvizh Ordynation : Catalogue of Publications from the Stock of the Yakub Kolas Central Science Library of the National Academy of Sciences of Belarus : XVIII Century : in 4 Books : Book 4 Part 1 (1786-1800), Part 2 (1708</t>
+  </si>
+  <si>
+    <t>Biblioteka Radzivillov Nesvizhskoi ordinatsii : katalog izdanii iz fondov TSentral'noi nauchnoi biblioteki im. IAkuba Kolasa Natsional'noi akademii nauk Belarusi : XVIII vek : v 4 knigakh : kniga 4 chast' 1 (1786-1800), chast' 2 (1708-1770) : doopisanie = Library of the Radziwills' of Nesvizh Ordynation : Catalogue of Publications from the Stock of the Yakub Kolas Central Science Library of the National Academy of Sciences of Belarus : XVIII Century : in 4 Books : Book 4 Part 1 (1786-1800), Par</t>
+  </si>
+  <si>
+    <t>9789850833358</t>
+  </si>
+  <si>
+    <t>1425251BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932226</t>
+  </si>
+  <si>
+    <t>Открытая наука и биоэтика : биоэтические механизмы обеспечения безопасности человека</t>
+  </si>
+  <si>
+    <t>Otkrytaia nauka i bioetika : bioeticheskie mekhanizmy obespecheniia bezopasnosti cheloveka</t>
+  </si>
+  <si>
+    <t>Sokol'chik, Valeriia Nikolaevna</t>
+  </si>
+  <si>
+    <t>9789850833532</t>
+  </si>
+  <si>
+    <t>1425252BO</t>
+  </si>
+  <si>
+    <t>Medicine / Health</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932233</t>
+  </si>
+  <si>
+    <t>As at January 12, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$$-409]#,##0.00"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
@@ -4703,105 +4988,105 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:Q229"/>
+  <dimension ref="A1:Q245"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="A8" sqref="A8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="13.73046875" defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="13.7109375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="10.265625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="6" width="33.73046875" customWidth="1"/>
+    <col min="1" max="1" width="10.28515625" customWidth="1"/>
+    <col min="2" max="2" width="37.42578125" customWidth="1"/>
+    <col min="3" max="4" width="50.5703125" customWidth="1"/>
+    <col min="5" max="6" width="33.7109375" customWidth="1"/>
     <col min="7" max="7" width="14" customWidth="1"/>
-    <col min="8" max="8" width="12.1328125" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="17" max="17" width="50.59765625" customWidth="1"/>
+    <col min="8" max="8" width="12.140625" customWidth="1"/>
+    <col min="9" max="9" width="9.42578125" customWidth="1"/>
+    <col min="10" max="10" width="12.140625" customWidth="1"/>
+    <col min="11" max="11" width="16.85546875" customWidth="1"/>
+    <col min="12" max="12" width="13.140625" customWidth="1"/>
+    <col min="13" max="13" width="11.28515625" style="1" customWidth="1"/>
+    <col min="14" max="14" width="46.85546875" customWidth="1"/>
+    <col min="15" max="15" width="33.7109375" customWidth="1"/>
+    <col min="16" max="16" width="11.28515625" customWidth="1"/>
+    <col min="17" max="17" width="50.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" s="5" customFormat="1" ht="17.649999999999999" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:17" s="5" customFormat="1" ht="18" x14ac:dyDescent="0.2">
       <c r="A1" s="4"/>
       <c r="C1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="M1" s="7"/>
     </row>
-    <row r="2" spans="1:17" s="5" customFormat="1" ht="22.5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:17" s="5" customFormat="1" ht="23.25" x14ac:dyDescent="0.2">
       <c r="A2" s="8"/>
       <c r="C2" s="9" t="s">
         <v>949</v>
       </c>
       <c r="M2" s="7"/>
     </row>
-    <row r="3" spans="1:17" s="5" customFormat="1" ht="15" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:17" s="5" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
       <c r="C3" s="10" t="s">
-        <v>1383</v>
+        <v>1478</v>
       </c>
       <c r="M3" s="7"/>
     </row>
-    <row r="4" spans="1:17" s="5" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:17" s="5" customFormat="1" x14ac:dyDescent="0.2">
       <c r="M4" s="7"/>
     </row>
-    <row r="5" spans="1:17" s="5" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:17" s="5" customFormat="1" x14ac:dyDescent="0.2">
       <c r="M5" s="7"/>
     </row>
-    <row r="6" spans="1:17" s="5" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:17" s="5" customFormat="1" x14ac:dyDescent="0.2">
       <c r="M6" s="7"/>
     </row>
-    <row r="7" spans="1:17" ht="39.4" x14ac:dyDescent="0.4">
+    <row r="7" spans="1:17" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A7" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>7</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>8</v>
       </c>
       <c r="I7" s="2" t="s">
@@ -4810,11261 +5095,12064 @@
       <c r="J7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>12</v>
       </c>
       <c r="M7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="N7" s="2" t="s">
         <v>14</v>
       </c>
       <c r="O7" s="2" t="s">
         <v>15</v>
       </c>
       <c r="P7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="Q7" s="2" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="8" spans="1:17" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
-        <v>1326</v>
+        <v>1383</v>
       </c>
       <c r="B8" t="s">
         <v>43</v>
       </c>
       <c r="C8" t="s">
-        <v>1327</v>
+        <v>1384</v>
       </c>
       <c r="D8" t="s">
-        <v>1328</v>
+        <v>1385</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1234</v>
       </c>
       <c r="F8" t="s">
-        <v>1178</v>
+        <v>1386</v>
       </c>
       <c r="G8">
         <v>2025</v>
       </c>
       <c r="H8" t="s">
         <v>1179</v>
       </c>
       <c r="I8" t="s">
         <v>47</v>
       </c>
       <c r="J8" t="s">
         <v>48</v>
       </c>
       <c r="K8" t="s">
-        <v>1329</v>
+        <v>1387</v>
       </c>
       <c r="L8" t="s">
-        <v>1330</v>
-[...1 lines deleted...]
-      <c r="M8" s="1">
+        <v>1388</v>
+      </c>
+      <c r="M8">
         <v>25</v>
       </c>
       <c r="N8" t="s">
-        <v>1187</v>
+        <v>1238</v>
       </c>
       <c r="O8" t="s">
         <v>43</v>
       </c>
       <c r="P8">
         <v>2025</v>
       </c>
       <c r="Q8" t="s">
-        <v>1331</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
-        <v>1326</v>
+        <v>1383</v>
       </c>
       <c r="B9" t="s">
         <v>43</v>
       </c>
       <c r="C9" t="s">
-        <v>1332</v>
+        <v>1390</v>
       </c>
       <c r="D9" t="s">
-        <v>1333</v>
+        <v>1391</v>
       </c>
       <c r="F9" t="s">
-        <v>1334</v>
+        <v>1392</v>
       </c>
       <c r="G9">
         <v>2025</v>
       </c>
       <c r="H9" t="s">
         <v>18</v>
       </c>
       <c r="I9" t="s">
         <v>47</v>
       </c>
       <c r="J9" t="s">
         <v>48</v>
       </c>
       <c r="K9" t="s">
-        <v>1335</v>
+        <v>1393</v>
       </c>
       <c r="L9" t="s">
-        <v>1336</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>1394</v>
+      </c>
+      <c r="M9">
+        <v>26</v>
       </c>
       <c r="N9" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="O9" t="s">
         <v>43</v>
       </c>
       <c r="P9">
         <v>2025</v>
       </c>
       <c r="Q9" t="s">
-        <v>1337</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
-        <v>1326</v>
+        <v>1383</v>
       </c>
       <c r="B10" t="s">
         <v>43</v>
       </c>
       <c r="C10" t="s">
-        <v>1338</v>
+        <v>1396</v>
       </c>
       <c r="D10" t="s">
-        <v>1339</v>
+        <v>1397</v>
       </c>
       <c r="F10" t="s">
-        <v>83</v>
+        <v>1398</v>
       </c>
       <c r="G10">
         <v>2025</v>
       </c>
       <c r="H10" t="s">
-        <v>18</v>
+        <v>1214</v>
       </c>
       <c r="I10" t="s">
         <v>47</v>
       </c>
       <c r="J10" t="s">
         <v>48</v>
       </c>
       <c r="K10" t="s">
-        <v>1340</v>
+        <v>1399</v>
       </c>
       <c r="L10" t="s">
-        <v>1341</v>
-[...1 lines deleted...]
-      <c r="M10" s="1">
+        <v>1400</v>
+      </c>
+      <c r="M10">
         <v>22</v>
       </c>
       <c r="N10" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="O10" t="s">
         <v>43</v>
       </c>
       <c r="P10">
         <v>2025</v>
       </c>
       <c r="Q10" t="s">
-        <v>1342</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
-        <v>1326</v>
+        <v>1383</v>
       </c>
       <c r="B11" t="s">
         <v>43</v>
       </c>
       <c r="C11" t="s">
-        <v>1343</v>
+        <v>1402</v>
       </c>
       <c r="D11" t="s">
-        <v>1344</v>
+        <v>1403</v>
       </c>
       <c r="F11" t="s">
-        <v>261</v>
+        <v>1398</v>
       </c>
       <c r="G11">
         <v>2025</v>
       </c>
       <c r="H11" t="s">
-        <v>18</v>
+        <v>1214</v>
       </c>
       <c r="I11" t="s">
         <v>47</v>
       </c>
       <c r="J11" t="s">
         <v>48</v>
       </c>
       <c r="K11" t="s">
-        <v>1345</v>
+        <v>1404</v>
       </c>
       <c r="L11" t="s">
-        <v>1346</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>1405</v>
+      </c>
+      <c r="M11">
+        <v>51</v>
       </c>
       <c r="N11" t="s">
-        <v>184</v>
+        <v>134</v>
       </c>
       <c r="O11" t="s">
         <v>43</v>
       </c>
       <c r="P11">
         <v>2025</v>
       </c>
       <c r="Q11" t="s">
-        <v>1347</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
-        <v>1326</v>
+        <v>1383</v>
       </c>
       <c r="B12" t="s">
         <v>43</v>
       </c>
       <c r="C12" t="s">
-        <v>1348</v>
+        <v>1407</v>
       </c>
       <c r="D12" t="s">
-        <v>1349</v>
+        <v>1408</v>
       </c>
       <c r="F12" t="s">
-        <v>208</v>
+        <v>1409</v>
       </c>
       <c r="G12">
         <v>2025</v>
       </c>
       <c r="H12" t="s">
-        <v>96</v>
+        <v>1214</v>
       </c>
       <c r="I12" t="s">
         <v>47</v>
       </c>
       <c r="J12" t="s">
         <v>48</v>
       </c>
       <c r="K12" t="s">
-        <v>1350</v>
+        <v>1410</v>
       </c>
       <c r="L12" t="s">
-        <v>1351</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>1411</v>
+      </c>
+      <c r="M12">
+        <v>25</v>
       </c>
       <c r="N12" t="s">
-        <v>211</v>
+        <v>1245</v>
       </c>
       <c r="O12" t="s">
         <v>43</v>
       </c>
       <c r="P12">
         <v>2025</v>
       </c>
       <c r="Q12" t="s">
-        <v>1352</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
-        <v>1326</v>
+        <v>1383</v>
       </c>
       <c r="B13" t="s">
         <v>43</v>
       </c>
       <c r="C13" t="s">
-        <v>1353</v>
+        <v>1413</v>
       </c>
       <c r="D13" t="s">
-        <v>1354</v>
+        <v>1414</v>
       </c>
       <c r="F13" t="s">
-        <v>1355</v>
+        <v>300</v>
       </c>
       <c r="G13">
         <v>2025</v>
       </c>
       <c r="H13" t="s">
-        <v>1179</v>
+        <v>18</v>
       </c>
       <c r="I13" t="s">
         <v>47</v>
       </c>
       <c r="J13" t="s">
         <v>48</v>
       </c>
       <c r="K13" t="s">
-        <v>1356</v>
+        <v>1415</v>
       </c>
       <c r="L13" t="s">
-        <v>1357</v>
-[...1 lines deleted...]
-      <c r="M13" s="1">
+        <v>1416</v>
+      </c>
+      <c r="M13">
         <v>22</v>
       </c>
       <c r="N13" t="s">
-        <v>1358</v>
+        <v>186</v>
       </c>
       <c r="O13" t="s">
         <v>43</v>
       </c>
       <c r="P13">
         <v>2025</v>
       </c>
       <c r="Q13" t="s">
-        <v>1359</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
-        <v>1326</v>
+        <v>1383</v>
       </c>
       <c r="B14" t="s">
         <v>43</v>
       </c>
       <c r="C14" t="s">
-        <v>1360</v>
+        <v>1418</v>
       </c>
       <c r="D14" t="s">
-        <v>1361</v>
+        <v>1419</v>
       </c>
       <c r="F14" t="s">
-        <v>1362</v>
+        <v>1420</v>
       </c>
       <c r="G14">
         <v>2025</v>
       </c>
       <c r="H14" t="s">
         <v>18</v>
       </c>
       <c r="I14" t="s">
         <v>47</v>
       </c>
       <c r="J14" t="s">
         <v>48</v>
       </c>
       <c r="K14" t="s">
-        <v>1363</v>
+        <v>1421</v>
       </c>
       <c r="L14" t="s">
-        <v>1364</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>1422</v>
+      </c>
+      <c r="M14">
+        <v>23</v>
       </c>
       <c r="N14" t="s">
-        <v>35</v>
+        <v>1423</v>
       </c>
       <c r="O14" t="s">
         <v>43</v>
       </c>
       <c r="P14">
         <v>2025</v>
       </c>
       <c r="Q14" t="s">
-        <v>1365</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1424</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
-        <v>1326</v>
+        <v>1383</v>
       </c>
       <c r="B15" t="s">
         <v>43</v>
       </c>
       <c r="C15" t="s">
-        <v>1366</v>
+        <v>1425</v>
       </c>
       <c r="D15" t="s">
-        <v>1367</v>
+        <v>1426</v>
       </c>
       <c r="F15" t="s">
-        <v>444</v>
+        <v>83</v>
       </c>
       <c r="G15">
         <v>2025</v>
       </c>
       <c r="H15" t="s">
-        <v>18</v>
+        <v>1427</v>
       </c>
       <c r="I15" t="s">
         <v>47</v>
       </c>
       <c r="J15" t="s">
         <v>48</v>
       </c>
       <c r="K15" t="s">
-        <v>1368</v>
+        <v>1428</v>
       </c>
       <c r="L15" t="s">
-        <v>1369</v>
-[...1 lines deleted...]
-      <c r="M15" s="1">
+        <v>1429</v>
+      </c>
+      <c r="M15">
         <v>22</v>
       </c>
       <c r="N15" t="s">
-        <v>1370</v>
+        <v>24</v>
       </c>
       <c r="O15" t="s">
         <v>43</v>
       </c>
       <c r="P15">
         <v>2025</v>
       </c>
       <c r="Q15" t="s">
-        <v>1371</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
-        <v>1326</v>
+        <v>1383</v>
       </c>
       <c r="B16" t="s">
         <v>43</v>
       </c>
       <c r="C16" t="s">
-        <v>1372</v>
+        <v>1431</v>
       </c>
       <c r="D16" t="s">
-        <v>1373</v>
+        <v>1432</v>
       </c>
       <c r="F16" t="s">
-        <v>1374</v>
+        <v>1433</v>
       </c>
       <c r="G16">
         <v>2025</v>
       </c>
       <c r="H16" t="s">
-        <v>18</v>
+        <v>96</v>
       </c>
       <c r="I16" t="s">
         <v>47</v>
       </c>
       <c r="J16" t="s">
         <v>48</v>
       </c>
       <c r="K16" t="s">
-        <v>1375</v>
+        <v>1434</v>
       </c>
       <c r="L16" t="s">
-        <v>1376</v>
-[...1 lines deleted...]
-      <c r="M16" s="1">
+        <v>1435</v>
+      </c>
+      <c r="M16">
         <v>22</v>
       </c>
       <c r="N16" t="s">
-        <v>21</v>
+        <v>1252</v>
       </c>
       <c r="O16" t="s">
         <v>43</v>
       </c>
       <c r="P16">
         <v>2025</v>
       </c>
       <c r="Q16" t="s">
-        <v>1377</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
-        <v>1326</v>
+        <v>1383</v>
       </c>
       <c r="B17" t="s">
         <v>43</v>
       </c>
       <c r="C17" t="s">
-        <v>1378</v>
+        <v>1437</v>
       </c>
       <c r="D17" t="s">
-        <v>1379</v>
+        <v>1438</v>
       </c>
       <c r="F17" t="s">
-        <v>83</v>
+        <v>1439</v>
       </c>
       <c r="G17">
         <v>2025</v>
       </c>
       <c r="H17" t="s">
         <v>18</v>
       </c>
       <c r="I17" t="s">
         <v>47</v>
       </c>
       <c r="J17" t="s">
         <v>48</v>
       </c>
       <c r="K17" t="s">
-        <v>1380</v>
+        <v>1440</v>
       </c>
       <c r="L17" t="s">
-        <v>1381</v>
-[...1 lines deleted...]
-      <c r="M17" s="1">
+        <v>1441</v>
+      </c>
+      <c r="M17">
         <v>28</v>
       </c>
       <c r="N17" t="s">
-        <v>24</v>
+        <v>1442</v>
       </c>
       <c r="O17" t="s">
         <v>43</v>
       </c>
       <c r="P17">
         <v>2025</v>
       </c>
       <c r="Q17" t="s">
-        <v>1382</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1443</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
-        <v>1256</v>
+        <v>1383</v>
       </c>
       <c r="B18" t="s">
         <v>43</v>
       </c>
       <c r="C18" t="s">
-        <v>1257</v>
+        <v>1444</v>
       </c>
       <c r="D18" t="s">
-        <v>1258</v>
+        <v>1445</v>
       </c>
       <c r="F18" t="s">
-        <v>1259</v>
+        <v>1036</v>
       </c>
       <c r="G18">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="H18" t="s">
-        <v>1260</v>
+        <v>63</v>
       </c>
       <c r="I18" t="s">
         <v>47</v>
       </c>
       <c r="J18" t="s">
         <v>48</v>
       </c>
       <c r="K18" t="s">
-        <v>1261</v>
+        <v>1446</v>
       </c>
       <c r="L18" t="s">
-        <v>1262</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>1447</v>
+      </c>
+      <c r="M18">
+        <v>25</v>
       </c>
       <c r="N18" t="s">
-        <v>1263</v>
+        <v>130</v>
       </c>
       <c r="O18" t="s">
         <v>43</v>
       </c>
       <c r="P18">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="Q18" t="s">
-        <v>1264</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
-        <v>1256</v>
+        <v>1383</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19" t="s">
-        <v>1265</v>
+        <v>1449</v>
       </c>
       <c r="D19" t="s">
-        <v>1266</v>
+        <v>1450</v>
       </c>
       <c r="F19" t="s">
-        <v>1267</v>
+        <v>1451</v>
       </c>
       <c r="G19">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="H19" t="s">
+        <v>63</v>
+      </c>
+      <c r="I19" t="s">
+        <v>47</v>
+      </c>
+      <c r="J19" t="s">
+        <v>48</v>
+      </c>
+      <c r="K19" t="s">
+        <v>1452</v>
+      </c>
+      <c r="L19" t="s">
+        <v>1453</v>
+      </c>
+      <c r="M19">
+        <v>22</v>
+      </c>
+      <c r="N19" t="s">
+        <v>1454</v>
+      </c>
+      <c r="O19" t="s">
+        <v>43</v>
+      </c>
+      <c r="P19">
+        <v>2025</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A20" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B20" t="s">
+        <v>43</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1456</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1457</v>
+      </c>
+      <c r="F20" t="s">
+        <v>549</v>
+      </c>
+      <c r="G20">
+        <v>2025</v>
+      </c>
+      <c r="H20" t="s">
         <v>1179</v>
       </c>
-      <c r="I19" t="s">
-[...48 lines deleted...]
-      </c>
       <c r="I20" t="s">
         <v>47</v>
       </c>
       <c r="J20" t="s">
         <v>48</v>
       </c>
       <c r="K20" t="s">
-        <v>1273</v>
+        <v>1458</v>
       </c>
       <c r="L20" t="s">
-        <v>1274</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>1459</v>
+      </c>
+      <c r="M20">
+        <v>23</v>
       </c>
       <c r="N20" t="s">
-        <v>39</v>
+        <v>141</v>
       </c>
       <c r="O20" t="s">
         <v>43</v>
       </c>
       <c r="P20">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="Q20" t="s">
-        <v>1275</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
-        <v>1256</v>
+        <v>1383</v>
       </c>
       <c r="B21" t="s">
         <v>43</v>
       </c>
       <c r="C21" t="s">
-        <v>1276</v>
+        <v>1461</v>
       </c>
       <c r="D21" t="s">
-        <v>1277</v>
+        <v>1462</v>
       </c>
       <c r="F21" t="s">
-        <v>208</v>
+        <v>353</v>
       </c>
       <c r="G21">
         <v>2025</v>
       </c>
       <c r="H21" t="s">
-        <v>96</v>
+        <v>18</v>
       </c>
       <c r="I21" t="s">
         <v>47</v>
       </c>
       <c r="J21" t="s">
         <v>48</v>
       </c>
       <c r="K21" t="s">
-        <v>1278</v>
+        <v>1463</v>
       </c>
       <c r="L21" t="s">
-        <v>1279</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>1464</v>
+      </c>
+      <c r="M21">
+        <v>22</v>
       </c>
       <c r="N21" t="s">
-        <v>1280</v>
+        <v>257</v>
       </c>
       <c r="O21" t="s">
         <v>43</v>
       </c>
       <c r="P21">
         <v>2025</v>
       </c>
       <c r="Q21" t="s">
-        <v>1281</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1465</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
-        <v>1256</v>
+        <v>1383</v>
       </c>
       <c r="B22" t="s">
         <v>43</v>
       </c>
       <c r="C22" t="s">
-        <v>1282</v>
+        <v>1466</v>
       </c>
       <c r="D22" t="s">
-        <v>1283</v>
+        <v>1467</v>
       </c>
       <c r="F22" t="s">
-        <v>814</v>
+        <v>1317</v>
       </c>
       <c r="G22">
         <v>2025</v>
       </c>
       <c r="H22" t="s">
         <v>63</v>
       </c>
       <c r="I22" t="s">
         <v>47</v>
       </c>
       <c r="J22" t="s">
         <v>48</v>
       </c>
       <c r="K22" t="s">
-        <v>1284</v>
+        <v>1468</v>
       </c>
       <c r="L22" t="s">
-        <v>1285</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>1469</v>
+      </c>
+      <c r="M22">
+        <v>22</v>
       </c>
       <c r="N22" t="s">
-        <v>1286</v>
+        <v>39</v>
       </c>
       <c r="O22" t="s">
         <v>43</v>
       </c>
       <c r="P22">
         <v>2025</v>
       </c>
       <c r="Q22" t="s">
-        <v>1287</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
-        <v>1256</v>
+        <v>1383</v>
       </c>
       <c r="B23" t="s">
         <v>43</v>
       </c>
       <c r="C23" t="s">
-        <v>1288</v>
+        <v>1471</v>
       </c>
       <c r="D23" t="s">
-        <v>1289</v>
+        <v>1472</v>
       </c>
       <c r="F23" t="s">
-        <v>1178</v>
+        <v>1473</v>
       </c>
       <c r="G23">
         <v>2025</v>
       </c>
       <c r="H23" t="s">
-        <v>1179</v>
+        <v>18</v>
       </c>
       <c r="I23" t="s">
         <v>47</v>
       </c>
       <c r="J23" t="s">
         <v>48</v>
       </c>
       <c r="K23" t="s">
-        <v>1290</v>
+        <v>1474</v>
       </c>
       <c r="L23" t="s">
-        <v>1291</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>1475</v>
+      </c>
+      <c r="M23">
+        <v>28</v>
       </c>
       <c r="N23" t="s">
-        <v>1230</v>
+        <v>1476</v>
       </c>
       <c r="O23" t="s">
         <v>43</v>
       </c>
       <c r="P23">
         <v>2025</v>
       </c>
       <c r="Q23" t="s">
-        <v>1292</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1477</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
-        <v>1256</v>
+        <v>1326</v>
       </c>
       <c r="B24" t="s">
         <v>43</v>
       </c>
       <c r="C24" t="s">
-        <v>1293</v>
+        <v>1327</v>
       </c>
       <c r="D24" t="s">
-        <v>1294</v>
+        <v>1328</v>
       </c>
       <c r="F24" t="s">
-        <v>635</v>
+        <v>1178</v>
       </c>
       <c r="G24">
         <v>2025</v>
       </c>
       <c r="H24" t="s">
-        <v>18</v>
+        <v>1179</v>
       </c>
       <c r="I24" t="s">
         <v>47</v>
       </c>
       <c r="J24" t="s">
         <v>48</v>
       </c>
       <c r="K24" t="s">
-        <v>1295</v>
+        <v>1329</v>
       </c>
       <c r="L24" t="s">
-        <v>1296</v>
+        <v>1330</v>
       </c>
       <c r="M24" s="1">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="N24" t="s">
-        <v>1297</v>
+        <v>1187</v>
       </c>
       <c r="O24" t="s">
         <v>43</v>
       </c>
       <c r="P24">
         <v>2025</v>
       </c>
       <c r="Q24" t="s">
-        <v>1298</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
-        <v>1256</v>
+        <v>1326</v>
       </c>
       <c r="B25" t="s">
         <v>43</v>
       </c>
       <c r="C25" t="s">
-        <v>1299</v>
+        <v>1332</v>
       </c>
       <c r="D25" t="s">
-        <v>1300</v>
+        <v>1333</v>
       </c>
       <c r="F25" t="s">
-        <v>1301</v>
+        <v>1334</v>
       </c>
       <c r="G25">
         <v>2025</v>
       </c>
       <c r="H25" t="s">
-        <v>96</v>
+        <v>18</v>
       </c>
       <c r="I25" t="s">
         <v>47</v>
       </c>
       <c r="J25" t="s">
         <v>48</v>
       </c>
       <c r="K25" t="s">
-        <v>1302</v>
+        <v>1335</v>
       </c>
       <c r="L25" t="s">
-        <v>1303</v>
+        <v>1336</v>
       </c>
       <c r="M25" s="1">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="N25" t="s">
-        <v>134</v>
+        <v>31</v>
       </c>
       <c r="O25" t="s">
         <v>43</v>
       </c>
       <c r="P25">
         <v>2025</v>
       </c>
       <c r="Q25" t="s">
-        <v>1304</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1337</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
-        <v>1256</v>
+        <v>1326</v>
       </c>
       <c r="B26" t="s">
         <v>43</v>
       </c>
       <c r="C26" t="s">
-        <v>1305</v>
+        <v>1338</v>
       </c>
       <c r="D26" t="s">
-        <v>1306</v>
+        <v>1339</v>
       </c>
       <c r="F26" t="s">
-        <v>1307</v>
+        <v>83</v>
       </c>
       <c r="G26">
         <v>2025</v>
       </c>
       <c r="H26" t="s">
         <v>18</v>
       </c>
       <c r="I26" t="s">
         <v>47</v>
       </c>
       <c r="J26" t="s">
         <v>48</v>
       </c>
       <c r="K26" t="s">
-        <v>1308</v>
+        <v>1340</v>
       </c>
       <c r="L26" t="s">
-        <v>1309</v>
+        <v>1341</v>
       </c>
       <c r="M26" s="1">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="N26" t="s">
-        <v>35</v>
+        <v>131</v>
       </c>
       <c r="O26" t="s">
         <v>43</v>
       </c>
       <c r="P26">
         <v>2025</v>
       </c>
       <c r="Q26" t="s">
-        <v>1310</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1342</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
-        <v>1256</v>
+        <v>1326</v>
       </c>
       <c r="B27" t="s">
         <v>43</v>
       </c>
       <c r="C27" t="s">
-        <v>570</v>
+        <v>1343</v>
       </c>
       <c r="D27" t="s">
-        <v>571</v>
+        <v>1344</v>
       </c>
       <c r="F27" t="s">
-        <v>359</v>
+        <v>261</v>
       </c>
       <c r="G27">
         <v>2025</v>
       </c>
       <c r="H27" t="s">
         <v>18</v>
       </c>
       <c r="I27" t="s">
         <v>47</v>
       </c>
       <c r="J27" t="s">
         <v>48</v>
       </c>
       <c r="K27" t="s">
-        <v>1311</v>
+        <v>1345</v>
       </c>
       <c r="L27" t="s">
-        <v>1312</v>
+        <v>1346</v>
       </c>
       <c r="M27" s="1">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="N27" t="s">
-        <v>1313</v>
+        <v>184</v>
       </c>
       <c r="O27" t="s">
         <v>43</v>
       </c>
       <c r="P27">
         <v>2025</v>
       </c>
       <c r="Q27" t="s">
-        <v>1314</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
-        <v>1256</v>
+        <v>1326</v>
       </c>
       <c r="B28" t="s">
         <v>43</v>
       </c>
       <c r="C28" t="s">
-        <v>1315</v>
+        <v>1348</v>
       </c>
       <c r="D28" t="s">
-        <v>1316</v>
+        <v>1349</v>
       </c>
       <c r="F28" t="s">
-        <v>1317</v>
+        <v>208</v>
       </c>
       <c r="G28">
         <v>2025</v>
       </c>
       <c r="H28" t="s">
-        <v>63</v>
+        <v>96</v>
       </c>
       <c r="I28" t="s">
         <v>47</v>
       </c>
       <c r="J28" t="s">
         <v>48</v>
       </c>
       <c r="K28" t="s">
-        <v>1318</v>
+        <v>1350</v>
       </c>
       <c r="L28" t="s">
-        <v>1319</v>
+        <v>1351</v>
       </c>
       <c r="M28" s="1">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="N28" t="s">
-        <v>39</v>
+        <v>211</v>
       </c>
       <c r="O28" t="s">
         <v>43</v>
       </c>
       <c r="P28">
         <v>2025</v>
       </c>
       <c r="Q28" t="s">
-        <v>1320</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1352</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
-        <v>1256</v>
+        <v>1326</v>
       </c>
       <c r="B29" t="s">
         <v>43</v>
       </c>
       <c r="C29" t="s">
-        <v>1321</v>
+        <v>1353</v>
       </c>
       <c r="D29" t="s">
-        <v>1322</v>
+        <v>1354</v>
       </c>
       <c r="F29" t="s">
-        <v>54</v>
+        <v>1355</v>
       </c>
       <c r="G29">
         <v>2025</v>
       </c>
       <c r="H29" t="s">
-        <v>96</v>
+        <v>1179</v>
       </c>
       <c r="I29" t="s">
         <v>47</v>
       </c>
       <c r="J29" t="s">
         <v>48</v>
       </c>
       <c r="K29" t="s">
-        <v>1323</v>
+        <v>1356</v>
       </c>
       <c r="L29" t="s">
-        <v>1324</v>
+        <v>1357</v>
       </c>
       <c r="M29" s="1">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="N29" t="s">
-        <v>1019</v>
+        <v>1358</v>
       </c>
       <c r="O29" t="s">
         <v>43</v>
       </c>
       <c r="P29">
         <v>2025</v>
       </c>
       <c r="Q29" t="s">
-        <v>1325</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1359</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
-        <v>1163</v>
+        <v>1326</v>
       </c>
       <c r="B30" t="s">
         <v>43</v>
       </c>
       <c r="C30" t="s">
-        <v>1164</v>
+        <v>1360</v>
       </c>
       <c r="D30" t="s">
-        <v>1165</v>
+        <v>1361</v>
       </c>
       <c r="F30" t="s">
-        <v>372</v>
+        <v>1362</v>
       </c>
       <c r="G30">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="H30" t="s">
         <v>18</v>
       </c>
       <c r="I30" t="s">
         <v>47</v>
       </c>
       <c r="J30" t="s">
         <v>48</v>
       </c>
       <c r="K30" t="s">
-        <v>1166</v>
+        <v>1363</v>
       </c>
       <c r="L30" t="s">
-        <v>1167</v>
+        <v>1364</v>
       </c>
       <c r="M30" s="1">
         <v>24</v>
       </c>
       <c r="N30" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="O30" t="s">
         <v>43</v>
       </c>
       <c r="P30">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="Q30" t="s">
-        <v>1168</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
-        <v>1163</v>
+        <v>1326</v>
       </c>
       <c r="B31" t="s">
         <v>43</v>
       </c>
       <c r="C31" t="s">
-        <v>1169</v>
+        <v>1366</v>
       </c>
       <c r="D31" t="s">
-        <v>1170</v>
+        <v>1367</v>
       </c>
       <c r="F31" t="s">
-        <v>1171</v>
+        <v>444</v>
       </c>
       <c r="G31">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="H31" t="s">
         <v>18</v>
       </c>
       <c r="I31" t="s">
         <v>47</v>
       </c>
       <c r="J31" t="s">
         <v>48</v>
       </c>
       <c r="K31" t="s">
-        <v>1172</v>
+        <v>1368</v>
       </c>
       <c r="L31" t="s">
-        <v>1173</v>
+        <v>1369</v>
       </c>
       <c r="M31" s="1">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="N31" t="s">
-        <v>21</v>
+        <v>1370</v>
       </c>
       <c r="O31" t="s">
         <v>43</v>
       </c>
       <c r="P31">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="Q31" t="s">
-        <v>1174</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="32" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
-        <v>1163</v>
+        <v>1326</v>
       </c>
       <c r="B32" t="s">
         <v>43</v>
       </c>
       <c r="C32" t="s">
-        <v>1175</v>
+        <v>1372</v>
       </c>
       <c r="D32" t="s">
-        <v>1176</v>
-[...2 lines deleted...]
-        <v>1177</v>
+        <v>1373</v>
       </c>
       <c r="F32" t="s">
-        <v>1178</v>
+        <v>1374</v>
       </c>
       <c r="G32">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="H32" t="s">
-        <v>1179</v>
+        <v>18</v>
       </c>
       <c r="I32" t="s">
         <v>47</v>
       </c>
       <c r="J32" t="s">
         <v>48</v>
       </c>
       <c r="K32" t="s">
-        <v>1180</v>
+        <v>1375</v>
       </c>
       <c r="L32" t="s">
-        <v>1181</v>
+        <v>1376</v>
       </c>
       <c r="M32" s="1">
         <v>22</v>
       </c>
       <c r="N32" t="s">
-        <v>1182</v>
+        <v>21</v>
       </c>
       <c r="O32" t="s">
         <v>43</v>
       </c>
       <c r="P32">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="Q32" t="s">
-        <v>1183</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="33" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
-        <v>1163</v>
+        <v>1326</v>
       </c>
       <c r="B33" t="s">
         <v>43</v>
       </c>
       <c r="C33" t="s">
-        <v>1175</v>
+        <v>1378</v>
       </c>
       <c r="D33" t="s">
-        <v>1176</v>
-[...2 lines deleted...]
-        <v>1184</v>
+        <v>1379</v>
       </c>
       <c r="F33" t="s">
-        <v>1178</v>
+        <v>83</v>
       </c>
       <c r="G33">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="H33" t="s">
-        <v>1179</v>
+        <v>18</v>
       </c>
       <c r="I33" t="s">
         <v>47</v>
       </c>
       <c r="J33" t="s">
         <v>48</v>
       </c>
       <c r="K33" t="s">
-        <v>1185</v>
+        <v>1380</v>
       </c>
       <c r="L33" t="s">
-        <v>1186</v>
+        <v>1381</v>
       </c>
       <c r="M33" s="1">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="N33" t="s">
-        <v>1187</v>
+        <v>24</v>
       </c>
       <c r="O33" t="s">
         <v>43</v>
       </c>
       <c r="P33">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="Q33" t="s">
-        <v>1188</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1382</v>
+      </c>
+    </row>
+    <row r="34" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
-        <v>1163</v>
+        <v>1256</v>
       </c>
       <c r="B34" t="s">
         <v>43</v>
       </c>
       <c r="C34" t="s">
-        <v>1175</v>
+        <v>1257</v>
       </c>
       <c r="D34" t="s">
-        <v>1176</v>
-[...2 lines deleted...]
-        <v>1189</v>
+        <v>1258</v>
       </c>
       <c r="F34" t="s">
-        <v>1178</v>
+        <v>1259</v>
       </c>
       <c r="G34">
         <v>2024</v>
       </c>
       <c r="H34" t="s">
-        <v>1179</v>
+        <v>1260</v>
       </c>
       <c r="I34" t="s">
         <v>47</v>
       </c>
       <c r="J34" t="s">
         <v>48</v>
       </c>
       <c r="K34" t="s">
-        <v>1190</v>
+        <v>1261</v>
       </c>
       <c r="L34" t="s">
-        <v>1191</v>
+        <v>1262</v>
       </c>
       <c r="M34" s="1">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="N34" t="s">
-        <v>1187</v>
+        <v>1263</v>
       </c>
       <c r="O34" t="s">
         <v>43</v>
       </c>
       <c r="P34">
         <v>2024</v>
       </c>
       <c r="Q34" t="s">
-        <v>1192</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1264</v>
+      </c>
+    </row>
+    <row r="35" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
-        <v>1163</v>
+        <v>1256</v>
       </c>
       <c r="B35" t="s">
         <v>43</v>
       </c>
       <c r="C35" t="s">
-        <v>1193</v>
+        <v>1265</v>
       </c>
       <c r="D35" t="s">
-        <v>1194</v>
+        <v>1266</v>
       </c>
       <c r="F35" t="s">
-        <v>229</v>
+        <v>1267</v>
       </c>
       <c r="G35">
         <v>2024</v>
       </c>
       <c r="H35" t="s">
-        <v>18</v>
+        <v>1179</v>
       </c>
       <c r="I35" t="s">
         <v>47</v>
       </c>
       <c r="J35" t="s">
         <v>48</v>
       </c>
       <c r="K35" t="s">
-        <v>1195</v>
+        <v>1268</v>
       </c>
       <c r="L35" t="s">
-        <v>1196</v>
+        <v>1269</v>
       </c>
       <c r="M35" s="1">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="N35" t="s">
-        <v>30</v>
+        <v>134</v>
       </c>
       <c r="O35" t="s">
         <v>43</v>
       </c>
       <c r="P35">
         <v>2024</v>
       </c>
       <c r="Q35" t="s">
-        <v>1197</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
-        <v>1163</v>
+        <v>1256</v>
       </c>
       <c r="B36" t="s">
         <v>43</v>
       </c>
       <c r="C36" t="s">
-        <v>1198</v>
+        <v>1271</v>
       </c>
       <c r="D36" t="s">
-        <v>1199</v>
+        <v>1272</v>
       </c>
       <c r="F36" t="s">
-        <v>1200</v>
+        <v>156</v>
       </c>
       <c r="G36">
         <v>2024</v>
       </c>
       <c r="H36" t="s">
-        <v>1201</v>
+        <v>18</v>
       </c>
       <c r="I36" t="s">
         <v>47</v>
       </c>
       <c r="J36" t="s">
         <v>48</v>
       </c>
       <c r="K36" t="s">
-        <v>1202</v>
+        <v>1273</v>
       </c>
       <c r="L36" t="s">
-        <v>1203</v>
+        <v>1274</v>
       </c>
       <c r="M36" s="1">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="N36" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="O36" t="s">
         <v>43</v>
       </c>
       <c r="P36">
         <v>2024</v>
       </c>
       <c r="Q36" t="s">
-        <v>1204</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="37" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B37" t="s">
+        <v>43</v>
+      </c>
+      <c r="C37" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1277</v>
+      </c>
+      <c r="F37" t="s">
+        <v>208</v>
+      </c>
+      <c r="G37">
+        <v>2025</v>
+      </c>
+      <c r="H37" t="s">
+        <v>96</v>
+      </c>
+      <c r="I37" t="s">
+        <v>47</v>
+      </c>
+      <c r="J37" t="s">
+        <v>48</v>
+      </c>
+      <c r="K37" t="s">
+        <v>1278</v>
+      </c>
+      <c r="L37" t="s">
+        <v>1279</v>
+      </c>
+      <c r="M37" s="1">
+        <v>19</v>
+      </c>
+      <c r="N37" t="s">
+        <v>1280</v>
+      </c>
+      <c r="O37" t="s">
+        <v>43</v>
+      </c>
+      <c r="P37">
+        <v>2025</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="38" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A38" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B38" t="s">
+        <v>43</v>
+      </c>
+      <c r="C38" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1283</v>
+      </c>
+      <c r="F38" t="s">
+        <v>814</v>
+      </c>
+      <c r="G38">
+        <v>2025</v>
+      </c>
+      <c r="H38" t="s">
+        <v>63</v>
+      </c>
+      <c r="I38" t="s">
+        <v>47</v>
+      </c>
+      <c r="J38" t="s">
+        <v>48</v>
+      </c>
+      <c r="K38" t="s">
+        <v>1284</v>
+      </c>
+      <c r="L38" t="s">
+        <v>1285</v>
+      </c>
+      <c r="M38" s="1">
+        <v>25</v>
+      </c>
+      <c r="N38" t="s">
+        <v>1286</v>
+      </c>
+      <c r="O38" t="s">
+        <v>43</v>
+      </c>
+      <c r="P38">
+        <v>2025</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>1287</v>
+      </c>
+    </row>
+    <row r="39" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A39" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B39" t="s">
+        <v>43</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1289</v>
+      </c>
+      <c r="F39" t="s">
+        <v>1178</v>
+      </c>
+      <c r="G39">
+        <v>2025</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1179</v>
+      </c>
+      <c r="I39" t="s">
+        <v>47</v>
+      </c>
+      <c r="J39" t="s">
+        <v>48</v>
+      </c>
+      <c r="K39" t="s">
+        <v>1290</v>
+      </c>
+      <c r="L39" t="s">
+        <v>1291</v>
+      </c>
+      <c r="M39" s="1">
+        <v>27</v>
+      </c>
+      <c r="N39" t="s">
+        <v>1230</v>
+      </c>
+      <c r="O39" t="s">
+        <v>43</v>
+      </c>
+      <c r="P39">
+        <v>2025</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>1292</v>
+      </c>
+    </row>
+    <row r="40" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A40" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B40" t="s">
+        <v>43</v>
+      </c>
+      <c r="C40" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1294</v>
+      </c>
+      <c r="F40" t="s">
+        <v>635</v>
+      </c>
+      <c r="G40">
+        <v>2025</v>
+      </c>
+      <c r="H40" t="s">
+        <v>18</v>
+      </c>
+      <c r="I40" t="s">
+        <v>47</v>
+      </c>
+      <c r="J40" t="s">
+        <v>48</v>
+      </c>
+      <c r="K40" t="s">
+        <v>1295</v>
+      </c>
+      <c r="L40" t="s">
+        <v>1296</v>
+      </c>
+      <c r="M40" s="1">
+        <v>39</v>
+      </c>
+      <c r="N40" t="s">
+        <v>1297</v>
+      </c>
+      <c r="O40" t="s">
+        <v>43</v>
+      </c>
+      <c r="P40">
+        <v>2025</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>1298</v>
+      </c>
+    </row>
+    <row r="41" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A41" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B41" t="s">
+        <v>43</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1300</v>
+      </c>
+      <c r="F41" t="s">
+        <v>1301</v>
+      </c>
+      <c r="G41">
+        <v>2025</v>
+      </c>
+      <c r="H41" t="s">
+        <v>96</v>
+      </c>
+      <c r="I41" t="s">
+        <v>47</v>
+      </c>
+      <c r="J41" t="s">
+        <v>48</v>
+      </c>
+      <c r="K41" t="s">
+        <v>1302</v>
+      </c>
+      <c r="L41" t="s">
+        <v>1303</v>
+      </c>
+      <c r="M41" s="1">
+        <v>56</v>
+      </c>
+      <c r="N41" t="s">
+        <v>134</v>
+      </c>
+      <c r="O41" t="s">
+        <v>43</v>
+      </c>
+      <c r="P41">
+        <v>2025</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>1304</v>
+      </c>
+    </row>
+    <row r="42" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A42" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B42" t="s">
+        <v>43</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1306</v>
+      </c>
+      <c r="F42" t="s">
+        <v>1307</v>
+      </c>
+      <c r="G42">
+        <v>2025</v>
+      </c>
+      <c r="H42" t="s">
+        <v>18</v>
+      </c>
+      <c r="I42" t="s">
+        <v>47</v>
+      </c>
+      <c r="J42" t="s">
+        <v>48</v>
+      </c>
+      <c r="K42" t="s">
+        <v>1308</v>
+      </c>
+      <c r="L42" t="s">
+        <v>1309</v>
+      </c>
+      <c r="M42" s="1">
+        <v>28</v>
+      </c>
+      <c r="N42" t="s">
+        <v>35</v>
+      </c>
+      <c r="O42" t="s">
+        <v>43</v>
+      </c>
+      <c r="P42">
+        <v>2025</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="43" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A43" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B43" t="s">
+        <v>43</v>
+      </c>
+      <c r="C43" t="s">
+        <v>570</v>
+      </c>
+      <c r="D43" t="s">
+        <v>571</v>
+      </c>
+      <c r="F43" t="s">
+        <v>359</v>
+      </c>
+      <c r="G43">
+        <v>2025</v>
+      </c>
+      <c r="H43" t="s">
+        <v>18</v>
+      </c>
+      <c r="I43" t="s">
+        <v>47</v>
+      </c>
+      <c r="J43" t="s">
+        <v>48</v>
+      </c>
+      <c r="K43" t="s">
+        <v>1311</v>
+      </c>
+      <c r="L43" t="s">
+        <v>1312</v>
+      </c>
+      <c r="M43" s="1">
+        <v>23</v>
+      </c>
+      <c r="N43" t="s">
+        <v>1313</v>
+      </c>
+      <c r="O43" t="s">
+        <v>43</v>
+      </c>
+      <c r="P43">
+        <v>2025</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="44" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A44" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B44" t="s">
+        <v>43</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1316</v>
+      </c>
+      <c r="F44" t="s">
+        <v>1317</v>
+      </c>
+      <c r="G44">
+        <v>2025</v>
+      </c>
+      <c r="H44" t="s">
+        <v>63</v>
+      </c>
+      <c r="I44" t="s">
+        <v>47</v>
+      </c>
+      <c r="J44" t="s">
+        <v>48</v>
+      </c>
+      <c r="K44" t="s">
+        <v>1318</v>
+      </c>
+      <c r="L44" t="s">
+        <v>1319</v>
+      </c>
+      <c r="M44" s="1">
+        <v>36</v>
+      </c>
+      <c r="N44" t="s">
+        <v>39</v>
+      </c>
+      <c r="O44" t="s">
+        <v>43</v>
+      </c>
+      <c r="P44">
+        <v>2025</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="45" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A45" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B45" t="s">
+        <v>43</v>
+      </c>
+      <c r="C45" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D45" t="s">
+        <v>1322</v>
+      </c>
+      <c r="F45" t="s">
+        <v>54</v>
+      </c>
+      <c r="G45">
+        <v>2025</v>
+      </c>
+      <c r="H45" t="s">
+        <v>96</v>
+      </c>
+      <c r="I45" t="s">
+        <v>47</v>
+      </c>
+      <c r="J45" t="s">
+        <v>48</v>
+      </c>
+      <c r="K45" t="s">
+        <v>1323</v>
+      </c>
+      <c r="L45" t="s">
+        <v>1324</v>
+      </c>
+      <c r="M45" s="1">
+        <v>35</v>
+      </c>
+      <c r="N45" t="s">
+        <v>1019</v>
+      </c>
+      <c r="O45" t="s">
+        <v>43</v>
+      </c>
+      <c r="P45">
+        <v>2025</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>1325</v>
+      </c>
+    </row>
+    <row r="46" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A46" t="s">
         <v>1163</v>
       </c>
-      <c r="B37" t="s">
-[...451 lines deleted...]
-      </c>
       <c r="B46" t="s">
         <v>43</v>
       </c>
       <c r="C46" t="s">
-        <v>1110</v>
+        <v>1164</v>
       </c>
       <c r="D46" t="s">
-        <v>1111</v>
+        <v>1165</v>
       </c>
       <c r="F46" t="s">
-        <v>353</v>
+        <v>372</v>
       </c>
       <c r="G46">
         <v>2024</v>
       </c>
       <c r="H46" t="s">
         <v>18</v>
       </c>
       <c r="I46" t="s">
         <v>47</v>
       </c>
       <c r="J46" t="s">
         <v>48</v>
       </c>
       <c r="K46" t="s">
-        <v>1112</v>
+        <v>1166</v>
       </c>
       <c r="L46" t="s">
-        <v>1113</v>
+        <v>1167</v>
       </c>
       <c r="M46" s="1">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="N46" t="s">
-        <v>978</v>
+        <v>34</v>
       </c>
       <c r="O46" t="s">
         <v>43</v>
       </c>
       <c r="P46">
         <v>2024</v>
       </c>
       <c r="Q46" t="s">
-        <v>1114</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="47" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A47" t="s">
-        <v>1099</v>
+        <v>1163</v>
       </c>
       <c r="B47" t="s">
         <v>43</v>
       </c>
       <c r="C47" t="s">
-        <v>1115</v>
+        <v>1169</v>
       </c>
       <c r="D47" t="s">
-        <v>1116</v>
+        <v>1170</v>
       </c>
       <c r="F47" t="s">
-        <v>54</v>
+        <v>1171</v>
       </c>
       <c r="G47">
         <v>2024</v>
       </c>
       <c r="H47" t="s">
         <v>18</v>
       </c>
       <c r="I47" t="s">
         <v>47</v>
       </c>
       <c r="J47" t="s">
         <v>48</v>
       </c>
       <c r="K47" t="s">
-        <v>1117</v>
+        <v>1172</v>
       </c>
       <c r="L47" t="s">
-        <v>1118</v>
+        <v>1173</v>
       </c>
       <c r="M47" s="1">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="N47" t="s">
-        <v>1019</v>
+        <v>21</v>
       </c>
       <c r="O47" t="s">
         <v>43</v>
       </c>
       <c r="P47">
         <v>2024</v>
       </c>
       <c r="Q47" t="s">
-        <v>1119</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="48" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A48" t="s">
-        <v>1099</v>
+        <v>1163</v>
       </c>
       <c r="B48" t="s">
         <v>43</v>
       </c>
       <c r="C48" t="s">
-        <v>1120</v>
+        <v>1175</v>
       </c>
       <c r="D48" t="s">
-        <v>1121</v>
+        <v>1176</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1177</v>
       </c>
       <c r="F48" t="s">
-        <v>760</v>
+        <v>1178</v>
       </c>
       <c r="G48">
         <v>2024</v>
       </c>
       <c r="H48" t="s">
-        <v>18</v>
+        <v>1179</v>
       </c>
       <c r="I48" t="s">
         <v>47</v>
       </c>
       <c r="J48" t="s">
         <v>48</v>
       </c>
       <c r="K48" t="s">
-        <v>1122</v>
+        <v>1180</v>
       </c>
       <c r="L48" t="s">
-        <v>1123</v>
+        <v>1181</v>
       </c>
       <c r="M48" s="1">
         <v>22</v>
       </c>
       <c r="N48" t="s">
-        <v>129</v>
+        <v>1182</v>
       </c>
       <c r="O48" t="s">
         <v>43</v>
       </c>
       <c r="P48">
         <v>2024</v>
       </c>
       <c r="Q48" t="s">
-        <v>1124</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="49" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A49" t="s">
-        <v>1099</v>
+        <v>1163</v>
       </c>
       <c r="B49" t="s">
         <v>43</v>
       </c>
       <c r="C49" t="s">
-        <v>1125</v>
+        <v>1175</v>
       </c>
       <c r="D49" t="s">
-        <v>1126</v>
+        <v>1176</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1184</v>
       </c>
       <c r="F49" t="s">
-        <v>215</v>
+        <v>1178</v>
       </c>
       <c r="G49">
         <v>2024</v>
       </c>
       <c r="H49" t="s">
-        <v>18</v>
+        <v>1179</v>
       </c>
       <c r="I49" t="s">
         <v>47</v>
       </c>
       <c r="J49" t="s">
         <v>48</v>
       </c>
       <c r="K49" t="s">
-        <v>1127</v>
+        <v>1185</v>
       </c>
       <c r="L49" t="s">
-        <v>1128</v>
+        <v>1186</v>
       </c>
       <c r="M49" s="1">
         <v>22</v>
       </c>
       <c r="N49" t="s">
-        <v>1129</v>
+        <v>1187</v>
       </c>
       <c r="O49" t="s">
         <v>43</v>
       </c>
       <c r="P49">
         <v>2024</v>
       </c>
       <c r="Q49" t="s">
-        <v>1130</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="50" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A50" t="s">
-        <v>1099</v>
+        <v>1163</v>
       </c>
       <c r="B50" t="s">
         <v>43</v>
       </c>
       <c r="C50" t="s">
-        <v>1131</v>
+        <v>1175</v>
       </c>
       <c r="D50" t="s">
-        <v>1132</v>
+        <v>1176</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1189</v>
       </c>
       <c r="F50" t="s">
-        <v>1133</v>
+        <v>1178</v>
       </c>
       <c r="G50">
         <v>2024</v>
       </c>
       <c r="H50" t="s">
-        <v>18</v>
+        <v>1179</v>
       </c>
       <c r="I50" t="s">
         <v>47</v>
       </c>
       <c r="J50" t="s">
         <v>48</v>
       </c>
       <c r="K50" t="s">
-        <v>1134</v>
+        <v>1190</v>
       </c>
       <c r="L50" t="s">
-        <v>1135</v>
+        <v>1191</v>
       </c>
       <c r="M50" s="1">
         <v>22</v>
       </c>
       <c r="N50" t="s">
-        <v>1136</v>
+        <v>1187</v>
       </c>
       <c r="O50" t="s">
         <v>43</v>
       </c>
       <c r="P50">
         <v>2024</v>
       </c>
       <c r="Q50" t="s">
-        <v>1137</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="51" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A51" t="s">
-        <v>1099</v>
+        <v>1163</v>
       </c>
       <c r="B51" t="s">
         <v>43</v>
       </c>
       <c r="C51" t="s">
-        <v>1138</v>
+        <v>1193</v>
       </c>
       <c r="D51" t="s">
-        <v>1139</v>
+        <v>1194</v>
       </c>
       <c r="F51" t="s">
-        <v>1140</v>
+        <v>229</v>
       </c>
       <c r="G51">
         <v>2024</v>
       </c>
       <c r="H51" t="s">
-        <v>96</v>
+        <v>18</v>
       </c>
       <c r="I51" t="s">
         <v>47</v>
       </c>
       <c r="J51" t="s">
         <v>48</v>
       </c>
       <c r="K51" t="s">
-        <v>1141</v>
+        <v>1195</v>
       </c>
       <c r="L51" t="s">
-        <v>1142</v>
+        <v>1196</v>
       </c>
       <c r="M51" s="1">
         <v>22</v>
       </c>
       <c r="N51" t="s">
-        <v>1143</v>
+        <v>30</v>
       </c>
       <c r="O51" t="s">
         <v>43</v>
       </c>
       <c r="P51">
         <v>2024</v>
       </c>
       <c r="Q51" t="s">
-        <v>1144</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="52" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A52" t="s">
-        <v>1099</v>
+        <v>1163</v>
       </c>
       <c r="B52" t="s">
         <v>43</v>
       </c>
       <c r="C52" t="s">
-        <v>1145</v>
+        <v>1198</v>
       </c>
       <c r="D52" t="s">
-        <v>1146</v>
+        <v>1199</v>
       </c>
       <c r="F52" t="s">
-        <v>1147</v>
+        <v>1200</v>
       </c>
       <c r="G52">
         <v>2024</v>
       </c>
       <c r="H52" t="s">
-        <v>18</v>
+        <v>1201</v>
       </c>
       <c r="I52" t="s">
         <v>47</v>
       </c>
       <c r="J52" t="s">
         <v>48</v>
       </c>
       <c r="K52" t="s">
-        <v>1148</v>
+        <v>1202</v>
       </c>
       <c r="L52" t="s">
-        <v>1149</v>
+        <v>1203</v>
       </c>
       <c r="M52" s="1">
         <v>22</v>
       </c>
       <c r="N52" t="s">
-        <v>1150</v>
+        <v>25</v>
       </c>
       <c r="O52" t="s">
         <v>43</v>
       </c>
       <c r="P52">
         <v>2024</v>
       </c>
       <c r="Q52" t="s">
-        <v>1151</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="53" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A53" t="s">
-        <v>1099</v>
+        <v>1163</v>
       </c>
       <c r="B53" t="s">
         <v>43</v>
       </c>
       <c r="C53" t="s">
-        <v>1152</v>
+        <v>1205</v>
       </c>
       <c r="D53" t="s">
-        <v>1153</v>
+        <v>1206</v>
       </c>
       <c r="F53" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="G53">
         <v>2024</v>
       </c>
       <c r="H53" t="s">
         <v>18</v>
       </c>
       <c r="I53" t="s">
         <v>47</v>
       </c>
       <c r="J53" t="s">
         <v>48</v>
       </c>
       <c r="K53" t="s">
-        <v>1154</v>
+        <v>1207</v>
       </c>
       <c r="L53" t="s">
-        <v>1155</v>
+        <v>1208</v>
       </c>
       <c r="M53" s="1">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="N53" t="s">
-        <v>72</v>
+        <v>1209</v>
       </c>
       <c r="O53" t="s">
         <v>43</v>
       </c>
       <c r="P53">
         <v>2024</v>
       </c>
       <c r="Q53" t="s">
-        <v>1156</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="54" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A54" t="s">
-        <v>1099</v>
+        <v>1163</v>
       </c>
       <c r="B54" t="s">
         <v>43</v>
       </c>
       <c r="C54" t="s">
-        <v>1157</v>
+        <v>1211</v>
       </c>
       <c r="D54" t="s">
-        <v>1158</v>
+        <v>1212</v>
       </c>
       <c r="F54" t="s">
-        <v>444</v>
+        <v>1213</v>
       </c>
       <c r="G54">
         <v>2024</v>
       </c>
       <c r="H54" t="s">
-        <v>18</v>
+        <v>1214</v>
       </c>
       <c r="I54" t="s">
         <v>47</v>
       </c>
       <c r="J54" t="s">
         <v>48</v>
       </c>
       <c r="K54" t="s">
-        <v>1159</v>
+        <v>1215</v>
       </c>
       <c r="L54" t="s">
-        <v>1160</v>
+        <v>1216</v>
       </c>
       <c r="M54" s="1">
         <v>22</v>
       </c>
       <c r="N54" t="s">
-        <v>1019</v>
+        <v>1217</v>
       </c>
       <c r="O54" t="s">
         <v>43</v>
       </c>
       <c r="P54">
         <v>2024</v>
       </c>
       <c r="Q54" t="s">
-        <v>1161</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="55" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A55" t="s">
-        <v>1040</v>
+        <v>1163</v>
       </c>
       <c r="B55" t="s">
         <v>43</v>
       </c>
       <c r="C55" t="s">
-        <v>1041</v>
+        <v>1219</v>
       </c>
       <c r="D55" t="s">
-        <v>1042</v>
+        <v>1220</v>
       </c>
       <c r="F55" t="s">
-        <v>333</v>
+        <v>1221</v>
       </c>
       <c r="G55">
         <v>2024</v>
       </c>
       <c r="H55" t="s">
-        <v>18</v>
+        <v>1214</v>
       </c>
       <c r="I55" t="s">
         <v>47</v>
       </c>
       <c r="J55" t="s">
         <v>48</v>
       </c>
       <c r="K55" t="s">
-        <v>1043</v>
+        <v>1222</v>
       </c>
       <c r="L55" t="s">
-        <v>1044</v>
+        <v>1223</v>
       </c>
       <c r="M55" s="1">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="N55" t="s">
-        <v>28</v>
+        <v>134</v>
       </c>
       <c r="O55" t="s">
         <v>43</v>
       </c>
       <c r="P55">
         <v>2024</v>
       </c>
       <c r="Q55" t="s">
-        <v>1045</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="56" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A56" t="s">
-        <v>1040</v>
+        <v>1163</v>
       </c>
       <c r="B56" t="s">
         <v>43</v>
       </c>
       <c r="C56" t="s">
-        <v>1046</v>
+        <v>1225</v>
       </c>
       <c r="D56" t="s">
-        <v>1047</v>
+        <v>1226</v>
       </c>
       <c r="F56" t="s">
-        <v>163</v>
+        <v>1227</v>
       </c>
       <c r="G56">
         <v>2024</v>
       </c>
       <c r="H56" t="s">
-        <v>18</v>
+        <v>1179</v>
       </c>
       <c r="I56" t="s">
         <v>47</v>
       </c>
       <c r="J56" t="s">
         <v>48</v>
       </c>
       <c r="K56" t="s">
-        <v>1048</v>
+        <v>1228</v>
       </c>
       <c r="L56" t="s">
-        <v>1049</v>
+        <v>1229</v>
       </c>
       <c r="M56" s="1">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="N56" t="s">
-        <v>1050</v>
+        <v>1230</v>
       </c>
       <c r="O56" t="s">
         <v>43</v>
       </c>
       <c r="P56">
         <v>2024</v>
       </c>
       <c r="Q56" t="s">
-        <v>1051</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="57" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A57" t="s">
-        <v>1040</v>
+        <v>1163</v>
       </c>
       <c r="B57" t="s">
         <v>43</v>
       </c>
       <c r="C57" t="s">
-        <v>1052</v>
+        <v>1232</v>
       </c>
       <c r="D57" t="s">
-        <v>1053</v>
+        <v>1233</v>
+      </c>
+      <c r="E57" t="s">
+        <v>1234</v>
       </c>
       <c r="F57" t="s">
-        <v>285</v>
+        <v>1235</v>
       </c>
       <c r="G57">
         <v>2024</v>
       </c>
       <c r="H57" t="s">
-        <v>18</v>
+        <v>1179</v>
       </c>
       <c r="I57" t="s">
         <v>47</v>
       </c>
       <c r="J57" t="s">
         <v>48</v>
       </c>
       <c r="K57" t="s">
-        <v>1054</v>
+        <v>1236</v>
       </c>
       <c r="L57" t="s">
-        <v>1055</v>
+        <v>1237</v>
       </c>
       <c r="M57" s="1">
         <v>22</v>
       </c>
       <c r="N57" t="s">
-        <v>25</v>
+        <v>1238</v>
       </c>
       <c r="O57" t="s">
         <v>43</v>
       </c>
       <c r="P57">
         <v>2024</v>
       </c>
       <c r="Q57" t="s">
-        <v>1056</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="58" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A58" t="s">
-        <v>1040</v>
+        <v>1163</v>
       </c>
       <c r="B58" t="s">
         <v>43</v>
       </c>
       <c r="C58" t="s">
-        <v>1057</v>
+        <v>1240</v>
       </c>
       <c r="D58" t="s">
-        <v>1058</v>
+        <v>1241</v>
       </c>
       <c r="F58" t="s">
-        <v>169</v>
+        <v>1242</v>
       </c>
       <c r="G58">
         <v>2024</v>
       </c>
       <c r="H58" t="s">
-        <v>18</v>
+        <v>1214</v>
       </c>
       <c r="I58" t="s">
         <v>47</v>
       </c>
       <c r="J58" t="s">
         <v>48</v>
       </c>
       <c r="K58" t="s">
-        <v>1059</v>
+        <v>1243</v>
       </c>
       <c r="L58" t="s">
-        <v>1060</v>
+        <v>1244</v>
       </c>
       <c r="M58" s="1">
         <v>22</v>
       </c>
       <c r="N58" t="s">
-        <v>35</v>
+        <v>1245</v>
       </c>
       <c r="O58" t="s">
         <v>43</v>
       </c>
       <c r="P58">
         <v>2024</v>
       </c>
       <c r="Q58" t="s">
-        <v>1061</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="59" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A59" t="s">
-        <v>1040</v>
+        <v>1163</v>
       </c>
       <c r="B59" t="s">
         <v>43</v>
       </c>
       <c r="C59" t="s">
-        <v>1062</v>
+        <v>1247</v>
       </c>
       <c r="D59" t="s">
-        <v>1063</v>
+        <v>1248</v>
       </c>
       <c r="F59" t="s">
-        <v>505</v>
+        <v>1249</v>
       </c>
       <c r="G59">
         <v>2024</v>
       </c>
       <c r="H59" t="s">
         <v>18</v>
       </c>
       <c r="I59" t="s">
         <v>47</v>
       </c>
       <c r="J59" t="s">
         <v>48</v>
       </c>
       <c r="K59" t="s">
-        <v>1064</v>
+        <v>1250</v>
       </c>
       <c r="L59" t="s">
-        <v>1065</v>
+        <v>1251</v>
       </c>
       <c r="M59" s="1">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="N59" t="s">
-        <v>1066</v>
+        <v>1252</v>
       </c>
       <c r="O59" t="s">
         <v>43</v>
       </c>
       <c r="P59">
         <v>2024</v>
       </c>
       <c r="Q59" t="s">
-        <v>1067</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="60" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A60" t="s">
-        <v>1040</v>
+        <v>1099</v>
       </c>
       <c r="B60" t="s">
         <v>43</v>
       </c>
       <c r="C60" t="s">
-        <v>1068</v>
+        <v>1100</v>
       </c>
       <c r="D60" t="s">
-        <v>1069</v>
+        <v>1101</v>
       </c>
       <c r="F60" t="s">
-        <v>1070</v>
+        <v>208</v>
       </c>
       <c r="G60">
         <v>2024</v>
       </c>
       <c r="H60" t="s">
-        <v>96</v>
+        <v>18</v>
       </c>
       <c r="I60" t="s">
         <v>47</v>
       </c>
       <c r="J60" t="s">
         <v>48</v>
       </c>
       <c r="K60" t="s">
-        <v>1071</v>
+        <v>1102</v>
       </c>
       <c r="L60" t="s">
-        <v>1072</v>
+        <v>1103</v>
       </c>
       <c r="M60" s="1">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N60" t="s">
-        <v>1073</v>
+        <v>962</v>
       </c>
       <c r="O60" t="s">
         <v>43</v>
       </c>
       <c r="P60">
         <v>2024</v>
       </c>
       <c r="Q60" t="s">
-        <v>1074</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="61" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A61" t="s">
-        <v>1040</v>
+        <v>1099</v>
       </c>
       <c r="B61" t="s">
         <v>43</v>
       </c>
       <c r="C61" t="s">
-        <v>1075</v>
+        <v>1105</v>
       </c>
       <c r="D61" t="s">
-        <v>1076</v>
+        <v>1106</v>
       </c>
       <c r="F61" t="s">
-        <v>1077</v>
+        <v>936</v>
       </c>
       <c r="G61">
         <v>2024</v>
       </c>
       <c r="H61" t="s">
         <v>18</v>
       </c>
       <c r="I61" t="s">
         <v>47</v>
       </c>
       <c r="J61" t="s">
         <v>48</v>
       </c>
       <c r="K61" t="s">
-        <v>1078</v>
+        <v>1107</v>
       </c>
       <c r="L61" t="s">
-        <v>1079</v>
+        <v>1108</v>
       </c>
       <c r="M61" s="1">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="N61" t="s">
-        <v>1019</v>
+        <v>139</v>
       </c>
       <c r="O61" t="s">
         <v>43</v>
       </c>
       <c r="P61">
         <v>2024</v>
       </c>
       <c r="Q61" t="s">
-        <v>1080</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="62" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A62" t="s">
-        <v>1040</v>
+        <v>1099</v>
       </c>
       <c r="B62" t="s">
         <v>43</v>
       </c>
       <c r="C62" t="s">
-        <v>1081</v>
+        <v>1110</v>
       </c>
       <c r="D62" t="s">
-        <v>1082</v>
+        <v>1111</v>
       </c>
       <c r="F62" t="s">
-        <v>1083</v>
+        <v>353</v>
       </c>
       <c r="G62">
         <v>2024</v>
       </c>
       <c r="H62" t="s">
         <v>18</v>
       </c>
       <c r="I62" t="s">
         <v>47</v>
       </c>
       <c r="J62" t="s">
         <v>48</v>
       </c>
       <c r="K62" t="s">
-        <v>1084</v>
+        <v>1112</v>
       </c>
       <c r="L62" t="s">
-        <v>1085</v>
+        <v>1113</v>
       </c>
       <c r="M62" s="1">
         <v>22</v>
       </c>
       <c r="N62" t="s">
-        <v>1073</v>
+        <v>978</v>
       </c>
       <c r="O62" t="s">
         <v>43</v>
       </c>
       <c r="P62">
         <v>2024</v>
       </c>
       <c r="Q62" t="s">
-        <v>1086</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="63" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A63" t="s">
-        <v>1040</v>
+        <v>1099</v>
       </c>
       <c r="B63" t="s">
         <v>43</v>
       </c>
       <c r="C63" t="s">
-        <v>1087</v>
+        <v>1115</v>
       </c>
       <c r="D63" t="s">
-        <v>1088</v>
+        <v>1116</v>
       </c>
       <c r="F63" t="s">
-        <v>1089</v>
+        <v>54</v>
       </c>
       <c r="G63">
         <v>2024</v>
       </c>
       <c r="H63" t="s">
         <v>18</v>
       </c>
       <c r="I63" t="s">
         <v>47</v>
       </c>
       <c r="J63" t="s">
         <v>48</v>
       </c>
       <c r="K63" t="s">
-        <v>1090</v>
+        <v>1117</v>
       </c>
       <c r="L63" t="s">
-        <v>1091</v>
+        <v>1118</v>
       </c>
       <c r="M63" s="1">
         <v>22</v>
       </c>
       <c r="N63" t="s">
-        <v>1092</v>
+        <v>1019</v>
       </c>
       <c r="O63" t="s">
         <v>43</v>
       </c>
       <c r="P63">
         <v>2024</v>
       </c>
       <c r="Q63" t="s">
-        <v>1093</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="64" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A64" t="s">
-        <v>1040</v>
+        <v>1099</v>
       </c>
       <c r="B64" t="s">
         <v>43</v>
       </c>
       <c r="C64" t="s">
-        <v>1094</v>
+        <v>1120</v>
       </c>
       <c r="D64" t="s">
-        <v>1095</v>
+        <v>1121</v>
       </c>
       <c r="F64" t="s">
-        <v>402</v>
+        <v>760</v>
       </c>
       <c r="G64">
         <v>2024</v>
       </c>
       <c r="H64" t="s">
         <v>18</v>
       </c>
       <c r="I64" t="s">
         <v>47</v>
       </c>
       <c r="J64" t="s">
         <v>48</v>
       </c>
       <c r="K64" t="s">
-        <v>1096</v>
+        <v>1122</v>
       </c>
       <c r="L64" t="s">
-        <v>1097</v>
+        <v>1123</v>
       </c>
       <c r="M64" s="1">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="N64" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="O64" t="s">
         <v>43</v>
       </c>
       <c r="P64">
         <v>2024</v>
       </c>
       <c r="Q64" t="s">
-        <v>1098</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="65" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A65" t="s">
-        <v>950</v>
+        <v>1099</v>
       </c>
       <c r="B65" t="s">
         <v>43</v>
       </c>
       <c r="C65" t="s">
-        <v>951</v>
+        <v>1125</v>
       </c>
       <c r="D65" t="s">
-        <v>952</v>
+        <v>1126</v>
       </c>
       <c r="F65" t="s">
-        <v>953</v>
+        <v>215</v>
       </c>
       <c r="G65">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="H65" t="s">
         <v>18</v>
       </c>
       <c r="I65" t="s">
         <v>47</v>
       </c>
       <c r="J65" t="s">
         <v>48</v>
       </c>
       <c r="K65" t="s">
-        <v>954</v>
+        <v>1127</v>
       </c>
       <c r="L65" t="s">
-        <v>955</v>
+        <v>1128</v>
       </c>
       <c r="M65" s="1">
         <v>22</v>
       </c>
       <c r="N65" t="s">
-        <v>35</v>
+        <v>1129</v>
       </c>
       <c r="O65" t="s">
         <v>43</v>
       </c>
       <c r="P65">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="Q65" t="s">
-        <v>956</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="66" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A66" t="s">
-        <v>950</v>
+        <v>1099</v>
       </c>
       <c r="B66" t="s">
         <v>43</v>
       </c>
       <c r="C66" t="s">
-        <v>957</v>
+        <v>1131</v>
       </c>
       <c r="D66" t="s">
-        <v>958</v>
+        <v>1132</v>
       </c>
       <c r="F66" t="s">
-        <v>959</v>
+        <v>1133</v>
       </c>
       <c r="G66">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="H66" t="s">
         <v>18</v>
       </c>
       <c r="I66" t="s">
         <v>47</v>
       </c>
       <c r="J66" t="s">
         <v>48</v>
       </c>
       <c r="K66" t="s">
-        <v>960</v>
+        <v>1134</v>
       </c>
       <c r="L66" t="s">
-        <v>961</v>
+        <v>1135</v>
       </c>
       <c r="M66" s="1">
         <v>22</v>
       </c>
       <c r="N66" t="s">
-        <v>962</v>
+        <v>1136</v>
       </c>
       <c r="O66" t="s">
         <v>43</v>
       </c>
       <c r="P66">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="Q66" t="s">
-        <v>963</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="67" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A67" t="s">
-        <v>950</v>
+        <v>1099</v>
       </c>
       <c r="B67" t="s">
         <v>43</v>
       </c>
       <c r="C67" t="s">
-        <v>153</v>
+        <v>1138</v>
       </c>
       <c r="D67" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>964</v>
+        <v>1139</v>
       </c>
       <c r="F67" t="s">
-        <v>156</v>
+        <v>1140</v>
       </c>
       <c r="G67">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="H67" t="s">
-        <v>18</v>
+        <v>96</v>
       </c>
       <c r="I67" t="s">
         <v>47</v>
       </c>
       <c r="J67" t="s">
         <v>48</v>
       </c>
       <c r="K67" t="s">
-        <v>965</v>
+        <v>1141</v>
       </c>
       <c r="L67" t="s">
-        <v>966</v>
+        <v>1142</v>
       </c>
       <c r="M67" s="1">
         <v>22</v>
       </c>
       <c r="N67" t="s">
-        <v>39</v>
+        <v>1143</v>
       </c>
       <c r="O67" t="s">
         <v>43</v>
       </c>
       <c r="P67">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="Q67" t="s">
-        <v>967</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="68" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A68" t="s">
-        <v>950</v>
+        <v>1099</v>
       </c>
       <c r="B68" t="s">
         <v>43</v>
       </c>
       <c r="C68" t="s">
-        <v>968</v>
+        <v>1145</v>
       </c>
       <c r="D68" t="s">
-        <v>969</v>
+        <v>1146</v>
       </c>
       <c r="F68" t="s">
-        <v>353</v>
+        <v>1147</v>
       </c>
       <c r="G68">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="H68" t="s">
         <v>18</v>
       </c>
       <c r="I68" t="s">
         <v>47</v>
       </c>
       <c r="J68" t="s">
         <v>48</v>
       </c>
       <c r="K68" t="s">
-        <v>970</v>
+        <v>1148</v>
       </c>
       <c r="L68" t="s">
-        <v>971</v>
+        <v>1149</v>
       </c>
       <c r="M68" s="1">
         <v>22</v>
       </c>
       <c r="N68" t="s">
-        <v>35</v>
+        <v>1150</v>
       </c>
       <c r="O68" t="s">
         <v>43</v>
       </c>
       <c r="P68">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="Q68" t="s">
-        <v>972</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="69" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A69" t="s">
-        <v>950</v>
+        <v>1099</v>
       </c>
       <c r="B69" t="s">
         <v>43</v>
       </c>
       <c r="C69" t="s">
-        <v>973</v>
+        <v>1152</v>
       </c>
       <c r="D69" t="s">
-        <v>974</v>
+        <v>1153</v>
       </c>
       <c r="F69" t="s">
-        <v>975</v>
+        <v>69</v>
       </c>
       <c r="G69">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="H69" t="s">
         <v>18</v>
       </c>
       <c r="I69" t="s">
         <v>47</v>
       </c>
       <c r="J69" t="s">
         <v>48</v>
       </c>
       <c r="K69" t="s">
-        <v>976</v>
+        <v>1154</v>
       </c>
       <c r="L69" t="s">
-        <v>977</v>
+        <v>1155</v>
       </c>
       <c r="M69" s="1">
+        <v>26</v>
+      </c>
+      <c r="N69" t="s">
+        <v>72</v>
+      </c>
+      <c r="O69" t="s">
+        <v>43</v>
+      </c>
+      <c r="P69">
+        <v>2024</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="70" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A70" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B70" t="s">
+        <v>43</v>
+      </c>
+      <c r="C70" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D70" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F70" t="s">
+        <v>444</v>
+      </c>
+      <c r="G70">
+        <v>2024</v>
+      </c>
+      <c r="H70" t="s">
+        <v>18</v>
+      </c>
+      <c r="I70" t="s">
+        <v>47</v>
+      </c>
+      <c r="J70" t="s">
+        <v>48</v>
+      </c>
+      <c r="K70" t="s">
+        <v>1159</v>
+      </c>
+      <c r="L70" t="s">
+        <v>1160</v>
+      </c>
+      <c r="M70" s="1">
         <v>22</v>
       </c>
-      <c r="N69" t="s">
-[...48 lines deleted...]
-      </c>
       <c r="N70" t="s">
-        <v>430</v>
+        <v>1019</v>
       </c>
       <c r="O70" t="s">
         <v>43</v>
       </c>
       <c r="P70">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="Q70" t="s">
-        <v>984</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="71" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A71" t="s">
-        <v>950</v>
+        <v>1040</v>
       </c>
       <c r="B71" t="s">
         <v>43</v>
       </c>
       <c r="C71" t="s">
-        <v>985</v>
+        <v>1041</v>
       </c>
       <c r="D71" t="s">
-        <v>986</v>
+        <v>1042</v>
       </c>
       <c r="F71" t="s">
-        <v>987</v>
+        <v>333</v>
       </c>
       <c r="G71">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="H71" t="s">
         <v>18</v>
       </c>
       <c r="I71" t="s">
         <v>47</v>
       </c>
       <c r="J71" t="s">
         <v>48</v>
       </c>
       <c r="K71" t="s">
-        <v>988</v>
+        <v>1043</v>
       </c>
       <c r="L71" t="s">
-        <v>989</v>
+        <v>1044</v>
       </c>
       <c r="M71" s="1">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="N71" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="O71" t="s">
         <v>43</v>
       </c>
       <c r="P71">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="Q71" t="s">
-        <v>990</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="72" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A72" t="s">
-        <v>950</v>
+        <v>1040</v>
       </c>
       <c r="B72" t="s">
         <v>43</v>
       </c>
       <c r="C72" t="s">
-        <v>991</v>
+        <v>1046</v>
       </c>
       <c r="D72" t="s">
-        <v>992</v>
+        <v>1047</v>
       </c>
       <c r="F72" t="s">
-        <v>993</v>
+        <v>163</v>
       </c>
       <c r="G72">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="H72" t="s">
         <v>18</v>
       </c>
       <c r="I72" t="s">
         <v>47</v>
       </c>
       <c r="J72" t="s">
         <v>48</v>
       </c>
       <c r="K72" t="s">
-        <v>994</v>
+        <v>1048</v>
       </c>
       <c r="L72" t="s">
-        <v>995</v>
+        <v>1049</v>
       </c>
       <c r="M72" s="1">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="N72" t="s">
-        <v>996</v>
+        <v>1050</v>
       </c>
       <c r="O72" t="s">
         <v>43</v>
       </c>
       <c r="P72">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="Q72" t="s">
-        <v>997</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="73" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A73" t="s">
-        <v>950</v>
+        <v>1040</v>
       </c>
       <c r="B73" t="s">
         <v>43</v>
       </c>
       <c r="C73" t="s">
-        <v>998</v>
+        <v>1052</v>
       </c>
       <c r="D73" t="s">
-        <v>999</v>
+        <v>1053</v>
       </c>
       <c r="F73" t="s">
-        <v>1000</v>
+        <v>285</v>
       </c>
       <c r="G73">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="H73" t="s">
         <v>18</v>
       </c>
       <c r="I73" t="s">
         <v>47</v>
       </c>
       <c r="J73" t="s">
         <v>48</v>
       </c>
       <c r="K73" t="s">
-        <v>1001</v>
+        <v>1054</v>
       </c>
       <c r="L73" t="s">
-        <v>1002</v>
+        <v>1055</v>
       </c>
       <c r="M73" s="1">
         <v>22</v>
       </c>
       <c r="N73" t="s">
-        <v>132</v>
+        <v>25</v>
       </c>
       <c r="O73" t="s">
         <v>43</v>
       </c>
       <c r="P73">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="Q73" t="s">
-        <v>1003</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="74" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A74" t="s">
-        <v>950</v>
+        <v>1040</v>
       </c>
       <c r="B74" t="s">
         <v>43</v>
       </c>
       <c r="C74" t="s">
-        <v>1004</v>
+        <v>1057</v>
       </c>
       <c r="D74" t="s">
-        <v>1005</v>
+        <v>1058</v>
       </c>
       <c r="F74" t="s">
-        <v>975</v>
+        <v>169</v>
       </c>
       <c r="G74">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="H74" t="s">
         <v>18</v>
       </c>
       <c r="I74" t="s">
         <v>47</v>
       </c>
       <c r="J74" t="s">
         <v>48</v>
       </c>
       <c r="K74" t="s">
-        <v>1006</v>
+        <v>1059</v>
       </c>
       <c r="L74" t="s">
-        <v>1007</v>
+        <v>1060</v>
       </c>
       <c r="M74" s="1">
         <v>22</v>
       </c>
       <c r="N74" t="s">
-        <v>978</v>
+        <v>35</v>
       </c>
       <c r="O74" t="s">
         <v>43</v>
       </c>
       <c r="P74">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="Q74" t="s">
-        <v>1008</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="75" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A75" t="s">
-        <v>950</v>
+        <v>1040</v>
       </c>
       <c r="B75" t="s">
         <v>43</v>
       </c>
       <c r="C75" t="s">
-        <v>1009</v>
+        <v>1062</v>
       </c>
       <c r="D75" t="s">
-        <v>1010</v>
+        <v>1063</v>
       </c>
       <c r="F75" t="s">
         <v>505</v>
       </c>
       <c r="G75">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="H75" t="s">
         <v>18</v>
       </c>
       <c r="I75" t="s">
         <v>47</v>
       </c>
       <c r="J75" t="s">
         <v>48</v>
       </c>
       <c r="K75" t="s">
-        <v>1011</v>
+        <v>1064</v>
       </c>
       <c r="L75" t="s">
-        <v>1012</v>
+        <v>1065</v>
       </c>
       <c r="M75" s="1">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="N75" t="s">
-        <v>21</v>
+        <v>1066</v>
       </c>
       <c r="O75" t="s">
         <v>43</v>
       </c>
       <c r="P75">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="Q75" t="s">
-        <v>1013</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="76" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A76" t="s">
-        <v>950</v>
+        <v>1040</v>
       </c>
       <c r="B76" t="s">
         <v>43</v>
       </c>
       <c r="C76" t="s">
-        <v>1014</v>
+        <v>1068</v>
       </c>
       <c r="D76" t="s">
-        <v>1015</v>
+        <v>1069</v>
       </c>
       <c r="F76" t="s">
-        <v>1016</v>
+        <v>1070</v>
       </c>
       <c r="G76">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="H76" t="s">
         <v>96</v>
       </c>
       <c r="I76" t="s">
         <v>47</v>
       </c>
       <c r="J76" t="s">
         <v>48</v>
       </c>
       <c r="K76" t="s">
-        <v>1017</v>
+        <v>1071</v>
       </c>
       <c r="L76" t="s">
-        <v>1018</v>
+        <v>1072</v>
       </c>
       <c r="M76" s="1">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="N76" t="s">
-        <v>1019</v>
+        <v>1073</v>
       </c>
       <c r="O76" t="s">
         <v>43</v>
       </c>
       <c r="P76">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="Q76" t="s">
-        <v>1020</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="77" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A77" t="s">
-        <v>950</v>
+        <v>1040</v>
       </c>
       <c r="B77" t="s">
         <v>43</v>
       </c>
       <c r="C77" t="s">
-        <v>1021</v>
+        <v>1075</v>
       </c>
       <c r="D77" t="s">
-        <v>1022</v>
+        <v>1076</v>
       </c>
       <c r="F77" t="s">
-        <v>372</v>
+        <v>1077</v>
       </c>
       <c r="G77">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="H77" t="s">
         <v>18</v>
       </c>
       <c r="I77" t="s">
         <v>47</v>
       </c>
       <c r="J77" t="s">
         <v>48</v>
       </c>
       <c r="K77" t="s">
-        <v>1023</v>
+        <v>1078</v>
       </c>
       <c r="L77" t="s">
-        <v>1024</v>
+        <v>1079</v>
       </c>
       <c r="M77" s="1">
         <v>22</v>
       </c>
       <c r="N77" t="s">
-        <v>1025</v>
+        <v>1019</v>
       </c>
       <c r="O77" t="s">
         <v>43</v>
       </c>
       <c r="P77">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="Q77" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="78" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A78" t="s">
-        <v>950</v>
+        <v>1040</v>
       </c>
       <c r="B78" t="s">
         <v>43</v>
       </c>
       <c r="C78" t="s">
-        <v>1027</v>
+        <v>1081</v>
       </c>
       <c r="D78" t="s">
-        <v>1028</v>
+        <v>1082</v>
       </c>
       <c r="F78" t="s">
-        <v>1029</v>
+        <v>1083</v>
       </c>
       <c r="G78">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="H78" t="s">
         <v>18</v>
       </c>
       <c r="I78" t="s">
         <v>47</v>
       </c>
       <c r="J78" t="s">
         <v>48</v>
       </c>
       <c r="K78" t="s">
-        <v>1030</v>
+        <v>1084</v>
       </c>
       <c r="L78" t="s">
-        <v>1031</v>
+        <v>1085</v>
       </c>
       <c r="M78" s="1">
         <v>22</v>
       </c>
       <c r="N78" t="s">
-        <v>132</v>
+        <v>1073</v>
       </c>
       <c r="O78" t="s">
         <v>43</v>
       </c>
       <c r="P78">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="Q78" t="s">
-        <v>1032</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="79" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A79" t="s">
-        <v>950</v>
+        <v>1040</v>
       </c>
       <c r="B79" t="s">
         <v>43</v>
       </c>
       <c r="C79" t="s">
-        <v>1033</v>
+        <v>1087</v>
       </c>
       <c r="D79" t="s">
-        <v>1034</v>
-[...2 lines deleted...]
-        <v>1035</v>
+        <v>1088</v>
       </c>
       <c r="F79" t="s">
-        <v>1036</v>
+        <v>1089</v>
       </c>
       <c r="G79">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="H79" t="s">
         <v>18</v>
       </c>
       <c r="I79" t="s">
         <v>47</v>
       </c>
       <c r="J79" t="s">
         <v>48</v>
       </c>
       <c r="K79" t="s">
-        <v>1037</v>
+        <v>1090</v>
       </c>
       <c r="L79" t="s">
-        <v>1038</v>
+        <v>1091</v>
       </c>
       <c r="M79" s="1">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="N79" t="s">
-        <v>24</v>
+        <v>1092</v>
       </c>
       <c r="O79" t="s">
         <v>43</v>
       </c>
       <c r="P79">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="Q79" t="s">
-        <v>1039</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="80" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A80" t="s">
-        <v>36</v>
+        <v>1040</v>
       </c>
       <c r="B80" t="s">
         <v>43</v>
       </c>
       <c r="C80" t="s">
-        <v>44</v>
+        <v>1094</v>
       </c>
       <c r="D80" t="s">
-        <v>45</v>
+        <v>1095</v>
       </c>
       <c r="F80" t="s">
-        <v>46</v>
+        <v>402</v>
       </c>
       <c r="G80">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="H80" t="s">
         <v>18</v>
       </c>
       <c r="I80" t="s">
         <v>47</v>
       </c>
       <c r="J80" t="s">
         <v>48</v>
       </c>
       <c r="K80" t="s">
-        <v>49</v>
+        <v>1096</v>
       </c>
       <c r="L80" t="s">
-        <v>50</v>
+        <v>1097</v>
       </c>
       <c r="M80" s="1">
         <v>23</v>
       </c>
       <c r="N80" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="O80" t="s">
         <v>43</v>
       </c>
       <c r="P80">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="Q80" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="81" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A81" t="s">
-        <v>36</v>
+        <v>950</v>
       </c>
       <c r="B81" t="s">
         <v>43</v>
       </c>
       <c r="C81" t="s">
-        <v>52</v>
+        <v>951</v>
       </c>
       <c r="D81" t="s">
-        <v>53</v>
+        <v>952</v>
       </c>
       <c r="F81" t="s">
-        <v>54</v>
+        <v>953</v>
       </c>
       <c r="G81">
         <v>2023</v>
       </c>
       <c r="H81" t="s">
         <v>18</v>
       </c>
       <c r="I81" t="s">
         <v>47</v>
       </c>
       <c r="J81" t="s">
         <v>48</v>
       </c>
       <c r="K81" t="s">
-        <v>55</v>
+        <v>954</v>
       </c>
       <c r="L81" t="s">
-        <v>56</v>
+        <v>955</v>
       </c>
       <c r="M81" s="1">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="N81" t="s">
-        <v>57</v>
+        <v>35</v>
       </c>
       <c r="O81" t="s">
         <v>43</v>
       </c>
       <c r="P81">
         <v>2023</v>
       </c>
       <c r="Q81" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:17" x14ac:dyDescent="0.35">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="82" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A82" t="s">
-        <v>36</v>
+        <v>950</v>
       </c>
       <c r="B82" t="s">
         <v>43</v>
       </c>
       <c r="C82" t="s">
-        <v>59</v>
+        <v>957</v>
       </c>
       <c r="D82" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>61</v>
+        <v>958</v>
       </c>
       <c r="F82" t="s">
-        <v>62</v>
+        <v>959</v>
       </c>
       <c r="G82">
         <v>2023</v>
       </c>
       <c r="H82" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="I82" t="s">
         <v>47</v>
       </c>
       <c r="J82" t="s">
         <v>48</v>
       </c>
       <c r="K82" t="s">
-        <v>64</v>
+        <v>960</v>
       </c>
       <c r="L82" t="s">
-        <v>65</v>
+        <v>961</v>
       </c>
       <c r="M82" s="1">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="N82" t="s">
-        <v>39</v>
+        <v>962</v>
       </c>
       <c r="O82" t="s">
         <v>43</v>
       </c>
       <c r="P82">
         <v>2023</v>
       </c>
       <c r="Q82" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:17" x14ac:dyDescent="0.35">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="83" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A83" t="s">
-        <v>36</v>
+        <v>950</v>
       </c>
       <c r="B83" t="s">
         <v>43</v>
       </c>
       <c r="C83" t="s">
-        <v>67</v>
+        <v>153</v>
       </c>
       <c r="D83" t="s">
-        <v>68</v>
+        <v>154</v>
+      </c>
+      <c r="E83" t="s">
+        <v>964</v>
       </c>
       <c r="F83" t="s">
-        <v>69</v>
+        <v>156</v>
       </c>
       <c r="G83">
         <v>2023</v>
       </c>
       <c r="H83" t="s">
         <v>18</v>
       </c>
       <c r="I83" t="s">
         <v>47</v>
       </c>
       <c r="J83" t="s">
         <v>48</v>
       </c>
       <c r="K83" t="s">
-        <v>70</v>
+        <v>965</v>
       </c>
       <c r="L83" t="s">
-        <v>71</v>
+        <v>966</v>
       </c>
       <c r="M83" s="1">
         <v>22</v>
       </c>
       <c r="N83" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="O83" t="s">
         <v>43</v>
       </c>
       <c r="P83">
         <v>2023</v>
       </c>
       <c r="Q83" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:17" x14ac:dyDescent="0.35">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="84" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A84" t="s">
-        <v>36</v>
+        <v>950</v>
       </c>
       <c r="B84" t="s">
         <v>43</v>
       </c>
       <c r="C84" t="s">
-        <v>74</v>
+        <v>968</v>
       </c>
       <c r="D84" t="s">
-        <v>75</v>
+        <v>969</v>
       </c>
       <c r="F84" t="s">
-        <v>76</v>
+        <v>353</v>
       </c>
       <c r="G84">
         <v>2023</v>
       </c>
       <c r="H84" t="s">
         <v>18</v>
       </c>
       <c r="I84" t="s">
         <v>47</v>
       </c>
       <c r="J84" t="s">
         <v>48</v>
       </c>
       <c r="K84" t="s">
-        <v>77</v>
+        <v>970</v>
       </c>
       <c r="L84" t="s">
-        <v>78</v>
+        <v>971</v>
       </c>
       <c r="M84" s="1">
         <v>22</v>
       </c>
       <c r="N84" t="s">
-        <v>79</v>
+        <v>35</v>
       </c>
       <c r="O84" t="s">
         <v>43</v>
       </c>
       <c r="P84">
         <v>2023</v>
       </c>
       <c r="Q84" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:17" x14ac:dyDescent="0.35">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="85" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A85" t="s">
-        <v>36</v>
+        <v>950</v>
       </c>
       <c r="B85" t="s">
         <v>43</v>
       </c>
       <c r="C85" t="s">
-        <v>81</v>
+        <v>973</v>
       </c>
       <c r="D85" t="s">
-        <v>82</v>
+        <v>974</v>
       </c>
       <c r="F85" t="s">
-        <v>83</v>
+        <v>975</v>
       </c>
       <c r="G85">
         <v>2023</v>
       </c>
       <c r="H85" t="s">
         <v>18</v>
       </c>
       <c r="I85" t="s">
         <v>47</v>
       </c>
       <c r="J85" t="s">
         <v>48</v>
       </c>
       <c r="K85" t="s">
-        <v>84</v>
+        <v>976</v>
       </c>
       <c r="L85" t="s">
-        <v>85</v>
+        <v>977</v>
       </c>
       <c r="M85" s="1">
         <v>22</v>
       </c>
       <c r="N85" t="s">
-        <v>24</v>
+        <v>978</v>
       </c>
       <c r="O85" t="s">
         <v>43</v>
       </c>
       <c r="P85">
         <v>2023</v>
       </c>
       <c r="Q85" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:17" x14ac:dyDescent="0.35">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="86" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A86" t="s">
-        <v>36</v>
+        <v>950</v>
       </c>
       <c r="B86" t="s">
         <v>43</v>
       </c>
       <c r="C86" t="s">
-        <v>87</v>
+        <v>980</v>
       </c>
       <c r="D86" t="s">
-        <v>88</v>
+        <v>981</v>
       </c>
       <c r="F86" t="s">
-        <v>89</v>
+        <v>208</v>
       </c>
       <c r="G86">
         <v>2023</v>
       </c>
       <c r="H86" t="s">
         <v>18</v>
       </c>
       <c r="I86" t="s">
         <v>47</v>
       </c>
       <c r="J86" t="s">
         <v>48</v>
       </c>
       <c r="K86" t="s">
-        <v>90</v>
+        <v>982</v>
       </c>
       <c r="L86" t="s">
-        <v>91</v>
+        <v>983</v>
       </c>
       <c r="M86" s="1">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="N86" t="s">
-        <v>24</v>
+        <v>430</v>
       </c>
       <c r="O86" t="s">
         <v>43</v>
       </c>
       <c r="P86">
         <v>2023</v>
       </c>
       <c r="Q86" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:17" x14ac:dyDescent="0.35">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="87" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A87" t="s">
-        <v>36</v>
+        <v>950</v>
       </c>
       <c r="B87" t="s">
         <v>43</v>
       </c>
       <c r="C87" t="s">
-        <v>93</v>
+        <v>985</v>
       </c>
       <c r="D87" t="s">
-        <v>94</v>
+        <v>986</v>
       </c>
       <c r="F87" t="s">
-        <v>95</v>
+        <v>987</v>
       </c>
       <c r="G87">
         <v>2023</v>
       </c>
       <c r="H87" t="s">
-        <v>96</v>
+        <v>18</v>
       </c>
       <c r="I87" t="s">
         <v>47</v>
       </c>
       <c r="J87" t="s">
         <v>48</v>
       </c>
       <c r="K87" t="s">
-        <v>97</v>
+        <v>988</v>
       </c>
       <c r="L87" t="s">
-        <v>98</v>
+        <v>989</v>
       </c>
       <c r="M87" s="1">
         <v>22</v>
       </c>
       <c r="N87" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="O87" t="s">
         <v>43</v>
       </c>
       <c r="P87">
         <v>2023</v>
       </c>
       <c r="Q87" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:17" x14ac:dyDescent="0.35">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="88" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A88" t="s">
-        <v>36</v>
+        <v>950</v>
       </c>
       <c r="B88" t="s">
         <v>43</v>
       </c>
       <c r="C88" t="s">
-        <v>100</v>
+        <v>991</v>
       </c>
       <c r="D88" t="s">
-        <v>101</v>
+        <v>992</v>
       </c>
       <c r="F88" t="s">
-        <v>102</v>
+        <v>993</v>
       </c>
       <c r="G88">
         <v>2023</v>
       </c>
       <c r="H88" t="s">
         <v>18</v>
       </c>
       <c r="I88" t="s">
         <v>47</v>
       </c>
       <c r="J88" t="s">
         <v>48</v>
       </c>
       <c r="K88" t="s">
-        <v>103</v>
+        <v>994</v>
       </c>
       <c r="L88" t="s">
-        <v>104</v>
+        <v>995</v>
       </c>
       <c r="M88" s="1">
         <v>22</v>
       </c>
       <c r="N88" t="s">
-        <v>105</v>
+        <v>996</v>
       </c>
       <c r="O88" t="s">
         <v>43</v>
       </c>
       <c r="P88">
         <v>2023</v>
       </c>
       <c r="Q88" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:17" x14ac:dyDescent="0.35">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="89" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A89" t="s">
-        <v>36</v>
+        <v>950</v>
       </c>
       <c r="B89" t="s">
         <v>43</v>
       </c>
       <c r="C89" t="s">
-        <v>107</v>
+        <v>998</v>
       </c>
       <c r="D89" t="s">
-        <v>108</v>
+        <v>999</v>
       </c>
       <c r="F89" t="s">
-        <v>109</v>
+        <v>1000</v>
       </c>
       <c r="G89">
         <v>2023</v>
       </c>
       <c r="H89" t="s">
         <v>18</v>
       </c>
       <c r="I89" t="s">
         <v>47</v>
       </c>
       <c r="J89" t="s">
         <v>48</v>
       </c>
       <c r="K89" t="s">
-        <v>110</v>
+        <v>1001</v>
       </c>
       <c r="L89" t="s">
-        <v>111</v>
+        <v>1002</v>
       </c>
       <c r="M89" s="1">
         <v>22</v>
       </c>
       <c r="N89" t="s">
-        <v>27</v>
+        <v>132</v>
       </c>
       <c r="O89" t="s">
         <v>43</v>
       </c>
       <c r="P89">
         <v>2023</v>
       </c>
       <c r="Q89" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="90" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A90" t="s">
-        <v>36</v>
+        <v>950</v>
       </c>
       <c r="B90" t="s">
         <v>43</v>
       </c>
       <c r="C90" t="s">
-        <v>113</v>
+        <v>1004</v>
       </c>
       <c r="D90" t="s">
-        <v>114</v>
+        <v>1005</v>
       </c>
       <c r="F90" t="s">
-        <v>46</v>
+        <v>975</v>
       </c>
       <c r="G90">
         <v>2023</v>
       </c>
       <c r="H90" t="s">
         <v>18</v>
       </c>
       <c r="I90" t="s">
         <v>47</v>
       </c>
       <c r="J90" t="s">
         <v>48</v>
       </c>
       <c r="K90" t="s">
-        <v>115</v>
+        <v>1006</v>
       </c>
       <c r="L90" t="s">
-        <v>116</v>
+        <v>1007</v>
       </c>
       <c r="M90" s="1">
         <v>22</v>
       </c>
       <c r="N90" t="s">
-        <v>21</v>
+        <v>978</v>
       </c>
       <c r="O90" t="s">
         <v>43</v>
       </c>
       <c r="P90">
         <v>2023</v>
       </c>
       <c r="Q90" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:17" x14ac:dyDescent="0.35">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="91" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A91" t="s">
-        <v>36</v>
+        <v>950</v>
       </c>
       <c r="B91" t="s">
         <v>43</v>
       </c>
       <c r="C91" t="s">
-        <v>118</v>
+        <v>1009</v>
       </c>
       <c r="D91" t="s">
-        <v>119</v>
+        <v>1010</v>
       </c>
       <c r="F91" t="s">
-        <v>120</v>
+        <v>505</v>
       </c>
       <c r="G91">
         <v>2023</v>
       </c>
       <c r="H91" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="I91" t="s">
         <v>47</v>
       </c>
       <c r="J91" t="s">
         <v>48</v>
       </c>
       <c r="K91" t="s">
-        <v>121</v>
+        <v>1011</v>
       </c>
       <c r="L91" t="s">
-        <v>122</v>
+        <v>1012</v>
       </c>
       <c r="M91" s="1">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="N91" t="s">
-        <v>123</v>
+        <v>21</v>
       </c>
       <c r="O91" t="s">
         <v>43</v>
       </c>
       <c r="P91">
         <v>2023</v>
       </c>
       <c r="Q91" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="92" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A92" t="s">
+        <v>950</v>
+      </c>
+      <c r="B92" t="s">
+        <v>43</v>
+      </c>
+      <c r="C92" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D92" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F92" t="s">
+        <v>1016</v>
+      </c>
+      <c r="G92">
+        <v>2023</v>
+      </c>
+      <c r="H92" t="s">
+        <v>96</v>
+      </c>
+      <c r="I92" t="s">
+        <v>47</v>
+      </c>
+      <c r="J92" t="s">
+        <v>48</v>
+      </c>
+      <c r="K92" t="s">
+        <v>1017</v>
+      </c>
+      <c r="L92" t="s">
+        <v>1018</v>
+      </c>
+      <c r="M92" s="1">
+        <v>25</v>
+      </c>
+      <c r="N92" t="s">
+        <v>1019</v>
+      </c>
+      <c r="O92" t="s">
+        <v>43</v>
+      </c>
+      <c r="P92">
+        <v>2023</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="93" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A93" t="s">
+        <v>950</v>
+      </c>
+      <c r="B93" t="s">
+        <v>43</v>
+      </c>
+      <c r="C93" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D93" t="s">
+        <v>1022</v>
+      </c>
+      <c r="F93" t="s">
+        <v>372</v>
+      </c>
+      <c r="G93">
+        <v>2023</v>
+      </c>
+      <c r="H93" t="s">
+        <v>18</v>
+      </c>
+      <c r="I93" t="s">
+        <v>47</v>
+      </c>
+      <c r="J93" t="s">
+        <v>48</v>
+      </c>
+      <c r="K93" t="s">
+        <v>1023</v>
+      </c>
+      <c r="L93" t="s">
+        <v>1024</v>
+      </c>
+      <c r="M93" s="1">
+        <v>22</v>
+      </c>
+      <c r="N93" t="s">
+        <v>1025</v>
+      </c>
+      <c r="O93" t="s">
+        <v>43</v>
+      </c>
+      <c r="P93">
+        <v>2023</v>
+      </c>
+      <c r="Q93" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="94" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A94" t="s">
+        <v>950</v>
+      </c>
+      <c r="B94" t="s">
+        <v>43</v>
+      </c>
+      <c r="C94" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D94" t="s">
+        <v>1028</v>
+      </c>
+      <c r="F94" t="s">
+        <v>1029</v>
+      </c>
+      <c r="G94">
+        <v>2023</v>
+      </c>
+      <c r="H94" t="s">
+        <v>18</v>
+      </c>
+      <c r="I94" t="s">
+        <v>47</v>
+      </c>
+      <c r="J94" t="s">
+        <v>48</v>
+      </c>
+      <c r="K94" t="s">
+        <v>1030</v>
+      </c>
+      <c r="L94" t="s">
+        <v>1031</v>
+      </c>
+      <c r="M94" s="1">
+        <v>22</v>
+      </c>
+      <c r="N94" t="s">
+        <v>132</v>
+      </c>
+      <c r="O94" t="s">
+        <v>43</v>
+      </c>
+      <c r="P94">
+        <v>2023</v>
+      </c>
+      <c r="Q94" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="95" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A95" t="s">
+        <v>950</v>
+      </c>
+      <c r="B95" t="s">
+        <v>43</v>
+      </c>
+      <c r="C95" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D95" t="s">
+        <v>1034</v>
+      </c>
+      <c r="E95" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F95" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G95">
+        <v>2023</v>
+      </c>
+      <c r="H95" t="s">
+        <v>18</v>
+      </c>
+      <c r="I95" t="s">
+        <v>47</v>
+      </c>
+      <c r="J95" t="s">
+        <v>48</v>
+      </c>
+      <c r="K95" t="s">
+        <v>1037</v>
+      </c>
+      <c r="L95" t="s">
+        <v>1038</v>
+      </c>
+      <c r="M95" s="1">
+        <v>33</v>
+      </c>
+      <c r="N95" t="s">
+        <v>24</v>
+      </c>
+      <c r="O95" t="s">
+        <v>43</v>
+      </c>
+      <c r="P95">
+        <v>2023</v>
+      </c>
+      <c r="Q95" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="96" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A96" t="s">
+        <v>36</v>
+      </c>
+      <c r="B96" t="s">
+        <v>43</v>
+      </c>
+      <c r="C96" t="s">
+        <v>44</v>
+      </c>
+      <c r="D96" t="s">
+        <v>45</v>
+      </c>
+      <c r="F96" t="s">
+        <v>46</v>
+      </c>
+      <c r="G96">
+        <v>2023</v>
+      </c>
+      <c r="H96" t="s">
+        <v>18</v>
+      </c>
+      <c r="I96" t="s">
+        <v>47</v>
+      </c>
+      <c r="J96" t="s">
+        <v>48</v>
+      </c>
+      <c r="K96" t="s">
+        <v>49</v>
+      </c>
+      <c r="L96" t="s">
+        <v>50</v>
+      </c>
+      <c r="M96" s="1">
+        <v>23</v>
+      </c>
+      <c r="N96" t="s">
+        <v>23</v>
+      </c>
+      <c r="O96" t="s">
+        <v>43</v>
+      </c>
+      <c r="P96">
+        <v>2023</v>
+      </c>
+      <c r="Q96" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="97" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A97" t="s">
+        <v>36</v>
+      </c>
+      <c r="B97" t="s">
+        <v>43</v>
+      </c>
+      <c r="C97" t="s">
+        <v>52</v>
+      </c>
+      <c r="D97" t="s">
+        <v>53</v>
+      </c>
+      <c r="F97" t="s">
+        <v>54</v>
+      </c>
+      <c r="G97">
+        <v>2023</v>
+      </c>
+      <c r="H97" t="s">
+        <v>18</v>
+      </c>
+      <c r="I97" t="s">
+        <v>47</v>
+      </c>
+      <c r="J97" t="s">
+        <v>48</v>
+      </c>
+      <c r="K97" t="s">
+        <v>55</v>
+      </c>
+      <c r="L97" t="s">
+        <v>56</v>
+      </c>
+      <c r="M97" s="1">
+        <v>25</v>
+      </c>
+      <c r="N97" t="s">
+        <v>57</v>
+      </c>
+      <c r="O97" t="s">
+        <v>43</v>
+      </c>
+      <c r="P97">
+        <v>2023</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="98" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A98" t="s">
+        <v>36</v>
+      </c>
+      <c r="B98" t="s">
+        <v>43</v>
+      </c>
+      <c r="C98" t="s">
+        <v>59</v>
+      </c>
+      <c r="D98" t="s">
+        <v>60</v>
+      </c>
+      <c r="E98" t="s">
+        <v>61</v>
+      </c>
+      <c r="F98" t="s">
+        <v>62</v>
+      </c>
+      <c r="G98">
+        <v>2023</v>
+      </c>
+      <c r="H98" t="s">
+        <v>63</v>
+      </c>
+      <c r="I98" t="s">
+        <v>47</v>
+      </c>
+      <c r="J98" t="s">
+        <v>48</v>
+      </c>
+      <c r="K98" t="s">
+        <v>64</v>
+      </c>
+      <c r="L98" t="s">
+        <v>65</v>
+      </c>
+      <c r="M98" s="1">
+        <v>29</v>
+      </c>
+      <c r="N98" t="s">
+        <v>39</v>
+      </c>
+      <c r="O98" t="s">
+        <v>43</v>
+      </c>
+      <c r="P98">
+        <v>2023</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="99" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A99" t="s">
+        <v>36</v>
+      </c>
+      <c r="B99" t="s">
+        <v>43</v>
+      </c>
+      <c r="C99" t="s">
+        <v>67</v>
+      </c>
+      <c r="D99" t="s">
+        <v>68</v>
+      </c>
+      <c r="F99" t="s">
+        <v>69</v>
+      </c>
+      <c r="G99">
+        <v>2023</v>
+      </c>
+      <c r="H99" t="s">
+        <v>18</v>
+      </c>
+      <c r="I99" t="s">
+        <v>47</v>
+      </c>
+      <c r="J99" t="s">
+        <v>48</v>
+      </c>
+      <c r="K99" t="s">
+        <v>70</v>
+      </c>
+      <c r="L99" t="s">
+        <v>71</v>
+      </c>
+      <c r="M99" s="1">
+        <v>22</v>
+      </c>
+      <c r="N99" t="s">
+        <v>72</v>
+      </c>
+      <c r="O99" t="s">
+        <v>43</v>
+      </c>
+      <c r="P99">
+        <v>2023</v>
+      </c>
+      <c r="Q99" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="100" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A100" t="s">
+        <v>36</v>
+      </c>
+      <c r="B100" t="s">
+        <v>43</v>
+      </c>
+      <c r="C100" t="s">
+        <v>74</v>
+      </c>
+      <c r="D100" t="s">
+        <v>75</v>
+      </c>
+      <c r="F100" t="s">
+        <v>76</v>
+      </c>
+      <c r="G100">
+        <v>2023</v>
+      </c>
+      <c r="H100" t="s">
+        <v>18</v>
+      </c>
+      <c r="I100" t="s">
+        <v>47</v>
+      </c>
+      <c r="J100" t="s">
+        <v>48</v>
+      </c>
+      <c r="K100" t="s">
+        <v>77</v>
+      </c>
+      <c r="L100" t="s">
+        <v>78</v>
+      </c>
+      <c r="M100" s="1">
+        <v>22</v>
+      </c>
+      <c r="N100" t="s">
+        <v>79</v>
+      </c>
+      <c r="O100" t="s">
+        <v>43</v>
+      </c>
+      <c r="P100">
+        <v>2023</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="101" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A101" t="s">
+        <v>36</v>
+      </c>
+      <c r="B101" t="s">
+        <v>43</v>
+      </c>
+      <c r="C101" t="s">
+        <v>81</v>
+      </c>
+      <c r="D101" t="s">
+        <v>82</v>
+      </c>
+      <c r="F101" t="s">
+        <v>83</v>
+      </c>
+      <c r="G101">
+        <v>2023</v>
+      </c>
+      <c r="H101" t="s">
+        <v>18</v>
+      </c>
+      <c r="I101" t="s">
+        <v>47</v>
+      </c>
+      <c r="J101" t="s">
+        <v>48</v>
+      </c>
+      <c r="K101" t="s">
+        <v>84</v>
+      </c>
+      <c r="L101" t="s">
+        <v>85</v>
+      </c>
+      <c r="M101" s="1">
+        <v>22</v>
+      </c>
+      <c r="N101" t="s">
+        <v>24</v>
+      </c>
+      <c r="O101" t="s">
+        <v>43</v>
+      </c>
+      <c r="P101">
+        <v>2023</v>
+      </c>
+      <c r="Q101" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="102" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A102" t="s">
+        <v>36</v>
+      </c>
+      <c r="B102" t="s">
+        <v>43</v>
+      </c>
+      <c r="C102" t="s">
+        <v>87</v>
+      </c>
+      <c r="D102" t="s">
+        <v>88</v>
+      </c>
+      <c r="F102" t="s">
+        <v>89</v>
+      </c>
+      <c r="G102">
+        <v>2023</v>
+      </c>
+      <c r="H102" t="s">
+        <v>18</v>
+      </c>
+      <c r="I102" t="s">
+        <v>47</v>
+      </c>
+      <c r="J102" t="s">
+        <v>48</v>
+      </c>
+      <c r="K102" t="s">
+        <v>90</v>
+      </c>
+      <c r="L102" t="s">
+        <v>91</v>
+      </c>
+      <c r="M102" s="1">
+        <v>22</v>
+      </c>
+      <c r="N102" t="s">
+        <v>24</v>
+      </c>
+      <c r="O102" t="s">
+        <v>43</v>
+      </c>
+      <c r="P102">
+        <v>2023</v>
+      </c>
+      <c r="Q102" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="103" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A103" t="s">
+        <v>36</v>
+      </c>
+      <c r="B103" t="s">
+        <v>43</v>
+      </c>
+      <c r="C103" t="s">
+        <v>93</v>
+      </c>
+      <c r="D103" t="s">
+        <v>94</v>
+      </c>
+      <c r="F103" t="s">
+        <v>95</v>
+      </c>
+      <c r="G103">
+        <v>2023</v>
+      </c>
+      <c r="H103" t="s">
+        <v>96</v>
+      </c>
+      <c r="I103" t="s">
+        <v>47</v>
+      </c>
+      <c r="J103" t="s">
+        <v>48</v>
+      </c>
+      <c r="K103" t="s">
+        <v>97</v>
+      </c>
+      <c r="L103" t="s">
+        <v>98</v>
+      </c>
+      <c r="M103" s="1">
+        <v>22</v>
+      </c>
+      <c r="N103" t="s">
+        <v>37</v>
+      </c>
+      <c r="O103" t="s">
+        <v>43</v>
+      </c>
+      <c r="P103">
+        <v>2023</v>
+      </c>
+      <c r="Q103" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="104" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A104" t="s">
+        <v>36</v>
+      </c>
+      <c r="B104" t="s">
+        <v>43</v>
+      </c>
+      <c r="C104" t="s">
+        <v>100</v>
+      </c>
+      <c r="D104" t="s">
+        <v>101</v>
+      </c>
+      <c r="F104" t="s">
+        <v>102</v>
+      </c>
+      <c r="G104">
+        <v>2023</v>
+      </c>
+      <c r="H104" t="s">
+        <v>18</v>
+      </c>
+      <c r="I104" t="s">
+        <v>47</v>
+      </c>
+      <c r="J104" t="s">
+        <v>48</v>
+      </c>
+      <c r="K104" t="s">
+        <v>103</v>
+      </c>
+      <c r="L104" t="s">
+        <v>104</v>
+      </c>
+      <c r="M104" s="1">
+        <v>22</v>
+      </c>
+      <c r="N104" t="s">
+        <v>105</v>
+      </c>
+      <c r="O104" t="s">
+        <v>43</v>
+      </c>
+      <c r="P104">
+        <v>2023</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="105" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A105" t="s">
+        <v>36</v>
+      </c>
+      <c r="B105" t="s">
+        <v>43</v>
+      </c>
+      <c r="C105" t="s">
+        <v>107</v>
+      </c>
+      <c r="D105" t="s">
+        <v>108</v>
+      </c>
+      <c r="F105" t="s">
+        <v>109</v>
+      </c>
+      <c r="G105">
+        <v>2023</v>
+      </c>
+      <c r="H105" t="s">
+        <v>18</v>
+      </c>
+      <c r="I105" t="s">
+        <v>47</v>
+      </c>
+      <c r="J105" t="s">
+        <v>48</v>
+      </c>
+      <c r="K105" t="s">
+        <v>110</v>
+      </c>
+      <c r="L105" t="s">
+        <v>111</v>
+      </c>
+      <c r="M105" s="1">
+        <v>22</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>43</v>
+      </c>
+      <c r="P105">
+        <v>2023</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="106" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A106" t="s">
+        <v>36</v>
+      </c>
+      <c r="B106" t="s">
+        <v>43</v>
+      </c>
+      <c r="C106" t="s">
+        <v>113</v>
+      </c>
+      <c r="D106" t="s">
+        <v>114</v>
+      </c>
+      <c r="F106" t="s">
+        <v>46</v>
+      </c>
+      <c r="G106">
+        <v>2023</v>
+      </c>
+      <c r="H106" t="s">
+        <v>18</v>
+      </c>
+      <c r="I106" t="s">
+        <v>47</v>
+      </c>
+      <c r="J106" t="s">
+        <v>48</v>
+      </c>
+      <c r="K106" t="s">
+        <v>115</v>
+      </c>
+      <c r="L106" t="s">
+        <v>116</v>
+      </c>
+      <c r="M106" s="1">
+        <v>22</v>
+      </c>
+      <c r="N106" t="s">
+        <v>21</v>
+      </c>
+      <c r="O106" t="s">
+        <v>43</v>
+      </c>
+      <c r="P106">
+        <v>2023</v>
+      </c>
+      <c r="Q106" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="107" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A107" t="s">
+        <v>36</v>
+      </c>
+      <c r="B107" t="s">
+        <v>43</v>
+      </c>
+      <c r="C107" t="s">
+        <v>118</v>
+      </c>
+      <c r="D107" t="s">
+        <v>119</v>
+      </c>
+      <c r="F107" t="s">
+        <v>120</v>
+      </c>
+      <c r="G107">
+        <v>2023</v>
+      </c>
+      <c r="H107" t="s">
+        <v>63</v>
+      </c>
+      <c r="I107" t="s">
+        <v>47</v>
+      </c>
+      <c r="J107" t="s">
+        <v>48</v>
+      </c>
+      <c r="K107" t="s">
+        <v>121</v>
+      </c>
+      <c r="L107" t="s">
+        <v>122</v>
+      </c>
+      <c r="M107" s="1">
+        <v>22</v>
+      </c>
+      <c r="N107" t="s">
+        <v>123</v>
+      </c>
+      <c r="O107" t="s">
+        <v>43</v>
+      </c>
+      <c r="P107">
+        <v>2023</v>
+      </c>
+      <c r="Q107" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="92" spans="1:17" x14ac:dyDescent="0.35">
-      <c r="A92" t="s">
+    <row r="108" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A108" t="s">
         <v>146</v>
       </c>
-      <c r="B92" t="s">
-[...2 lines deleted...]
-      <c r="C92" t="s">
+      <c r="B108" t="s">
+        <v>43</v>
+      </c>
+      <c r="C108" t="s">
         <v>147</v>
       </c>
-      <c r="D92" t="s">
+      <c r="D108" t="s">
         <v>148</v>
       </c>
-      <c r="F92" t="s">
+      <c r="F108" t="s">
         <v>54</v>
-      </c>
-[...801 lines deleted...]
-        <v>254</v>
       </c>
       <c r="G108">
         <v>2022</v>
       </c>
       <c r="H108" t="s">
         <v>18</v>
       </c>
       <c r="I108" t="s">
         <v>47</v>
       </c>
       <c r="J108" t="s">
         <v>48</v>
       </c>
       <c r="K108" t="s">
-        <v>255</v>
+        <v>149</v>
       </c>
       <c r="L108" t="s">
-        <v>256</v>
+        <v>150</v>
       </c>
       <c r="M108" s="1">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="N108" t="s">
-        <v>257</v>
+        <v>32</v>
       </c>
       <c r="O108" t="s">
         <v>43</v>
       </c>
       <c r="P108">
         <v>2022</v>
       </c>
       <c r="Q108" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:17" x14ac:dyDescent="0.35">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="109" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A109" t="s">
-        <v>188</v>
+        <v>146</v>
       </c>
       <c r="B109" t="s">
         <v>152</v>
       </c>
       <c r="C109" t="s">
-        <v>259</v>
+        <v>153</v>
       </c>
       <c r="D109" t="s">
-        <v>260</v>
+        <v>154</v>
+      </c>
+      <c r="E109" t="s">
+        <v>155</v>
       </c>
       <c r="F109" t="s">
-        <v>261</v>
+        <v>156</v>
       </c>
       <c r="G109">
         <v>2022</v>
       </c>
       <c r="H109" t="s">
         <v>18</v>
       </c>
       <c r="I109" t="s">
         <v>47</v>
       </c>
       <c r="J109" t="s">
         <v>48</v>
       </c>
       <c r="K109" t="s">
-        <v>262</v>
+        <v>157</v>
       </c>
       <c r="L109" t="s">
-        <v>263</v>
+        <v>158</v>
       </c>
       <c r="M109" s="1">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="N109" t="s">
-        <v>184</v>
+        <v>39</v>
       </c>
       <c r="O109" t="s">
         <v>43</v>
       </c>
       <c r="P109">
         <v>2022</v>
       </c>
       <c r="Q109" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:17" x14ac:dyDescent="0.35">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="110" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A110" t="s">
-        <v>188</v>
+        <v>146</v>
       </c>
       <c r="B110" t="s">
-        <v>43</v>
+        <v>160</v>
       </c>
       <c r="C110" t="s">
-        <v>265</v>
+        <v>161</v>
       </c>
       <c r="D110" t="s">
-        <v>266</v>
+        <v>162</v>
       </c>
       <c r="F110" t="s">
-        <v>267</v>
+        <v>163</v>
       </c>
       <c r="G110">
         <v>2022</v>
       </c>
       <c r="H110" t="s">
         <v>18</v>
       </c>
       <c r="I110" t="s">
         <v>47</v>
       </c>
       <c r="J110" t="s">
         <v>48</v>
       </c>
       <c r="K110" t="s">
-        <v>268</v>
+        <v>164</v>
       </c>
       <c r="L110" t="s">
-        <v>269</v>
+        <v>165</v>
       </c>
       <c r="M110" s="1">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="N110" t="s">
-        <v>42</v>
+        <v>135</v>
       </c>
       <c r="O110" t="s">
         <v>43</v>
       </c>
       <c r="P110">
         <v>2022</v>
       </c>
       <c r="Q110" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:17" x14ac:dyDescent="0.35">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="111" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A111" t="s">
-        <v>188</v>
+        <v>146</v>
       </c>
       <c r="B111" t="s">
-        <v>271</v>
+        <v>160</v>
       </c>
       <c r="C111" t="s">
-        <v>272</v>
+        <v>167</v>
       </c>
       <c r="D111" t="s">
-        <v>273</v>
+        <v>168</v>
       </c>
       <c r="F111" t="s">
-        <v>274</v>
+        <v>169</v>
       </c>
       <c r="G111">
         <v>2022</v>
       </c>
       <c r="H111" t="s">
         <v>18</v>
       </c>
       <c r="I111" t="s">
         <v>47</v>
       </c>
       <c r="J111" t="s">
         <v>48</v>
       </c>
       <c r="K111" t="s">
-        <v>275</v>
+        <v>170</v>
       </c>
       <c r="L111" t="s">
-        <v>276</v>
+        <v>171</v>
       </c>
       <c r="M111" s="1">
         <v>22</v>
       </c>
       <c r="N111" t="s">
-        <v>131</v>
+        <v>35</v>
       </c>
       <c r="O111" t="s">
         <v>43</v>
       </c>
       <c r="P111">
         <v>2022</v>
       </c>
       <c r="Q111" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:17" x14ac:dyDescent="0.35">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="112" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A112" t="s">
-        <v>188</v>
+        <v>146</v>
       </c>
       <c r="B112" t="s">
-        <v>43</v>
+        <v>160</v>
       </c>
       <c r="C112" t="s">
-        <v>278</v>
+        <v>173</v>
       </c>
       <c r="D112" t="s">
-        <v>279</v>
+        <v>174</v>
       </c>
       <c r="F112" t="s">
-        <v>208</v>
+        <v>175</v>
       </c>
       <c r="G112">
         <v>2022</v>
       </c>
       <c r="H112" t="s">
         <v>18</v>
       </c>
       <c r="I112" t="s">
         <v>47</v>
       </c>
       <c r="J112" t="s">
         <v>48</v>
       </c>
       <c r="K112" t="s">
-        <v>280</v>
+        <v>176</v>
       </c>
       <c r="L112" t="s">
-        <v>281</v>
+        <v>177</v>
       </c>
       <c r="M112" s="1">
-        <v>100</v>
+        <v>22</v>
       </c>
       <c r="N112" t="s">
-        <v>128</v>
+        <v>41</v>
       </c>
       <c r="O112" t="s">
         <v>43</v>
       </c>
       <c r="P112">
         <v>2022</v>
       </c>
       <c r="Q112" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:17" x14ac:dyDescent="0.35">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="113" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A113" t="s">
-        <v>188</v>
+        <v>146</v>
       </c>
       <c r="B113" t="s">
         <v>43</v>
       </c>
       <c r="C113" t="s">
-        <v>283</v>
+        <v>179</v>
       </c>
       <c r="D113" t="s">
-        <v>284</v>
+        <v>180</v>
       </c>
       <c r="F113" t="s">
-        <v>285</v>
+        <v>163</v>
       </c>
       <c r="G113">
         <v>2022</v>
       </c>
       <c r="H113" t="s">
         <v>18</v>
       </c>
       <c r="I113" t="s">
         <v>47</v>
       </c>
       <c r="J113" t="s">
         <v>48</v>
       </c>
       <c r="K113" t="s">
-        <v>286</v>
+        <v>181</v>
       </c>
       <c r="L113" t="s">
-        <v>287</v>
+        <v>182</v>
       </c>
       <c r="M113" s="1">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="N113" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="O113" t="s">
         <v>43</v>
       </c>
       <c r="P113">
         <v>2022</v>
       </c>
       <c r="Q113" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:17" x14ac:dyDescent="0.35">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="114" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A114" t="s">
-        <v>291</v>
+        <v>188</v>
       </c>
       <c r="B114" t="s">
         <v>43</v>
       </c>
       <c r="C114" t="s">
-        <v>292</v>
+        <v>189</v>
       </c>
       <c r="D114" t="s">
-        <v>293</v>
+        <v>190</v>
       </c>
       <c r="F114" t="s">
-        <v>294</v>
+        <v>191</v>
       </c>
       <c r="G114">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="H114" t="s">
+        <v>18</v>
+      </c>
+      <c r="I114" t="s">
+        <v>47</v>
+      </c>
+      <c r="J114" t="s">
+        <v>48</v>
+      </c>
+      <c r="K114" t="s">
+        <v>192</v>
+      </c>
+      <c r="L114" t="s">
+        <v>193</v>
+      </c>
+      <c r="M114" s="1">
+        <v>22</v>
+      </c>
+      <c r="N114" t="s">
+        <v>128</v>
+      </c>
+      <c r="O114" t="s">
+        <v>43</v>
+      </c>
+      <c r="P114">
+        <v>2022</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="115" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A115" t="s">
+        <v>188</v>
+      </c>
+      <c r="B115" t="s">
+        <v>43</v>
+      </c>
+      <c r="C115" t="s">
+        <v>195</v>
+      </c>
+      <c r="D115" t="s">
+        <v>196</v>
+      </c>
+      <c r="F115" t="s">
+        <v>197</v>
+      </c>
+      <c r="G115">
+        <v>2022</v>
+      </c>
+      <c r="H115" t="s">
+        <v>18</v>
+      </c>
+      <c r="I115" t="s">
+        <v>47</v>
+      </c>
+      <c r="J115" t="s">
+        <v>48</v>
+      </c>
+      <c r="K115" t="s">
+        <v>198</v>
+      </c>
+      <c r="L115" t="s">
+        <v>199</v>
+      </c>
+      <c r="M115" s="1">
+        <v>26</v>
+      </c>
+      <c r="N115" t="s">
+        <v>30</v>
+      </c>
+      <c r="O115" t="s">
+        <v>43</v>
+      </c>
+      <c r="P115">
+        <v>2022</v>
+      </c>
+      <c r="Q115" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="116" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A116" t="s">
+        <v>188</v>
+      </c>
+      <c r="B116" t="s">
+        <v>43</v>
+      </c>
+      <c r="C116" t="s">
+        <v>201</v>
+      </c>
+      <c r="D116" t="s">
+        <v>202</v>
+      </c>
+      <c r="F116" t="s">
+        <v>62</v>
+      </c>
+      <c r="G116">
+        <v>2022</v>
+      </c>
+      <c r="H116" t="s">
         <v>63</v>
       </c>
-      <c r="I114" t="s">
-[...98 lines deleted...]
-      </c>
       <c r="I116" t="s">
         <v>47</v>
       </c>
       <c r="J116" t="s">
         <v>48</v>
       </c>
       <c r="K116" t="s">
-        <v>306</v>
+        <v>203</v>
       </c>
       <c r="L116" t="s">
-        <v>307</v>
+        <v>204</v>
       </c>
       <c r="M116" s="1">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="N116" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="O116" t="s">
         <v>43</v>
       </c>
       <c r="P116">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="Q116" t="s">
-        <v>308</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:17" x14ac:dyDescent="0.35">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="117" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A117" t="s">
-        <v>291</v>
+        <v>188</v>
       </c>
       <c r="B117" t="s">
         <v>43</v>
       </c>
       <c r="C117" t="s">
-        <v>309</v>
+        <v>206</v>
       </c>
       <c r="D117" t="s">
-        <v>310</v>
+        <v>207</v>
       </c>
       <c r="F117" t="s">
-        <v>83</v>
+        <v>208</v>
       </c>
       <c r="G117">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H117" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="I117" t="s">
         <v>47</v>
       </c>
       <c r="J117" t="s">
         <v>48</v>
       </c>
       <c r="K117" t="s">
-        <v>311</v>
+        <v>209</v>
       </c>
       <c r="L117" t="s">
-        <v>312</v>
+        <v>210</v>
       </c>
       <c r="M117" s="1">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="N117" t="s">
-        <v>24</v>
+        <v>211</v>
       </c>
       <c r="O117" t="s">
         <v>43</v>
       </c>
       <c r="P117">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="Q117" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:17" x14ac:dyDescent="0.35">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="118" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A118" t="s">
-        <v>291</v>
+        <v>188</v>
       </c>
       <c r="B118" t="s">
         <v>43</v>
       </c>
       <c r="C118" t="s">
-        <v>314</v>
+        <v>213</v>
       </c>
       <c r="D118" t="s">
-        <v>315</v>
+        <v>214</v>
       </c>
       <c r="F118" t="s">
-        <v>316</v>
+        <v>215</v>
       </c>
       <c r="G118">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="H118" t="s">
         <v>18</v>
       </c>
       <c r="I118" t="s">
         <v>47</v>
       </c>
       <c r="J118" t="s">
         <v>48</v>
       </c>
       <c r="K118" t="s">
-        <v>317</v>
+        <v>216</v>
       </c>
       <c r="L118" t="s">
-        <v>318</v>
+        <v>217</v>
       </c>
       <c r="M118" s="1">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="N118" t="s">
-        <v>319</v>
+        <v>218</v>
       </c>
       <c r="O118" t="s">
         <v>43</v>
       </c>
       <c r="P118">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="Q118" t="s">
-        <v>320</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:17" x14ac:dyDescent="0.35">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="119" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A119" t="s">
-        <v>291</v>
+        <v>188</v>
       </c>
       <c r="B119" t="s">
-        <v>43</v>
+        <v>220</v>
       </c>
       <c r="C119" t="s">
-        <v>321</v>
+        <v>221</v>
       </c>
       <c r="D119" t="s">
-        <v>322</v>
+        <v>222</v>
       </c>
       <c r="F119" t="s">
-        <v>208</v>
+        <v>223</v>
       </c>
       <c r="G119">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="H119" t="s">
         <v>18</v>
       </c>
       <c r="I119" t="s">
         <v>47</v>
       </c>
       <c r="J119" t="s">
         <v>48</v>
       </c>
       <c r="K119" t="s">
-        <v>323</v>
+        <v>224</v>
       </c>
       <c r="L119" t="s">
-        <v>324</v>
+        <v>225</v>
       </c>
       <c r="M119" s="1">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="N119" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="O119" t="s">
         <v>43</v>
       </c>
       <c r="P119">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="Q119" t="s">
-        <v>325</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:17" x14ac:dyDescent="0.35">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="120" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A120" t="s">
-        <v>291</v>
+        <v>188</v>
       </c>
       <c r="B120" t="s">
         <v>43</v>
       </c>
       <c r="C120" t="s">
-        <v>326</v>
+        <v>227</v>
       </c>
       <c r="D120" t="s">
-        <v>327</v>
+        <v>228</v>
       </c>
       <c r="F120" t="s">
-        <v>328</v>
+        <v>229</v>
       </c>
       <c r="G120">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H120" t="s">
-        <v>18</v>
+        <v>96</v>
       </c>
       <c r="I120" t="s">
         <v>47</v>
       </c>
       <c r="J120" t="s">
         <v>48</v>
       </c>
       <c r="K120" t="s">
-        <v>329</v>
+        <v>230</v>
       </c>
       <c r="L120" t="s">
-        <v>330</v>
+        <v>231</v>
       </c>
       <c r="M120" s="1">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="N120" t="s">
-        <v>331</v>
+        <v>28</v>
       </c>
       <c r="O120" t="s">
         <v>43</v>
       </c>
       <c r="P120">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="Q120" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:17" x14ac:dyDescent="0.35">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="121" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A121" t="s">
-        <v>291</v>
+        <v>188</v>
       </c>
       <c r="B121" t="s">
         <v>43</v>
       </c>
       <c r="C121" t="s">
-        <v>1254</v>
+        <v>233</v>
       </c>
       <c r="D121" t="s">
-        <v>1255</v>
+        <v>234</v>
       </c>
       <c r="F121" t="s">
-        <v>333</v>
+        <v>235</v>
       </c>
       <c r="G121">
         <v>2022</v>
       </c>
       <c r="H121" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="I121" t="s">
         <v>47</v>
       </c>
       <c r="J121" t="s">
         <v>48</v>
       </c>
       <c r="K121" t="s">
-        <v>334</v>
+        <v>236</v>
       </c>
       <c r="L121" t="s">
-        <v>335</v>
+        <v>237</v>
       </c>
       <c r="M121" s="1">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="N121" t="s">
-        <v>30</v>
+        <v>238</v>
       </c>
       <c r="O121" t="s">
         <v>43</v>
       </c>
       <c r="P121">
         <v>2022</v>
       </c>
       <c r="Q121" t="s">
-        <v>336</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:17" x14ac:dyDescent="0.35">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="122" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A122" t="s">
-        <v>338</v>
+        <v>188</v>
       </c>
       <c r="B122" t="s">
-        <v>43</v>
+        <v>240</v>
       </c>
       <c r="C122" t="s">
-        <v>339</v>
+        <v>241</v>
       </c>
       <c r="D122" t="s">
-        <v>340</v>
+        <v>242</v>
       </c>
       <c r="F122" t="s">
-        <v>341</v>
+        <v>243</v>
       </c>
       <c r="G122">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H122" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="I122" t="s">
         <v>47</v>
       </c>
       <c r="J122" t="s">
         <v>48</v>
       </c>
       <c r="K122" t="s">
-        <v>342</v>
+        <v>244</v>
       </c>
       <c r="L122" t="s">
-        <v>343</v>
+        <v>245</v>
       </c>
       <c r="M122" s="1">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="N122" t="s">
-        <v>344</v>
+        <v>23</v>
       </c>
       <c r="O122" t="s">
         <v>43</v>
       </c>
       <c r="P122">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="Q122" t="s">
-        <v>345</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:17" x14ac:dyDescent="0.35">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="123" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A123" t="s">
-        <v>338</v>
+        <v>188</v>
       </c>
       <c r="B123" t="s">
-        <v>43</v>
+        <v>160</v>
       </c>
       <c r="C123" t="s">
-        <v>346</v>
+        <v>247</v>
       </c>
       <c r="D123" t="s">
-        <v>347</v>
+        <v>248</v>
       </c>
       <c r="F123" t="s">
-        <v>208</v>
+        <v>54</v>
       </c>
       <c r="G123">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H123" t="s">
         <v>18</v>
       </c>
       <c r="I123" t="s">
         <v>47</v>
       </c>
       <c r="J123" t="s">
         <v>48</v>
       </c>
       <c r="K123" t="s">
-        <v>348</v>
+        <v>249</v>
       </c>
       <c r="L123" t="s">
-        <v>349</v>
+        <v>250</v>
       </c>
       <c r="M123" s="1">
+        <v>53</v>
+      </c>
+      <c r="N123" t="s">
+        <v>138</v>
+      </c>
+      <c r="O123" t="s">
+        <v>43</v>
+      </c>
+      <c r="P123">
+        <v>2022</v>
+      </c>
+      <c r="Q123" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="124" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A124" t="s">
+        <v>188</v>
+      </c>
+      <c r="B124" t="s">
+        <v>220</v>
+      </c>
+      <c r="C124" t="s">
+        <v>252</v>
+      </c>
+      <c r="D124" t="s">
+        <v>253</v>
+      </c>
+      <c r="F124" t="s">
+        <v>254</v>
+      </c>
+      <c r="G124">
+        <v>2022</v>
+      </c>
+      <c r="H124" t="s">
+        <v>18</v>
+      </c>
+      <c r="I124" t="s">
+        <v>47</v>
+      </c>
+      <c r="J124" t="s">
+        <v>48</v>
+      </c>
+      <c r="K124" t="s">
+        <v>255</v>
+      </c>
+      <c r="L124" t="s">
+        <v>256</v>
+      </c>
+      <c r="M124" s="1">
+        <v>23</v>
+      </c>
+      <c r="N124" t="s">
+        <v>257</v>
+      </c>
+      <c r="O124" t="s">
+        <v>43</v>
+      </c>
+      <c r="P124">
+        <v>2022</v>
+      </c>
+      <c r="Q124" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="125" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A125" t="s">
+        <v>188</v>
+      </c>
+      <c r="B125" t="s">
+        <v>152</v>
+      </c>
+      <c r="C125" t="s">
+        <v>259</v>
+      </c>
+      <c r="D125" t="s">
+        <v>260</v>
+      </c>
+      <c r="F125" t="s">
+        <v>261</v>
+      </c>
+      <c r="G125">
+        <v>2022</v>
+      </c>
+      <c r="H125" t="s">
+        <v>18</v>
+      </c>
+      <c r="I125" t="s">
+        <v>47</v>
+      </c>
+      <c r="J125" t="s">
+        <v>48</v>
+      </c>
+      <c r="K125" t="s">
+        <v>262</v>
+      </c>
+      <c r="L125" t="s">
+        <v>263</v>
+      </c>
+      <c r="M125" s="1">
+        <v>22</v>
+      </c>
+      <c r="N125" t="s">
+        <v>184</v>
+      </c>
+      <c r="O125" t="s">
+        <v>43</v>
+      </c>
+      <c r="P125">
+        <v>2022</v>
+      </c>
+      <c r="Q125" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="126" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A126" t="s">
+        <v>188</v>
+      </c>
+      <c r="B126" t="s">
+        <v>43</v>
+      </c>
+      <c r="C126" t="s">
+        <v>265</v>
+      </c>
+      <c r="D126" t="s">
+        <v>266</v>
+      </c>
+      <c r="F126" t="s">
+        <v>267</v>
+      </c>
+      <c r="G126">
+        <v>2022</v>
+      </c>
+      <c r="H126" t="s">
+        <v>18</v>
+      </c>
+      <c r="I126" t="s">
+        <v>47</v>
+      </c>
+      <c r="J126" t="s">
+        <v>48</v>
+      </c>
+      <c r="K126" t="s">
+        <v>268</v>
+      </c>
+      <c r="L126" t="s">
+        <v>269</v>
+      </c>
+      <c r="M126" s="1">
         <v>24</v>
       </c>
-      <c r="N123" t="s">
-[...49 lines deleted...]
-      <c r="N124" t="s">
+      <c r="N126" t="s">
         <v>42</v>
       </c>
-      <c r="O124" t="s">
-[...98 lines deleted...]
-      </c>
       <c r="O126" t="s">
         <v>43</v>
       </c>
       <c r="P126">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="Q126" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:17" x14ac:dyDescent="0.35">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="127" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A127" t="s">
-        <v>338</v>
+        <v>188</v>
       </c>
       <c r="B127" t="s">
         <v>271</v>
       </c>
       <c r="C127" t="s">
-        <v>370</v>
+        <v>272</v>
       </c>
       <c r="D127" t="s">
-        <v>371</v>
+        <v>273</v>
       </c>
       <c r="F127" t="s">
-        <v>372</v>
+        <v>274</v>
       </c>
       <c r="G127">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H127" t="s">
         <v>18</v>
       </c>
       <c r="I127" t="s">
         <v>47</v>
       </c>
       <c r="J127" t="s">
         <v>48</v>
       </c>
       <c r="K127" t="s">
-        <v>373</v>
+        <v>275</v>
       </c>
       <c r="L127" t="s">
-        <v>374</v>
+        <v>276</v>
       </c>
       <c r="M127" s="1">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="N127" t="s">
-        <v>34</v>
+        <v>131</v>
       </c>
       <c r="O127" t="s">
         <v>43</v>
       </c>
       <c r="P127">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="Q127" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:17" x14ac:dyDescent="0.35">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="128" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A128" t="s">
-        <v>338</v>
+        <v>188</v>
       </c>
       <c r="B128" t="s">
         <v>43</v>
       </c>
       <c r="C128" t="s">
-        <v>376</v>
+        <v>278</v>
       </c>
       <c r="D128" t="s">
-        <v>377</v>
+        <v>279</v>
       </c>
       <c r="F128" t="s">
-        <v>378</v>
+        <v>208</v>
       </c>
       <c r="G128">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H128" t="s">
         <v>18</v>
       </c>
       <c r="I128" t="s">
         <v>47</v>
       </c>
       <c r="J128" t="s">
         <v>48</v>
       </c>
       <c r="K128" t="s">
-        <v>379</v>
+        <v>280</v>
       </c>
       <c r="L128" t="s">
-        <v>380</v>
+        <v>281</v>
       </c>
       <c r="M128" s="1">
+        <v>100</v>
+      </c>
+      <c r="N128" t="s">
+        <v>128</v>
+      </c>
+      <c r="O128" t="s">
+        <v>43</v>
+      </c>
+      <c r="P128">
+        <v>2022</v>
+      </c>
+      <c r="Q128" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="129" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A129" t="s">
+        <v>188</v>
+      </c>
+      <c r="B129" t="s">
+        <v>43</v>
+      </c>
+      <c r="C129" t="s">
+        <v>283</v>
+      </c>
+      <c r="D129" t="s">
+        <v>284</v>
+      </c>
+      <c r="F129" t="s">
+        <v>285</v>
+      </c>
+      <c r="G129">
+        <v>2022</v>
+      </c>
+      <c r="H129" t="s">
+        <v>18</v>
+      </c>
+      <c r="I129" t="s">
+        <v>47</v>
+      </c>
+      <c r="J129" t="s">
+        <v>48</v>
+      </c>
+      <c r="K129" t="s">
+        <v>286</v>
+      </c>
+      <c r="L129" t="s">
+        <v>287</v>
+      </c>
+      <c r="M129" s="1">
         <v>23</v>
       </c>
-      <c r="N128" t="s">
+      <c r="N129" t="s">
         <v>25</v>
       </c>
-      <c r="O128" t="s">
-[...48 lines deleted...]
-      </c>
       <c r="O129" t="s">
         <v>43</v>
       </c>
       <c r="P129">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="Q129" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:17" x14ac:dyDescent="0.35">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="130" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A130" t="s">
-        <v>338</v>
+        <v>291</v>
       </c>
       <c r="B130" t="s">
         <v>43</v>
       </c>
       <c r="C130" t="s">
-        <v>387</v>
+        <v>292</v>
       </c>
       <c r="D130" t="s">
-        <v>388</v>
+        <v>293</v>
       </c>
       <c r="F130" t="s">
-        <v>389</v>
+        <v>294</v>
       </c>
       <c r="G130">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H130" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="I130" t="s">
         <v>47</v>
       </c>
       <c r="J130" t="s">
         <v>48</v>
       </c>
       <c r="K130" t="s">
-        <v>390</v>
+        <v>295</v>
       </c>
       <c r="L130" t="s">
-        <v>391</v>
+        <v>296</v>
       </c>
       <c r="M130" s="1">
         <v>20</v>
       </c>
       <c r="N130" t="s">
+        <v>132</v>
+      </c>
+      <c r="O130" t="s">
+        <v>43</v>
+      </c>
+      <c r="P130">
+        <v>2020</v>
+      </c>
+      <c r="Q130" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="131" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A131" t="s">
+        <v>291</v>
+      </c>
+      <c r="B131" t="s">
+        <v>43</v>
+      </c>
+      <c r="C131" t="s">
+        <v>298</v>
+      </c>
+      <c r="D131" t="s">
+        <v>299</v>
+      </c>
+      <c r="F131" t="s">
+        <v>300</v>
+      </c>
+      <c r="G131">
+        <v>2021</v>
+      </c>
+      <c r="H131" t="s">
+        <v>18</v>
+      </c>
+      <c r="I131" t="s">
+        <v>47</v>
+      </c>
+      <c r="J131" t="s">
+        <v>48</v>
+      </c>
+      <c r="K131" t="s">
+        <v>301</v>
+      </c>
+      <c r="L131" t="s">
+        <v>302</v>
+      </c>
+      <c r="M131" s="1">
+        <v>24</v>
+      </c>
+      <c r="N131" t="s">
+        <v>186</v>
+      </c>
+      <c r="O131" t="s">
+        <v>43</v>
+      </c>
+      <c r="P131">
+        <v>2021</v>
+      </c>
+      <c r="Q131" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="132" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A132" t="s">
+        <v>291</v>
+      </c>
+      <c r="B132" t="s">
+        <v>43</v>
+      </c>
+      <c r="C132" t="s">
+        <v>304</v>
+      </c>
+      <c r="D132" t="s">
+        <v>305</v>
+      </c>
+      <c r="F132" t="s">
+        <v>69</v>
+      </c>
+      <c r="G132">
+        <v>2021</v>
+      </c>
+      <c r="H132" t="s">
+        <v>18</v>
+      </c>
+      <c r="I132" t="s">
+        <v>47</v>
+      </c>
+      <c r="J132" t="s">
+        <v>48</v>
+      </c>
+      <c r="K132" t="s">
+        <v>306</v>
+      </c>
+      <c r="L132" t="s">
+        <v>307</v>
+      </c>
+      <c r="M132" s="1">
+        <v>25</v>
+      </c>
+      <c r="N132" t="s">
+        <v>72</v>
+      </c>
+      <c r="O132" t="s">
+        <v>43</v>
+      </c>
+      <c r="P132">
+        <v>2021</v>
+      </c>
+      <c r="Q132" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="133" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A133" t="s">
+        <v>291</v>
+      </c>
+      <c r="B133" t="s">
+        <v>43</v>
+      </c>
+      <c r="C133" t="s">
+        <v>309</v>
+      </c>
+      <c r="D133" t="s">
+        <v>310</v>
+      </c>
+      <c r="F133" t="s">
+        <v>83</v>
+      </c>
+      <c r="G133">
+        <v>2021</v>
+      </c>
+      <c r="H133" t="s">
+        <v>63</v>
+      </c>
+      <c r="I133" t="s">
+        <v>47</v>
+      </c>
+      <c r="J133" t="s">
+        <v>48</v>
+      </c>
+      <c r="K133" t="s">
+        <v>311</v>
+      </c>
+      <c r="L133" t="s">
+        <v>312</v>
+      </c>
+      <c r="M133" s="1">
         <v>20</v>
       </c>
-      <c r="O130" t="s">
-[...2 lines deleted...]
-      <c r="P130">
+      <c r="N133" t="s">
+        <v>24</v>
+      </c>
+      <c r="O133" t="s">
+        <v>43</v>
+      </c>
+      <c r="P133">
         <v>2021</v>
       </c>
-      <c r="Q130" t="s">
-[...22 lines deleted...]
-      <c r="H131" t="s">
+      <c r="Q133" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="134" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A134" t="s">
+        <v>291</v>
+      </c>
+      <c r="B134" t="s">
+        <v>43</v>
+      </c>
+      <c r="C134" t="s">
+        <v>314</v>
+      </c>
+      <c r="D134" t="s">
+        <v>315</v>
+      </c>
+      <c r="F134" t="s">
+        <v>316</v>
+      </c>
+      <c r="G134">
+        <v>2019</v>
+      </c>
+      <c r="H134" t="s">
+        <v>18</v>
+      </c>
+      <c r="I134" t="s">
+        <v>47</v>
+      </c>
+      <c r="J134" t="s">
+        <v>48</v>
+      </c>
+      <c r="K134" t="s">
+        <v>317</v>
+      </c>
+      <c r="L134" t="s">
+        <v>318</v>
+      </c>
+      <c r="M134" s="1">
+        <v>20</v>
+      </c>
+      <c r="N134" t="s">
+        <v>319</v>
+      </c>
+      <c r="O134" t="s">
+        <v>43</v>
+      </c>
+      <c r="P134">
+        <v>2019</v>
+      </c>
+      <c r="Q134" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="135" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A135" t="s">
+        <v>291</v>
+      </c>
+      <c r="B135" t="s">
+        <v>43</v>
+      </c>
+      <c r="C135" t="s">
+        <v>321</v>
+      </c>
+      <c r="D135" t="s">
+        <v>322</v>
+      </c>
+      <c r="F135" t="s">
+        <v>208</v>
+      </c>
+      <c r="G135">
+        <v>2019</v>
+      </c>
+      <c r="H135" t="s">
+        <v>18</v>
+      </c>
+      <c r="I135" t="s">
+        <v>47</v>
+      </c>
+      <c r="J135" t="s">
+        <v>48</v>
+      </c>
+      <c r="K135" t="s">
+        <v>323</v>
+      </c>
+      <c r="L135" t="s">
+        <v>324</v>
+      </c>
+      <c r="M135" s="1">
+        <v>20</v>
+      </c>
+      <c r="N135" t="s">
+        <v>185</v>
+      </c>
+      <c r="O135" t="s">
+        <v>43</v>
+      </c>
+      <c r="P135">
+        <v>2019</v>
+      </c>
+      <c r="Q135" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="136" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A136" t="s">
+        <v>291</v>
+      </c>
+      <c r="B136" t="s">
+        <v>43</v>
+      </c>
+      <c r="C136" t="s">
+        <v>326</v>
+      </c>
+      <c r="D136" t="s">
+        <v>327</v>
+      </c>
+      <c r="F136" t="s">
+        <v>328</v>
+      </c>
+      <c r="G136">
+        <v>2021</v>
+      </c>
+      <c r="H136" t="s">
+        <v>18</v>
+      </c>
+      <c r="I136" t="s">
+        <v>47</v>
+      </c>
+      <c r="J136" t="s">
+        <v>48</v>
+      </c>
+      <c r="K136" t="s">
+        <v>329</v>
+      </c>
+      <c r="L136" t="s">
+        <v>330</v>
+      </c>
+      <c r="M136" s="1">
+        <v>20</v>
+      </c>
+      <c r="N136" t="s">
+        <v>331</v>
+      </c>
+      <c r="O136" t="s">
+        <v>43</v>
+      </c>
+      <c r="P136">
+        <v>2021</v>
+      </c>
+      <c r="Q136" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="137" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A137" t="s">
+        <v>291</v>
+      </c>
+      <c r="B137" t="s">
+        <v>43</v>
+      </c>
+      <c r="C137" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D137" t="s">
+        <v>1255</v>
+      </c>
+      <c r="F137" t="s">
+        <v>333</v>
+      </c>
+      <c r="G137">
+        <v>2022</v>
+      </c>
+      <c r="H137" t="s">
         <v>63</v>
       </c>
-      <c r="I131" t="s">
-[...316 lines deleted...]
-      </c>
       <c r="I137" t="s">
         <v>47</v>
       </c>
       <c r="J137" t="s">
         <v>48</v>
       </c>
       <c r="K137" t="s">
-        <v>428</v>
+        <v>334</v>
       </c>
       <c r="L137" t="s">
-        <v>429</v>
+        <v>335</v>
       </c>
       <c r="M137" s="1">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="N137" t="s">
-        <v>430</v>
+        <v>30</v>
       </c>
       <c r="O137" t="s">
         <v>43</v>
       </c>
       <c r="P137">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="Q137" t="s">
-        <v>431</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:17" x14ac:dyDescent="0.35">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="138" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A138" t="s">
-        <v>393</v>
+        <v>338</v>
       </c>
       <c r="B138" t="s">
         <v>43</v>
       </c>
       <c r="C138" t="s">
-        <v>399</v>
+        <v>339</v>
       </c>
       <c r="D138" t="s">
-        <v>400</v>
-[...2 lines deleted...]
-        <v>432</v>
+        <v>340</v>
       </c>
       <c r="F138" t="s">
-        <v>402</v>
+        <v>341</v>
       </c>
       <c r="G138">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H138" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="I138" t="s">
         <v>47</v>
       </c>
       <c r="J138" t="s">
         <v>48</v>
       </c>
       <c r="K138" t="s">
-        <v>433</v>
+        <v>342</v>
       </c>
       <c r="L138" t="s">
-        <v>434</v>
+        <v>343</v>
       </c>
       <c r="M138" s="1">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="N138" t="s">
-        <v>435</v>
+        <v>344</v>
       </c>
       <c r="O138" t="s">
         <v>43</v>
       </c>
       <c r="P138">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="Q138" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:17" x14ac:dyDescent="0.35">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="139" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A139" t="s">
-        <v>393</v>
+        <v>338</v>
       </c>
       <c r="B139" t="s">
         <v>43</v>
       </c>
       <c r="C139" t="s">
-        <v>153</v>
+        <v>346</v>
       </c>
       <c r="D139" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>437</v>
+        <v>347</v>
       </c>
       <c r="F139" t="s">
-        <v>156</v>
+        <v>208</v>
       </c>
       <c r="G139">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H139" t="s">
         <v>18</v>
       </c>
       <c r="I139" t="s">
         <v>47</v>
       </c>
       <c r="J139" t="s">
         <v>48</v>
       </c>
       <c r="K139" t="s">
-        <v>438</v>
+        <v>348</v>
       </c>
       <c r="L139" t="s">
-        <v>439</v>
+        <v>349</v>
       </c>
       <c r="M139" s="1">
+        <v>24</v>
+      </c>
+      <c r="N139" t="s">
+        <v>185</v>
+      </c>
+      <c r="O139" t="s">
+        <v>43</v>
+      </c>
+      <c r="P139">
+        <v>2021</v>
+      </c>
+      <c r="Q139" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="140" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A140" t="s">
+        <v>338</v>
+      </c>
+      <c r="B140" t="s">
+        <v>43</v>
+      </c>
+      <c r="C140" t="s">
+        <v>351</v>
+      </c>
+      <c r="D140" t="s">
+        <v>352</v>
+      </c>
+      <c r="F140" t="s">
+        <v>353</v>
+      </c>
+      <c r="G140">
+        <v>2021</v>
+      </c>
+      <c r="H140" t="s">
+        <v>18</v>
+      </c>
+      <c r="I140" t="s">
+        <v>47</v>
+      </c>
+      <c r="J140" t="s">
+        <v>48</v>
+      </c>
+      <c r="K140" t="s">
+        <v>354</v>
+      </c>
+      <c r="L140" t="s">
+        <v>355</v>
+      </c>
+      <c r="M140" s="1">
         <v>20</v>
       </c>
-      <c r="N139" t="s">
-[...51 lines deleted...]
-      </c>
       <c r="N140" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="O140" t="s">
         <v>43</v>
       </c>
       <c r="P140">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="Q140" t="s">
-        <v>447</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:17" x14ac:dyDescent="0.35">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="141" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A141" t="s">
-        <v>393</v>
+        <v>338</v>
       </c>
       <c r="B141" t="s">
         <v>43</v>
       </c>
       <c r="C141" t="s">
-        <v>448</v>
+        <v>357</v>
       </c>
       <c r="D141" t="s">
-        <v>449</v>
+        <v>358</v>
       </c>
       <c r="F141" t="s">
-        <v>450</v>
+        <v>359</v>
       </c>
       <c r="G141">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H141" t="s">
         <v>18</v>
       </c>
       <c r="I141" t="s">
         <v>47</v>
       </c>
       <c r="J141" t="s">
         <v>48</v>
       </c>
       <c r="K141" t="s">
-        <v>451</v>
+        <v>360</v>
       </c>
       <c r="L141" t="s">
-        <v>452</v>
+        <v>361</v>
       </c>
       <c r="M141" s="1">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="N141" t="s">
-        <v>35</v>
+        <v>362</v>
       </c>
       <c r="O141" t="s">
         <v>43</v>
       </c>
       <c r="P141">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="Q141" t="s">
-        <v>453</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:17" x14ac:dyDescent="0.35">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="142" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A142" t="s">
-        <v>393</v>
+        <v>338</v>
       </c>
       <c r="B142" t="s">
         <v>43</v>
       </c>
       <c r="C142" t="s">
-        <v>454</v>
+        <v>364</v>
       </c>
       <c r="D142" t="s">
-        <v>455</v>
+        <v>365</v>
       </c>
       <c r="F142" t="s">
-        <v>456</v>
+        <v>366</v>
       </c>
       <c r="G142">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H142" t="s">
         <v>18</v>
       </c>
       <c r="I142" t="s">
         <v>47</v>
       </c>
       <c r="J142" t="s">
         <v>48</v>
       </c>
       <c r="K142" t="s">
-        <v>457</v>
+        <v>367</v>
       </c>
       <c r="L142" t="s">
-        <v>458</v>
+        <v>368</v>
       </c>
       <c r="M142" s="1">
         <v>20</v>
       </c>
       <c r="N142" t="s">
-        <v>126</v>
+        <v>28</v>
       </c>
       <c r="O142" t="s">
         <v>43</v>
       </c>
       <c r="P142">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="Q142" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:17" x14ac:dyDescent="0.35">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="143" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A143" t="s">
-        <v>393</v>
+        <v>338</v>
       </c>
       <c r="B143" t="s">
-        <v>43</v>
+        <v>271</v>
       </c>
       <c r="C143" t="s">
-        <v>460</v>
+        <v>370</v>
       </c>
       <c r="D143" t="s">
-        <v>461</v>
+        <v>371</v>
       </c>
       <c r="F143" t="s">
-        <v>462</v>
+        <v>372</v>
       </c>
       <c r="G143">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H143" t="s">
         <v>18</v>
       </c>
       <c r="I143" t="s">
         <v>47</v>
       </c>
       <c r="J143" t="s">
         <v>48</v>
       </c>
       <c r="K143" t="s">
-        <v>463</v>
+        <v>373</v>
       </c>
       <c r="L143" t="s">
-        <v>464</v>
+        <v>374</v>
       </c>
       <c r="M143" s="1">
         <v>20</v>
       </c>
       <c r="N143" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="O143" t="s">
         <v>43</v>
       </c>
       <c r="P143">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="Q143" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:17" x14ac:dyDescent="0.35">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="144" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A144" t="s">
-        <v>393</v>
+        <v>338</v>
       </c>
       <c r="B144" t="s">
         <v>43</v>
       </c>
       <c r="C144" t="s">
-        <v>466</v>
+        <v>376</v>
       </c>
       <c r="D144" t="s">
-        <v>467</v>
+        <v>377</v>
       </c>
       <c r="F144" t="s">
-        <v>169</v>
+        <v>378</v>
       </c>
       <c r="G144">
         <v>2021</v>
       </c>
       <c r="H144" t="s">
         <v>18</v>
       </c>
       <c r="I144" t="s">
         <v>47</v>
       </c>
       <c r="J144" t="s">
         <v>48</v>
       </c>
       <c r="K144" t="s">
-        <v>468</v>
+        <v>379</v>
       </c>
       <c r="L144" t="s">
-        <v>469</v>
+        <v>380</v>
       </c>
       <c r="M144" s="1">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="N144" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="O144" t="s">
         <v>43</v>
       </c>
       <c r="P144">
         <v>2021</v>
       </c>
       <c r="Q144" t="s">
-        <v>470</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:17" x14ac:dyDescent="0.35">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="145" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A145" t="s">
-        <v>393</v>
+        <v>338</v>
       </c>
       <c r="B145" t="s">
         <v>43</v>
       </c>
       <c r="C145" t="s">
-        <v>471</v>
+        <v>382</v>
       </c>
       <c r="D145" t="s">
-        <v>472</v>
+        <v>383</v>
       </c>
       <c r="F145" t="s">
-        <v>473</v>
+        <v>163</v>
       </c>
       <c r="G145">
         <v>2021</v>
       </c>
       <c r="H145" t="s">
         <v>18</v>
       </c>
       <c r="I145" t="s">
         <v>47</v>
       </c>
       <c r="J145" t="s">
         <v>48</v>
       </c>
       <c r="K145" t="s">
-        <v>474</v>
+        <v>384</v>
       </c>
       <c r="L145" t="s">
-        <v>475</v>
+        <v>385</v>
       </c>
       <c r="M145" s="1">
         <v>20</v>
       </c>
       <c r="N145" t="s">
-        <v>23</v>
+        <v>135</v>
       </c>
       <c r="O145" t="s">
         <v>43</v>
       </c>
       <c r="P145">
         <v>2021</v>
       </c>
       <c r="Q145" t="s">
-        <v>476</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:17" x14ac:dyDescent="0.35">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="146" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A146" t="s">
-        <v>393</v>
+        <v>338</v>
       </c>
       <c r="B146" t="s">
         <v>43</v>
       </c>
       <c r="C146" t="s">
-        <v>477</v>
+        <v>387</v>
       </c>
       <c r="D146" t="s">
-        <v>478</v>
+        <v>388</v>
       </c>
       <c r="F146" t="s">
-        <v>223</v>
+        <v>389</v>
       </c>
       <c r="G146">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H146" t="s">
         <v>18</v>
       </c>
       <c r="I146" t="s">
         <v>47</v>
       </c>
       <c r="J146" t="s">
         <v>48</v>
       </c>
       <c r="K146" t="s">
-        <v>479</v>
+        <v>390</v>
       </c>
       <c r="L146" t="s">
-        <v>480</v>
+        <v>391</v>
       </c>
       <c r="M146" s="1">
         <v>20</v>
       </c>
       <c r="N146" t="s">
-        <v>481</v>
+        <v>20</v>
       </c>
       <c r="O146" t="s">
         <v>43</v>
       </c>
       <c r="P146">
         <v>2021</v>
       </c>
       <c r="Q146" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:17" x14ac:dyDescent="0.35">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="147" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A147" t="s">
         <v>393</v>
       </c>
       <c r="B147" t="s">
         <v>43</v>
       </c>
       <c r="C147" t="s">
-        <v>483</v>
+        <v>394</v>
       </c>
       <c r="D147" t="s">
-        <v>484</v>
+        <v>395</v>
       </c>
       <c r="F147" t="s">
-        <v>485</v>
+        <v>62</v>
       </c>
       <c r="G147">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H147" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="I147" t="s">
         <v>47</v>
       </c>
       <c r="J147" t="s">
         <v>48</v>
       </c>
       <c r="K147" t="s">
-        <v>486</v>
+        <v>396</v>
       </c>
       <c r="L147" t="s">
-        <v>487</v>
+        <v>397</v>
       </c>
       <c r="M147" s="1">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="N147" t="s">
-        <v>145</v>
+        <v>290</v>
       </c>
       <c r="O147" t="s">
         <v>43</v>
       </c>
       <c r="P147">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="Q147" t="s">
-        <v>488</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:17" x14ac:dyDescent="0.35">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="148" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A148" t="s">
         <v>393</v>
       </c>
       <c r="B148" t="s">
         <v>43</v>
       </c>
       <c r="C148" t="s">
-        <v>489</v>
+        <v>399</v>
       </c>
       <c r="D148" t="s">
-        <v>490</v>
+        <v>400</v>
+      </c>
+      <c r="E148" t="s">
+        <v>401</v>
       </c>
       <c r="F148" t="s">
-        <v>491</v>
+        <v>402</v>
       </c>
       <c r="G148">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H148" t="s">
-        <v>96</v>
+        <v>18</v>
       </c>
       <c r="I148" t="s">
         <v>47</v>
       </c>
       <c r="J148" t="s">
         <v>48</v>
       </c>
       <c r="K148" t="s">
-        <v>492</v>
+        <v>403</v>
       </c>
       <c r="L148" t="s">
-        <v>493</v>
+        <v>404</v>
       </c>
       <c r="M148" s="1">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="N148" t="s">
-        <v>494</v>
+        <v>405</v>
       </c>
       <c r="O148" t="s">
         <v>43</v>
       </c>
       <c r="P148">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="Q148" t="s">
-        <v>495</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:17" x14ac:dyDescent="0.35">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="149" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A149" t="s">
         <v>393</v>
       </c>
       <c r="B149" t="s">
         <v>43</v>
       </c>
       <c r="C149" t="s">
-        <v>496</v>
+        <v>399</v>
       </c>
       <c r="D149" t="s">
-        <v>497</v>
+        <v>400</v>
+      </c>
+      <c r="E149" t="s">
+        <v>407</v>
       </c>
       <c r="F149" t="s">
-        <v>498</v>
+        <v>402</v>
       </c>
       <c r="G149">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H149" t="s">
         <v>18</v>
       </c>
       <c r="I149" t="s">
         <v>47</v>
       </c>
       <c r="J149" t="s">
         <v>48</v>
       </c>
       <c r="K149" t="s">
-        <v>499</v>
+        <v>408</v>
       </c>
       <c r="L149" t="s">
-        <v>500</v>
+        <v>409</v>
       </c>
       <c r="M149" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="N149" t="s">
-        <v>501</v>
+        <v>410</v>
       </c>
       <c r="O149" t="s">
         <v>43</v>
       </c>
       <c r="P149">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="Q149" t="s">
-        <v>502</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:17" x14ac:dyDescent="0.35">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="150" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A150" t="s">
         <v>393</v>
       </c>
       <c r="B150" t="s">
         <v>43</v>
       </c>
       <c r="C150" t="s">
-        <v>503</v>
+        <v>399</v>
       </c>
       <c r="D150" t="s">
-        <v>504</v>
+        <v>400</v>
+      </c>
+      <c r="E150" t="s">
+        <v>412</v>
       </c>
       <c r="F150" t="s">
-        <v>505</v>
+        <v>402</v>
       </c>
       <c r="G150">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H150" t="s">
         <v>18</v>
       </c>
       <c r="I150" t="s">
         <v>47</v>
       </c>
       <c r="J150" t="s">
         <v>48</v>
       </c>
       <c r="K150" t="s">
-        <v>506</v>
+        <v>413</v>
       </c>
       <c r="L150" t="s">
-        <v>507</v>
+        <v>414</v>
       </c>
       <c r="M150" s="1">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="N150" t="s">
-        <v>23</v>
+        <v>415</v>
       </c>
       <c r="O150" t="s">
         <v>43</v>
       </c>
       <c r="P150">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="Q150" t="s">
-        <v>508</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:17" x14ac:dyDescent="0.35">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="151" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A151" t="s">
         <v>393</v>
       </c>
       <c r="B151" t="s">
-        <v>509</v>
+        <v>43</v>
       </c>
       <c r="C151" t="s">
-        <v>510</v>
+        <v>399</v>
       </c>
       <c r="D151" t="s">
-        <v>511</v>
+        <v>400</v>
+      </c>
+      <c r="E151" t="s">
+        <v>417</v>
       </c>
       <c r="F151" t="s">
-        <v>512</v>
+        <v>402</v>
       </c>
       <c r="G151">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H151" t="s">
         <v>18</v>
       </c>
       <c r="I151" t="s">
         <v>47</v>
       </c>
       <c r="J151" t="s">
         <v>48</v>
       </c>
       <c r="K151" t="s">
-        <v>513</v>
+        <v>418</v>
       </c>
       <c r="L151" t="s">
-        <v>514</v>
+        <v>419</v>
       </c>
       <c r="M151" s="1">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="N151" t="s">
-        <v>125</v>
+        <v>420</v>
       </c>
       <c r="O151" t="s">
         <v>43</v>
       </c>
       <c r="P151">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="Q151" t="s">
-        <v>515</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:17" x14ac:dyDescent="0.35">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="152" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A152" t="s">
         <v>393</v>
       </c>
       <c r="B152" t="s">
         <v>43</v>
       </c>
       <c r="C152" t="s">
-        <v>516</v>
+        <v>399</v>
       </c>
       <c r="D152" t="s">
-        <v>517</v>
+        <v>400</v>
+      </c>
+      <c r="E152" t="s">
+        <v>422</v>
       </c>
       <c r="F152" t="s">
-        <v>518</v>
+        <v>402</v>
       </c>
       <c r="G152">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H152" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="I152" t="s">
         <v>47</v>
       </c>
       <c r="J152" t="s">
         <v>48</v>
       </c>
       <c r="K152" t="s">
-        <v>519</v>
+        <v>423</v>
       </c>
       <c r="L152" t="s">
-        <v>520</v>
+        <v>424</v>
       </c>
       <c r="M152" s="1">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="N152" t="s">
-        <v>521</v>
+        <v>425</v>
       </c>
       <c r="O152" t="s">
         <v>43</v>
       </c>
       <c r="P152">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="Q152" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:17" x14ac:dyDescent="0.35">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="153" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A153" t="s">
-        <v>524</v>
+        <v>393</v>
       </c>
       <c r="B153" t="s">
         <v>43</v>
       </c>
       <c r="C153" t="s">
-        <v>525</v>
+        <v>399</v>
       </c>
       <c r="D153" t="s">
-        <v>526</v>
+        <v>400</v>
       </c>
       <c r="E153" t="s">
-        <v>527</v>
+        <v>427</v>
       </c>
       <c r="F153" t="s">
-        <v>62</v>
+        <v>402</v>
       </c>
       <c r="G153">
         <v>2020</v>
       </c>
       <c r="H153" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="I153" t="s">
         <v>47</v>
       </c>
       <c r="J153" t="s">
         <v>48</v>
       </c>
       <c r="K153" t="s">
-        <v>528</v>
+        <v>428</v>
       </c>
       <c r="L153" t="s">
-        <v>529</v>
+        <v>429</v>
       </c>
       <c r="M153" s="1">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="N153" t="s">
-        <v>39</v>
+        <v>430</v>
       </c>
       <c r="O153" t="s">
         <v>43</v>
       </c>
       <c r="P153">
         <v>2020</v>
       </c>
       <c r="Q153" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:17" x14ac:dyDescent="0.35">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="154" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A154" t="s">
-        <v>524</v>
+        <v>393</v>
       </c>
       <c r="B154" t="s">
         <v>43</v>
       </c>
       <c r="C154" t="s">
-        <v>531</v>
+        <v>399</v>
       </c>
       <c r="D154" t="s">
-        <v>532</v>
+        <v>400</v>
+      </c>
+      <c r="E154" t="s">
+        <v>432</v>
       </c>
       <c r="F154" t="s">
-        <v>533</v>
+        <v>402</v>
       </c>
       <c r="G154">
         <v>2020</v>
       </c>
       <c r="H154" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="I154" t="s">
         <v>47</v>
       </c>
       <c r="J154" t="s">
         <v>48</v>
       </c>
       <c r="K154" t="s">
-        <v>534</v>
+        <v>433</v>
       </c>
       <c r="L154" t="s">
-        <v>535</v>
+        <v>434</v>
       </c>
       <c r="M154" s="1">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="N154" t="s">
-        <v>41</v>
+        <v>435</v>
       </c>
       <c r="O154" t="s">
         <v>43</v>
       </c>
       <c r="P154">
         <v>2020</v>
       </c>
       <c r="Q154" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:17" x14ac:dyDescent="0.35">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="155" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A155" t="s">
-        <v>524</v>
+        <v>393</v>
       </c>
       <c r="B155" t="s">
         <v>43</v>
       </c>
       <c r="C155" t="s">
-        <v>537</v>
+        <v>153</v>
       </c>
       <c r="D155" t="s">
-        <v>538</v>
+        <v>154</v>
+      </c>
+      <c r="E155" t="s">
+        <v>437</v>
       </c>
       <c r="F155" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="G155">
         <v>2020</v>
       </c>
       <c r="H155" t="s">
         <v>18</v>
       </c>
       <c r="I155" t="s">
         <v>47</v>
       </c>
       <c r="J155" t="s">
         <v>48</v>
       </c>
       <c r="K155" t="s">
-        <v>539</v>
+        <v>438</v>
       </c>
       <c r="L155" t="s">
-        <v>540</v>
+        <v>439</v>
       </c>
       <c r="M155" s="1">
         <v>20</v>
       </c>
       <c r="N155" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="O155" t="s">
         <v>43</v>
       </c>
       <c r="P155">
         <v>2020</v>
       </c>
       <c r="Q155" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:17" x14ac:dyDescent="0.35">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="156" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A156" t="s">
-        <v>524</v>
+        <v>393</v>
       </c>
       <c r="B156" t="s">
         <v>43</v>
       </c>
       <c r="C156" t="s">
-        <v>542</v>
+        <v>441</v>
       </c>
       <c r="D156" t="s">
-        <v>543</v>
+        <v>442</v>
+      </c>
+      <c r="E156" t="s">
+        <v>443</v>
       </c>
       <c r="F156" t="s">
-        <v>95</v>
+        <v>444</v>
       </c>
       <c r="G156">
         <v>2020</v>
       </c>
       <c r="H156" t="s">
         <v>18</v>
       </c>
       <c r="I156" t="s">
         <v>47</v>
       </c>
       <c r="J156" t="s">
         <v>48</v>
       </c>
       <c r="K156" t="s">
-        <v>544</v>
+        <v>445</v>
       </c>
       <c r="L156" t="s">
-        <v>545</v>
+        <v>446</v>
       </c>
       <c r="M156" s="1">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="N156" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="O156" t="s">
         <v>43</v>
       </c>
       <c r="P156">
         <v>2020</v>
       </c>
       <c r="Q156" t="s">
-        <v>546</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:17" x14ac:dyDescent="0.35">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="157" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A157" t="s">
-        <v>524</v>
+        <v>393</v>
       </c>
       <c r="B157" t="s">
         <v>43</v>
       </c>
       <c r="C157" t="s">
-        <v>547</v>
+        <v>448</v>
       </c>
       <c r="D157" t="s">
-        <v>548</v>
+        <v>449</v>
       </c>
       <c r="F157" t="s">
-        <v>549</v>
+        <v>450</v>
       </c>
       <c r="G157">
         <v>2020</v>
       </c>
       <c r="H157" t="s">
-        <v>96</v>
+        <v>18</v>
       </c>
       <c r="I157" t="s">
         <v>47</v>
       </c>
       <c r="J157" t="s">
         <v>48</v>
       </c>
       <c r="K157" t="s">
-        <v>550</v>
+        <v>451</v>
       </c>
       <c r="L157" t="s">
-        <v>551</v>
+        <v>452</v>
       </c>
       <c r="M157" s="1">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="N157" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="O157" t="s">
         <v>43</v>
       </c>
       <c r="P157">
         <v>2020</v>
       </c>
       <c r="Q157" t="s">
-        <v>552</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:17" x14ac:dyDescent="0.35">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="158" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A158" t="s">
-        <v>524</v>
+        <v>393</v>
       </c>
       <c r="B158" t="s">
         <v>43</v>
       </c>
       <c r="C158" t="s">
-        <v>553</v>
+        <v>454</v>
       </c>
       <c r="D158" t="s">
-        <v>554</v>
+        <v>455</v>
       </c>
       <c r="F158" t="s">
-        <v>555</v>
+        <v>456</v>
       </c>
       <c r="G158">
         <v>2020</v>
       </c>
       <c r="H158" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="I158" t="s">
         <v>47</v>
       </c>
       <c r="J158" t="s">
         <v>48</v>
       </c>
       <c r="K158" t="s">
-        <v>556</v>
+        <v>457</v>
       </c>
       <c r="L158" t="s">
-        <v>557</v>
+        <v>458</v>
       </c>
       <c r="M158" s="1">
         <v>20</v>
       </c>
       <c r="N158" t="s">
-        <v>24</v>
+        <v>126</v>
       </c>
       <c r="O158" t="s">
         <v>43</v>
       </c>
       <c r="P158">
         <v>2020</v>
       </c>
       <c r="Q158" t="s">
-        <v>558</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:17" x14ac:dyDescent="0.35">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="159" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A159" t="s">
-        <v>524</v>
+        <v>393</v>
       </c>
       <c r="B159" t="s">
         <v>43</v>
       </c>
       <c r="C159" t="s">
-        <v>559</v>
+        <v>460</v>
       </c>
       <c r="D159" t="s">
-        <v>560</v>
+        <v>461</v>
       </c>
       <c r="F159" t="s">
-        <v>561</v>
+        <v>462</v>
       </c>
       <c r="G159">
         <v>2020</v>
       </c>
       <c r="H159" t="s">
         <v>18</v>
       </c>
       <c r="I159" t="s">
         <v>47</v>
       </c>
       <c r="J159" t="s">
         <v>48</v>
       </c>
       <c r="K159" t="s">
-        <v>562</v>
+        <v>463</v>
       </c>
       <c r="L159" t="s">
-        <v>563</v>
+        <v>464</v>
       </c>
       <c r="M159" s="1">
         <v>20</v>
       </c>
       <c r="N159" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="O159" t="s">
         <v>43</v>
       </c>
       <c r="P159">
         <v>2020</v>
       </c>
       <c r="Q159" t="s">
-        <v>564</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:17" x14ac:dyDescent="0.35">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="160" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A160" t="s">
-        <v>524</v>
+        <v>393</v>
       </c>
       <c r="B160" t="s">
         <v>43</v>
       </c>
       <c r="C160" t="s">
-        <v>565</v>
+        <v>466</v>
       </c>
       <c r="D160" t="s">
-        <v>566</v>
+        <v>467</v>
       </c>
       <c r="F160" t="s">
-        <v>208</v>
+        <v>169</v>
       </c>
       <c r="G160">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H160" t="s">
-        <v>96</v>
+        <v>18</v>
       </c>
       <c r="I160" t="s">
         <v>47</v>
       </c>
       <c r="J160" t="s">
         <v>48</v>
       </c>
       <c r="K160" t="s">
-        <v>567</v>
+        <v>468</v>
       </c>
       <c r="L160" t="s">
-        <v>568</v>
+        <v>469</v>
       </c>
       <c r="M160" s="1">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N160" t="s">
-        <v>185</v>
+        <v>35</v>
       </c>
       <c r="O160" t="s">
         <v>43</v>
       </c>
       <c r="P160">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="Q160" t="s">
-        <v>569</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:17" x14ac:dyDescent="0.35">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="161" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A161" t="s">
-        <v>524</v>
+        <v>393</v>
       </c>
       <c r="B161" t="s">
         <v>43</v>
       </c>
       <c r="C161" t="s">
-        <v>570</v>
+        <v>471</v>
       </c>
       <c r="D161" t="s">
-        <v>571</v>
+        <v>472</v>
       </c>
       <c r="F161" t="s">
-        <v>359</v>
+        <v>473</v>
       </c>
       <c r="G161">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H161" t="s">
         <v>18</v>
       </c>
       <c r="I161" t="s">
         <v>47</v>
       </c>
       <c r="J161" t="s">
         <v>48</v>
       </c>
       <c r="K161" t="s">
-        <v>572</v>
+        <v>474</v>
       </c>
       <c r="L161" t="s">
-        <v>573</v>
+        <v>475</v>
       </c>
       <c r="M161" s="1">
         <v>20</v>
       </c>
       <c r="N161" t="s">
-        <v>574</v>
+        <v>23</v>
       </c>
       <c r="O161" t="s">
         <v>43</v>
       </c>
       <c r="P161">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="Q161" t="s">
-        <v>575</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:17" x14ac:dyDescent="0.35">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="162" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A162" t="s">
-        <v>524</v>
+        <v>393</v>
       </c>
       <c r="B162" t="s">
         <v>43</v>
       </c>
       <c r="C162" t="s">
-        <v>576</v>
+        <v>477</v>
       </c>
       <c r="D162" t="s">
-        <v>577</v>
+        <v>478</v>
       </c>
       <c r="F162" t="s">
-        <v>169</v>
+        <v>223</v>
       </c>
       <c r="G162">
         <v>2020</v>
       </c>
       <c r="H162" t="s">
         <v>18</v>
       </c>
       <c r="I162" t="s">
         <v>47</v>
       </c>
       <c r="J162" t="s">
         <v>48</v>
       </c>
       <c r="K162" t="s">
-        <v>578</v>
+        <v>479</v>
       </c>
       <c r="L162" t="s">
-        <v>579</v>
+        <v>480</v>
       </c>
       <c r="M162" s="1">
         <v>20</v>
       </c>
       <c r="N162" t="s">
-        <v>35</v>
+        <v>481</v>
       </c>
       <c r="O162" t="s">
         <v>43</v>
       </c>
       <c r="P162">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="Q162" t="s">
-        <v>580</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:17" x14ac:dyDescent="0.35">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="163" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A163" t="s">
-        <v>524</v>
+        <v>393</v>
       </c>
       <c r="B163" t="s">
         <v>43</v>
       </c>
       <c r="C163" t="s">
-        <v>581</v>
+        <v>483</v>
       </c>
       <c r="D163" t="s">
-        <v>582</v>
+        <v>484</v>
       </c>
       <c r="F163" t="s">
-        <v>583</v>
+        <v>485</v>
       </c>
       <c r="G163">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H163" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="I163" t="s">
         <v>47</v>
       </c>
       <c r="J163" t="s">
         <v>48</v>
       </c>
       <c r="K163" t="s">
-        <v>584</v>
+        <v>486</v>
       </c>
       <c r="L163" t="s">
-        <v>585</v>
+        <v>487</v>
       </c>
       <c r="M163" s="1">
         <v>20</v>
       </c>
       <c r="N163" t="s">
-        <v>35</v>
+        <v>145</v>
       </c>
       <c r="O163" t="s">
         <v>43</v>
       </c>
       <c r="P163">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="Q163" t="s">
-        <v>586</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:17" x14ac:dyDescent="0.35">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="164" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A164" t="s">
-        <v>524</v>
+        <v>393</v>
       </c>
       <c r="B164" t="s">
         <v>43</v>
       </c>
       <c r="C164" t="s">
-        <v>587</v>
+        <v>489</v>
       </c>
       <c r="D164" t="s">
-        <v>588</v>
+        <v>490</v>
       </c>
       <c r="F164" t="s">
-        <v>589</v>
+        <v>491</v>
       </c>
       <c r="G164">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H164" t="s">
-        <v>18</v>
+        <v>96</v>
       </c>
       <c r="I164" t="s">
         <v>47</v>
       </c>
       <c r="J164" t="s">
         <v>48</v>
       </c>
       <c r="K164" t="s">
-        <v>590</v>
+        <v>492</v>
       </c>
       <c r="L164" t="s">
-        <v>591</v>
+        <v>493</v>
       </c>
       <c r="M164" s="1">
         <v>20</v>
       </c>
       <c r="N164" t="s">
-        <v>129</v>
+        <v>494</v>
       </c>
       <c r="O164" t="s">
         <v>43</v>
       </c>
       <c r="P164">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="Q164" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:17" x14ac:dyDescent="0.35">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="165" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A165" t="s">
-        <v>524</v>
+        <v>393</v>
       </c>
       <c r="B165" t="s">
-        <v>593</v>
+        <v>43</v>
       </c>
       <c r="C165" t="s">
-        <v>594</v>
+        <v>496</v>
       </c>
       <c r="D165" t="s">
-        <v>595</v>
-[...2 lines deleted...]
-        <v>596</v>
+        <v>497</v>
       </c>
       <c r="F165" t="s">
-        <v>597</v>
+        <v>498</v>
       </c>
       <c r="G165">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H165" t="s">
         <v>18</v>
       </c>
       <c r="I165" t="s">
         <v>47</v>
       </c>
       <c r="J165" t="s">
         <v>48</v>
       </c>
       <c r="K165" t="s">
-        <v>598</v>
+        <v>499</v>
       </c>
       <c r="L165" t="s">
-        <v>599</v>
+        <v>500</v>
       </c>
       <c r="M165" s="1">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="N165" t="s">
-        <v>494</v>
+        <v>501</v>
       </c>
       <c r="O165" t="s">
         <v>43</v>
       </c>
       <c r="P165">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="Q165" t="s">
-        <v>600</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:17" x14ac:dyDescent="0.35">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="166" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A166" t="s">
-        <v>524</v>
+        <v>393</v>
       </c>
       <c r="B166" t="s">
         <v>43</v>
       </c>
       <c r="C166" t="s">
-        <v>601</v>
+        <v>503</v>
       </c>
       <c r="D166" t="s">
-        <v>602</v>
+        <v>504</v>
       </c>
       <c r="F166" t="s">
-        <v>603</v>
+        <v>505</v>
       </c>
       <c r="G166">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H166" t="s">
         <v>18</v>
       </c>
       <c r="I166" t="s">
         <v>47</v>
       </c>
       <c r="J166" t="s">
         <v>48</v>
       </c>
       <c r="K166" t="s">
-        <v>604</v>
+        <v>506</v>
       </c>
       <c r="L166" t="s">
-        <v>605</v>
+        <v>507</v>
       </c>
       <c r="M166" s="1">
         <v>20</v>
       </c>
       <c r="N166" t="s">
-        <v>127</v>
+        <v>23</v>
       </c>
       <c r="O166" t="s">
         <v>43</v>
       </c>
       <c r="P166">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="Q166" t="s">
-        <v>606</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:17" x14ac:dyDescent="0.35">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="167" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A167" t="s">
-        <v>524</v>
+        <v>393</v>
       </c>
       <c r="B167" t="s">
-        <v>43</v>
+        <v>509</v>
       </c>
       <c r="C167" t="s">
-        <v>607</v>
+        <v>510</v>
       </c>
       <c r="D167" t="s">
-        <v>608</v>
+        <v>511</v>
       </c>
       <c r="F167" t="s">
-        <v>444</v>
+        <v>512</v>
       </c>
       <c r="G167">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H167" t="s">
         <v>18</v>
       </c>
       <c r="I167" t="s">
         <v>47</v>
       </c>
       <c r="J167" t="s">
         <v>48</v>
       </c>
       <c r="K167" t="s">
-        <v>609</v>
+        <v>513</v>
       </c>
       <c r="L167" t="s">
-        <v>610</v>
+        <v>514</v>
       </c>
       <c r="M167" s="1">
         <v>20</v>
       </c>
       <c r="N167" t="s">
-        <v>28</v>
+        <v>125</v>
       </c>
       <c r="O167" t="s">
         <v>43</v>
       </c>
       <c r="P167">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="Q167" t="s">
-        <v>611</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:17" x14ac:dyDescent="0.35">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="168" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A168" t="s">
-        <v>524</v>
+        <v>393</v>
       </c>
       <c r="B168" t="s">
         <v>43</v>
       </c>
       <c r="C168" t="s">
-        <v>612</v>
+        <v>516</v>
       </c>
       <c r="D168" t="s">
-        <v>613</v>
+        <v>517</v>
       </c>
       <c r="F168" t="s">
-        <v>614</v>
+        <v>518</v>
       </c>
       <c r="G168">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H168" t="s">
-        <v>96</v>
+        <v>63</v>
       </c>
       <c r="I168" t="s">
         <v>47</v>
       </c>
       <c r="J168" t="s">
         <v>48</v>
       </c>
       <c r="K168" t="s">
-        <v>615</v>
+        <v>519</v>
       </c>
       <c r="L168" t="s">
-        <v>616</v>
+        <v>520</v>
       </c>
       <c r="M168" s="1">
         <v>20</v>
       </c>
       <c r="N168" t="s">
-        <v>22</v>
+        <v>521</v>
       </c>
       <c r="O168" t="s">
         <v>43</v>
       </c>
       <c r="P168">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="Q168" t="s">
-        <v>617</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:17" x14ac:dyDescent="0.35">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="169" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A169" t="s">
         <v>524</v>
       </c>
       <c r="B169" t="s">
         <v>43</v>
       </c>
       <c r="C169" t="s">
-        <v>618</v>
+        <v>525</v>
       </c>
       <c r="D169" t="s">
-        <v>619</v>
+        <v>526</v>
+      </c>
+      <c r="E169" t="s">
+        <v>527</v>
       </c>
       <c r="F169" t="s">
-        <v>614</v>
+        <v>62</v>
       </c>
       <c r="G169">
         <v>2020</v>
       </c>
       <c r="H169" t="s">
-        <v>96</v>
+        <v>63</v>
       </c>
       <c r="I169" t="s">
         <v>47</v>
       </c>
       <c r="J169" t="s">
         <v>48</v>
       </c>
       <c r="K169" t="s">
-        <v>620</v>
+        <v>528</v>
       </c>
       <c r="L169" t="s">
-        <v>621</v>
+        <v>529</v>
       </c>
       <c r="M169" s="1">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="N169" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="O169" t="s">
         <v>43</v>
       </c>
       <c r="P169">
         <v>2020</v>
       </c>
       <c r="Q169" t="s">
-        <v>622</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:17" x14ac:dyDescent="0.35">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="170" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A170" t="s">
-        <v>623</v>
+        <v>524</v>
       </c>
       <c r="B170" t="s">
         <v>43</v>
       </c>
       <c r="C170" t="s">
-        <v>441</v>
+        <v>531</v>
       </c>
       <c r="D170" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-        <v>624</v>
+        <v>532</v>
       </c>
       <c r="F170" t="s">
-        <v>444</v>
+        <v>533</v>
       </c>
       <c r="G170">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H170" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="I170" t="s">
         <v>47</v>
       </c>
       <c r="J170" t="s">
         <v>48</v>
       </c>
       <c r="K170" t="s">
-        <v>625</v>
+        <v>534</v>
       </c>
       <c r="L170" t="s">
-        <v>626</v>
+        <v>535</v>
       </c>
       <c r="M170" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="N170" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="O170" t="s">
         <v>43</v>
       </c>
       <c r="P170">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="Q170" t="s">
-        <v>627</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:17" x14ac:dyDescent="0.35">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="171" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A171" t="s">
-        <v>623</v>
+        <v>524</v>
       </c>
       <c r="B171" t="s">
         <v>43</v>
       </c>
       <c r="C171" t="s">
-        <v>628</v>
+        <v>537</v>
       </c>
       <c r="D171" t="s">
-        <v>629</v>
+        <v>538</v>
       </c>
       <c r="F171" t="s">
         <v>163</v>
       </c>
       <c r="G171">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H171" t="s">
         <v>18</v>
       </c>
       <c r="I171" t="s">
         <v>47</v>
       </c>
       <c r="J171" t="s">
         <v>48</v>
       </c>
       <c r="K171" t="s">
-        <v>630</v>
+        <v>539</v>
       </c>
       <c r="L171" t="s">
-        <v>631</v>
+        <v>540</v>
       </c>
       <c r="M171" s="1">
         <v>20</v>
       </c>
       <c r="N171" t="s">
-        <v>135</v>
+        <v>19</v>
       </c>
       <c r="O171" t="s">
         <v>43</v>
       </c>
       <c r="P171">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="Q171" t="s">
-        <v>632</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:17" x14ac:dyDescent="0.35">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="172" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A172" t="s">
-        <v>623</v>
+        <v>524</v>
       </c>
       <c r="B172" t="s">
-        <v>1162</v>
+        <v>43</v>
       </c>
       <c r="C172" t="s">
-        <v>633</v>
+        <v>542</v>
       </c>
       <c r="D172" t="s">
-        <v>634</v>
+        <v>543</v>
       </c>
       <c r="F172" t="s">
-        <v>635</v>
+        <v>95</v>
       </c>
       <c r="G172">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H172" t="s">
         <v>18</v>
       </c>
       <c r="I172" t="s">
         <v>47</v>
       </c>
       <c r="J172" t="s">
         <v>48</v>
       </c>
       <c r="K172" t="s">
-        <v>636</v>
+        <v>544</v>
       </c>
       <c r="L172" t="s">
-        <v>637</v>
+        <v>545</v>
       </c>
       <c r="M172" s="1">
+        <v>33</v>
+      </c>
+      <c r="N172" t="s">
+        <v>37</v>
+      </c>
+      <c r="O172" t="s">
+        <v>43</v>
+      </c>
+      <c r="P172">
+        <v>2020</v>
+      </c>
+      <c r="Q172" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="173" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A173" t="s">
+        <v>524</v>
+      </c>
+      <c r="B173" t="s">
+        <v>43</v>
+      </c>
+      <c r="C173" t="s">
+        <v>547</v>
+      </c>
+      <c r="D173" t="s">
+        <v>548</v>
+      </c>
+      <c r="F173" t="s">
+        <v>549</v>
+      </c>
+      <c r="G173">
+        <v>2020</v>
+      </c>
+      <c r="H173" t="s">
+        <v>96</v>
+      </c>
+      <c r="I173" t="s">
+        <v>47</v>
+      </c>
+      <c r="J173" t="s">
+        <v>48</v>
+      </c>
+      <c r="K173" t="s">
+        <v>550</v>
+      </c>
+      <c r="L173" t="s">
+        <v>551</v>
+      </c>
+      <c r="M173" s="1">
         <v>20</v>
       </c>
-      <c r="N172" t="s">
-[...48 lines deleted...]
-      </c>
       <c r="N173" t="s">
-        <v>644</v>
+        <v>28</v>
       </c>
       <c r="O173" t="s">
         <v>43</v>
       </c>
       <c r="P173">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="Q173" t="s">
-        <v>645</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:17" x14ac:dyDescent="0.35">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="174" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A174" t="s">
-        <v>623</v>
+        <v>524</v>
       </c>
       <c r="B174" t="s">
         <v>43</v>
       </c>
       <c r="C174" t="s">
-        <v>646</v>
+        <v>553</v>
       </c>
       <c r="D174" t="s">
-        <v>647</v>
+        <v>554</v>
       </c>
       <c r="F174" t="s">
-        <v>169</v>
+        <v>555</v>
       </c>
       <c r="G174">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H174" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="I174" t="s">
         <v>47</v>
       </c>
       <c r="J174" t="s">
         <v>48</v>
       </c>
       <c r="K174" t="s">
-        <v>648</v>
+        <v>556</v>
       </c>
       <c r="L174" t="s">
-        <v>649</v>
+        <v>557</v>
       </c>
       <c r="M174" s="1">
         <v>20</v>
       </c>
       <c r="N174" t="s">
+        <v>24</v>
+      </c>
+      <c r="O174" t="s">
+        <v>43</v>
+      </c>
+      <c r="P174">
+        <v>2020</v>
+      </c>
+      <c r="Q174" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="175" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A175" t="s">
+        <v>524</v>
+      </c>
+      <c r="B175" t="s">
+        <v>43</v>
+      </c>
+      <c r="C175" t="s">
+        <v>559</v>
+      </c>
+      <c r="D175" t="s">
+        <v>560</v>
+      </c>
+      <c r="F175" t="s">
+        <v>561</v>
+      </c>
+      <c r="G175">
+        <v>2020</v>
+      </c>
+      <c r="H175" t="s">
+        <v>18</v>
+      </c>
+      <c r="I175" t="s">
+        <v>47</v>
+      </c>
+      <c r="J175" t="s">
+        <v>48</v>
+      </c>
+      <c r="K175" t="s">
+        <v>562</v>
+      </c>
+      <c r="L175" t="s">
+        <v>563</v>
+      </c>
+      <c r="M175" s="1">
+        <v>20</v>
+      </c>
+      <c r="N175" t="s">
         <v>35</v>
       </c>
-      <c r="O174" t="s">
-[...48 lines deleted...]
-      </c>
       <c r="O175" t="s">
         <v>43</v>
       </c>
       <c r="P175">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="Q175" t="s">
-        <v>656</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:17" x14ac:dyDescent="0.35">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="176" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A176" t="s">
-        <v>623</v>
+        <v>524</v>
       </c>
       <c r="B176" t="s">
         <v>43</v>
       </c>
       <c r="C176" t="s">
-        <v>657</v>
+        <v>565</v>
       </c>
       <c r="D176" t="s">
-        <v>658</v>
+        <v>566</v>
       </c>
       <c r="F176" t="s">
-        <v>659</v>
+        <v>208</v>
       </c>
       <c r="G176">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H176" t="s">
-        <v>18</v>
+        <v>96</v>
       </c>
       <c r="I176" t="s">
         <v>47</v>
       </c>
       <c r="J176" t="s">
         <v>48</v>
       </c>
       <c r="K176" t="s">
-        <v>660</v>
+        <v>567</v>
       </c>
       <c r="L176" t="s">
-        <v>661</v>
+        <v>568</v>
       </c>
       <c r="M176" s="1">
+        <v>27</v>
+      </c>
+      <c r="N176" t="s">
+        <v>185</v>
+      </c>
+      <c r="O176" t="s">
+        <v>43</v>
+      </c>
+      <c r="P176">
+        <v>2020</v>
+      </c>
+      <c r="Q176" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="177" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A177" t="s">
+        <v>524</v>
+      </c>
+      <c r="B177" t="s">
+        <v>43</v>
+      </c>
+      <c r="C177" t="s">
+        <v>570</v>
+      </c>
+      <c r="D177" t="s">
+        <v>571</v>
+      </c>
+      <c r="F177" t="s">
+        <v>359</v>
+      </c>
+      <c r="G177">
+        <v>2020</v>
+      </c>
+      <c r="H177" t="s">
+        <v>18</v>
+      </c>
+      <c r="I177" t="s">
+        <v>47</v>
+      </c>
+      <c r="J177" t="s">
+        <v>48</v>
+      </c>
+      <c r="K177" t="s">
+        <v>572</v>
+      </c>
+      <c r="L177" t="s">
+        <v>573</v>
+      </c>
+      <c r="M177" s="1">
         <v>20</v>
       </c>
-      <c r="N176" t="s">
-[...46 lines deleted...]
-      <c r="M177" s="1">
+      <c r="N177" t="s">
+        <v>574</v>
+      </c>
+      <c r="O177" t="s">
+        <v>43</v>
+      </c>
+      <c r="P177">
+        <v>2020</v>
+      </c>
+      <c r="Q177" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="178" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A178" t="s">
+        <v>524</v>
+      </c>
+      <c r="B178" t="s">
+        <v>43</v>
+      </c>
+      <c r="C178" t="s">
+        <v>576</v>
+      </c>
+      <c r="D178" t="s">
+        <v>577</v>
+      </c>
+      <c r="F178" t="s">
+        <v>169</v>
+      </c>
+      <c r="G178">
+        <v>2020</v>
+      </c>
+      <c r="H178" t="s">
+        <v>18</v>
+      </c>
+      <c r="I178" t="s">
+        <v>47</v>
+      </c>
+      <c r="J178" t="s">
+        <v>48</v>
+      </c>
+      <c r="K178" t="s">
+        <v>578</v>
+      </c>
+      <c r="L178" t="s">
+        <v>579</v>
+      </c>
+      <c r="M178" s="1">
+        <v>20</v>
+      </c>
+      <c r="N178" t="s">
         <v>35</v>
       </c>
-      <c r="N177" t="s">
-[...51 lines deleted...]
-      </c>
       <c r="O178" t="s">
         <v>43</v>
       </c>
       <c r="P178">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="Q178" t="s">
-        <v>674</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:17" x14ac:dyDescent="0.35">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="179" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A179" t="s">
-        <v>663</v>
+        <v>524</v>
       </c>
       <c r="B179" t="s">
         <v>43</v>
       </c>
       <c r="C179" t="s">
-        <v>675</v>
+        <v>581</v>
       </c>
       <c r="D179" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>677</v>
+        <v>582</v>
       </c>
       <c r="F179" t="s">
-        <v>62</v>
+        <v>583</v>
       </c>
       <c r="G179">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H179" t="s">
         <v>63</v>
       </c>
       <c r="I179" t="s">
         <v>47</v>
       </c>
       <c r="J179" t="s">
         <v>48</v>
       </c>
       <c r="K179" t="s">
-        <v>678</v>
+        <v>584</v>
       </c>
       <c r="L179" t="s">
-        <v>679</v>
+        <v>585</v>
       </c>
       <c r="M179" s="1">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="N179" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="O179" t="s">
         <v>43</v>
       </c>
       <c r="P179">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="Q179" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:17" x14ac:dyDescent="0.35">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="180" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A180" t="s">
-        <v>663</v>
+        <v>524</v>
       </c>
       <c r="B180" t="s">
         <v>43</v>
       </c>
       <c r="C180" t="s">
-        <v>681</v>
+        <v>587</v>
       </c>
       <c r="D180" t="s">
-        <v>682</v>
-[...2 lines deleted...]
-        <v>523</v>
+        <v>588</v>
       </c>
       <c r="F180" t="s">
-        <v>294</v>
+        <v>589</v>
       </c>
       <c r="G180">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H180" t="s">
         <v>18</v>
       </c>
       <c r="I180" t="s">
         <v>47</v>
       </c>
       <c r="J180" t="s">
         <v>48</v>
       </c>
       <c r="K180" t="s">
-        <v>683</v>
+        <v>590</v>
       </c>
       <c r="L180" t="s">
-        <v>684</v>
+        <v>591</v>
       </c>
       <c r="M180" s="1">
-        <v>24.4</v>
+        <v>20</v>
       </c>
       <c r="N180" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="O180" t="s">
         <v>43</v>
       </c>
       <c r="P180">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="Q180" t="s">
-        <v>685</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:17" x14ac:dyDescent="0.35">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="181" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A181" t="s">
-        <v>663</v>
+        <v>524</v>
       </c>
       <c r="B181" t="s">
-        <v>43</v>
+        <v>593</v>
       </c>
       <c r="C181" t="s">
-        <v>681</v>
+        <v>594</v>
       </c>
       <c r="D181" t="s">
-        <v>682</v>
+        <v>595</v>
       </c>
       <c r="E181" t="s">
-        <v>337</v>
+        <v>596</v>
       </c>
       <c r="F181" t="s">
-        <v>294</v>
+        <v>597</v>
       </c>
       <c r="G181">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H181" t="s">
         <v>18</v>
       </c>
       <c r="I181" t="s">
         <v>47</v>
       </c>
       <c r="J181" t="s">
         <v>48</v>
       </c>
       <c r="K181" t="s">
-        <v>686</v>
+        <v>598</v>
       </c>
       <c r="L181" t="s">
-        <v>687</v>
+        <v>599</v>
       </c>
       <c r="M181" s="1">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="N181" t="s">
-        <v>132</v>
+        <v>494</v>
       </c>
       <c r="O181" t="s">
         <v>43</v>
       </c>
       <c r="P181">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="Q181" t="s">
-        <v>688</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:17" x14ac:dyDescent="0.35">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="182" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A182" t="s">
-        <v>663</v>
+        <v>524</v>
       </c>
       <c r="B182" t="s">
         <v>43</v>
       </c>
       <c r="C182" t="s">
-        <v>689</v>
+        <v>601</v>
       </c>
       <c r="D182" t="s">
-        <v>690</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>602</v>
       </c>
       <c r="F182" t="s">
-        <v>54</v>
+        <v>603</v>
       </c>
       <c r="G182">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H182" t="s">
         <v>18</v>
       </c>
       <c r="I182" t="s">
         <v>47</v>
       </c>
       <c r="J182" t="s">
         <v>48</v>
       </c>
       <c r="K182" t="s">
-        <v>691</v>
+        <v>604</v>
       </c>
       <c r="L182" t="s">
-        <v>692</v>
+        <v>605</v>
       </c>
       <c r="M182" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="N182" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="O182" t="s">
         <v>43</v>
       </c>
       <c r="P182">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="Q182" t="s">
-        <v>693</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:17" x14ac:dyDescent="0.35">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="183" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A183" t="s">
-        <v>663</v>
+        <v>524</v>
       </c>
       <c r="B183" t="s">
         <v>43</v>
       </c>
       <c r="C183" t="s">
-        <v>689</v>
+        <v>607</v>
       </c>
       <c r="D183" t="s">
-        <v>690</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>608</v>
       </c>
       <c r="F183" t="s">
-        <v>54</v>
+        <v>444</v>
       </c>
       <c r="G183">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H183" t="s">
         <v>18</v>
       </c>
       <c r="I183" t="s">
         <v>47</v>
       </c>
       <c r="J183" t="s">
         <v>48</v>
       </c>
       <c r="K183" t="s">
-        <v>694</v>
+        <v>609</v>
       </c>
       <c r="L183" t="s">
-        <v>695</v>
+        <v>610</v>
       </c>
       <c r="M183" s="1">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
         <v>43</v>
       </c>
       <c r="P183">
+        <v>2020</v>
+      </c>
+      <c r="Q183" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="184" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A184" t="s">
+        <v>524</v>
+      </c>
+      <c r="B184" t="s">
+        <v>43</v>
+      </c>
+      <c r="C184" t="s">
+        <v>612</v>
+      </c>
+      <c r="D184" t="s">
+        <v>613</v>
+      </c>
+      <c r="F184" t="s">
+        <v>614</v>
+      </c>
+      <c r="G184">
+        <v>2020</v>
+      </c>
+      <c r="H184" t="s">
+        <v>96</v>
+      </c>
+      <c r="I184" t="s">
+        <v>47</v>
+      </c>
+      <c r="J184" t="s">
+        <v>48</v>
+      </c>
+      <c r="K184" t="s">
+        <v>615</v>
+      </c>
+      <c r="L184" t="s">
+        <v>616</v>
+      </c>
+      <c r="M184" s="1">
+        <v>20</v>
+      </c>
+      <c r="N184" t="s">
+        <v>22</v>
+      </c>
+      <c r="O184" t="s">
+        <v>43</v>
+      </c>
+      <c r="P184">
+        <v>2020</v>
+      </c>
+      <c r="Q184" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="185" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A185" t="s">
+        <v>524</v>
+      </c>
+      <c r="B185" t="s">
+        <v>43</v>
+      </c>
+      <c r="C185" t="s">
+        <v>618</v>
+      </c>
+      <c r="D185" t="s">
+        <v>619</v>
+      </c>
+      <c r="F185" t="s">
+        <v>614</v>
+      </c>
+      <c r="G185">
+        <v>2020</v>
+      </c>
+      <c r="H185" t="s">
+        <v>96</v>
+      </c>
+      <c r="I185" t="s">
+        <v>47</v>
+      </c>
+      <c r="J185" t="s">
+        <v>48</v>
+      </c>
+      <c r="K185" t="s">
+        <v>620</v>
+      </c>
+      <c r="L185" t="s">
+        <v>621</v>
+      </c>
+      <c r="M185" s="1">
+        <v>20</v>
+      </c>
+      <c r="N185" t="s">
+        <v>22</v>
+      </c>
+      <c r="O185" t="s">
+        <v>43</v>
+      </c>
+      <c r="P185">
+        <v>2020</v>
+      </c>
+      <c r="Q185" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="186" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A186" t="s">
+        <v>623</v>
+      </c>
+      <c r="B186" t="s">
+        <v>43</v>
+      </c>
+      <c r="C186" t="s">
+        <v>441</v>
+      </c>
+      <c r="D186" t="s">
+        <v>442</v>
+      </c>
+      <c r="E186" t="s">
+        <v>624</v>
+      </c>
+      <c r="F186" t="s">
+        <v>444</v>
+      </c>
+      <c r="G186">
         <v>2019</v>
       </c>
-      <c r="Q183" t="s">
-[...127 lines deleted...]
-      </c>
       <c r="H186" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="I186" t="s">
         <v>47</v>
       </c>
       <c r="J186" t="s">
         <v>48</v>
       </c>
       <c r="K186" t="s">
-        <v>709</v>
+        <v>625</v>
       </c>
       <c r="L186" t="s">
-        <v>710</v>
+        <v>626</v>
       </c>
       <c r="M186" s="1">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="N186" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="O186" t="s">
         <v>43</v>
       </c>
       <c r="P186">
         <v>2019</v>
       </c>
       <c r="Q186" t="s">
-        <v>711</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:17" x14ac:dyDescent="0.35">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="187" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A187" t="s">
-        <v>663</v>
+        <v>623</v>
       </c>
       <c r="B187" t="s">
         <v>43</v>
       </c>
       <c r="C187" t="s">
-        <v>712</v>
+        <v>628</v>
       </c>
       <c r="D187" t="s">
-        <v>713</v>
-[...2 lines deleted...]
-        <v>714</v>
+        <v>629</v>
       </c>
       <c r="F187" t="s">
-        <v>62</v>
+        <v>163</v>
       </c>
       <c r="G187">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="H187" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="I187" t="s">
         <v>47</v>
       </c>
       <c r="J187" t="s">
         <v>48</v>
       </c>
       <c r="K187" t="s">
-        <v>715</v>
+        <v>630</v>
       </c>
       <c r="L187" t="s">
-        <v>716</v>
+        <v>631</v>
       </c>
       <c r="M187" s="1">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="N187" t="s">
-        <v>39</v>
+        <v>135</v>
       </c>
       <c r="O187" t="s">
         <v>43</v>
       </c>
       <c r="P187">
         <v>2019</v>
       </c>
       <c r="Q187" t="s">
-        <v>717</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:17" x14ac:dyDescent="0.35">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="188" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A188" t="s">
-        <v>663</v>
+        <v>623</v>
       </c>
       <c r="B188" t="s">
-        <v>43</v>
+        <v>1162</v>
       </c>
       <c r="C188" t="s">
-        <v>718</v>
+        <v>633</v>
       </c>
       <c r="D188" t="s">
-        <v>719</v>
+        <v>634</v>
       </c>
       <c r="F188" t="s">
-        <v>720</v>
+        <v>635</v>
       </c>
       <c r="G188">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="H188" t="s">
         <v>18</v>
       </c>
       <c r="I188" t="s">
         <v>47</v>
       </c>
       <c r="J188" t="s">
         <v>48</v>
       </c>
       <c r="K188" t="s">
-        <v>721</v>
+        <v>636</v>
       </c>
       <c r="L188" t="s">
-        <v>722</v>
+        <v>637</v>
       </c>
       <c r="M188" s="1">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="N188" t="s">
-        <v>144</v>
+        <v>289</v>
       </c>
       <c r="O188" t="s">
         <v>43</v>
       </c>
       <c r="P188">
         <v>2019</v>
       </c>
       <c r="Q188" t="s">
-        <v>723</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:17" x14ac:dyDescent="0.35">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="189" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A189" t="s">
-        <v>663</v>
+        <v>623</v>
       </c>
       <c r="B189" t="s">
         <v>43</v>
       </c>
       <c r="C189" t="s">
-        <v>724</v>
+        <v>639</v>
       </c>
       <c r="D189" t="s">
-        <v>725</v>
+        <v>640</v>
       </c>
       <c r="F189" t="s">
-        <v>726</v>
+        <v>641</v>
       </c>
       <c r="G189">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="H189" t="s">
         <v>18</v>
       </c>
       <c r="I189" t="s">
         <v>47</v>
       </c>
       <c r="J189" t="s">
         <v>48</v>
       </c>
       <c r="K189" t="s">
-        <v>727</v>
+        <v>642</v>
       </c>
       <c r="L189" t="s">
-        <v>728</v>
+        <v>643</v>
       </c>
       <c r="M189" s="1">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="N189" t="s">
-        <v>79</v>
+        <v>644</v>
       </c>
       <c r="O189" t="s">
         <v>43</v>
       </c>
       <c r="P189">
         <v>2019</v>
       </c>
       <c r="Q189" t="s">
-        <v>729</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:17" x14ac:dyDescent="0.35">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="190" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A190" t="s">
-        <v>663</v>
+        <v>623</v>
       </c>
       <c r="B190" t="s">
         <v>43</v>
       </c>
       <c r="C190" t="s">
-        <v>730</v>
+        <v>646</v>
       </c>
       <c r="D190" t="s">
-        <v>731</v>
+        <v>647</v>
       </c>
       <c r="F190" t="s">
-        <v>359</v>
+        <v>169</v>
       </c>
       <c r="G190">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="H190" t="s">
         <v>18</v>
       </c>
       <c r="I190" t="s">
         <v>47</v>
       </c>
       <c r="J190" t="s">
         <v>48</v>
       </c>
       <c r="K190" t="s">
-        <v>732</v>
+        <v>648</v>
       </c>
       <c r="L190" t="s">
-        <v>733</v>
+        <v>649</v>
       </c>
       <c r="M190" s="1">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="N190" t="s">
-        <v>574</v>
+        <v>35</v>
       </c>
       <c r="O190" t="s">
         <v>43</v>
       </c>
       <c r="P190">
         <v>2019</v>
       </c>
       <c r="Q190" t="s">
-        <v>734</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:17" x14ac:dyDescent="0.35">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="191" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A191" t="s">
-        <v>663</v>
+        <v>623</v>
       </c>
       <c r="B191" t="s">
         <v>43</v>
       </c>
       <c r="C191" t="s">
-        <v>735</v>
+        <v>651</v>
       </c>
       <c r="D191" t="s">
-        <v>736</v>
+        <v>652</v>
       </c>
       <c r="F191" t="s">
-        <v>737</v>
+        <v>653</v>
       </c>
       <c r="G191">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="H191" t="s">
         <v>18</v>
       </c>
       <c r="I191" t="s">
         <v>47</v>
       </c>
       <c r="J191" t="s">
         <v>48</v>
       </c>
       <c r="K191" t="s">
-        <v>738</v>
+        <v>654</v>
       </c>
       <c r="L191" t="s">
-        <v>739</v>
+        <v>655</v>
       </c>
       <c r="M191" s="1">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="N191" t="s">
-        <v>129</v>
+        <v>143</v>
       </c>
       <c r="O191" t="s">
         <v>43</v>
       </c>
       <c r="P191">
         <v>2019</v>
       </c>
       <c r="Q191" t="s">
-        <v>740</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:17" x14ac:dyDescent="0.35">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="192" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A192" t="s">
-        <v>663</v>
+        <v>623</v>
       </c>
       <c r="B192" t="s">
         <v>43</v>
       </c>
       <c r="C192" t="s">
-        <v>741</v>
+        <v>657</v>
       </c>
       <c r="D192" t="s">
-        <v>742</v>
+        <v>658</v>
       </c>
       <c r="F192" t="s">
-        <v>743</v>
+        <v>659</v>
       </c>
       <c r="G192">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="H192" t="s">
         <v>18</v>
       </c>
       <c r="I192" t="s">
         <v>47</v>
       </c>
       <c r="J192" t="s">
         <v>48</v>
       </c>
       <c r="K192" t="s">
-        <v>744</v>
+        <v>660</v>
       </c>
       <c r="L192" t="s">
-        <v>745</v>
+        <v>661</v>
       </c>
       <c r="M192" s="1">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="N192" t="s">
-        <v>140</v>
+        <v>128</v>
       </c>
       <c r="O192" t="s">
         <v>43</v>
       </c>
       <c r="P192">
         <v>2019</v>
       </c>
       <c r="Q192" t="s">
-        <v>746</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:17" x14ac:dyDescent="0.35">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="193" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A193" t="s">
         <v>663</v>
       </c>
       <c r="B193" t="s">
         <v>43</v>
       </c>
       <c r="C193" t="s">
-        <v>747</v>
+        <v>664</v>
       </c>
       <c r="D193" t="s">
-        <v>748</v>
+        <v>665</v>
       </c>
       <c r="F193" t="s">
-        <v>156</v>
+        <v>95</v>
       </c>
       <c r="G193">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="H193" t="s">
         <v>18</v>
       </c>
       <c r="I193" t="s">
         <v>47</v>
       </c>
       <c r="J193" t="s">
         <v>48</v>
       </c>
       <c r="K193" t="s">
-        <v>749</v>
+        <v>666</v>
       </c>
       <c r="L193" t="s">
-        <v>750</v>
+        <v>667</v>
       </c>
       <c r="M193" s="1">
-        <v>19</v>
+        <v>35</v>
       </c>
       <c r="N193" t="s">
-        <v>39</v>
+        <v>139</v>
       </c>
       <c r="O193" t="s">
         <v>43</v>
       </c>
       <c r="P193">
         <v>2019</v>
       </c>
       <c r="Q193" t="s">
-        <v>751</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:17" x14ac:dyDescent="0.35">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="194" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A194" t="s">
         <v>663</v>
       </c>
       <c r="B194" t="s">
         <v>43</v>
       </c>
       <c r="C194" t="s">
-        <v>752</v>
+        <v>669</v>
       </c>
       <c r="D194" t="s">
-        <v>753</v>
+        <v>670</v>
       </c>
       <c r="F194" t="s">
-        <v>754</v>
+        <v>485</v>
       </c>
       <c r="G194">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="H194" t="s">
         <v>18</v>
       </c>
       <c r="I194" t="s">
         <v>47</v>
       </c>
       <c r="J194" t="s">
         <v>48</v>
       </c>
       <c r="K194" t="s">
-        <v>755</v>
+        <v>671</v>
       </c>
       <c r="L194" t="s">
-        <v>756</v>
+        <v>672</v>
       </c>
       <c r="M194" s="1">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="N194" t="s">
-        <v>24</v>
+        <v>673</v>
       </c>
       <c r="O194" t="s">
         <v>43</v>
       </c>
       <c r="P194">
         <v>2019</v>
       </c>
       <c r="Q194" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:17" x14ac:dyDescent="0.35">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="195" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A195" t="s">
         <v>663</v>
       </c>
       <c r="B195" t="s">
         <v>43</v>
       </c>
       <c r="C195" t="s">
-        <v>758</v>
+        <v>675</v>
       </c>
       <c r="D195" t="s">
-        <v>759</v>
+        <v>676</v>
+      </c>
+      <c r="E195" t="s">
+        <v>677</v>
       </c>
       <c r="F195" t="s">
-        <v>760</v>
+        <v>62</v>
       </c>
       <c r="G195">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="H195" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="I195" t="s">
         <v>47</v>
       </c>
       <c r="J195" t="s">
         <v>48</v>
       </c>
       <c r="K195" t="s">
-        <v>761</v>
+        <v>678</v>
       </c>
       <c r="L195" t="s">
-        <v>762</v>
+        <v>679</v>
       </c>
       <c r="M195" s="1">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="N195" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="O195" t="s">
         <v>43</v>
       </c>
       <c r="P195">
         <v>2019</v>
       </c>
       <c r="Q195" t="s">
-        <v>763</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:17" x14ac:dyDescent="0.35">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="196" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A196" t="s">
         <v>663</v>
       </c>
       <c r="B196" t="s">
         <v>43</v>
       </c>
       <c r="C196" t="s">
-        <v>764</v>
+        <v>681</v>
       </c>
       <c r="D196" t="s">
-        <v>765</v>
+        <v>682</v>
+      </c>
+      <c r="E196" t="s">
+        <v>523</v>
       </c>
       <c r="F196" t="s">
-        <v>766</v>
+        <v>294</v>
       </c>
       <c r="G196">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="H196" t="s">
         <v>18</v>
       </c>
       <c r="I196" t="s">
         <v>47</v>
       </c>
       <c r="J196" t="s">
         <v>48</v>
       </c>
       <c r="K196" t="s">
-        <v>767</v>
+        <v>683</v>
       </c>
       <c r="L196" t="s">
-        <v>768</v>
+        <v>684</v>
       </c>
       <c r="M196" s="1">
-        <v>29</v>
+        <v>24.4</v>
       </c>
       <c r="N196" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="O196" t="s">
         <v>43</v>
       </c>
       <c r="P196">
         <v>2019</v>
       </c>
       <c r="Q196" t="s">
-        <v>769</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:17" x14ac:dyDescent="0.35">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="197" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A197" t="s">
         <v>663</v>
       </c>
       <c r="B197" t="s">
         <v>43</v>
       </c>
       <c r="C197" t="s">
-        <v>770</v>
+        <v>681</v>
       </c>
       <c r="D197" t="s">
-        <v>771</v>
+        <v>682</v>
+      </c>
+      <c r="E197" t="s">
+        <v>337</v>
       </c>
       <c r="F197" t="s">
-        <v>772</v>
+        <v>294</v>
       </c>
       <c r="G197">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="H197" t="s">
         <v>18</v>
       </c>
       <c r="I197" t="s">
         <v>47</v>
       </c>
       <c r="J197" t="s">
         <v>48</v>
       </c>
       <c r="K197" t="s">
-        <v>773</v>
+        <v>686</v>
       </c>
       <c r="L197" t="s">
-        <v>774</v>
+        <v>687</v>
       </c>
       <c r="M197" s="1">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="N197" t="s">
-        <v>142</v>
+        <v>132</v>
       </c>
       <c r="O197" t="s">
         <v>43</v>
       </c>
       <c r="P197">
         <v>2019</v>
       </c>
       <c r="Q197" t="s">
-        <v>775</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:17" x14ac:dyDescent="0.35">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="198" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A198" t="s">
         <v>663</v>
       </c>
       <c r="B198" t="s">
         <v>43</v>
       </c>
       <c r="C198" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="D198" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
       <c r="E198" t="s">
-        <v>776</v>
+        <v>38</v>
       </c>
       <c r="F198" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="G198">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="H198" t="s">
         <v>18</v>
       </c>
       <c r="I198" t="s">
         <v>47</v>
       </c>
       <c r="J198" t="s">
         <v>48</v>
       </c>
       <c r="K198" t="s">
-        <v>777</v>
+        <v>691</v>
       </c>
       <c r="L198" t="s">
-        <v>778</v>
+        <v>692</v>
       </c>
       <c r="M198" s="1">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="N198" t="s">
-        <v>779</v>
+        <v>28</v>
       </c>
       <c r="O198" t="s">
         <v>43</v>
       </c>
       <c r="P198">
         <v>2019</v>
       </c>
       <c r="Q198" t="s">
-        <v>780</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:17" x14ac:dyDescent="0.35">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="199" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A199" t="s">
         <v>663</v>
       </c>
       <c r="B199" t="s">
         <v>43</v>
       </c>
       <c r="C199" t="s">
-        <v>712</v>
+        <v>689</v>
       </c>
       <c r="D199" t="s">
-        <v>713</v>
+        <v>690</v>
       </c>
       <c r="E199" t="s">
-        <v>781</v>
+        <v>40</v>
       </c>
       <c r="F199" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="G199">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="H199" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="I199" t="s">
         <v>47</v>
       </c>
       <c r="J199" t="s">
         <v>48</v>
       </c>
       <c r="K199" t="s">
-        <v>782</v>
+        <v>694</v>
       </c>
       <c r="L199" t="s">
-        <v>783</v>
+        <v>695</v>
       </c>
       <c r="M199" s="1">
+        <v>17</v>
+      </c>
+      <c r="N199" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="O199" t="s">
         <v>43</v>
       </c>
       <c r="P199">
         <v>2019</v>
       </c>
       <c r="Q199" t="s">
-        <v>784</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:17" x14ac:dyDescent="0.35">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="200" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A200" t="s">
         <v>663</v>
       </c>
       <c r="B200" t="s">
         <v>43</v>
       </c>
       <c r="C200" t="s">
-        <v>785</v>
+        <v>675</v>
       </c>
       <c r="D200" t="s">
-        <v>786</v>
+        <v>676</v>
+      </c>
+      <c r="E200" t="s">
+        <v>697</v>
       </c>
       <c r="F200" t="s">
-        <v>787</v>
+        <v>62</v>
       </c>
       <c r="G200">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="H200" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="I200" t="s">
         <v>47</v>
       </c>
       <c r="J200" t="s">
         <v>48</v>
       </c>
       <c r="K200" t="s">
-        <v>788</v>
+        <v>698</v>
       </c>
       <c r="L200" t="s">
-        <v>789</v>
+        <v>699</v>
       </c>
       <c r="M200" s="1">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="N200" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="O200" t="s">
         <v>43</v>
       </c>
       <c r="P200">
         <v>2019</v>
       </c>
       <c r="Q200" t="s">
-        <v>790</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:17" x14ac:dyDescent="0.35">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="201" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A201" t="s">
         <v>663</v>
       </c>
       <c r="B201" t="s">
         <v>43</v>
       </c>
       <c r="C201" t="s">
-        <v>791</v>
+        <v>701</v>
       </c>
       <c r="D201" t="s">
-        <v>792</v>
+        <v>702</v>
+      </c>
+      <c r="E201" t="s">
+        <v>703</v>
       </c>
       <c r="F201" t="s">
-        <v>793</v>
+        <v>62</v>
       </c>
       <c r="G201">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="H201" t="s">
         <v>18</v>
       </c>
       <c r="I201" t="s">
         <v>47</v>
       </c>
       <c r="J201" t="s">
         <v>48</v>
       </c>
       <c r="K201" t="s">
-        <v>794</v>
+        <v>704</v>
       </c>
       <c r="L201" t="s">
-        <v>795</v>
+        <v>705</v>
       </c>
       <c r="M201" s="1">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="N201" t="s">
-        <v>796</v>
+        <v>39</v>
       </c>
       <c r="O201" t="s">
         <v>43</v>
       </c>
       <c r="P201">
         <v>2019</v>
       </c>
       <c r="Q201" t="s">
-        <v>797</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:17" x14ac:dyDescent="0.35">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="202" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A202" t="s">
         <v>663</v>
       </c>
       <c r="B202" t="s">
         <v>43</v>
       </c>
       <c r="C202" t="s">
-        <v>712</v>
+        <v>707</v>
       </c>
       <c r="D202" t="s">
-        <v>713</v>
-[...2 lines deleted...]
-        <v>798</v>
+        <v>708</v>
       </c>
       <c r="F202" t="s">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="G202">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="H202" t="s">
         <v>63</v>
       </c>
       <c r="I202" t="s">
         <v>47</v>
       </c>
       <c r="J202" t="s">
         <v>48</v>
       </c>
       <c r="K202" t="s">
-        <v>799</v>
+        <v>709</v>
       </c>
       <c r="L202" t="s">
-        <v>800</v>
+        <v>710</v>
       </c>
       <c r="M202" s="1">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="N202" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="O202" t="s">
         <v>43</v>
       </c>
       <c r="P202">
         <v>2019</v>
       </c>
       <c r="Q202" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:17" x14ac:dyDescent="0.35">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="203" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A203" t="s">
         <v>663</v>
       </c>
       <c r="B203" t="s">
         <v>43</v>
       </c>
       <c r="C203" t="s">
-        <v>802</v>
+        <v>712</v>
       </c>
       <c r="D203" t="s">
-        <v>803</v>
+        <v>713</v>
+      </c>
+      <c r="E203" t="s">
+        <v>714</v>
       </c>
       <c r="F203" t="s">
-        <v>549</v>
+        <v>62</v>
       </c>
       <c r="G203">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="H203" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="I203" t="s">
         <v>47</v>
       </c>
       <c r="J203" t="s">
         <v>48</v>
       </c>
       <c r="K203" t="s">
-        <v>804</v>
+        <v>715</v>
       </c>
       <c r="L203" t="s">
-        <v>805</v>
+        <v>716</v>
       </c>
       <c r="M203" s="1">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="N203" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="O203" t="s">
         <v>43</v>
       </c>
       <c r="P203">
         <v>2019</v>
       </c>
       <c r="Q203" t="s">
-        <v>806</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:17" x14ac:dyDescent="0.35">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="204" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A204" t="s">
         <v>663</v>
       </c>
       <c r="B204" t="s">
         <v>43</v>
       </c>
       <c r="C204" t="s">
-        <v>807</v>
+        <v>718</v>
       </c>
       <c r="D204" t="s">
-        <v>807</v>
+        <v>719</v>
       </c>
       <c r="F204" t="s">
-        <v>808</v>
+        <v>720</v>
       </c>
       <c r="G204">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="H204" t="s">
-        <v>133</v>
+        <v>18</v>
       </c>
       <c r="I204" t="s">
         <v>47</v>
       </c>
       <c r="J204" t="s">
         <v>48</v>
       </c>
       <c r="K204" t="s">
-        <v>809</v>
+        <v>721</v>
       </c>
       <c r="L204" t="s">
-        <v>810</v>
+        <v>722</v>
       </c>
       <c r="M204" s="1">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="N204" t="s">
-        <v>26</v>
+        <v>144</v>
       </c>
       <c r="O204" t="s">
         <v>43</v>
       </c>
       <c r="P204">
         <v>2019</v>
       </c>
       <c r="Q204" t="s">
-        <v>811</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:17" x14ac:dyDescent="0.35">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="205" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A205" t="s">
         <v>663</v>
       </c>
       <c r="B205" t="s">
         <v>43</v>
       </c>
       <c r="C205" t="s">
-        <v>812</v>
+        <v>724</v>
       </c>
       <c r="D205" t="s">
-        <v>813</v>
+        <v>725</v>
       </c>
       <c r="F205" t="s">
-        <v>814</v>
+        <v>726</v>
       </c>
       <c r="G205">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="H205" t="s">
         <v>18</v>
       </c>
       <c r="I205" t="s">
         <v>47</v>
       </c>
       <c r="J205" t="s">
         <v>48</v>
       </c>
       <c r="K205" t="s">
-        <v>815</v>
+        <v>727</v>
       </c>
       <c r="L205" t="s">
-        <v>816</v>
+        <v>728</v>
       </c>
       <c r="M205" s="1">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="N205" t="s">
-        <v>21</v>
+        <v>79</v>
       </c>
       <c r="O205" t="s">
         <v>43</v>
       </c>
       <c r="P205">
         <v>2019</v>
       </c>
       <c r="Q205" t="s">
-        <v>817</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:17" x14ac:dyDescent="0.35">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="206" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A206" t="s">
         <v>663</v>
       </c>
       <c r="B206" t="s">
         <v>43</v>
       </c>
       <c r="C206" t="s">
-        <v>818</v>
+        <v>730</v>
       </c>
       <c r="D206" t="s">
-        <v>819</v>
+        <v>731</v>
       </c>
       <c r="F206" t="s">
-        <v>333</v>
+        <v>359</v>
       </c>
       <c r="G206">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="H206" t="s">
         <v>18</v>
       </c>
       <c r="I206" t="s">
         <v>47</v>
       </c>
       <c r="J206" t="s">
         <v>48</v>
       </c>
       <c r="K206" t="s">
-        <v>820</v>
+        <v>732</v>
       </c>
       <c r="L206" t="s">
-        <v>821</v>
+        <v>733</v>
       </c>
       <c r="M206" s="1">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="N206" t="s">
-        <v>26</v>
+        <v>574</v>
       </c>
       <c r="O206" t="s">
         <v>43</v>
       </c>
       <c r="P206">
         <v>2019</v>
       </c>
       <c r="Q206" t="s">
-        <v>822</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:17" x14ac:dyDescent="0.35">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="207" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A207" t="s">
         <v>663</v>
       </c>
       <c r="B207" t="s">
         <v>43</v>
       </c>
       <c r="C207" t="s">
-        <v>823</v>
+        <v>735</v>
       </c>
       <c r="D207" t="s">
-        <v>824</v>
+        <v>736</v>
       </c>
       <c r="F207" t="s">
-        <v>825</v>
+        <v>737</v>
       </c>
       <c r="G207">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="H207" t="s">
         <v>18</v>
       </c>
       <c r="I207" t="s">
         <v>47</v>
       </c>
       <c r="J207" t="s">
         <v>48</v>
       </c>
       <c r="K207" t="s">
-        <v>826</v>
+        <v>738</v>
       </c>
       <c r="L207" t="s">
-        <v>827</v>
+        <v>739</v>
       </c>
       <c r="M207" s="1">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="N207" t="s">
-        <v>29</v>
+        <v>129</v>
       </c>
       <c r="O207" t="s">
         <v>43</v>
       </c>
       <c r="P207">
         <v>2019</v>
       </c>
       <c r="Q207" t="s">
-        <v>828</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:17" x14ac:dyDescent="0.35">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="208" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A208" t="s">
         <v>663</v>
       </c>
       <c r="B208" t="s">
         <v>43</v>
       </c>
       <c r="C208" t="s">
-        <v>829</v>
+        <v>741</v>
       </c>
       <c r="D208" t="s">
-        <v>830</v>
+        <v>742</v>
       </c>
       <c r="F208" t="s">
-        <v>366</v>
+        <v>743</v>
       </c>
       <c r="G208">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="H208" t="s">
         <v>18</v>
       </c>
       <c r="I208" t="s">
         <v>47</v>
       </c>
       <c r="J208" t="s">
         <v>48</v>
       </c>
       <c r="K208" t="s">
-        <v>831</v>
+        <v>744</v>
       </c>
       <c r="L208" t="s">
-        <v>832</v>
+        <v>745</v>
       </c>
       <c r="M208" s="1">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="N208" t="s">
-        <v>33</v>
+        <v>140</v>
       </c>
       <c r="O208" t="s">
         <v>43</v>
       </c>
       <c r="P208">
         <v>2019</v>
       </c>
       <c r="Q208" t="s">
-        <v>833</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:17" x14ac:dyDescent="0.35">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="209" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A209" t="s">
         <v>663</v>
       </c>
       <c r="B209" t="s">
         <v>43</v>
       </c>
       <c r="C209" t="s">
-        <v>834</v>
+        <v>747</v>
       </c>
       <c r="D209" t="s">
-        <v>835</v>
+        <v>748</v>
       </c>
       <c r="F209" t="s">
-        <v>555</v>
+        <v>156</v>
       </c>
       <c r="G209">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="H209" t="s">
         <v>18</v>
       </c>
       <c r="I209" t="s">
         <v>47</v>
       </c>
       <c r="J209" t="s">
         <v>48</v>
       </c>
       <c r="K209" t="s">
-        <v>836</v>
+        <v>749</v>
       </c>
       <c r="L209" t="s">
-        <v>837</v>
+        <v>750</v>
       </c>
       <c r="M209" s="1">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="N209" t="s">
-        <v>838</v>
+        <v>39</v>
       </c>
       <c r="O209" t="s">
         <v>43</v>
       </c>
       <c r="P209">
         <v>2019</v>
       </c>
       <c r="Q209" t="s">
-        <v>839</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:17" x14ac:dyDescent="0.35">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="210" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A210" t="s">
         <v>663</v>
       </c>
       <c r="B210" t="s">
         <v>43</v>
       </c>
       <c r="C210" t="s">
-        <v>840</v>
+        <v>752</v>
       </c>
       <c r="D210" t="s">
-        <v>841</v>
+        <v>753</v>
       </c>
       <c r="F210" t="s">
-        <v>83</v>
+        <v>754</v>
       </c>
       <c r="G210">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="H210" t="s">
         <v>18</v>
       </c>
       <c r="I210" t="s">
         <v>47</v>
       </c>
       <c r="J210" t="s">
         <v>48</v>
       </c>
       <c r="K210" t="s">
-        <v>842</v>
+        <v>755</v>
       </c>
       <c r="L210" t="s">
-        <v>843</v>
+        <v>756</v>
       </c>
       <c r="M210" s="1">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="N210" t="s">
-        <v>844</v>
+        <v>24</v>
       </c>
       <c r="O210" t="s">
         <v>43</v>
       </c>
       <c r="P210">
         <v>2019</v>
       </c>
       <c r="Q210" t="s">
-        <v>845</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:17" x14ac:dyDescent="0.35">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="211" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A211" t="s">
         <v>663</v>
       </c>
       <c r="B211" t="s">
         <v>43</v>
       </c>
       <c r="C211" t="s">
-        <v>846</v>
+        <v>758</v>
       </c>
       <c r="D211" t="s">
-        <v>847</v>
+        <v>759</v>
       </c>
       <c r="F211" t="s">
-        <v>848</v>
+        <v>760</v>
       </c>
       <c r="G211">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="H211" t="s">
-        <v>96</v>
+        <v>18</v>
       </c>
       <c r="I211" t="s">
         <v>47</v>
       </c>
       <c r="J211" t="s">
         <v>48</v>
       </c>
       <c r="K211" t="s">
-        <v>849</v>
+        <v>761</v>
       </c>
       <c r="L211" t="s">
-        <v>850</v>
+        <v>762</v>
       </c>
       <c r="M211" s="1">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="N211" t="s">
-        <v>134</v>
+        <v>27</v>
       </c>
       <c r="O211" t="s">
         <v>43</v>
       </c>
       <c r="P211">
         <v>2019</v>
       </c>
       <c r="Q211" t="s">
-        <v>851</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:17" x14ac:dyDescent="0.35">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="212" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A212" t="s">
         <v>663</v>
       </c>
       <c r="B212" t="s">
         <v>43</v>
       </c>
       <c r="C212" t="s">
-        <v>852</v>
+        <v>764</v>
       </c>
       <c r="D212" t="s">
-        <v>853</v>
+        <v>765</v>
       </c>
       <c r="F212" t="s">
-        <v>450</v>
+        <v>766</v>
       </c>
       <c r="G212">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="H212" t="s">
         <v>18</v>
       </c>
       <c r="I212" t="s">
         <v>47</v>
       </c>
       <c r="J212" t="s">
         <v>48</v>
       </c>
       <c r="K212" t="s">
-        <v>854</v>
+        <v>767</v>
       </c>
       <c r="L212" t="s">
-        <v>855</v>
+        <v>768</v>
       </c>
       <c r="M212" s="1">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="N212" t="s">
-        <v>35</v>
+        <v>139</v>
       </c>
       <c r="O212" t="s">
         <v>43</v>
       </c>
       <c r="P212">
         <v>2019</v>
       </c>
       <c r="Q212" t="s">
-        <v>856</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:17" x14ac:dyDescent="0.35">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="213" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A213" t="s">
         <v>663</v>
       </c>
       <c r="B213" t="s">
         <v>43</v>
       </c>
       <c r="C213" t="s">
-        <v>857</v>
+        <v>770</v>
       </c>
       <c r="D213" t="s">
-        <v>858</v>
+        <v>771</v>
       </c>
       <c r="F213" t="s">
-        <v>859</v>
+        <v>772</v>
       </c>
       <c r="G213">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="H213" t="s">
         <v>18</v>
       </c>
       <c r="I213" t="s">
         <v>47</v>
       </c>
       <c r="J213" t="s">
         <v>48</v>
       </c>
       <c r="K213" t="s">
-        <v>860</v>
+        <v>773</v>
       </c>
       <c r="L213" t="s">
-        <v>861</v>
+        <v>774</v>
       </c>
       <c r="M213" s="1">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="N213" t="s">
-        <v>862</v>
+        <v>142</v>
       </c>
       <c r="O213" t="s">
         <v>43</v>
       </c>
       <c r="P213">
         <v>2019</v>
       </c>
       <c r="Q213" t="s">
-        <v>863</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:17" x14ac:dyDescent="0.35">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="214" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A214" t="s">
         <v>663</v>
       </c>
       <c r="B214" t="s">
         <v>43</v>
       </c>
       <c r="C214" t="s">
-        <v>864</v>
+        <v>701</v>
       </c>
       <c r="D214" t="s">
-        <v>865</v>
+        <v>702</v>
+      </c>
+      <c r="E214" t="s">
+        <v>776</v>
       </c>
       <c r="F214" t="s">
-        <v>229</v>
+        <v>62</v>
       </c>
       <c r="G214">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="H214" t="s">
         <v>18</v>
       </c>
       <c r="I214" t="s">
         <v>47</v>
       </c>
       <c r="J214" t="s">
         <v>48</v>
       </c>
       <c r="K214" t="s">
-        <v>866</v>
+        <v>777</v>
       </c>
       <c r="L214" t="s">
-        <v>867</v>
+        <v>778</v>
       </c>
       <c r="M214" s="1">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="N214" t="s">
-        <v>28</v>
+        <v>779</v>
       </c>
       <c r="O214" t="s">
         <v>43</v>
       </c>
       <c r="P214">
         <v>2019</v>
       </c>
       <c r="Q214" t="s">
-        <v>868</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:17" x14ac:dyDescent="0.35">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="215" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A215" t="s">
         <v>663</v>
       </c>
       <c r="B215" t="s">
         <v>43</v>
       </c>
       <c r="C215" t="s">
-        <v>869</v>
+        <v>712</v>
       </c>
       <c r="D215" t="s">
-        <v>870</v>
+        <v>713</v>
+      </c>
+      <c r="E215" t="s">
+        <v>781</v>
       </c>
       <c r="F215" t="s">
-        <v>871</v>
+        <v>62</v>
       </c>
       <c r="G215">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="H215" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="I215" t="s">
         <v>47</v>
       </c>
       <c r="J215" t="s">
         <v>48</v>
       </c>
       <c r="K215" t="s">
-        <v>872</v>
+        <v>782</v>
       </c>
       <c r="L215" t="s">
-        <v>873</v>
+        <v>783</v>
       </c>
       <c r="M215" s="1">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="N215" t="s">
-        <v>130</v>
+        <v>39</v>
       </c>
       <c r="O215" t="s">
         <v>43</v>
       </c>
       <c r="P215">
         <v>2019</v>
       </c>
       <c r="Q215" t="s">
-        <v>874</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:17" x14ac:dyDescent="0.35">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="216" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A216" t="s">
         <v>663</v>
       </c>
       <c r="B216" t="s">
         <v>43</v>
       </c>
       <c r="C216" t="s">
-        <v>875</v>
+        <v>785</v>
       </c>
       <c r="D216" t="s">
-        <v>876</v>
+        <v>786</v>
       </c>
       <c r="F216" t="s">
-        <v>877</v>
+        <v>787</v>
       </c>
       <c r="G216">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="H216" t="s">
         <v>18</v>
       </c>
       <c r="I216" t="s">
         <v>47</v>
       </c>
       <c r="J216" t="s">
         <v>48</v>
       </c>
       <c r="K216" t="s">
-        <v>878</v>
+        <v>788</v>
       </c>
       <c r="L216" t="s">
-        <v>879</v>
+        <v>789</v>
       </c>
       <c r="M216" s="1">
         <v>18</v>
       </c>
       <c r="N216" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="O216" t="s">
         <v>43</v>
       </c>
       <c r="P216">
         <v>2019</v>
       </c>
       <c r="Q216" t="s">
-        <v>880</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:17" x14ac:dyDescent="0.35">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="217" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A217" t="s">
         <v>663</v>
       </c>
       <c r="B217" t="s">
         <v>43</v>
       </c>
       <c r="C217" t="s">
-        <v>525</v>
+        <v>791</v>
       </c>
       <c r="D217" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>881</v>
+        <v>792</v>
       </c>
       <c r="F217" t="s">
-        <v>62</v>
+        <v>793</v>
       </c>
       <c r="G217">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="H217" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="I217" t="s">
         <v>47</v>
       </c>
       <c r="J217" t="s">
         <v>48</v>
       </c>
       <c r="K217" t="s">
-        <v>882</v>
+        <v>794</v>
       </c>
       <c r="L217" t="s">
-        <v>883</v>
+        <v>795</v>
       </c>
       <c r="M217" s="1">
-        <v>44</v>
+        <v>18</v>
       </c>
       <c r="N217" t="s">
-        <v>39</v>
+        <v>796</v>
       </c>
       <c r="O217" t="s">
         <v>43</v>
       </c>
       <c r="P217">
         <v>2019</v>
       </c>
       <c r="Q217" t="s">
-        <v>884</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:17" x14ac:dyDescent="0.35">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="218" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A218" t="s">
         <v>663</v>
       </c>
       <c r="B218" t="s">
         <v>43</v>
       </c>
       <c r="C218" t="s">
-        <v>885</v>
+        <v>712</v>
       </c>
       <c r="D218" t="s">
-        <v>886</v>
+        <v>713</v>
       </c>
       <c r="E218" t="s">
-        <v>887</v>
+        <v>798</v>
       </c>
       <c r="F218" t="s">
-        <v>136</v>
+        <v>62</v>
       </c>
       <c r="G218">
         <v>2018</v>
       </c>
       <c r="H218" t="s">
-        <v>96</v>
+        <v>63</v>
       </c>
       <c r="I218" t="s">
         <v>47</v>
       </c>
       <c r="J218" t="s">
         <v>48</v>
       </c>
       <c r="K218" t="s">
-        <v>888</v>
+        <v>799</v>
       </c>
       <c r="L218" t="s">
-        <v>889</v>
+        <v>800</v>
       </c>
       <c r="M218" s="1">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="N218" t="s">
-        <v>141</v>
+        <v>39</v>
       </c>
       <c r="O218" t="s">
         <v>43</v>
       </c>
       <c r="P218">
         <v>2019</v>
       </c>
       <c r="Q218" t="s">
-        <v>890</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:17" x14ac:dyDescent="0.35">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="219" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A219" t="s">
         <v>663</v>
       </c>
       <c r="B219" t="s">
         <v>43</v>
       </c>
       <c r="C219" t="s">
-        <v>441</v>
+        <v>802</v>
       </c>
       <c r="D219" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-        <v>891</v>
+        <v>803</v>
       </c>
       <c r="F219" t="s">
-        <v>444</v>
+        <v>549</v>
       </c>
       <c r="G219">
         <v>2018</v>
       </c>
       <c r="H219" t="s">
         <v>18</v>
       </c>
       <c r="I219" t="s">
         <v>47</v>
       </c>
       <c r="J219" t="s">
         <v>48</v>
       </c>
       <c r="K219" t="s">
-        <v>892</v>
+        <v>804</v>
       </c>
       <c r="L219" t="s">
-        <v>893</v>
+        <v>805</v>
       </c>
       <c r="M219" s="1">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="N219" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="O219" t="s">
         <v>43</v>
       </c>
       <c r="P219">
         <v>2019</v>
       </c>
       <c r="Q219" t="s">
-        <v>894</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:17" x14ac:dyDescent="0.35">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="220" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A220" t="s">
         <v>663</v>
       </c>
       <c r="B220" t="s">
         <v>43</v>
       </c>
       <c r="C220" t="s">
-        <v>441</v>
+        <v>807</v>
       </c>
       <c r="D220" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-        <v>895</v>
+        <v>807</v>
       </c>
       <c r="F220" t="s">
-        <v>444</v>
+        <v>808</v>
       </c>
       <c r="G220">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="H220" t="s">
-        <v>18</v>
+        <v>133</v>
       </c>
       <c r="I220" t="s">
         <v>47</v>
       </c>
       <c r="J220" t="s">
         <v>48</v>
       </c>
       <c r="K220" t="s">
-        <v>896</v>
+        <v>809</v>
       </c>
       <c r="L220" t="s">
-        <v>897</v>
+        <v>810</v>
       </c>
       <c r="M220" s="1">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="N220" t="s">
         <v>26</v>
       </c>
       <c r="O220" t="s">
         <v>43</v>
       </c>
       <c r="P220">
         <v>2019</v>
       </c>
       <c r="Q220" t="s">
-        <v>898</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:17" x14ac:dyDescent="0.35">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="221" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A221" t="s">
         <v>663</v>
       </c>
       <c r="B221" t="s">
         <v>43</v>
       </c>
       <c r="C221" t="s">
-        <v>899</v>
+        <v>812</v>
       </c>
       <c r="D221" t="s">
-        <v>900</v>
+        <v>813</v>
       </c>
       <c r="F221" t="s">
-        <v>555</v>
+        <v>814</v>
       </c>
       <c r="G221">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="H221" t="s">
         <v>18</v>
       </c>
       <c r="I221" t="s">
         <v>47</v>
       </c>
       <c r="J221" t="s">
         <v>48</v>
       </c>
       <c r="K221" t="s">
-        <v>901</v>
+        <v>815</v>
       </c>
       <c r="L221" t="s">
-        <v>902</v>
+        <v>816</v>
       </c>
       <c r="M221" s="1">
         <v>18</v>
       </c>
       <c r="N221" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="O221" t="s">
         <v>43</v>
       </c>
       <c r="P221">
         <v>2019</v>
       </c>
       <c r="Q221" t="s">
-        <v>903</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:17" x14ac:dyDescent="0.35">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="222" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A222" t="s">
         <v>663</v>
       </c>
       <c r="B222" t="s">
         <v>43</v>
       </c>
       <c r="C222" t="s">
-        <v>904</v>
+        <v>818</v>
       </c>
       <c r="D222" t="s">
-        <v>905</v>
+        <v>819</v>
       </c>
       <c r="F222" t="s">
-        <v>906</v>
+        <v>333</v>
       </c>
       <c r="G222">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="H222" t="s">
         <v>18</v>
       </c>
       <c r="I222" t="s">
         <v>47</v>
       </c>
       <c r="J222" t="s">
         <v>48</v>
       </c>
       <c r="K222" t="s">
-        <v>907</v>
+        <v>820</v>
       </c>
       <c r="L222" t="s">
-        <v>908</v>
+        <v>821</v>
       </c>
       <c r="M222" s="1">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="N222" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="O222" t="s">
         <v>43</v>
       </c>
       <c r="P222">
         <v>2019</v>
       </c>
       <c r="Q222" t="s">
-        <v>909</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:17" x14ac:dyDescent="0.35">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="223" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A223" t="s">
         <v>663</v>
       </c>
       <c r="B223" t="s">
         <v>43</v>
       </c>
       <c r="C223" t="s">
-        <v>525</v>
+        <v>823</v>
       </c>
       <c r="D223" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>910</v>
+        <v>824</v>
       </c>
       <c r="F223" t="s">
-        <v>62</v>
+        <v>825</v>
       </c>
       <c r="G223">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="H223" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="I223" t="s">
         <v>47</v>
       </c>
       <c r="J223" t="s">
         <v>48</v>
       </c>
       <c r="K223" t="s">
-        <v>911</v>
+        <v>826</v>
       </c>
       <c r="L223" t="s">
-        <v>912</v>
+        <v>827</v>
       </c>
       <c r="M223" s="1">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="N223" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="O223" t="s">
         <v>43</v>
       </c>
       <c r="P223">
         <v>2019</v>
       </c>
       <c r="Q223" t="s">
-        <v>913</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:17" x14ac:dyDescent="0.35">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="224" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A224" t="s">
         <v>663</v>
       </c>
       <c r="B224" t="s">
         <v>43</v>
       </c>
       <c r="C224" t="s">
-        <v>441</v>
+        <v>829</v>
       </c>
       <c r="D224" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-        <v>914</v>
+        <v>830</v>
       </c>
       <c r="F224" t="s">
-        <v>444</v>
+        <v>366</v>
       </c>
       <c r="G224">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="H224" t="s">
         <v>18</v>
       </c>
       <c r="I224" t="s">
         <v>47</v>
       </c>
       <c r="J224" t="s">
         <v>48</v>
       </c>
       <c r="K224" t="s">
-        <v>915</v>
+        <v>831</v>
       </c>
       <c r="L224" t="s">
-        <v>916</v>
+        <v>832</v>
       </c>
       <c r="M224" s="1">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="N224" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="O224" t="s">
         <v>43</v>
       </c>
       <c r="P224">
         <v>2019</v>
       </c>
       <c r="Q224" t="s">
-        <v>917</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:17" x14ac:dyDescent="0.35">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="225" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A225" t="s">
         <v>663</v>
       </c>
       <c r="B225" t="s">
         <v>43</v>
       </c>
       <c r="C225" t="s">
-        <v>153</v>
+        <v>834</v>
       </c>
       <c r="D225" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>918</v>
+        <v>835</v>
       </c>
       <c r="F225" t="s">
-        <v>156</v>
+        <v>555</v>
       </c>
       <c r="G225">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="H225" t="s">
         <v>18</v>
       </c>
       <c r="I225" t="s">
         <v>47</v>
       </c>
       <c r="J225" t="s">
         <v>48</v>
       </c>
       <c r="K225" t="s">
-        <v>919</v>
+        <v>836</v>
       </c>
       <c r="L225" t="s">
-        <v>920</v>
+        <v>837</v>
       </c>
       <c r="M225" s="1">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="N225" t="s">
-        <v>39</v>
+        <v>838</v>
       </c>
       <c r="O225" t="s">
         <v>43</v>
       </c>
       <c r="P225">
         <v>2019</v>
       </c>
       <c r="Q225" t="s">
-        <v>921</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:17" x14ac:dyDescent="0.35">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="226" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A226" t="s">
         <v>663</v>
       </c>
       <c r="B226" t="s">
         <v>43</v>
       </c>
       <c r="C226" t="s">
-        <v>922</v>
+        <v>840</v>
       </c>
       <c r="D226" t="s">
-        <v>923</v>
+        <v>841</v>
       </c>
       <c r="F226" t="s">
-        <v>924</v>
+        <v>83</v>
       </c>
       <c r="G226">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="H226" t="s">
         <v>18</v>
       </c>
       <c r="I226" t="s">
         <v>47</v>
       </c>
       <c r="J226" t="s">
         <v>48</v>
       </c>
       <c r="K226" t="s">
-        <v>925</v>
+        <v>842</v>
       </c>
       <c r="L226" t="s">
-        <v>926</v>
+        <v>843</v>
       </c>
       <c r="M226" s="1">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="N226" t="s">
-        <v>129</v>
+        <v>844</v>
       </c>
       <c r="O226" t="s">
         <v>43</v>
       </c>
       <c r="P226">
         <v>2019</v>
       </c>
       <c r="Q226" t="s">
-        <v>927</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:17" x14ac:dyDescent="0.35">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="227" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A227" t="s">
         <v>663</v>
       </c>
       <c r="B227" t="s">
         <v>43</v>
       </c>
       <c r="C227" t="s">
-        <v>928</v>
+        <v>846</v>
       </c>
       <c r="D227" t="s">
-        <v>929</v>
+        <v>847</v>
       </c>
       <c r="F227" t="s">
-        <v>930</v>
+        <v>848</v>
       </c>
       <c r="G227">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="H227" t="s">
-        <v>18</v>
+        <v>96</v>
       </c>
       <c r="I227" t="s">
         <v>47</v>
       </c>
       <c r="J227" t="s">
         <v>48</v>
       </c>
       <c r="K227" t="s">
-        <v>931</v>
+        <v>849</v>
       </c>
       <c r="L227" t="s">
-        <v>932</v>
+        <v>850</v>
       </c>
       <c r="M227" s="1">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="N227" t="s">
-        <v>24</v>
+        <v>134</v>
       </c>
       <c r="O227" t="s">
         <v>43</v>
       </c>
       <c r="P227">
         <v>2019</v>
       </c>
       <c r="Q227" t="s">
-        <v>933</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:17" x14ac:dyDescent="0.35">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="228" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A228" t="s">
         <v>663</v>
       </c>
       <c r="B228" t="s">
         <v>43</v>
       </c>
       <c r="C228" t="s">
-        <v>934</v>
+        <v>852</v>
       </c>
       <c r="D228" t="s">
-        <v>935</v>
+        <v>853</v>
       </c>
       <c r="F228" t="s">
-        <v>936</v>
+        <v>450</v>
       </c>
       <c r="G228">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="H228" t="s">
         <v>18</v>
       </c>
       <c r="I228" t="s">
         <v>47</v>
       </c>
       <c r="J228" t="s">
         <v>48</v>
       </c>
       <c r="K228" t="s">
-        <v>937</v>
+        <v>854</v>
       </c>
       <c r="L228" t="s">
-        <v>938</v>
+        <v>855</v>
       </c>
       <c r="M228" s="1">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="N228" t="s">
-        <v>939</v>
+        <v>35</v>
       </c>
       <c r="O228" t="s">
         <v>43</v>
       </c>
       <c r="P228">
         <v>2019</v>
       </c>
       <c r="Q228" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="229" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A229" t="s">
+        <v>663</v>
+      </c>
+      <c r="B229" t="s">
+        <v>43</v>
+      </c>
+      <c r="C229" t="s">
+        <v>857</v>
+      </c>
+      <c r="D229" t="s">
+        <v>858</v>
+      </c>
+      <c r="F229" t="s">
+        <v>859</v>
+      </c>
+      <c r="G229">
+        <v>2018</v>
+      </c>
+      <c r="H229" t="s">
+        <v>18</v>
+      </c>
+      <c r="I229" t="s">
+        <v>47</v>
+      </c>
+      <c r="J229" t="s">
+        <v>48</v>
+      </c>
+      <c r="K229" t="s">
+        <v>860</v>
+      </c>
+      <c r="L229" t="s">
+        <v>861</v>
+      </c>
+      <c r="M229" s="1">
+        <v>22</v>
+      </c>
+      <c r="N229" t="s">
+        <v>862</v>
+      </c>
+      <c r="O229" t="s">
+        <v>43</v>
+      </c>
+      <c r="P229">
+        <v>2019</v>
+      </c>
+      <c r="Q229" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="230" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A230" t="s">
+        <v>663</v>
+      </c>
+      <c r="B230" t="s">
+        <v>43</v>
+      </c>
+      <c r="C230" t="s">
+        <v>864</v>
+      </c>
+      <c r="D230" t="s">
+        <v>865</v>
+      </c>
+      <c r="F230" t="s">
+        <v>229</v>
+      </c>
+      <c r="G230">
+        <v>2018</v>
+      </c>
+      <c r="H230" t="s">
+        <v>18</v>
+      </c>
+      <c r="I230" t="s">
+        <v>47</v>
+      </c>
+      <c r="J230" t="s">
+        <v>48</v>
+      </c>
+      <c r="K230" t="s">
+        <v>866</v>
+      </c>
+      <c r="L230" t="s">
+        <v>867</v>
+      </c>
+      <c r="M230" s="1">
+        <v>20</v>
+      </c>
+      <c r="N230" t="s">
+        <v>28</v>
+      </c>
+      <c r="O230" t="s">
+        <v>43</v>
+      </c>
+      <c r="P230">
+        <v>2019</v>
+      </c>
+      <c r="Q230" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="231" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A231" t="s">
+        <v>663</v>
+      </c>
+      <c r="B231" t="s">
+        <v>43</v>
+      </c>
+      <c r="C231" t="s">
+        <v>869</v>
+      </c>
+      <c r="D231" t="s">
+        <v>870</v>
+      </c>
+      <c r="F231" t="s">
+        <v>871</v>
+      </c>
+      <c r="G231">
+        <v>2018</v>
+      </c>
+      <c r="H231" t="s">
+        <v>18</v>
+      </c>
+      <c r="I231" t="s">
+        <v>47</v>
+      </c>
+      <c r="J231" t="s">
+        <v>48</v>
+      </c>
+      <c r="K231" t="s">
+        <v>872</v>
+      </c>
+      <c r="L231" t="s">
+        <v>873</v>
+      </c>
+      <c r="M231" s="1">
+        <v>18</v>
+      </c>
+      <c r="N231" t="s">
+        <v>130</v>
+      </c>
+      <c r="O231" t="s">
+        <v>43</v>
+      </c>
+      <c r="P231">
+        <v>2019</v>
+      </c>
+      <c r="Q231" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="232" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A232" t="s">
+        <v>663</v>
+      </c>
+      <c r="B232" t="s">
+        <v>43</v>
+      </c>
+      <c r="C232" t="s">
+        <v>875</v>
+      </c>
+      <c r="D232" t="s">
+        <v>876</v>
+      </c>
+      <c r="F232" t="s">
+        <v>877</v>
+      </c>
+      <c r="G232">
+        <v>2018</v>
+      </c>
+      <c r="H232" t="s">
+        <v>18</v>
+      </c>
+      <c r="I232" t="s">
+        <v>47</v>
+      </c>
+      <c r="J232" t="s">
+        <v>48</v>
+      </c>
+      <c r="K232" t="s">
+        <v>878</v>
+      </c>
+      <c r="L232" t="s">
+        <v>879</v>
+      </c>
+      <c r="M232" s="1">
+        <v>18</v>
+      </c>
+      <c r="N232" t="s">
+        <v>32</v>
+      </c>
+      <c r="O232" t="s">
+        <v>43</v>
+      </c>
+      <c r="P232">
+        <v>2019</v>
+      </c>
+      <c r="Q232" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="233" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A233" t="s">
+        <v>663</v>
+      </c>
+      <c r="B233" t="s">
+        <v>43</v>
+      </c>
+      <c r="C233" t="s">
+        <v>525</v>
+      </c>
+      <c r="D233" t="s">
+        <v>526</v>
+      </c>
+      <c r="E233" t="s">
+        <v>881</v>
+      </c>
+      <c r="F233" t="s">
+        <v>62</v>
+      </c>
+      <c r="G233">
+        <v>2018</v>
+      </c>
+      <c r="H233" t="s">
+        <v>63</v>
+      </c>
+      <c r="I233" t="s">
+        <v>47</v>
+      </c>
+      <c r="J233" t="s">
+        <v>48</v>
+      </c>
+      <c r="K233" t="s">
+        <v>882</v>
+      </c>
+      <c r="L233" t="s">
+        <v>883</v>
+      </c>
+      <c r="M233" s="1">
+        <v>44</v>
+      </c>
+      <c r="N233" t="s">
+        <v>39</v>
+      </c>
+      <c r="O233" t="s">
+        <v>43</v>
+      </c>
+      <c r="P233">
+        <v>2019</v>
+      </c>
+      <c r="Q233" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="234" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A234" t="s">
+        <v>663</v>
+      </c>
+      <c r="B234" t="s">
+        <v>43</v>
+      </c>
+      <c r="C234" t="s">
+        <v>885</v>
+      </c>
+      <c r="D234" t="s">
+        <v>886</v>
+      </c>
+      <c r="E234" t="s">
+        <v>887</v>
+      </c>
+      <c r="F234" t="s">
+        <v>136</v>
+      </c>
+      <c r="G234">
+        <v>2018</v>
+      </c>
+      <c r="H234" t="s">
+        <v>96</v>
+      </c>
+      <c r="I234" t="s">
+        <v>47</v>
+      </c>
+      <c r="J234" t="s">
+        <v>48</v>
+      </c>
+      <c r="K234" t="s">
+        <v>888</v>
+      </c>
+      <c r="L234" t="s">
+        <v>889</v>
+      </c>
+      <c r="M234" s="1">
+        <v>22</v>
+      </c>
+      <c r="N234" t="s">
+        <v>141</v>
+      </c>
+      <c r="O234" t="s">
+        <v>43</v>
+      </c>
+      <c r="P234">
+        <v>2019</v>
+      </c>
+      <c r="Q234" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="235" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A235" t="s">
+        <v>663</v>
+      </c>
+      <c r="B235" t="s">
+        <v>43</v>
+      </c>
+      <c r="C235" t="s">
+        <v>441</v>
+      </c>
+      <c r="D235" t="s">
+        <v>442</v>
+      </c>
+      <c r="E235" t="s">
+        <v>891</v>
+      </c>
+      <c r="F235" t="s">
+        <v>444</v>
+      </c>
+      <c r="G235">
+        <v>2018</v>
+      </c>
+      <c r="H235" t="s">
+        <v>18</v>
+      </c>
+      <c r="I235" t="s">
+        <v>47</v>
+      </c>
+      <c r="J235" t="s">
+        <v>48</v>
+      </c>
+      <c r="K235" t="s">
+        <v>892</v>
+      </c>
+      <c r="L235" t="s">
+        <v>893</v>
+      </c>
+      <c r="M235" s="1">
+        <v>43</v>
+      </c>
+      <c r="N235" t="s">
+        <v>25</v>
+      </c>
+      <c r="O235" t="s">
+        <v>43</v>
+      </c>
+      <c r="P235">
+        <v>2019</v>
+      </c>
+      <c r="Q235" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="236" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A236" t="s">
+        <v>663</v>
+      </c>
+      <c r="B236" t="s">
+        <v>43</v>
+      </c>
+      <c r="C236" t="s">
+        <v>441</v>
+      </c>
+      <c r="D236" t="s">
+        <v>442</v>
+      </c>
+      <c r="E236" t="s">
+        <v>895</v>
+      </c>
+      <c r="F236" t="s">
+        <v>444</v>
+      </c>
+      <c r="G236">
+        <v>2019</v>
+      </c>
+      <c r="H236" t="s">
+        <v>18</v>
+      </c>
+      <c r="I236" t="s">
+        <v>47</v>
+      </c>
+      <c r="J236" t="s">
+        <v>48</v>
+      </c>
+      <c r="K236" t="s">
+        <v>896</v>
+      </c>
+      <c r="L236" t="s">
+        <v>897</v>
+      </c>
+      <c r="M236" s="1">
+        <v>35</v>
+      </c>
+      <c r="N236" t="s">
+        <v>26</v>
+      </c>
+      <c r="O236" t="s">
+        <v>43</v>
+      </c>
+      <c r="P236">
+        <v>2019</v>
+      </c>
+      <c r="Q236" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="237" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A237" t="s">
+        <v>663</v>
+      </c>
+      <c r="B237" t="s">
+        <v>43</v>
+      </c>
+      <c r="C237" t="s">
+        <v>899</v>
+      </c>
+      <c r="D237" t="s">
+        <v>900</v>
+      </c>
+      <c r="F237" t="s">
+        <v>555</v>
+      </c>
+      <c r="G237">
+        <v>2019</v>
+      </c>
+      <c r="H237" t="s">
+        <v>18</v>
+      </c>
+      <c r="I237" t="s">
+        <v>47</v>
+      </c>
+      <c r="J237" t="s">
+        <v>48</v>
+      </c>
+      <c r="K237" t="s">
+        <v>901</v>
+      </c>
+      <c r="L237" t="s">
+        <v>902</v>
+      </c>
+      <c r="M237" s="1">
+        <v>18</v>
+      </c>
+      <c r="N237" t="s">
+        <v>24</v>
+      </c>
+      <c r="O237" t="s">
+        <v>43</v>
+      </c>
+      <c r="P237">
+        <v>2019</v>
+      </c>
+      <c r="Q237" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="238" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A238" t="s">
+        <v>663</v>
+      </c>
+      <c r="B238" t="s">
+        <v>43</v>
+      </c>
+      <c r="C238" t="s">
+        <v>904</v>
+      </c>
+      <c r="D238" t="s">
+        <v>905</v>
+      </c>
+      <c r="F238" t="s">
+        <v>906</v>
+      </c>
+      <c r="G238">
+        <v>2019</v>
+      </c>
+      <c r="H238" t="s">
+        <v>18</v>
+      </c>
+      <c r="I238" t="s">
+        <v>47</v>
+      </c>
+      <c r="J238" t="s">
+        <v>48</v>
+      </c>
+      <c r="K238" t="s">
+        <v>907</v>
+      </c>
+      <c r="L238" t="s">
+        <v>908</v>
+      </c>
+      <c r="M238" s="1">
+        <v>18</v>
+      </c>
+      <c r="N238" t="s">
+        <v>28</v>
+      </c>
+      <c r="O238" t="s">
+        <v>43</v>
+      </c>
+      <c r="P238">
+        <v>2019</v>
+      </c>
+      <c r="Q238" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="239" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A239" t="s">
+        <v>663</v>
+      </c>
+      <c r="B239" t="s">
+        <v>43</v>
+      </c>
+      <c r="C239" t="s">
+        <v>525</v>
+      </c>
+      <c r="D239" t="s">
+        <v>526</v>
+      </c>
+      <c r="E239" t="s">
+        <v>910</v>
+      </c>
+      <c r="F239" t="s">
+        <v>62</v>
+      </c>
+      <c r="G239">
+        <v>2019</v>
+      </c>
+      <c r="H239" t="s">
+        <v>63</v>
+      </c>
+      <c r="I239" t="s">
+        <v>47</v>
+      </c>
+      <c r="J239" t="s">
+        <v>48</v>
+      </c>
+      <c r="K239" t="s">
+        <v>911</v>
+      </c>
+      <c r="L239" t="s">
+        <v>912</v>
+      </c>
+      <c r="M239" s="1">
+        <v>41</v>
+      </c>
+      <c r="N239" t="s">
+        <v>39</v>
+      </c>
+      <c r="O239" t="s">
+        <v>43</v>
+      </c>
+      <c r="P239">
+        <v>2019</v>
+      </c>
+      <c r="Q239" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="240" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A240" t="s">
+        <v>663</v>
+      </c>
+      <c r="B240" t="s">
+        <v>43</v>
+      </c>
+      <c r="C240" t="s">
+        <v>441</v>
+      </c>
+      <c r="D240" t="s">
+        <v>442</v>
+      </c>
+      <c r="E240" t="s">
+        <v>914</v>
+      </c>
+      <c r="F240" t="s">
+        <v>444</v>
+      </c>
+      <c r="G240">
+        <v>2019</v>
+      </c>
+      <c r="H240" t="s">
+        <v>18</v>
+      </c>
+      <c r="I240" t="s">
+        <v>47</v>
+      </c>
+      <c r="J240" t="s">
+        <v>48</v>
+      </c>
+      <c r="K240" t="s">
+        <v>915</v>
+      </c>
+      <c r="L240" t="s">
+        <v>916</v>
+      </c>
+      <c r="M240" s="1">
+        <v>35</v>
+      </c>
+      <c r="N240" t="s">
+        <v>28</v>
+      </c>
+      <c r="O240" t="s">
+        <v>43</v>
+      </c>
+      <c r="P240">
+        <v>2019</v>
+      </c>
+      <c r="Q240" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="241" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A241" t="s">
+        <v>663</v>
+      </c>
+      <c r="B241" t="s">
+        <v>43</v>
+      </c>
+      <c r="C241" t="s">
+        <v>153</v>
+      </c>
+      <c r="D241" t="s">
+        <v>154</v>
+      </c>
+      <c r="E241" t="s">
+        <v>918</v>
+      </c>
+      <c r="F241" t="s">
+        <v>156</v>
+      </c>
+      <c r="G241">
+        <v>2019</v>
+      </c>
+      <c r="H241" t="s">
+        <v>18</v>
+      </c>
+      <c r="I241" t="s">
+        <v>47</v>
+      </c>
+      <c r="J241" t="s">
+        <v>48</v>
+      </c>
+      <c r="K241" t="s">
+        <v>919</v>
+      </c>
+      <c r="L241" t="s">
+        <v>920</v>
+      </c>
+      <c r="M241" s="1">
+        <v>27</v>
+      </c>
+      <c r="N241" t="s">
+        <v>39</v>
+      </c>
+      <c r="O241" t="s">
+        <v>43</v>
+      </c>
+      <c r="P241">
+        <v>2019</v>
+      </c>
+      <c r="Q241" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="242" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A242" t="s">
+        <v>663</v>
+      </c>
+      <c r="B242" t="s">
+        <v>43</v>
+      </c>
+      <c r="C242" t="s">
+        <v>922</v>
+      </c>
+      <c r="D242" t="s">
+        <v>923</v>
+      </c>
+      <c r="F242" t="s">
+        <v>924</v>
+      </c>
+      <c r="G242">
+        <v>2019</v>
+      </c>
+      <c r="H242" t="s">
+        <v>18</v>
+      </c>
+      <c r="I242" t="s">
+        <v>47</v>
+      </c>
+      <c r="J242" t="s">
+        <v>48</v>
+      </c>
+      <c r="K242" t="s">
+        <v>925</v>
+      </c>
+      <c r="L242" t="s">
+        <v>926</v>
+      </c>
+      <c r="M242" s="1">
+        <v>31</v>
+      </c>
+      <c r="N242" t="s">
+        <v>129</v>
+      </c>
+      <c r="O242" t="s">
+        <v>43</v>
+      </c>
+      <c r="P242">
+        <v>2019</v>
+      </c>
+      <c r="Q242" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="243" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A243" t="s">
+        <v>663</v>
+      </c>
+      <c r="B243" t="s">
+        <v>43</v>
+      </c>
+      <c r="C243" t="s">
+        <v>928</v>
+      </c>
+      <c r="D243" t="s">
+        <v>929</v>
+      </c>
+      <c r="F243" t="s">
+        <v>930</v>
+      </c>
+      <c r="G243">
+        <v>2019</v>
+      </c>
+      <c r="H243" t="s">
+        <v>18</v>
+      </c>
+      <c r="I243" t="s">
+        <v>47</v>
+      </c>
+      <c r="J243" t="s">
+        <v>48</v>
+      </c>
+      <c r="K243" t="s">
+        <v>931</v>
+      </c>
+      <c r="L243" t="s">
+        <v>932</v>
+      </c>
+      <c r="M243" s="1">
+        <v>22</v>
+      </c>
+      <c r="N243" t="s">
+        <v>24</v>
+      </c>
+      <c r="O243" t="s">
+        <v>43</v>
+      </c>
+      <c r="P243">
+        <v>2019</v>
+      </c>
+      <c r="Q243" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="244" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A244" t="s">
+        <v>663</v>
+      </c>
+      <c r="B244" t="s">
+        <v>43</v>
+      </c>
+      <c r="C244" t="s">
+        <v>934</v>
+      </c>
+      <c r="D244" t="s">
+        <v>935</v>
+      </c>
+      <c r="F244" t="s">
+        <v>936</v>
+      </c>
+      <c r="G244">
+        <v>2019</v>
+      </c>
+      <c r="H244" t="s">
+        <v>18</v>
+      </c>
+      <c r="I244" t="s">
+        <v>47</v>
+      </c>
+      <c r="J244" t="s">
+        <v>48</v>
+      </c>
+      <c r="K244" t="s">
+        <v>937</v>
+      </c>
+      <c r="L244" t="s">
+        <v>938</v>
+      </c>
+      <c r="M244" s="1">
+        <v>24</v>
+      </c>
+      <c r="N244" t="s">
+        <v>939</v>
+      </c>
+      <c r="O244" t="s">
+        <v>43</v>
+      </c>
+      <c r="P244">
+        <v>2019</v>
+      </c>
+      <c r="Q244" t="s">
         <v>940</v>
       </c>
     </row>
-    <row r="229" spans="1:17" x14ac:dyDescent="0.35">
-      <c r="A229" t="s">
+    <row r="245" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A245" t="s">
         <v>941</v>
       </c>
-      <c r="B229" t="s">
+      <c r="B245" t="s">
         <v>942</v>
       </c>
-      <c r="C229" t="s">
+      <c r="C245" t="s">
         <v>944</v>
       </c>
-      <c r="D229" t="s">
+      <c r="D245" t="s">
         <v>945</v>
       </c>
-      <c r="F229" t="s">
+      <c r="F245" t="s">
         <v>943</v>
       </c>
-      <c r="G229">
+      <c r="G245">
         <v>2016</v>
       </c>
-      <c r="H229" t="s">
-[...8 lines deleted...]
-      <c r="K229" t="s">
+      <c r="H245" t="s">
+        <v>18</v>
+      </c>
+      <c r="I245" t="s">
+        <v>47</v>
+      </c>
+      <c r="J245" t="s">
+        <v>48</v>
+      </c>
+      <c r="K245" t="s">
         <v>946</v>
       </c>
-      <c r="L229" t="s">
+      <c r="L245" t="s">
         <v>947</v>
       </c>
-      <c r="M229" s="1">
+      <c r="M245" s="1">
         <v>25.13</v>
       </c>
-      <c r="N229" t="s">
+      <c r="N245" t="s">
         <v>137</v>
       </c>
-      <c r="O229" t="s">
+      <c r="O245" t="s">
         <v>942</v>
       </c>
-      <c r="P229">
+      <c r="P245">
         <v>2016</v>
       </c>
-      <c r="Q229" t="s">
+      <c r="Q245" t="s">
         <v>948</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>