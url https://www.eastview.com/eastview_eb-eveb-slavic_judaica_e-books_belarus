--- v2 (2026-01-28)
+++ v3 (2026-02-17)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\Websites\eastview.com\Products\8_Product Title Lists\Ebook title lists\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BE6DE8AB-AD0A-4F1D-8A22-E1E2EF2BCFA7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3C5FB36A-58C9-4956-8E17-488F5A5B5544}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-98" yWindow="-98" windowWidth="21376" windowHeight="14595" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="main" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">main!#REF!</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3153" uniqueCount="1479">
   <si>
     <t>E-Books from East View</t>
   </si>
   <si>
     <t>Date of uploading</t>
   </si>
   <si>
     <t>Print version publisher</t>
   </si>
   <si>
@@ -4458,104 +4458,109 @@
   <si>
     <t>https://dlib.eastview.com/browse/book/932226</t>
   </si>
   <si>
     <t>Открытая наука и биоэтика : биоэтические механизмы обеспечения безопасности человека</t>
   </si>
   <si>
     <t>Otkrytaia nauka i bioetika : bioeticheskie mekhanizmy obespecheniia bezopasnosti cheloveka</t>
   </si>
   <si>
     <t>Sokol'chik, Valeriia Nikolaevna</t>
   </si>
   <si>
     <t>9789850833532</t>
   </si>
   <si>
     <t>1425252BO</t>
   </si>
   <si>
     <t>Medicine / Health</t>
   </si>
   <si>
     <t>https://dlib.eastview.com/browse/book/932233</t>
   </si>
   <si>
-    <t>As at January 12, 2026</t>
+    <t>As at February 2, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
+  <numFmts count="2">
+    <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="[$$-409]#,##0.00"/>
   </numFmts>
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color indexed="16"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Helvetica"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="8"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="8"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
@@ -4564,81 +4569,84 @@
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="8"/>
       </left>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="12">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="15" fontId="5" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
+    <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -4991,51 +4999,52 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:Q245"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="A8" sqref="A8"/>
+      <pane ySplit="7" topLeftCell="A8" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="13.7109375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.28515625" customWidth="1"/>
     <col min="2" max="2" width="37.42578125" customWidth="1"/>
     <col min="3" max="4" width="50.5703125" customWidth="1"/>
     <col min="5" max="6" width="33.7109375" customWidth="1"/>
     <col min="7" max="7" width="14" customWidth="1"/>
     <col min="8" max="8" width="12.140625" customWidth="1"/>
     <col min="9" max="9" width="9.42578125" customWidth="1"/>
     <col min="10" max="10" width="12.140625" customWidth="1"/>
     <col min="11" max="11" width="16.85546875" customWidth="1"/>
     <col min="12" max="12" width="13.140625" customWidth="1"/>
     <col min="13" max="13" width="11.28515625" style="1" customWidth="1"/>
     <col min="14" max="14" width="46.85546875" customWidth="1"/>
     <col min="15" max="15" width="33.7109375" customWidth="1"/>
     <col min="16" max="16" width="11.28515625" customWidth="1"/>
     <col min="17" max="17" width="50.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" s="5" customFormat="1" ht="18" x14ac:dyDescent="0.2">
       <c r="A1" s="4"/>
       <c r="C1" s="6" t="s">
         <v>0</v>
@@ -5132,2001 +5141,2001 @@
       </c>
       <c r="E8" t="s">
         <v>1234</v>
       </c>
       <c r="F8" t="s">
         <v>1386</v>
       </c>
       <c r="G8">
         <v>2025</v>
       </c>
       <c r="H8" t="s">
         <v>1179</v>
       </c>
       <c r="I8" t="s">
         <v>47</v>
       </c>
       <c r="J8" t="s">
         <v>48</v>
       </c>
       <c r="K8" t="s">
         <v>1387</v>
       </c>
       <c r="L8" t="s">
         <v>1388</v>
       </c>
-      <c r="M8">
+      <c r="M8" s="11">
         <v>25</v>
       </c>
       <c r="N8" t="s">
         <v>1238</v>
       </c>
       <c r="O8" t="s">
         <v>43</v>
       </c>
       <c r="P8">
         <v>2025</v>
       </c>
       <c r="Q8" t="s">
         <v>1389</v>
       </c>
     </row>
     <row r="9" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>1383</v>
       </c>
       <c r="B9" t="s">
         <v>43</v>
       </c>
       <c r="C9" t="s">
         <v>1390</v>
       </c>
       <c r="D9" t="s">
         <v>1391</v>
       </c>
       <c r="F9" t="s">
         <v>1392</v>
       </c>
       <c r="G9">
         <v>2025</v>
       </c>
       <c r="H9" t="s">
         <v>18</v>
       </c>
       <c r="I9" t="s">
         <v>47</v>
       </c>
       <c r="J9" t="s">
         <v>48</v>
       </c>
       <c r="K9" t="s">
         <v>1393</v>
       </c>
       <c r="L9" t="s">
         <v>1394</v>
       </c>
-      <c r="M9">
+      <c r="M9" s="11">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>24</v>
       </c>
       <c r="O9" t="s">
         <v>43</v>
       </c>
       <c r="P9">
         <v>2025</v>
       </c>
       <c r="Q9" t="s">
         <v>1395</v>
       </c>
     </row>
     <row r="10" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>1383</v>
       </c>
       <c r="B10" t="s">
         <v>43</v>
       </c>
       <c r="C10" t="s">
         <v>1396</v>
       </c>
       <c r="D10" t="s">
         <v>1397</v>
       </c>
       <c r="F10" t="s">
         <v>1398</v>
       </c>
       <c r="G10">
         <v>2025</v>
       </c>
       <c r="H10" t="s">
         <v>1214</v>
       </c>
       <c r="I10" t="s">
         <v>47</v>
       </c>
       <c r="J10" t="s">
         <v>48</v>
       </c>
       <c r="K10" t="s">
         <v>1399</v>
       </c>
       <c r="L10" t="s">
         <v>1400</v>
       </c>
-      <c r="M10">
+      <c r="M10" s="11">
         <v>22</v>
       </c>
       <c r="N10" t="s">
         <v>134</v>
       </c>
       <c r="O10" t="s">
         <v>43</v>
       </c>
       <c r="P10">
         <v>2025</v>
       </c>
       <c r="Q10" t="s">
         <v>1401</v>
       </c>
     </row>
     <row r="11" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>1383</v>
       </c>
       <c r="B11" t="s">
         <v>43</v>
       </c>
       <c r="C11" t="s">
         <v>1402</v>
       </c>
       <c r="D11" t="s">
         <v>1403</v>
       </c>
       <c r="F11" t="s">
         <v>1398</v>
       </c>
       <c r="G11">
         <v>2025</v>
       </c>
       <c r="H11" t="s">
         <v>1214</v>
       </c>
       <c r="I11" t="s">
         <v>47</v>
       </c>
       <c r="J11" t="s">
         <v>48</v>
       </c>
       <c r="K11" t="s">
         <v>1404</v>
       </c>
       <c r="L11" t="s">
         <v>1405</v>
       </c>
-      <c r="M11">
+      <c r="M11" s="11">
         <v>51</v>
       </c>
       <c r="N11" t="s">
         <v>134</v>
       </c>
       <c r="O11" t="s">
         <v>43</v>
       </c>
       <c r="P11">
         <v>2025</v>
       </c>
       <c r="Q11" t="s">
         <v>1406</v>
       </c>
     </row>
     <row r="12" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>1383</v>
       </c>
       <c r="B12" t="s">
         <v>43</v>
       </c>
       <c r="C12" t="s">
         <v>1407</v>
       </c>
       <c r="D12" t="s">
         <v>1408</v>
       </c>
       <c r="F12" t="s">
         <v>1409</v>
       </c>
       <c r="G12">
         <v>2025</v>
       </c>
       <c r="H12" t="s">
         <v>1214</v>
       </c>
       <c r="I12" t="s">
         <v>47</v>
       </c>
       <c r="J12" t="s">
         <v>48</v>
       </c>
       <c r="K12" t="s">
         <v>1410</v>
       </c>
       <c r="L12" t="s">
         <v>1411</v>
       </c>
-      <c r="M12">
+      <c r="M12" s="11">
         <v>25</v>
       </c>
       <c r="N12" t="s">
         <v>1245</v>
       </c>
       <c r="O12" t="s">
         <v>43</v>
       </c>
       <c r="P12">
         <v>2025</v>
       </c>
       <c r="Q12" t="s">
         <v>1412</v>
       </c>
     </row>
     <row r="13" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>1383</v>
       </c>
       <c r="B13" t="s">
         <v>43</v>
       </c>
       <c r="C13" t="s">
         <v>1413</v>
       </c>
       <c r="D13" t="s">
         <v>1414</v>
       </c>
       <c r="F13" t="s">
         <v>300</v>
       </c>
       <c r="G13">
         <v>2025</v>
       </c>
       <c r="H13" t="s">
         <v>18</v>
       </c>
       <c r="I13" t="s">
         <v>47</v>
       </c>
       <c r="J13" t="s">
         <v>48</v>
       </c>
       <c r="K13" t="s">
         <v>1415</v>
       </c>
       <c r="L13" t="s">
         <v>1416</v>
       </c>
-      <c r="M13">
+      <c r="M13" s="11">
         <v>22</v>
       </c>
       <c r="N13" t="s">
         <v>186</v>
       </c>
       <c r="O13" t="s">
         <v>43</v>
       </c>
       <c r="P13">
         <v>2025</v>
       </c>
       <c r="Q13" t="s">
         <v>1417</v>
       </c>
     </row>
     <row r="14" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>1383</v>
       </c>
       <c r="B14" t="s">
         <v>43</v>
       </c>
       <c r="C14" t="s">
         <v>1418</v>
       </c>
       <c r="D14" t="s">
         <v>1419</v>
       </c>
       <c r="F14" t="s">
         <v>1420</v>
       </c>
       <c r="G14">
         <v>2025</v>
       </c>
       <c r="H14" t="s">
         <v>18</v>
       </c>
       <c r="I14" t="s">
         <v>47</v>
       </c>
       <c r="J14" t="s">
         <v>48</v>
       </c>
       <c r="K14" t="s">
         <v>1421</v>
       </c>
       <c r="L14" t="s">
         <v>1422</v>
       </c>
-      <c r="M14">
+      <c r="M14" s="11">
         <v>23</v>
       </c>
       <c r="N14" t="s">
         <v>1423</v>
       </c>
       <c r="O14" t="s">
         <v>43</v>
       </c>
       <c r="P14">
         <v>2025</v>
       </c>
       <c r="Q14" t="s">
         <v>1424</v>
       </c>
     </row>
     <row r="15" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>1383</v>
       </c>
       <c r="B15" t="s">
         <v>43</v>
       </c>
       <c r="C15" t="s">
         <v>1425</v>
       </c>
       <c r="D15" t="s">
         <v>1426</v>
       </c>
       <c r="F15" t="s">
         <v>83</v>
       </c>
       <c r="G15">
         <v>2025</v>
       </c>
       <c r="H15" t="s">
         <v>1427</v>
       </c>
       <c r="I15" t="s">
         <v>47</v>
       </c>
       <c r="J15" t="s">
         <v>48</v>
       </c>
       <c r="K15" t="s">
         <v>1428</v>
       </c>
       <c r="L15" t="s">
         <v>1429</v>
       </c>
-      <c r="M15">
+      <c r="M15" s="11">
         <v>22</v>
       </c>
       <c r="N15" t="s">
         <v>24</v>
       </c>
       <c r="O15" t="s">
         <v>43</v>
       </c>
       <c r="P15">
         <v>2025</v>
       </c>
       <c r="Q15" t="s">
         <v>1430</v>
       </c>
     </row>
     <row r="16" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>1383</v>
       </c>
       <c r="B16" t="s">
         <v>43</v>
       </c>
       <c r="C16" t="s">
         <v>1431</v>
       </c>
       <c r="D16" t="s">
         <v>1432</v>
       </c>
       <c r="F16" t="s">
         <v>1433</v>
       </c>
       <c r="G16">
         <v>2025</v>
       </c>
       <c r="H16" t="s">
         <v>96</v>
       </c>
       <c r="I16" t="s">
         <v>47</v>
       </c>
       <c r="J16" t="s">
         <v>48</v>
       </c>
       <c r="K16" t="s">
         <v>1434</v>
       </c>
       <c r="L16" t="s">
         <v>1435</v>
       </c>
-      <c r="M16">
+      <c r="M16" s="11">
         <v>22</v>
       </c>
       <c r="N16" t="s">
         <v>1252</v>
       </c>
       <c r="O16" t="s">
         <v>43</v>
       </c>
       <c r="P16">
         <v>2025</v>
       </c>
       <c r="Q16" t="s">
         <v>1436</v>
       </c>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>1383</v>
       </c>
       <c r="B17" t="s">
         <v>43</v>
       </c>
       <c r="C17" t="s">
         <v>1437</v>
       </c>
       <c r="D17" t="s">
         <v>1438</v>
       </c>
       <c r="F17" t="s">
         <v>1439</v>
       </c>
       <c r="G17">
         <v>2025</v>
       </c>
       <c r="H17" t="s">
         <v>18</v>
       </c>
       <c r="I17" t="s">
         <v>47</v>
       </c>
       <c r="J17" t="s">
         <v>48</v>
       </c>
       <c r="K17" t="s">
         <v>1440</v>
       </c>
       <c r="L17" t="s">
         <v>1441</v>
       </c>
-      <c r="M17">
+      <c r="M17" s="11">
         <v>28</v>
       </c>
       <c r="N17" t="s">
         <v>1442</v>
       </c>
       <c r="O17" t="s">
         <v>43</v>
       </c>
       <c r="P17">
         <v>2025</v>
       </c>
       <c r="Q17" t="s">
         <v>1443</v>
       </c>
     </row>
     <row r="18" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>1383</v>
       </c>
       <c r="B18" t="s">
         <v>43</v>
       </c>
       <c r="C18" t="s">
         <v>1444</v>
       </c>
       <c r="D18" t="s">
         <v>1445</v>
       </c>
       <c r="F18" t="s">
         <v>1036</v>
       </c>
       <c r="G18">
         <v>2025</v>
       </c>
       <c r="H18" t="s">
         <v>63</v>
       </c>
       <c r="I18" t="s">
         <v>47</v>
       </c>
       <c r="J18" t="s">
         <v>48</v>
       </c>
       <c r="K18" t="s">
         <v>1446</v>
       </c>
       <c r="L18" t="s">
         <v>1447</v>
       </c>
-      <c r="M18">
+      <c r="M18" s="11">
         <v>25</v>
       </c>
       <c r="N18" t="s">
         <v>130</v>
       </c>
       <c r="O18" t="s">
         <v>43</v>
       </c>
       <c r="P18">
         <v>2025</v>
       </c>
       <c r="Q18" t="s">
         <v>1448</v>
       </c>
     </row>
     <row r="19" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>1383</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19" t="s">
         <v>1449</v>
       </c>
       <c r="D19" t="s">
         <v>1450</v>
       </c>
       <c r="F19" t="s">
         <v>1451</v>
       </c>
       <c r="G19">
         <v>2025</v>
       </c>
       <c r="H19" t="s">
         <v>63</v>
       </c>
       <c r="I19" t="s">
         <v>47</v>
       </c>
       <c r="J19" t="s">
         <v>48</v>
       </c>
       <c r="K19" t="s">
         <v>1452</v>
       </c>
       <c r="L19" t="s">
         <v>1453</v>
       </c>
-      <c r="M19">
+      <c r="M19" s="11">
         <v>22</v>
       </c>
       <c r="N19" t="s">
         <v>1454</v>
       </c>
       <c r="O19" t="s">
         <v>43</v>
       </c>
       <c r="P19">
         <v>2025</v>
       </c>
       <c r="Q19" t="s">
         <v>1455</v>
       </c>
     </row>
     <row r="20" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>1383</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20" t="s">
         <v>1456</v>
       </c>
       <c r="D20" t="s">
         <v>1457</v>
       </c>
       <c r="F20" t="s">
         <v>549</v>
       </c>
       <c r="G20">
         <v>2025</v>
       </c>
       <c r="H20" t="s">
         <v>1179</v>
       </c>
       <c r="I20" t="s">
         <v>47</v>
       </c>
       <c r="J20" t="s">
         <v>48</v>
       </c>
       <c r="K20" t="s">
         <v>1458</v>
       </c>
       <c r="L20" t="s">
         <v>1459</v>
       </c>
-      <c r="M20">
+      <c r="M20" s="11">
         <v>23</v>
       </c>
       <c r="N20" t="s">
         <v>141</v>
       </c>
       <c r="O20" t="s">
         <v>43</v>
       </c>
       <c r="P20">
         <v>2025</v>
       </c>
       <c r="Q20" t="s">
         <v>1460</v>
       </c>
     </row>
     <row r="21" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>1383</v>
       </c>
       <c r="B21" t="s">
         <v>43</v>
       </c>
       <c r="C21" t="s">
         <v>1461</v>
       </c>
       <c r="D21" t="s">
         <v>1462</v>
       </c>
       <c r="F21" t="s">
         <v>353</v>
       </c>
       <c r="G21">
         <v>2025</v>
       </c>
       <c r="H21" t="s">
         <v>18</v>
       </c>
       <c r="I21" t="s">
         <v>47</v>
       </c>
       <c r="J21" t="s">
         <v>48</v>
       </c>
       <c r="K21" t="s">
         <v>1463</v>
       </c>
       <c r="L21" t="s">
         <v>1464</v>
       </c>
-      <c r="M21">
+      <c r="M21" s="11">
         <v>22</v>
       </c>
       <c r="N21" t="s">
         <v>257</v>
       </c>
       <c r="O21" t="s">
         <v>43</v>
       </c>
       <c r="P21">
         <v>2025</v>
       </c>
       <c r="Q21" t="s">
         <v>1465</v>
       </c>
     </row>
     <row r="22" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>1383</v>
       </c>
       <c r="B22" t="s">
         <v>43</v>
       </c>
       <c r="C22" t="s">
         <v>1466</v>
       </c>
       <c r="D22" t="s">
         <v>1467</v>
       </c>
       <c r="F22" t="s">
         <v>1317</v>
       </c>
       <c r="G22">
         <v>2025</v>
       </c>
       <c r="H22" t="s">
         <v>63</v>
       </c>
       <c r="I22" t="s">
         <v>47</v>
       </c>
       <c r="J22" t="s">
         <v>48</v>
       </c>
       <c r="K22" t="s">
         <v>1468</v>
       </c>
       <c r="L22" t="s">
         <v>1469</v>
       </c>
-      <c r="M22">
+      <c r="M22" s="11">
         <v>22</v>
       </c>
       <c r="N22" t="s">
         <v>39</v>
       </c>
       <c r="O22" t="s">
         <v>43</v>
       </c>
       <c r="P22">
         <v>2025</v>
       </c>
       <c r="Q22" t="s">
         <v>1470</v>
       </c>
     </row>
     <row r="23" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>1383</v>
       </c>
       <c r="B23" t="s">
         <v>43</v>
       </c>
       <c r="C23" t="s">
         <v>1471</v>
       </c>
       <c r="D23" t="s">
         <v>1472</v>
       </c>
       <c r="F23" t="s">
         <v>1473</v>
       </c>
       <c r="G23">
         <v>2025</v>
       </c>
       <c r="H23" t="s">
         <v>18</v>
       </c>
       <c r="I23" t="s">
         <v>47</v>
       </c>
       <c r="J23" t="s">
         <v>48</v>
       </c>
       <c r="K23" t="s">
         <v>1474</v>
       </c>
       <c r="L23" t="s">
         <v>1475</v>
       </c>
-      <c r="M23">
+      <c r="M23" s="11">
         <v>28</v>
       </c>
       <c r="N23" t="s">
         <v>1476</v>
       </c>
       <c r="O23" t="s">
         <v>43</v>
       </c>
       <c r="P23">
         <v>2025</v>
       </c>
       <c r="Q23" t="s">
         <v>1477</v>
       </c>
     </row>
     <row r="24" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>1326</v>
       </c>
       <c r="B24" t="s">
         <v>43</v>
       </c>
       <c r="C24" t="s">
         <v>1327</v>
       </c>
       <c r="D24" t="s">
         <v>1328</v>
       </c>
       <c r="F24" t="s">
         <v>1178</v>
       </c>
       <c r="G24">
         <v>2025</v>
       </c>
       <c r="H24" t="s">
         <v>1179</v>
       </c>
       <c r="I24" t="s">
         <v>47</v>
       </c>
       <c r="J24" t="s">
         <v>48</v>
       </c>
       <c r="K24" t="s">
         <v>1329</v>
       </c>
       <c r="L24" t="s">
         <v>1330</v>
       </c>
-      <c r="M24" s="1">
+      <c r="M24" s="11">
         <v>25</v>
       </c>
       <c r="N24" t="s">
         <v>1187</v>
       </c>
       <c r="O24" t="s">
         <v>43</v>
       </c>
       <c r="P24">
         <v>2025</v>
       </c>
       <c r="Q24" t="s">
         <v>1331</v>
       </c>
     </row>
     <row r="25" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>1326</v>
       </c>
       <c r="B25" t="s">
         <v>43</v>
       </c>
       <c r="C25" t="s">
         <v>1332</v>
       </c>
       <c r="D25" t="s">
         <v>1333</v>
       </c>
       <c r="F25" t="s">
         <v>1334</v>
       </c>
       <c r="G25">
         <v>2025</v>
       </c>
       <c r="H25" t="s">
         <v>18</v>
       </c>
       <c r="I25" t="s">
         <v>47</v>
       </c>
       <c r="J25" t="s">
         <v>48</v>
       </c>
       <c r="K25" t="s">
         <v>1335</v>
       </c>
       <c r="L25" t="s">
         <v>1336</v>
       </c>
-      <c r="M25" s="1">
+      <c r="M25" s="11">
         <v>27</v>
       </c>
       <c r="N25" t="s">
         <v>31</v>
       </c>
       <c r="O25" t="s">
         <v>43</v>
       </c>
       <c r="P25">
         <v>2025</v>
       </c>
       <c r="Q25" t="s">
         <v>1337</v>
       </c>
     </row>
     <row r="26" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>1326</v>
       </c>
       <c r="B26" t="s">
         <v>43</v>
       </c>
       <c r="C26" t="s">
         <v>1338</v>
       </c>
       <c r="D26" t="s">
         <v>1339</v>
       </c>
       <c r="F26" t="s">
         <v>83</v>
       </c>
       <c r="G26">
         <v>2025</v>
       </c>
       <c r="H26" t="s">
         <v>18</v>
       </c>
       <c r="I26" t="s">
         <v>47</v>
       </c>
       <c r="J26" t="s">
         <v>48</v>
       </c>
       <c r="K26" t="s">
         <v>1340</v>
       </c>
       <c r="L26" t="s">
         <v>1341</v>
       </c>
-      <c r="M26" s="1">
+      <c r="M26" s="11">
         <v>22</v>
       </c>
       <c r="N26" t="s">
         <v>131</v>
       </c>
       <c r="O26" t="s">
         <v>43</v>
       </c>
       <c r="P26">
         <v>2025</v>
       </c>
       <c r="Q26" t="s">
         <v>1342</v>
       </c>
     </row>
     <row r="27" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>1326</v>
       </c>
       <c r="B27" t="s">
         <v>43</v>
       </c>
       <c r="C27" t="s">
         <v>1343</v>
       </c>
       <c r="D27" t="s">
         <v>1344</v>
       </c>
       <c r="F27" t="s">
         <v>261</v>
       </c>
       <c r="G27">
         <v>2025</v>
       </c>
       <c r="H27" t="s">
         <v>18</v>
       </c>
       <c r="I27" t="s">
         <v>47</v>
       </c>
       <c r="J27" t="s">
         <v>48</v>
       </c>
       <c r="K27" t="s">
         <v>1345</v>
       </c>
       <c r="L27" t="s">
         <v>1346</v>
       </c>
-      <c r="M27" s="1">
+      <c r="M27" s="11">
         <v>53</v>
       </c>
       <c r="N27" t="s">
         <v>184</v>
       </c>
       <c r="O27" t="s">
         <v>43</v>
       </c>
       <c r="P27">
         <v>2025</v>
       </c>
       <c r="Q27" t="s">
         <v>1347</v>
       </c>
     </row>
     <row r="28" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>1326</v>
       </c>
       <c r="B28" t="s">
         <v>43</v>
       </c>
       <c r="C28" t="s">
         <v>1348</v>
       </c>
       <c r="D28" t="s">
         <v>1349</v>
       </c>
       <c r="F28" t="s">
         <v>208</v>
       </c>
       <c r="G28">
         <v>2025</v>
       </c>
       <c r="H28" t="s">
         <v>96</v>
       </c>
       <c r="I28" t="s">
         <v>47</v>
       </c>
       <c r="J28" t="s">
         <v>48</v>
       </c>
       <c r="K28" t="s">
         <v>1350</v>
       </c>
       <c r="L28" t="s">
         <v>1351</v>
       </c>
-      <c r="M28" s="1">
+      <c r="M28" s="11">
         <v>26</v>
       </c>
       <c r="N28" t="s">
         <v>211</v>
       </c>
       <c r="O28" t="s">
         <v>43</v>
       </c>
       <c r="P28">
         <v>2025</v>
       </c>
       <c r="Q28" t="s">
         <v>1352</v>
       </c>
     </row>
     <row r="29" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>1326</v>
       </c>
       <c r="B29" t="s">
         <v>43</v>
       </c>
       <c r="C29" t="s">
         <v>1353</v>
       </c>
       <c r="D29" t="s">
         <v>1354</v>
       </c>
       <c r="F29" t="s">
         <v>1355</v>
       </c>
       <c r="G29">
         <v>2025</v>
       </c>
       <c r="H29" t="s">
         <v>1179</v>
       </c>
       <c r="I29" t="s">
         <v>47</v>
       </c>
       <c r="J29" t="s">
         <v>48</v>
       </c>
       <c r="K29" t="s">
         <v>1356</v>
       </c>
       <c r="L29" t="s">
         <v>1357</v>
       </c>
-      <c r="M29" s="1">
+      <c r="M29" s="11">
         <v>22</v>
       </c>
       <c r="N29" t="s">
         <v>1358</v>
       </c>
       <c r="O29" t="s">
         <v>43</v>
       </c>
       <c r="P29">
         <v>2025</v>
       </c>
       <c r="Q29" t="s">
         <v>1359</v>
       </c>
     </row>
     <row r="30" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>1326</v>
       </c>
       <c r="B30" t="s">
         <v>43</v>
       </c>
       <c r="C30" t="s">
         <v>1360</v>
       </c>
       <c r="D30" t="s">
         <v>1361</v>
       </c>
       <c r="F30" t="s">
         <v>1362</v>
       </c>
       <c r="G30">
         <v>2025</v>
       </c>
       <c r="H30" t="s">
         <v>18</v>
       </c>
       <c r="I30" t="s">
         <v>47</v>
       </c>
       <c r="J30" t="s">
         <v>48</v>
       </c>
       <c r="K30" t="s">
         <v>1363</v>
       </c>
       <c r="L30" t="s">
         <v>1364</v>
       </c>
-      <c r="M30" s="1">
+      <c r="M30" s="11">
         <v>24</v>
       </c>
       <c r="N30" t="s">
         <v>35</v>
       </c>
       <c r="O30" t="s">
         <v>43</v>
       </c>
       <c r="P30">
         <v>2025</v>
       </c>
       <c r="Q30" t="s">
         <v>1365</v>
       </c>
     </row>
     <row r="31" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>1326</v>
       </c>
       <c r="B31" t="s">
         <v>43</v>
       </c>
       <c r="C31" t="s">
         <v>1366</v>
       </c>
       <c r="D31" t="s">
         <v>1367</v>
       </c>
       <c r="F31" t="s">
         <v>444</v>
       </c>
       <c r="G31">
         <v>2025</v>
       </c>
       <c r="H31" t="s">
         <v>18</v>
       </c>
       <c r="I31" t="s">
         <v>47</v>
       </c>
       <c r="J31" t="s">
         <v>48</v>
       </c>
       <c r="K31" t="s">
         <v>1368</v>
       </c>
       <c r="L31" t="s">
         <v>1369</v>
       </c>
-      <c r="M31" s="1">
+      <c r="M31" s="11">
         <v>22</v>
       </c>
       <c r="N31" t="s">
         <v>1370</v>
       </c>
       <c r="O31" t="s">
         <v>43</v>
       </c>
       <c r="P31">
         <v>2025</v>
       </c>
       <c r="Q31" t="s">
         <v>1371</v>
       </c>
     </row>
     <row r="32" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>1326</v>
       </c>
       <c r="B32" t="s">
         <v>43</v>
       </c>
       <c r="C32" t="s">
         <v>1372</v>
       </c>
       <c r="D32" t="s">
         <v>1373</v>
       </c>
       <c r="F32" t="s">
         <v>1374</v>
       </c>
       <c r="G32">
         <v>2025</v>
       </c>
       <c r="H32" t="s">
         <v>18</v>
       </c>
       <c r="I32" t="s">
         <v>47</v>
       </c>
       <c r="J32" t="s">
         <v>48</v>
       </c>
       <c r="K32" t="s">
         <v>1375</v>
       </c>
       <c r="L32" t="s">
         <v>1376</v>
       </c>
-      <c r="M32" s="1">
+      <c r="M32" s="11">
         <v>22</v>
       </c>
       <c r="N32" t="s">
         <v>21</v>
       </c>
       <c r="O32" t="s">
         <v>43</v>
       </c>
       <c r="P32">
         <v>2025</v>
       </c>
       <c r="Q32" t="s">
         <v>1377</v>
       </c>
     </row>
     <row r="33" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>1326</v>
       </c>
       <c r="B33" t="s">
         <v>43</v>
       </c>
       <c r="C33" t="s">
         <v>1378</v>
       </c>
       <c r="D33" t="s">
         <v>1379</v>
       </c>
       <c r="F33" t="s">
         <v>83</v>
       </c>
       <c r="G33">
         <v>2025</v>
       </c>
       <c r="H33" t="s">
         <v>18</v>
       </c>
       <c r="I33" t="s">
         <v>47</v>
       </c>
       <c r="J33" t="s">
         <v>48</v>
       </c>
       <c r="K33" t="s">
         <v>1380</v>
       </c>
       <c r="L33" t="s">
         <v>1381</v>
       </c>
-      <c r="M33" s="1">
+      <c r="M33" s="11">
         <v>28</v>
       </c>
       <c r="N33" t="s">
         <v>24</v>
       </c>
       <c r="O33" t="s">
         <v>43</v>
       </c>
       <c r="P33">
         <v>2025</v>
       </c>
       <c r="Q33" t="s">
         <v>1382</v>
       </c>
     </row>
     <row r="34" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>1256</v>
       </c>
       <c r="B34" t="s">
         <v>43</v>
       </c>
       <c r="C34" t="s">
         <v>1257</v>
       </c>
       <c r="D34" t="s">
         <v>1258</v>
       </c>
       <c r="F34" t="s">
         <v>1259</v>
       </c>
       <c r="G34">
         <v>2024</v>
       </c>
       <c r="H34" t="s">
         <v>1260</v>
       </c>
       <c r="I34" t="s">
         <v>47</v>
       </c>
       <c r="J34" t="s">
         <v>48</v>
       </c>
       <c r="K34" t="s">
         <v>1261</v>
       </c>
       <c r="L34" t="s">
         <v>1262</v>
       </c>
-      <c r="M34" s="1">
+      <c r="M34" s="11">
         <v>37</v>
       </c>
       <c r="N34" t="s">
         <v>1263</v>
       </c>
       <c r="O34" t="s">
         <v>43</v>
       </c>
       <c r="P34">
         <v>2024</v>
       </c>
       <c r="Q34" t="s">
         <v>1264</v>
       </c>
     </row>
     <row r="35" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>1256</v>
       </c>
       <c r="B35" t="s">
         <v>43</v>
       </c>
       <c r="C35" t="s">
         <v>1265</v>
       </c>
       <c r="D35" t="s">
         <v>1266</v>
       </c>
       <c r="F35" t="s">
         <v>1267</v>
       </c>
       <c r="G35">
         <v>2024</v>
       </c>
       <c r="H35" t="s">
         <v>1179</v>
       </c>
       <c r="I35" t="s">
         <v>47</v>
       </c>
       <c r="J35" t="s">
         <v>48</v>
       </c>
       <c r="K35" t="s">
         <v>1268</v>
       </c>
       <c r="L35" t="s">
         <v>1269</v>
       </c>
-      <c r="M35" s="1">
+      <c r="M35" s="11">
         <v>43</v>
       </c>
       <c r="N35" t="s">
         <v>134</v>
       </c>
       <c r="O35" t="s">
         <v>43</v>
       </c>
       <c r="P35">
         <v>2024</v>
       </c>
       <c r="Q35" t="s">
         <v>1270</v>
       </c>
     </row>
     <row r="36" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>1256</v>
       </c>
       <c r="B36" t="s">
         <v>43</v>
       </c>
       <c r="C36" t="s">
         <v>1271</v>
       </c>
       <c r="D36" t="s">
         <v>1272</v>
       </c>
       <c r="F36" t="s">
         <v>156</v>
       </c>
       <c r="G36">
         <v>2024</v>
       </c>
       <c r="H36" t="s">
         <v>18</v>
       </c>
       <c r="I36" t="s">
         <v>47</v>
       </c>
       <c r="J36" t="s">
         <v>48</v>
       </c>
       <c r="K36" t="s">
         <v>1273</v>
       </c>
       <c r="L36" t="s">
         <v>1274</v>
       </c>
-      <c r="M36" s="1">
+      <c r="M36" s="11">
         <v>42</v>
       </c>
       <c r="N36" t="s">
         <v>39</v>
       </c>
       <c r="O36" t="s">
         <v>43</v>
       </c>
       <c r="P36">
         <v>2024</v>
       </c>
       <c r="Q36" t="s">
         <v>1275</v>
       </c>
     </row>
     <row r="37" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>1256</v>
       </c>
       <c r="B37" t="s">
         <v>43</v>
       </c>
       <c r="C37" t="s">
         <v>1276</v>
       </c>
       <c r="D37" t="s">
         <v>1277</v>
       </c>
       <c r="F37" t="s">
         <v>208</v>
       </c>
       <c r="G37">
         <v>2025</v>
       </c>
       <c r="H37" t="s">
         <v>96</v>
       </c>
       <c r="I37" t="s">
         <v>47</v>
       </c>
       <c r="J37" t="s">
         <v>48</v>
       </c>
       <c r="K37" t="s">
         <v>1278</v>
       </c>
       <c r="L37" t="s">
         <v>1279</v>
       </c>
-      <c r="M37" s="1">
+      <c r="M37" s="11">
         <v>19</v>
       </c>
       <c r="N37" t="s">
         <v>1280</v>
       </c>
       <c r="O37" t="s">
         <v>43</v>
       </c>
       <c r="P37">
         <v>2025</v>
       </c>
       <c r="Q37" t="s">
         <v>1281</v>
       </c>
     </row>
     <row r="38" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
         <v>1256</v>
       </c>
       <c r="B38" t="s">
         <v>43</v>
       </c>
       <c r="C38" t="s">
         <v>1282</v>
       </c>
       <c r="D38" t="s">
         <v>1283</v>
       </c>
       <c r="F38" t="s">
         <v>814</v>
       </c>
       <c r="G38">
         <v>2025</v>
       </c>
       <c r="H38" t="s">
         <v>63</v>
       </c>
       <c r="I38" t="s">
         <v>47</v>
       </c>
       <c r="J38" t="s">
         <v>48</v>
       </c>
       <c r="K38" t="s">
         <v>1284</v>
       </c>
       <c r="L38" t="s">
         <v>1285</v>
       </c>
-      <c r="M38" s="1">
+      <c r="M38" s="11">
         <v>25</v>
       </c>
       <c r="N38" t="s">
         <v>1286</v>
       </c>
       <c r="O38" t="s">
         <v>43</v>
       </c>
       <c r="P38">
         <v>2025</v>
       </c>
       <c r="Q38" t="s">
         <v>1287</v>
       </c>
     </row>
     <row r="39" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>1256</v>
       </c>
       <c r="B39" t="s">
         <v>43</v>
       </c>
       <c r="C39" t="s">
         <v>1288</v>
       </c>
       <c r="D39" t="s">
         <v>1289</v>
       </c>
       <c r="F39" t="s">
         <v>1178</v>
       </c>
       <c r="G39">
         <v>2025</v>
       </c>
       <c r="H39" t="s">
         <v>1179</v>
       </c>
       <c r="I39" t="s">
         <v>47</v>
       </c>
       <c r="J39" t="s">
         <v>48</v>
       </c>
       <c r="K39" t="s">
         <v>1290</v>
       </c>
       <c r="L39" t="s">
         <v>1291</v>
       </c>
-      <c r="M39" s="1">
+      <c r="M39" s="11">
         <v>27</v>
       </c>
       <c r="N39" t="s">
         <v>1230</v>
       </c>
       <c r="O39" t="s">
         <v>43</v>
       </c>
       <c r="P39">
         <v>2025</v>
       </c>
       <c r="Q39" t="s">
         <v>1292</v>
       </c>
     </row>
     <row r="40" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
         <v>1256</v>
       </c>
       <c r="B40" t="s">
         <v>43</v>
       </c>
       <c r="C40" t="s">
         <v>1293</v>
       </c>
       <c r="D40" t="s">
         <v>1294</v>
       </c>
       <c r="F40" t="s">
         <v>635</v>
       </c>
       <c r="G40">
         <v>2025</v>
       </c>
       <c r="H40" t="s">
         <v>18</v>
       </c>
       <c r="I40" t="s">
         <v>47</v>
       </c>
       <c r="J40" t="s">
         <v>48</v>
       </c>
       <c r="K40" t="s">
         <v>1295</v>
       </c>
       <c r="L40" t="s">
         <v>1296</v>
       </c>
-      <c r="M40" s="1">
+      <c r="M40" s="11">
         <v>39</v>
       </c>
       <c r="N40" t="s">
         <v>1297</v>
       </c>
       <c r="O40" t="s">
         <v>43</v>
       </c>
       <c r="P40">
         <v>2025</v>
       </c>
       <c r="Q40" t="s">
         <v>1298</v>
       </c>
     </row>
     <row r="41" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
         <v>1256</v>
       </c>
       <c r="B41" t="s">
         <v>43</v>
       </c>
       <c r="C41" t="s">
         <v>1299</v>
       </c>
       <c r="D41" t="s">
         <v>1300</v>
       </c>
       <c r="F41" t="s">
         <v>1301</v>
       </c>
       <c r="G41">
         <v>2025</v>
       </c>
       <c r="H41" t="s">
         <v>96</v>
       </c>
       <c r="I41" t="s">
         <v>47</v>
       </c>
       <c r="J41" t="s">
         <v>48</v>
       </c>
       <c r="K41" t="s">
         <v>1302</v>
       </c>
       <c r="L41" t="s">
         <v>1303</v>
       </c>
-      <c r="M41" s="1">
+      <c r="M41" s="11">
         <v>56</v>
       </c>
       <c r="N41" t="s">
         <v>134</v>
       </c>
       <c r="O41" t="s">
         <v>43</v>
       </c>
       <c r="P41">
         <v>2025</v>
       </c>
       <c r="Q41" t="s">
         <v>1304</v>
       </c>
     </row>
     <row r="42" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
         <v>1256</v>
       </c>
       <c r="B42" t="s">
         <v>43</v>
       </c>
       <c r="C42" t="s">
         <v>1305</v>
       </c>
       <c r="D42" t="s">
         <v>1306</v>
       </c>
       <c r="F42" t="s">
         <v>1307</v>
       </c>
       <c r="G42">
         <v>2025</v>
       </c>
       <c r="H42" t="s">
         <v>18</v>
       </c>
       <c r="I42" t="s">
         <v>47</v>
       </c>
       <c r="J42" t="s">
         <v>48</v>
       </c>
       <c r="K42" t="s">
         <v>1308</v>
       </c>
       <c r="L42" t="s">
         <v>1309</v>
       </c>
-      <c r="M42" s="1">
+      <c r="M42" s="11">
         <v>28</v>
       </c>
       <c r="N42" t="s">
         <v>35</v>
       </c>
       <c r="O42" t="s">
         <v>43</v>
       </c>
       <c r="P42">
         <v>2025</v>
       </c>
       <c r="Q42" t="s">
         <v>1310</v>
       </c>
     </row>
     <row r="43" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
         <v>1256</v>
       </c>
       <c r="B43" t="s">
         <v>43</v>
       </c>
       <c r="C43" t="s">
         <v>570</v>
       </c>
       <c r="D43" t="s">
         <v>571</v>
       </c>
       <c r="F43" t="s">
         <v>359</v>
       </c>
       <c r="G43">
         <v>2025</v>
       </c>
       <c r="H43" t="s">
         <v>18</v>
       </c>
       <c r="I43" t="s">
         <v>47</v>
       </c>
       <c r="J43" t="s">
         <v>48</v>
       </c>
       <c r="K43" t="s">
         <v>1311</v>
       </c>
       <c r="L43" t="s">
         <v>1312</v>
       </c>
-      <c r="M43" s="1">
+      <c r="M43" s="11">
         <v>23</v>
       </c>
       <c r="N43" t="s">
         <v>1313</v>
       </c>
       <c r="O43" t="s">
         <v>43</v>
       </c>
       <c r="P43">
         <v>2025</v>
       </c>
       <c r="Q43" t="s">
         <v>1314</v>
       </c>
     </row>
     <row r="44" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
         <v>1256</v>
       </c>
       <c r="B44" t="s">
         <v>43</v>
       </c>
       <c r="C44" t="s">
         <v>1315</v>
       </c>
       <c r="D44" t="s">
         <v>1316</v>
       </c>
       <c r="F44" t="s">
         <v>1317</v>
       </c>
       <c r="G44">
         <v>2025</v>
       </c>
       <c r="H44" t="s">
         <v>63</v>
       </c>
       <c r="I44" t="s">
         <v>47</v>
       </c>
       <c r="J44" t="s">
         <v>48</v>
       </c>
       <c r="K44" t="s">
         <v>1318</v>
       </c>
       <c r="L44" t="s">
         <v>1319</v>
       </c>
-      <c r="M44" s="1">
+      <c r="M44" s="11">
         <v>36</v>
       </c>
       <c r="N44" t="s">
         <v>39</v>
       </c>
       <c r="O44" t="s">
         <v>43</v>
       </c>
       <c r="P44">
         <v>2025</v>
       </c>
       <c r="Q44" t="s">
         <v>1320</v>
       </c>
     </row>
     <row r="45" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A45" t="s">
         <v>1256</v>
       </c>
       <c r="B45" t="s">
         <v>43</v>
       </c>
       <c r="C45" t="s">
         <v>1321</v>
       </c>
       <c r="D45" t="s">
         <v>1322</v>
       </c>
       <c r="F45" t="s">
         <v>54</v>
       </c>
       <c r="G45">
         <v>2025</v>
       </c>
       <c r="H45" t="s">
         <v>96</v>
       </c>
       <c r="I45" t="s">
         <v>47</v>
       </c>
       <c r="J45" t="s">
         <v>48</v>
       </c>
       <c r="K45" t="s">
         <v>1323</v>
       </c>
       <c r="L45" t="s">
         <v>1324</v>
       </c>
-      <c r="M45" s="1">
+      <c r="M45" s="11">
         <v>35</v>
       </c>
       <c r="N45" t="s">
         <v>1019</v>
       </c>
       <c r="O45" t="s">
         <v>43</v>
       </c>
       <c r="P45">
         <v>2025</v>
       </c>
       <c r="Q45" t="s">
         <v>1325</v>
       </c>
     </row>
     <row r="46" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A46" t="s">
         <v>1163</v>
       </c>
       <c r="B46" t="s">
         <v>43</v>
       </c>
       <c r="C46" t="s">
         <v>1164</v>
       </c>
       <c r="D46" t="s">
         <v>1165</v>
       </c>
       <c r="F46" t="s">
         <v>372</v>
       </c>
       <c r="G46">
         <v>2024</v>
       </c>
       <c r="H46" t="s">
         <v>18</v>
       </c>
       <c r="I46" t="s">
         <v>47</v>
       </c>
       <c r="J46" t="s">
         <v>48</v>
       </c>
       <c r="K46" t="s">
         <v>1166</v>
       </c>
       <c r="L46" t="s">
         <v>1167</v>
       </c>
-      <c r="M46" s="1">
+      <c r="M46" s="11">
         <v>24</v>
       </c>
       <c r="N46" t="s">
         <v>34</v>
       </c>
       <c r="O46" t="s">
         <v>43</v>
       </c>
       <c r="P46">
         <v>2024</v>
       </c>
       <c r="Q46" t="s">
         <v>1168</v>
       </c>
     </row>
     <row r="47" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A47" t="s">
         <v>1163</v>
       </c>
       <c r="B47" t="s">
         <v>43</v>
       </c>
       <c r="C47" t="s">
         <v>1169</v>
       </c>
       <c r="D47" t="s">
         <v>1170</v>
       </c>
       <c r="F47" t="s">
         <v>1171</v>
       </c>
       <c r="G47">
         <v>2024</v>
       </c>
       <c r="H47" t="s">
         <v>18</v>
       </c>
       <c r="I47" t="s">
         <v>47</v>
       </c>
       <c r="J47" t="s">
         <v>48</v>
       </c>
       <c r="K47" t="s">
         <v>1172</v>
       </c>
       <c r="L47" t="s">
         <v>1173</v>
       </c>
-      <c r="M47" s="1">
+      <c r="M47" s="11">
         <v>24</v>
       </c>
       <c r="N47" t="s">
         <v>21</v>
       </c>
       <c r="O47" t="s">
         <v>43</v>
       </c>
       <c r="P47">
         <v>2024</v>
       </c>
       <c r="Q47" t="s">
         <v>1174</v>
       </c>
     </row>
     <row r="48" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A48" t="s">
         <v>1163</v>
       </c>
       <c r="B48" t="s">
         <v>43</v>
       </c>
       <c r="C48" t="s">
         <v>1175</v>
       </c>
@@ -7135,51 +7144,51 @@
       </c>
       <c r="E48" t="s">
         <v>1177</v>
       </c>
       <c r="F48" t="s">
         <v>1178</v>
       </c>
       <c r="G48">
         <v>2024</v>
       </c>
       <c r="H48" t="s">
         <v>1179</v>
       </c>
       <c r="I48" t="s">
         <v>47</v>
       </c>
       <c r="J48" t="s">
         <v>48</v>
       </c>
       <c r="K48" t="s">
         <v>1180</v>
       </c>
       <c r="L48" t="s">
         <v>1181</v>
       </c>
-      <c r="M48" s="1">
+      <c r="M48" s="11">
         <v>22</v>
       </c>
       <c r="N48" t="s">
         <v>1182</v>
       </c>
       <c r="O48" t="s">
         <v>43</v>
       </c>
       <c r="P48">
         <v>2024</v>
       </c>
       <c r="Q48" t="s">
         <v>1183</v>
       </c>
     </row>
     <row r="49" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A49" t="s">
         <v>1163</v>
       </c>
       <c r="B49" t="s">
         <v>43</v>
       </c>
       <c r="C49" t="s">
         <v>1175</v>
       </c>
@@ -7188,51 +7197,51 @@
       </c>
       <c r="E49" t="s">
         <v>1184</v>
       </c>
       <c r="F49" t="s">
         <v>1178</v>
       </c>
       <c r="G49">
         <v>2024</v>
       </c>
       <c r="H49" t="s">
         <v>1179</v>
       </c>
       <c r="I49" t="s">
         <v>47</v>
       </c>
       <c r="J49" t="s">
         <v>48</v>
       </c>
       <c r="K49" t="s">
         <v>1185</v>
       </c>
       <c r="L49" t="s">
         <v>1186</v>
       </c>
-      <c r="M49" s="1">
+      <c r="M49" s="11">
         <v>22</v>
       </c>
       <c r="N49" t="s">
         <v>1187</v>
       </c>
       <c r="O49" t="s">
         <v>43</v>
       </c>
       <c r="P49">
         <v>2024</v>
       </c>
       <c r="Q49" t="s">
         <v>1188</v>
       </c>
     </row>
     <row r="50" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A50" t="s">
         <v>1163</v>
       </c>
       <c r="B50" t="s">
         <v>43</v>
       </c>
       <c r="C50" t="s">
         <v>1175</v>
       </c>
@@ -7241,351 +7250,351 @@
       </c>
       <c r="E50" t="s">
         <v>1189</v>
       </c>
       <c r="F50" t="s">
         <v>1178</v>
       </c>
       <c r="G50">
         <v>2024</v>
       </c>
       <c r="H50" t="s">
         <v>1179</v>
       </c>
       <c r="I50" t="s">
         <v>47</v>
       </c>
       <c r="J50" t="s">
         <v>48</v>
       </c>
       <c r="K50" t="s">
         <v>1190</v>
       </c>
       <c r="L50" t="s">
         <v>1191</v>
       </c>
-      <c r="M50" s="1">
+      <c r="M50" s="11">
         <v>22</v>
       </c>
       <c r="N50" t="s">
         <v>1187</v>
       </c>
       <c r="O50" t="s">
         <v>43</v>
       </c>
       <c r="P50">
         <v>2024</v>
       </c>
       <c r="Q50" t="s">
         <v>1192</v>
       </c>
     </row>
     <row r="51" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A51" t="s">
         <v>1163</v>
       </c>
       <c r="B51" t="s">
         <v>43</v>
       </c>
       <c r="C51" t="s">
         <v>1193</v>
       </c>
       <c r="D51" t="s">
         <v>1194</v>
       </c>
       <c r="F51" t="s">
         <v>229</v>
       </c>
       <c r="G51">
         <v>2024</v>
       </c>
       <c r="H51" t="s">
         <v>18</v>
       </c>
       <c r="I51" t="s">
         <v>47</v>
       </c>
       <c r="J51" t="s">
         <v>48</v>
       </c>
       <c r="K51" t="s">
         <v>1195</v>
       </c>
       <c r="L51" t="s">
         <v>1196</v>
       </c>
-      <c r="M51" s="1">
+      <c r="M51" s="11">
         <v>22</v>
       </c>
       <c r="N51" t="s">
         <v>30</v>
       </c>
       <c r="O51" t="s">
         <v>43</v>
       </c>
       <c r="P51">
         <v>2024</v>
       </c>
       <c r="Q51" t="s">
         <v>1197</v>
       </c>
     </row>
     <row r="52" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A52" t="s">
         <v>1163</v>
       </c>
       <c r="B52" t="s">
         <v>43</v>
       </c>
       <c r="C52" t="s">
         <v>1198</v>
       </c>
       <c r="D52" t="s">
         <v>1199</v>
       </c>
       <c r="F52" t="s">
         <v>1200</v>
       </c>
       <c r="G52">
         <v>2024</v>
       </c>
       <c r="H52" t="s">
         <v>1201</v>
       </c>
       <c r="I52" t="s">
         <v>47</v>
       </c>
       <c r="J52" t="s">
         <v>48</v>
       </c>
       <c r="K52" t="s">
         <v>1202</v>
       </c>
       <c r="L52" t="s">
         <v>1203</v>
       </c>
-      <c r="M52" s="1">
+      <c r="M52" s="11">
         <v>22</v>
       </c>
       <c r="N52" t="s">
         <v>25</v>
       </c>
       <c r="O52" t="s">
         <v>43</v>
       </c>
       <c r="P52">
         <v>2024</v>
       </c>
       <c r="Q52" t="s">
         <v>1204</v>
       </c>
     </row>
     <row r="53" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A53" t="s">
         <v>1163</v>
       </c>
       <c r="B53" t="s">
         <v>43</v>
       </c>
       <c r="C53" t="s">
         <v>1205</v>
       </c>
       <c r="D53" t="s">
         <v>1206</v>
       </c>
       <c r="F53" t="s">
         <v>54</v>
       </c>
       <c r="G53">
         <v>2024</v>
       </c>
       <c r="H53" t="s">
         <v>18</v>
       </c>
       <c r="I53" t="s">
         <v>47</v>
       </c>
       <c r="J53" t="s">
         <v>48</v>
       </c>
       <c r="K53" t="s">
         <v>1207</v>
       </c>
       <c r="L53" t="s">
         <v>1208</v>
       </c>
-      <c r="M53" s="1">
+      <c r="M53" s="11">
         <v>24</v>
       </c>
       <c r="N53" t="s">
         <v>1209</v>
       </c>
       <c r="O53" t="s">
         <v>43</v>
       </c>
       <c r="P53">
         <v>2024</v>
       </c>
       <c r="Q53" t="s">
         <v>1210</v>
       </c>
     </row>
     <row r="54" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A54" t="s">
         <v>1163</v>
       </c>
       <c r="B54" t="s">
         <v>43</v>
       </c>
       <c r="C54" t="s">
         <v>1211</v>
       </c>
       <c r="D54" t="s">
         <v>1212</v>
       </c>
       <c r="F54" t="s">
         <v>1213</v>
       </c>
       <c r="G54">
         <v>2024</v>
       </c>
       <c r="H54" t="s">
         <v>1214</v>
       </c>
       <c r="I54" t="s">
         <v>47</v>
       </c>
       <c r="J54" t="s">
         <v>48</v>
       </c>
       <c r="K54" t="s">
         <v>1215</v>
       </c>
       <c r="L54" t="s">
         <v>1216</v>
       </c>
-      <c r="M54" s="1">
+      <c r="M54" s="11">
         <v>22</v>
       </c>
       <c r="N54" t="s">
         <v>1217</v>
       </c>
       <c r="O54" t="s">
         <v>43</v>
       </c>
       <c r="P54">
         <v>2024</v>
       </c>
       <c r="Q54" t="s">
         <v>1218</v>
       </c>
     </row>
     <row r="55" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A55" t="s">
         <v>1163</v>
       </c>
       <c r="B55" t="s">
         <v>43</v>
       </c>
       <c r="C55" t="s">
         <v>1219</v>
       </c>
       <c r="D55" t="s">
         <v>1220</v>
       </c>
       <c r="F55" t="s">
         <v>1221</v>
       </c>
       <c r="G55">
         <v>2024</v>
       </c>
       <c r="H55" t="s">
         <v>1214</v>
       </c>
       <c r="I55" t="s">
         <v>47</v>
       </c>
       <c r="J55" t="s">
         <v>48</v>
       </c>
       <c r="K55" t="s">
         <v>1222</v>
       </c>
       <c r="L55" t="s">
         <v>1223</v>
       </c>
-      <c r="M55" s="1">
+      <c r="M55" s="11">
         <v>29</v>
       </c>
       <c r="N55" t="s">
         <v>134</v>
       </c>
       <c r="O55" t="s">
         <v>43</v>
       </c>
       <c r="P55">
         <v>2024</v>
       </c>
       <c r="Q55" t="s">
         <v>1224</v>
       </c>
     </row>
     <row r="56" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A56" t="s">
         <v>1163</v>
       </c>
       <c r="B56" t="s">
         <v>43</v>
       </c>
       <c r="C56" t="s">
         <v>1225</v>
       </c>
       <c r="D56" t="s">
         <v>1226</v>
       </c>
       <c r="F56" t="s">
         <v>1227</v>
       </c>
       <c r="G56">
         <v>2024</v>
       </c>
       <c r="H56" t="s">
         <v>1179</v>
       </c>
       <c r="I56" t="s">
         <v>47</v>
       </c>
       <c r="J56" t="s">
         <v>48</v>
       </c>
       <c r="K56" t="s">
         <v>1228</v>
       </c>
       <c r="L56" t="s">
         <v>1229</v>
       </c>
-      <c r="M56" s="1">
+      <c r="M56" s="11">
         <v>22</v>
       </c>
       <c r="N56" t="s">
         <v>1230</v>
       </c>
       <c r="O56" t="s">
         <v>43</v>
       </c>
       <c r="P56">
         <v>2024</v>
       </c>
       <c r="Q56" t="s">
         <v>1231</v>
       </c>
     </row>
     <row r="57" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A57" t="s">
         <v>1163</v>
       </c>
       <c r="B57" t="s">
         <v>43</v>
       </c>
       <c r="C57" t="s">
         <v>1232</v>
       </c>
@@ -7594,1301 +7603,1301 @@
       </c>
       <c r="E57" t="s">
         <v>1234</v>
       </c>
       <c r="F57" t="s">
         <v>1235</v>
       </c>
       <c r="G57">
         <v>2024</v>
       </c>
       <c r="H57" t="s">
         <v>1179</v>
       </c>
       <c r="I57" t="s">
         <v>47</v>
       </c>
       <c r="J57" t="s">
         <v>48</v>
       </c>
       <c r="K57" t="s">
         <v>1236</v>
       </c>
       <c r="L57" t="s">
         <v>1237</v>
       </c>
-      <c r="M57" s="1">
+      <c r="M57" s="11">
         <v>22</v>
       </c>
       <c r="N57" t="s">
         <v>1238</v>
       </c>
       <c r="O57" t="s">
         <v>43</v>
       </c>
       <c r="P57">
         <v>2024</v>
       </c>
       <c r="Q57" t="s">
         <v>1239</v>
       </c>
     </row>
     <row r="58" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A58" t="s">
         <v>1163</v>
       </c>
       <c r="B58" t="s">
         <v>43</v>
       </c>
       <c r="C58" t="s">
         <v>1240</v>
       </c>
       <c r="D58" t="s">
         <v>1241</v>
       </c>
       <c r="F58" t="s">
         <v>1242</v>
       </c>
       <c r="G58">
         <v>2024</v>
       </c>
       <c r="H58" t="s">
         <v>1214</v>
       </c>
       <c r="I58" t="s">
         <v>47</v>
       </c>
       <c r="J58" t="s">
         <v>48</v>
       </c>
       <c r="K58" t="s">
         <v>1243</v>
       </c>
       <c r="L58" t="s">
         <v>1244</v>
       </c>
-      <c r="M58" s="1">
+      <c r="M58" s="11">
         <v>22</v>
       </c>
       <c r="N58" t="s">
         <v>1245</v>
       </c>
       <c r="O58" t="s">
         <v>43</v>
       </c>
       <c r="P58">
         <v>2024</v>
       </c>
       <c r="Q58" t="s">
         <v>1246</v>
       </c>
     </row>
     <row r="59" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A59" t="s">
         <v>1163</v>
       </c>
       <c r="B59" t="s">
         <v>43</v>
       </c>
       <c r="C59" t="s">
         <v>1247</v>
       </c>
       <c r="D59" t="s">
         <v>1248</v>
       </c>
       <c r="F59" t="s">
         <v>1249</v>
       </c>
       <c r="G59">
         <v>2024</v>
       </c>
       <c r="H59" t="s">
         <v>18</v>
       </c>
       <c r="I59" t="s">
         <v>47</v>
       </c>
       <c r="J59" t="s">
         <v>48</v>
       </c>
       <c r="K59" t="s">
         <v>1250</v>
       </c>
       <c r="L59" t="s">
         <v>1251</v>
       </c>
-      <c r="M59" s="1">
+      <c r="M59" s="11">
         <v>29</v>
       </c>
       <c r="N59" t="s">
         <v>1252</v>
       </c>
       <c r="O59" t="s">
         <v>43</v>
       </c>
       <c r="P59">
         <v>2024</v>
       </c>
       <c r="Q59" t="s">
         <v>1253</v>
       </c>
     </row>
     <row r="60" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A60" t="s">
         <v>1099</v>
       </c>
       <c r="B60" t="s">
         <v>43</v>
       </c>
       <c r="C60" t="s">
         <v>1100</v>
       </c>
       <c r="D60" t="s">
         <v>1101</v>
       </c>
       <c r="F60" t="s">
         <v>208</v>
       </c>
       <c r="G60">
         <v>2024</v>
       </c>
       <c r="H60" t="s">
         <v>18</v>
       </c>
       <c r="I60" t="s">
         <v>47</v>
       </c>
       <c r="J60" t="s">
         <v>48</v>
       </c>
       <c r="K60" t="s">
         <v>1102</v>
       </c>
       <c r="L60" t="s">
         <v>1103</v>
       </c>
-      <c r="M60" s="1">
+      <c r="M60" s="11">
         <v>29</v>
       </c>
       <c r="N60" t="s">
         <v>962</v>
       </c>
       <c r="O60" t="s">
         <v>43</v>
       </c>
       <c r="P60">
         <v>2024</v>
       </c>
       <c r="Q60" t="s">
         <v>1104</v>
       </c>
     </row>
     <row r="61" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A61" t="s">
         <v>1099</v>
       </c>
       <c r="B61" t="s">
         <v>43</v>
       </c>
       <c r="C61" t="s">
         <v>1105</v>
       </c>
       <c r="D61" t="s">
         <v>1106</v>
       </c>
       <c r="F61" t="s">
         <v>936</v>
       </c>
       <c r="G61">
         <v>2024</v>
       </c>
       <c r="H61" t="s">
         <v>18</v>
       </c>
       <c r="I61" t="s">
         <v>47</v>
       </c>
       <c r="J61" t="s">
         <v>48</v>
       </c>
       <c r="K61" t="s">
         <v>1107</v>
       </c>
       <c r="L61" t="s">
         <v>1108</v>
       </c>
-      <c r="M61" s="1">
+      <c r="M61" s="11">
         <v>27</v>
       </c>
       <c r="N61" t="s">
         <v>139</v>
       </c>
       <c r="O61" t="s">
         <v>43</v>
       </c>
       <c r="P61">
         <v>2024</v>
       </c>
       <c r="Q61" t="s">
         <v>1109</v>
       </c>
     </row>
     <row r="62" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A62" t="s">
         <v>1099</v>
       </c>
       <c r="B62" t="s">
         <v>43</v>
       </c>
       <c r="C62" t="s">
         <v>1110</v>
       </c>
       <c r="D62" t="s">
         <v>1111</v>
       </c>
       <c r="F62" t="s">
         <v>353</v>
       </c>
       <c r="G62">
         <v>2024</v>
       </c>
       <c r="H62" t="s">
         <v>18</v>
       </c>
       <c r="I62" t="s">
         <v>47</v>
       </c>
       <c r="J62" t="s">
         <v>48</v>
       </c>
       <c r="K62" t="s">
         <v>1112</v>
       </c>
       <c r="L62" t="s">
         <v>1113</v>
       </c>
-      <c r="M62" s="1">
+      <c r="M62" s="11">
         <v>22</v>
       </c>
       <c r="N62" t="s">
         <v>978</v>
       </c>
       <c r="O62" t="s">
         <v>43</v>
       </c>
       <c r="P62">
         <v>2024</v>
       </c>
       <c r="Q62" t="s">
         <v>1114</v>
       </c>
     </row>
     <row r="63" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A63" t="s">
         <v>1099</v>
       </c>
       <c r="B63" t="s">
         <v>43</v>
       </c>
       <c r="C63" t="s">
         <v>1115</v>
       </c>
       <c r="D63" t="s">
         <v>1116</v>
       </c>
       <c r="F63" t="s">
         <v>54</v>
       </c>
       <c r="G63">
         <v>2024</v>
       </c>
       <c r="H63" t="s">
         <v>18</v>
       </c>
       <c r="I63" t="s">
         <v>47</v>
       </c>
       <c r="J63" t="s">
         <v>48</v>
       </c>
       <c r="K63" t="s">
         <v>1117</v>
       </c>
       <c r="L63" t="s">
         <v>1118</v>
       </c>
-      <c r="M63" s="1">
+      <c r="M63" s="11">
         <v>22</v>
       </c>
       <c r="N63" t="s">
         <v>1019</v>
       </c>
       <c r="O63" t="s">
         <v>43</v>
       </c>
       <c r="P63">
         <v>2024</v>
       </c>
       <c r="Q63" t="s">
         <v>1119</v>
       </c>
     </row>
     <row r="64" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A64" t="s">
         <v>1099</v>
       </c>
       <c r="B64" t="s">
         <v>43</v>
       </c>
       <c r="C64" t="s">
         <v>1120</v>
       </c>
       <c r="D64" t="s">
         <v>1121</v>
       </c>
       <c r="F64" t="s">
         <v>760</v>
       </c>
       <c r="G64">
         <v>2024</v>
       </c>
       <c r="H64" t="s">
         <v>18</v>
       </c>
       <c r="I64" t="s">
         <v>47</v>
       </c>
       <c r="J64" t="s">
         <v>48</v>
       </c>
       <c r="K64" t="s">
         <v>1122</v>
       </c>
       <c r="L64" t="s">
         <v>1123</v>
       </c>
-      <c r="M64" s="1">
+      <c r="M64" s="11">
         <v>22</v>
       </c>
       <c r="N64" t="s">
         <v>129</v>
       </c>
       <c r="O64" t="s">
         <v>43</v>
       </c>
       <c r="P64">
         <v>2024</v>
       </c>
       <c r="Q64" t="s">
         <v>1124</v>
       </c>
     </row>
     <row r="65" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A65" t="s">
         <v>1099</v>
       </c>
       <c r="B65" t="s">
         <v>43</v>
       </c>
       <c r="C65" t="s">
         <v>1125</v>
       </c>
       <c r="D65" t="s">
         <v>1126</v>
       </c>
       <c r="F65" t="s">
         <v>215</v>
       </c>
       <c r="G65">
         <v>2024</v>
       </c>
       <c r="H65" t="s">
         <v>18</v>
       </c>
       <c r="I65" t="s">
         <v>47</v>
       </c>
       <c r="J65" t="s">
         <v>48</v>
       </c>
       <c r="K65" t="s">
         <v>1127</v>
       </c>
       <c r="L65" t="s">
         <v>1128</v>
       </c>
-      <c r="M65" s="1">
+      <c r="M65" s="11">
         <v>22</v>
       </c>
       <c r="N65" t="s">
         <v>1129</v>
       </c>
       <c r="O65" t="s">
         <v>43</v>
       </c>
       <c r="P65">
         <v>2024</v>
       </c>
       <c r="Q65" t="s">
         <v>1130</v>
       </c>
     </row>
     <row r="66" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A66" t="s">
         <v>1099</v>
       </c>
       <c r="B66" t="s">
         <v>43</v>
       </c>
       <c r="C66" t="s">
         <v>1131</v>
       </c>
       <c r="D66" t="s">
         <v>1132</v>
       </c>
       <c r="F66" t="s">
         <v>1133</v>
       </c>
       <c r="G66">
         <v>2024</v>
       </c>
       <c r="H66" t="s">
         <v>18</v>
       </c>
       <c r="I66" t="s">
         <v>47</v>
       </c>
       <c r="J66" t="s">
         <v>48</v>
       </c>
       <c r="K66" t="s">
         <v>1134</v>
       </c>
       <c r="L66" t="s">
         <v>1135</v>
       </c>
-      <c r="M66" s="1">
+      <c r="M66" s="11">
         <v>22</v>
       </c>
       <c r="N66" t="s">
         <v>1136</v>
       </c>
       <c r="O66" t="s">
         <v>43</v>
       </c>
       <c r="P66">
         <v>2024</v>
       </c>
       <c r="Q66" t="s">
         <v>1137</v>
       </c>
     </row>
     <row r="67" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A67" t="s">
         <v>1099</v>
       </c>
       <c r="B67" t="s">
         <v>43</v>
       </c>
       <c r="C67" t="s">
         <v>1138</v>
       </c>
       <c r="D67" t="s">
         <v>1139</v>
       </c>
       <c r="F67" t="s">
         <v>1140</v>
       </c>
       <c r="G67">
         <v>2024</v>
       </c>
       <c r="H67" t="s">
         <v>96</v>
       </c>
       <c r="I67" t="s">
         <v>47</v>
       </c>
       <c r="J67" t="s">
         <v>48</v>
       </c>
       <c r="K67" t="s">
         <v>1141</v>
       </c>
       <c r="L67" t="s">
         <v>1142</v>
       </c>
-      <c r="M67" s="1">
+      <c r="M67" s="11">
         <v>22</v>
       </c>
       <c r="N67" t="s">
         <v>1143</v>
       </c>
       <c r="O67" t="s">
         <v>43</v>
       </c>
       <c r="P67">
         <v>2024</v>
       </c>
       <c r="Q67" t="s">
         <v>1144</v>
       </c>
     </row>
     <row r="68" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A68" t="s">
         <v>1099</v>
       </c>
       <c r="B68" t="s">
         <v>43</v>
       </c>
       <c r="C68" t="s">
         <v>1145</v>
       </c>
       <c r="D68" t="s">
         <v>1146</v>
       </c>
       <c r="F68" t="s">
         <v>1147</v>
       </c>
       <c r="G68">
         <v>2024</v>
       </c>
       <c r="H68" t="s">
         <v>18</v>
       </c>
       <c r="I68" t="s">
         <v>47</v>
       </c>
       <c r="J68" t="s">
         <v>48</v>
       </c>
       <c r="K68" t="s">
         <v>1148</v>
       </c>
       <c r="L68" t="s">
         <v>1149</v>
       </c>
-      <c r="M68" s="1">
+      <c r="M68" s="11">
         <v>22</v>
       </c>
       <c r="N68" t="s">
         <v>1150</v>
       </c>
       <c r="O68" t="s">
         <v>43</v>
       </c>
       <c r="P68">
         <v>2024</v>
       </c>
       <c r="Q68" t="s">
         <v>1151</v>
       </c>
     </row>
     <row r="69" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A69" t="s">
         <v>1099</v>
       </c>
       <c r="B69" t="s">
         <v>43</v>
       </c>
       <c r="C69" t="s">
         <v>1152</v>
       </c>
       <c r="D69" t="s">
         <v>1153</v>
       </c>
       <c r="F69" t="s">
         <v>69</v>
       </c>
       <c r="G69">
         <v>2024</v>
       </c>
       <c r="H69" t="s">
         <v>18</v>
       </c>
       <c r="I69" t="s">
         <v>47</v>
       </c>
       <c r="J69" t="s">
         <v>48</v>
       </c>
       <c r="K69" t="s">
         <v>1154</v>
       </c>
       <c r="L69" t="s">
         <v>1155</v>
       </c>
-      <c r="M69" s="1">
+      <c r="M69" s="11">
         <v>26</v>
       </c>
       <c r="N69" t="s">
         <v>72</v>
       </c>
       <c r="O69" t="s">
         <v>43</v>
       </c>
       <c r="P69">
         <v>2024</v>
       </c>
       <c r="Q69" t="s">
         <v>1156</v>
       </c>
     </row>
     <row r="70" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A70" t="s">
         <v>1099</v>
       </c>
       <c r="B70" t="s">
         <v>43</v>
       </c>
       <c r="C70" t="s">
         <v>1157</v>
       </c>
       <c r="D70" t="s">
         <v>1158</v>
       </c>
       <c r="F70" t="s">
         <v>444</v>
       </c>
       <c r="G70">
         <v>2024</v>
       </c>
       <c r="H70" t="s">
         <v>18</v>
       </c>
       <c r="I70" t="s">
         <v>47</v>
       </c>
       <c r="J70" t="s">
         <v>48</v>
       </c>
       <c r="K70" t="s">
         <v>1159</v>
       </c>
       <c r="L70" t="s">
         <v>1160</v>
       </c>
-      <c r="M70" s="1">
+      <c r="M70" s="11">
         <v>22</v>
       </c>
       <c r="N70" t="s">
         <v>1019</v>
       </c>
       <c r="O70" t="s">
         <v>43</v>
       </c>
       <c r="P70">
         <v>2024</v>
       </c>
       <c r="Q70" t="s">
         <v>1161</v>
       </c>
     </row>
     <row r="71" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A71" t="s">
         <v>1040</v>
       </c>
       <c r="B71" t="s">
         <v>43</v>
       </c>
       <c r="C71" t="s">
         <v>1041</v>
       </c>
       <c r="D71" t="s">
         <v>1042</v>
       </c>
       <c r="F71" t="s">
         <v>333</v>
       </c>
       <c r="G71">
         <v>2024</v>
       </c>
       <c r="H71" t="s">
         <v>18</v>
       </c>
       <c r="I71" t="s">
         <v>47</v>
       </c>
       <c r="J71" t="s">
         <v>48</v>
       </c>
       <c r="K71" t="s">
         <v>1043</v>
       </c>
       <c r="L71" t="s">
         <v>1044</v>
       </c>
-      <c r="M71" s="1">
+      <c r="M71" s="11">
         <v>27</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
         <v>43</v>
       </c>
       <c r="P71">
         <v>2024</v>
       </c>
       <c r="Q71" t="s">
         <v>1045</v>
       </c>
     </row>
     <row r="72" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A72" t="s">
         <v>1040</v>
       </c>
       <c r="B72" t="s">
         <v>43</v>
       </c>
       <c r="C72" t="s">
         <v>1046</v>
       </c>
       <c r="D72" t="s">
         <v>1047</v>
       </c>
       <c r="F72" t="s">
         <v>163</v>
       </c>
       <c r="G72">
         <v>2024</v>
       </c>
       <c r="H72" t="s">
         <v>18</v>
       </c>
       <c r="I72" t="s">
         <v>47</v>
       </c>
       <c r="J72" t="s">
         <v>48</v>
       </c>
       <c r="K72" t="s">
         <v>1048</v>
       </c>
       <c r="L72" t="s">
         <v>1049</v>
       </c>
-      <c r="M72" s="1">
+      <c r="M72" s="11">
         <v>38</v>
       </c>
       <c r="N72" t="s">
         <v>1050</v>
       </c>
       <c r="O72" t="s">
         <v>43</v>
       </c>
       <c r="P72">
         <v>2024</v>
       </c>
       <c r="Q72" t="s">
         <v>1051</v>
       </c>
     </row>
     <row r="73" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A73" t="s">
         <v>1040</v>
       </c>
       <c r="B73" t="s">
         <v>43</v>
       </c>
       <c r="C73" t="s">
         <v>1052</v>
       </c>
       <c r="D73" t="s">
         <v>1053</v>
       </c>
       <c r="F73" t="s">
         <v>285</v>
       </c>
       <c r="G73">
         <v>2024</v>
       </c>
       <c r="H73" t="s">
         <v>18</v>
       </c>
       <c r="I73" t="s">
         <v>47</v>
       </c>
       <c r="J73" t="s">
         <v>48</v>
       </c>
       <c r="K73" t="s">
         <v>1054</v>
       </c>
       <c r="L73" t="s">
         <v>1055</v>
       </c>
-      <c r="M73" s="1">
+      <c r="M73" s="11">
         <v>22</v>
       </c>
       <c r="N73" t="s">
         <v>25</v>
       </c>
       <c r="O73" t="s">
         <v>43</v>
       </c>
       <c r="P73">
         <v>2024</v>
       </c>
       <c r="Q73" t="s">
         <v>1056</v>
       </c>
     </row>
     <row r="74" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A74" t="s">
         <v>1040</v>
       </c>
       <c r="B74" t="s">
         <v>43</v>
       </c>
       <c r="C74" t="s">
         <v>1057</v>
       </c>
       <c r="D74" t="s">
         <v>1058</v>
       </c>
       <c r="F74" t="s">
         <v>169</v>
       </c>
       <c r="G74">
         <v>2024</v>
       </c>
       <c r="H74" t="s">
         <v>18</v>
       </c>
       <c r="I74" t="s">
         <v>47</v>
       </c>
       <c r="J74" t="s">
         <v>48</v>
       </c>
       <c r="K74" t="s">
         <v>1059</v>
       </c>
       <c r="L74" t="s">
         <v>1060</v>
       </c>
-      <c r="M74" s="1">
+      <c r="M74" s="11">
         <v>22</v>
       </c>
       <c r="N74" t="s">
         <v>35</v>
       </c>
       <c r="O74" t="s">
         <v>43</v>
       </c>
       <c r="P74">
         <v>2024</v>
       </c>
       <c r="Q74" t="s">
         <v>1061</v>
       </c>
     </row>
     <row r="75" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A75" t="s">
         <v>1040</v>
       </c>
       <c r="B75" t="s">
         <v>43</v>
       </c>
       <c r="C75" t="s">
         <v>1062</v>
       </c>
       <c r="D75" t="s">
         <v>1063</v>
       </c>
       <c r="F75" t="s">
         <v>505</v>
       </c>
       <c r="G75">
         <v>2024</v>
       </c>
       <c r="H75" t="s">
         <v>18</v>
       </c>
       <c r="I75" t="s">
         <v>47</v>
       </c>
       <c r="J75" t="s">
         <v>48</v>
       </c>
       <c r="K75" t="s">
         <v>1064</v>
       </c>
       <c r="L75" t="s">
         <v>1065</v>
       </c>
-      <c r="M75" s="1">
+      <c r="M75" s="11">
         <v>22</v>
       </c>
       <c r="N75" t="s">
         <v>1066</v>
       </c>
       <c r="O75" t="s">
         <v>43</v>
       </c>
       <c r="P75">
         <v>2024</v>
       </c>
       <c r="Q75" t="s">
         <v>1067</v>
       </c>
     </row>
     <row r="76" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A76" t="s">
         <v>1040</v>
       </c>
       <c r="B76" t="s">
         <v>43</v>
       </c>
       <c r="C76" t="s">
         <v>1068</v>
       </c>
       <c r="D76" t="s">
         <v>1069</v>
       </c>
       <c r="F76" t="s">
         <v>1070</v>
       </c>
       <c r="G76">
         <v>2024</v>
       </c>
       <c r="H76" t="s">
         <v>96</v>
       </c>
       <c r="I76" t="s">
         <v>47</v>
       </c>
       <c r="J76" t="s">
         <v>48</v>
       </c>
       <c r="K76" t="s">
         <v>1071</v>
       </c>
       <c r="L76" t="s">
         <v>1072</v>
       </c>
-      <c r="M76" s="1">
+      <c r="M76" s="11">
         <v>28</v>
       </c>
       <c r="N76" t="s">
         <v>1073</v>
       </c>
       <c r="O76" t="s">
         <v>43</v>
       </c>
       <c r="P76">
         <v>2024</v>
       </c>
       <c r="Q76" t="s">
         <v>1074</v>
       </c>
     </row>
     <row r="77" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A77" t="s">
         <v>1040</v>
       </c>
       <c r="B77" t="s">
         <v>43</v>
       </c>
       <c r="C77" t="s">
         <v>1075</v>
       </c>
       <c r="D77" t="s">
         <v>1076</v>
       </c>
       <c r="F77" t="s">
         <v>1077</v>
       </c>
       <c r="G77">
         <v>2024</v>
       </c>
       <c r="H77" t="s">
         <v>18</v>
       </c>
       <c r="I77" t="s">
         <v>47</v>
       </c>
       <c r="J77" t="s">
         <v>48</v>
       </c>
       <c r="K77" t="s">
         <v>1078</v>
       </c>
       <c r="L77" t="s">
         <v>1079</v>
       </c>
-      <c r="M77" s="1">
+      <c r="M77" s="11">
         <v>22</v>
       </c>
       <c r="N77" t="s">
         <v>1019</v>
       </c>
       <c r="O77" t="s">
         <v>43</v>
       </c>
       <c r="P77">
         <v>2024</v>
       </c>
       <c r="Q77" t="s">
         <v>1080</v>
       </c>
     </row>
     <row r="78" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A78" t="s">
         <v>1040</v>
       </c>
       <c r="B78" t="s">
         <v>43</v>
       </c>
       <c r="C78" t="s">
         <v>1081</v>
       </c>
       <c r="D78" t="s">
         <v>1082</v>
       </c>
       <c r="F78" t="s">
         <v>1083</v>
       </c>
       <c r="G78">
         <v>2024</v>
       </c>
       <c r="H78" t="s">
         <v>18</v>
       </c>
       <c r="I78" t="s">
         <v>47</v>
       </c>
       <c r="J78" t="s">
         <v>48</v>
       </c>
       <c r="K78" t="s">
         <v>1084</v>
       </c>
       <c r="L78" t="s">
         <v>1085</v>
       </c>
-      <c r="M78" s="1">
+      <c r="M78" s="11">
         <v>22</v>
       </c>
       <c r="N78" t="s">
         <v>1073</v>
       </c>
       <c r="O78" t="s">
         <v>43</v>
       </c>
       <c r="P78">
         <v>2024</v>
       </c>
       <c r="Q78" t="s">
         <v>1086</v>
       </c>
     </row>
     <row r="79" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A79" t="s">
         <v>1040</v>
       </c>
       <c r="B79" t="s">
         <v>43</v>
       </c>
       <c r="C79" t="s">
         <v>1087</v>
       </c>
       <c r="D79" t="s">
         <v>1088</v>
       </c>
       <c r="F79" t="s">
         <v>1089</v>
       </c>
       <c r="G79">
         <v>2024</v>
       </c>
       <c r="H79" t="s">
         <v>18</v>
       </c>
       <c r="I79" t="s">
         <v>47</v>
       </c>
       <c r="J79" t="s">
         <v>48</v>
       </c>
       <c r="K79" t="s">
         <v>1090</v>
       </c>
       <c r="L79" t="s">
         <v>1091</v>
       </c>
-      <c r="M79" s="1">
+      <c r="M79" s="11">
         <v>22</v>
       </c>
       <c r="N79" t="s">
         <v>1092</v>
       </c>
       <c r="O79" t="s">
         <v>43</v>
       </c>
       <c r="P79">
         <v>2024</v>
       </c>
       <c r="Q79" t="s">
         <v>1093</v>
       </c>
     </row>
     <row r="80" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A80" t="s">
         <v>1040</v>
       </c>
       <c r="B80" t="s">
         <v>43</v>
       </c>
       <c r="C80" t="s">
         <v>1094</v>
       </c>
       <c r="D80" t="s">
         <v>1095</v>
       </c>
       <c r="F80" t="s">
         <v>402</v>
       </c>
       <c r="G80">
         <v>2024</v>
       </c>
       <c r="H80" t="s">
         <v>18</v>
       </c>
       <c r="I80" t="s">
         <v>47</v>
       </c>
       <c r="J80" t="s">
         <v>48</v>
       </c>
       <c r="K80" t="s">
         <v>1096</v>
       </c>
       <c r="L80" t="s">
         <v>1097</v>
       </c>
-      <c r="M80" s="1">
+      <c r="M80" s="11">
         <v>23</v>
       </c>
       <c r="N80" t="s">
         <v>30</v>
       </c>
       <c r="O80" t="s">
         <v>43</v>
       </c>
       <c r="P80">
         <v>2024</v>
       </c>
       <c r="Q80" t="s">
         <v>1098</v>
       </c>
     </row>
     <row r="81" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A81" t="s">
         <v>950</v>
       </c>
       <c r="B81" t="s">
         <v>43</v>
       </c>
       <c r="C81" t="s">
         <v>951</v>
       </c>
       <c r="D81" t="s">
         <v>952</v>
       </c>
       <c r="F81" t="s">
         <v>953</v>
       </c>
       <c r="G81">
         <v>2023</v>
       </c>
       <c r="H81" t="s">
         <v>18</v>
       </c>
       <c r="I81" t="s">
         <v>47</v>
       </c>
       <c r="J81" t="s">
         <v>48</v>
       </c>
       <c r="K81" t="s">
         <v>954</v>
       </c>
       <c r="L81" t="s">
         <v>955</v>
       </c>
-      <c r="M81" s="1">
+      <c r="M81" s="11">
         <v>22</v>
       </c>
       <c r="N81" t="s">
         <v>35</v>
       </c>
       <c r="O81" t="s">
         <v>43</v>
       </c>
       <c r="P81">
         <v>2023</v>
       </c>
       <c r="Q81" t="s">
         <v>956</v>
       </c>
     </row>
     <row r="82" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A82" t="s">
         <v>950</v>
       </c>
       <c r="B82" t="s">
         <v>43</v>
       </c>
       <c r="C82" t="s">
         <v>957</v>
       </c>
       <c r="D82" t="s">
         <v>958</v>
       </c>
       <c r="F82" t="s">
         <v>959</v>
       </c>
       <c r="G82">
         <v>2023</v>
       </c>
       <c r="H82" t="s">
         <v>18</v>
       </c>
       <c r="I82" t="s">
         <v>47</v>
       </c>
       <c r="J82" t="s">
         <v>48</v>
       </c>
       <c r="K82" t="s">
         <v>960</v>
       </c>
       <c r="L82" t="s">
         <v>961</v>
       </c>
-      <c r="M82" s="1">
+      <c r="M82" s="11">
         <v>22</v>
       </c>
       <c r="N82" t="s">
         <v>962</v>
       </c>
       <c r="O82" t="s">
         <v>43</v>
       </c>
       <c r="P82">
         <v>2023</v>
       </c>
       <c r="Q82" t="s">
         <v>963</v>
       </c>
     </row>
     <row r="83" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A83" t="s">
         <v>950</v>
       </c>
       <c r="B83" t="s">
         <v>43</v>
       </c>
       <c r="C83" t="s">
         <v>153</v>
       </c>
@@ -8897,601 +8906,601 @@
       </c>
       <c r="E83" t="s">
         <v>964</v>
       </c>
       <c r="F83" t="s">
         <v>156</v>
       </c>
       <c r="G83">
         <v>2023</v>
       </c>
       <c r="H83" t="s">
         <v>18</v>
       </c>
       <c r="I83" t="s">
         <v>47</v>
       </c>
       <c r="J83" t="s">
         <v>48</v>
       </c>
       <c r="K83" t="s">
         <v>965</v>
       </c>
       <c r="L83" t="s">
         <v>966</v>
       </c>
-      <c r="M83" s="1">
+      <c r="M83" s="11">
         <v>22</v>
       </c>
       <c r="N83" t="s">
         <v>39</v>
       </c>
       <c r="O83" t="s">
         <v>43</v>
       </c>
       <c r="P83">
         <v>2023</v>
       </c>
       <c r="Q83" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="84" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A84" t="s">
         <v>950</v>
       </c>
       <c r="B84" t="s">
         <v>43</v>
       </c>
       <c r="C84" t="s">
         <v>968</v>
       </c>
       <c r="D84" t="s">
         <v>969</v>
       </c>
       <c r="F84" t="s">
         <v>353</v>
       </c>
       <c r="G84">
         <v>2023</v>
       </c>
       <c r="H84" t="s">
         <v>18</v>
       </c>
       <c r="I84" t="s">
         <v>47</v>
       </c>
       <c r="J84" t="s">
         <v>48</v>
       </c>
       <c r="K84" t="s">
         <v>970</v>
       </c>
       <c r="L84" t="s">
         <v>971</v>
       </c>
-      <c r="M84" s="1">
+      <c r="M84" s="11">
         <v>22</v>
       </c>
       <c r="N84" t="s">
         <v>35</v>
       </c>
       <c r="O84" t="s">
         <v>43</v>
       </c>
       <c r="P84">
         <v>2023</v>
       </c>
       <c r="Q84" t="s">
         <v>972</v>
       </c>
     </row>
     <row r="85" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A85" t="s">
         <v>950</v>
       </c>
       <c r="B85" t="s">
         <v>43</v>
       </c>
       <c r="C85" t="s">
         <v>973</v>
       </c>
       <c r="D85" t="s">
         <v>974</v>
       </c>
       <c r="F85" t="s">
         <v>975</v>
       </c>
       <c r="G85">
         <v>2023</v>
       </c>
       <c r="H85" t="s">
         <v>18</v>
       </c>
       <c r="I85" t="s">
         <v>47</v>
       </c>
       <c r="J85" t="s">
         <v>48</v>
       </c>
       <c r="K85" t="s">
         <v>976</v>
       </c>
       <c r="L85" t="s">
         <v>977</v>
       </c>
-      <c r="M85" s="1">
+      <c r="M85" s="11">
         <v>22</v>
       </c>
       <c r="N85" t="s">
         <v>978</v>
       </c>
       <c r="O85" t="s">
         <v>43</v>
       </c>
       <c r="P85">
         <v>2023</v>
       </c>
       <c r="Q85" t="s">
         <v>979</v>
       </c>
     </row>
     <row r="86" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A86" t="s">
         <v>950</v>
       </c>
       <c r="B86" t="s">
         <v>43</v>
       </c>
       <c r="C86" t="s">
         <v>980</v>
       </c>
       <c r="D86" t="s">
         <v>981</v>
       </c>
       <c r="F86" t="s">
         <v>208</v>
       </c>
       <c r="G86">
         <v>2023</v>
       </c>
       <c r="H86" t="s">
         <v>18</v>
       </c>
       <c r="I86" t="s">
         <v>47</v>
       </c>
       <c r="J86" t="s">
         <v>48</v>
       </c>
       <c r="K86" t="s">
         <v>982</v>
       </c>
       <c r="L86" t="s">
         <v>983</v>
       </c>
-      <c r="M86" s="1">
+      <c r="M86" s="11">
         <v>50</v>
       </c>
       <c r="N86" t="s">
         <v>430</v>
       </c>
       <c r="O86" t="s">
         <v>43</v>
       </c>
       <c r="P86">
         <v>2023</v>
       </c>
       <c r="Q86" t="s">
         <v>984</v>
       </c>
     </row>
     <row r="87" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A87" t="s">
         <v>950</v>
       </c>
       <c r="B87" t="s">
         <v>43</v>
       </c>
       <c r="C87" t="s">
         <v>985</v>
       </c>
       <c r="D87" t="s">
         <v>986</v>
       </c>
       <c r="F87" t="s">
         <v>987</v>
       </c>
       <c r="G87">
         <v>2023</v>
       </c>
       <c r="H87" t="s">
         <v>18</v>
       </c>
       <c r="I87" t="s">
         <v>47</v>
       </c>
       <c r="J87" t="s">
         <v>48</v>
       </c>
       <c r="K87" t="s">
         <v>988</v>
       </c>
       <c r="L87" t="s">
         <v>989</v>
       </c>
-      <c r="M87" s="1">
+      <c r="M87" s="11">
         <v>22</v>
       </c>
       <c r="N87" t="s">
         <v>26</v>
       </c>
       <c r="O87" t="s">
         <v>43</v>
       </c>
       <c r="P87">
         <v>2023</v>
       </c>
       <c r="Q87" t="s">
         <v>990</v>
       </c>
     </row>
     <row r="88" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A88" t="s">
         <v>950</v>
       </c>
       <c r="B88" t="s">
         <v>43</v>
       </c>
       <c r="C88" t="s">
         <v>991</v>
       </c>
       <c r="D88" t="s">
         <v>992</v>
       </c>
       <c r="F88" t="s">
         <v>993</v>
       </c>
       <c r="G88">
         <v>2023</v>
       </c>
       <c r="H88" t="s">
         <v>18</v>
       </c>
       <c r="I88" t="s">
         <v>47</v>
       </c>
       <c r="J88" t="s">
         <v>48</v>
       </c>
       <c r="K88" t="s">
         <v>994</v>
       </c>
       <c r="L88" t="s">
         <v>995</v>
       </c>
-      <c r="M88" s="1">
+      <c r="M88" s="11">
         <v>22</v>
       </c>
       <c r="N88" t="s">
         <v>996</v>
       </c>
       <c r="O88" t="s">
         <v>43</v>
       </c>
       <c r="P88">
         <v>2023</v>
       </c>
       <c r="Q88" t="s">
         <v>997</v>
       </c>
     </row>
     <row r="89" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A89" t="s">
         <v>950</v>
       </c>
       <c r="B89" t="s">
         <v>43</v>
       </c>
       <c r="C89" t="s">
         <v>998</v>
       </c>
       <c r="D89" t="s">
         <v>999</v>
       </c>
       <c r="F89" t="s">
         <v>1000</v>
       </c>
       <c r="G89">
         <v>2023</v>
       </c>
       <c r="H89" t="s">
         <v>18</v>
       </c>
       <c r="I89" t="s">
         <v>47</v>
       </c>
       <c r="J89" t="s">
         <v>48</v>
       </c>
       <c r="K89" t="s">
         <v>1001</v>
       </c>
       <c r="L89" t="s">
         <v>1002</v>
       </c>
-      <c r="M89" s="1">
+      <c r="M89" s="11">
         <v>22</v>
       </c>
       <c r="N89" t="s">
         <v>132</v>
       </c>
       <c r="O89" t="s">
         <v>43</v>
       </c>
       <c r="P89">
         <v>2023</v>
       </c>
       <c r="Q89" t="s">
         <v>1003</v>
       </c>
     </row>
     <row r="90" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A90" t="s">
         <v>950</v>
       </c>
       <c r="B90" t="s">
         <v>43</v>
       </c>
       <c r="C90" t="s">
         <v>1004</v>
       </c>
       <c r="D90" t="s">
         <v>1005</v>
       </c>
       <c r="F90" t="s">
         <v>975</v>
       </c>
       <c r="G90">
         <v>2023</v>
       </c>
       <c r="H90" t="s">
         <v>18</v>
       </c>
       <c r="I90" t="s">
         <v>47</v>
       </c>
       <c r="J90" t="s">
         <v>48</v>
       </c>
       <c r="K90" t="s">
         <v>1006</v>
       </c>
       <c r="L90" t="s">
         <v>1007</v>
       </c>
-      <c r="M90" s="1">
+      <c r="M90" s="11">
         <v>22</v>
       </c>
       <c r="N90" t="s">
         <v>978</v>
       </c>
       <c r="O90" t="s">
         <v>43</v>
       </c>
       <c r="P90">
         <v>2023</v>
       </c>
       <c r="Q90" t="s">
         <v>1008</v>
       </c>
     </row>
     <row r="91" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A91" t="s">
         <v>950</v>
       </c>
       <c r="B91" t="s">
         <v>43</v>
       </c>
       <c r="C91" t="s">
         <v>1009</v>
       </c>
       <c r="D91" t="s">
         <v>1010</v>
       </c>
       <c r="F91" t="s">
         <v>505</v>
       </c>
       <c r="G91">
         <v>2023</v>
       </c>
       <c r="H91" t="s">
         <v>18</v>
       </c>
       <c r="I91" t="s">
         <v>47</v>
       </c>
       <c r="J91" t="s">
         <v>48</v>
       </c>
       <c r="K91" t="s">
         <v>1011</v>
       </c>
       <c r="L91" t="s">
         <v>1012</v>
       </c>
-      <c r="M91" s="1">
+      <c r="M91" s="11">
         <v>24</v>
       </c>
       <c r="N91" t="s">
         <v>21</v>
       </c>
       <c r="O91" t="s">
         <v>43</v>
       </c>
       <c r="P91">
         <v>2023</v>
       </c>
       <c r="Q91" t="s">
         <v>1013</v>
       </c>
     </row>
     <row r="92" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A92" t="s">
         <v>950</v>
       </c>
       <c r="B92" t="s">
         <v>43</v>
       </c>
       <c r="C92" t="s">
         <v>1014</v>
       </c>
       <c r="D92" t="s">
         <v>1015</v>
       </c>
       <c r="F92" t="s">
         <v>1016</v>
       </c>
       <c r="G92">
         <v>2023</v>
       </c>
       <c r="H92" t="s">
         <v>96</v>
       </c>
       <c r="I92" t="s">
         <v>47</v>
       </c>
       <c r="J92" t="s">
         <v>48</v>
       </c>
       <c r="K92" t="s">
         <v>1017</v>
       </c>
       <c r="L92" t="s">
         <v>1018</v>
       </c>
-      <c r="M92" s="1">
+      <c r="M92" s="11">
         <v>25</v>
       </c>
       <c r="N92" t="s">
         <v>1019</v>
       </c>
       <c r="O92" t="s">
         <v>43</v>
       </c>
       <c r="P92">
         <v>2023</v>
       </c>
       <c r="Q92" t="s">
         <v>1020</v>
       </c>
     </row>
     <row r="93" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A93" t="s">
         <v>950</v>
       </c>
       <c r="B93" t="s">
         <v>43</v>
       </c>
       <c r="C93" t="s">
         <v>1021</v>
       </c>
       <c r="D93" t="s">
         <v>1022</v>
       </c>
       <c r="F93" t="s">
         <v>372</v>
       </c>
       <c r="G93">
         <v>2023</v>
       </c>
       <c r="H93" t="s">
         <v>18</v>
       </c>
       <c r="I93" t="s">
         <v>47</v>
       </c>
       <c r="J93" t="s">
         <v>48</v>
       </c>
       <c r="K93" t="s">
         <v>1023</v>
       </c>
       <c r="L93" t="s">
         <v>1024</v>
       </c>
-      <c r="M93" s="1">
+      <c r="M93" s="11">
         <v>22</v>
       </c>
       <c r="N93" t="s">
         <v>1025</v>
       </c>
       <c r="O93" t="s">
         <v>43</v>
       </c>
       <c r="P93">
         <v>2023</v>
       </c>
       <c r="Q93" t="s">
         <v>1026</v>
       </c>
     </row>
     <row r="94" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A94" t="s">
         <v>950</v>
       </c>
       <c r="B94" t="s">
         <v>43</v>
       </c>
       <c r="C94" t="s">
         <v>1027</v>
       </c>
       <c r="D94" t="s">
         <v>1028</v>
       </c>
       <c r="F94" t="s">
         <v>1029</v>
       </c>
       <c r="G94">
         <v>2023</v>
       </c>
       <c r="H94" t="s">
         <v>18</v>
       </c>
       <c r="I94" t="s">
         <v>47</v>
       </c>
       <c r="J94" t="s">
         <v>48</v>
       </c>
       <c r="K94" t="s">
         <v>1030</v>
       </c>
       <c r="L94" t="s">
         <v>1031</v>
       </c>
-      <c r="M94" s="1">
+      <c r="M94" s="11">
         <v>22</v>
       </c>
       <c r="N94" t="s">
         <v>132</v>
       </c>
       <c r="O94" t="s">
         <v>43</v>
       </c>
       <c r="P94">
         <v>2023</v>
       </c>
       <c r="Q94" t="s">
         <v>1032</v>
       </c>
     </row>
     <row r="95" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A95" t="s">
         <v>950</v>
       </c>
       <c r="B95" t="s">
         <v>43</v>
       </c>
       <c r="C95" t="s">
         <v>1033</v>
       </c>
@@ -9500,151 +9509,151 @@
       </c>
       <c r="E95" t="s">
         <v>1035</v>
       </c>
       <c r="F95" t="s">
         <v>1036</v>
       </c>
       <c r="G95">
         <v>2023</v>
       </c>
       <c r="H95" t="s">
         <v>18</v>
       </c>
       <c r="I95" t="s">
         <v>47</v>
       </c>
       <c r="J95" t="s">
         <v>48</v>
       </c>
       <c r="K95" t="s">
         <v>1037</v>
       </c>
       <c r="L95" t="s">
         <v>1038</v>
       </c>
-      <c r="M95" s="1">
+      <c r="M95" s="11">
         <v>33</v>
       </c>
       <c r="N95" t="s">
         <v>24</v>
       </c>
       <c r="O95" t="s">
         <v>43</v>
       </c>
       <c r="P95">
         <v>2023</v>
       </c>
       <c r="Q95" t="s">
         <v>1039</v>
       </c>
     </row>
     <row r="96" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A96" t="s">
         <v>36</v>
       </c>
       <c r="B96" t="s">
         <v>43</v>
       </c>
       <c r="C96" t="s">
         <v>44</v>
       </c>
       <c r="D96" t="s">
         <v>45</v>
       </c>
       <c r="F96" t="s">
         <v>46</v>
       </c>
       <c r="G96">
         <v>2023</v>
       </c>
       <c r="H96" t="s">
         <v>18</v>
       </c>
       <c r="I96" t="s">
         <v>47</v>
       </c>
       <c r="J96" t="s">
         <v>48</v>
       </c>
       <c r="K96" t="s">
         <v>49</v>
       </c>
       <c r="L96" t="s">
         <v>50</v>
       </c>
-      <c r="M96" s="1">
+      <c r="M96" s="11">
         <v>23</v>
       </c>
       <c r="N96" t="s">
         <v>23</v>
       </c>
       <c r="O96" t="s">
         <v>43</v>
       </c>
       <c r="P96">
         <v>2023</v>
       </c>
       <c r="Q96" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="97" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A97" t="s">
         <v>36</v>
       </c>
       <c r="B97" t="s">
         <v>43</v>
       </c>
       <c r="C97" t="s">
         <v>52</v>
       </c>
       <c r="D97" t="s">
         <v>53</v>
       </c>
       <c r="F97" t="s">
         <v>54</v>
       </c>
       <c r="G97">
         <v>2023</v>
       </c>
       <c r="H97" t="s">
         <v>18</v>
       </c>
       <c r="I97" t="s">
         <v>47</v>
       </c>
       <c r="J97" t="s">
         <v>48</v>
       </c>
       <c r="K97" t="s">
         <v>55</v>
       </c>
       <c r="L97" t="s">
         <v>56</v>
       </c>
-      <c r="M97" s="1">
+      <c r="M97" s="11">
         <v>25</v>
       </c>
       <c r="N97" t="s">
         <v>57</v>
       </c>
       <c r="O97" t="s">
         <v>43</v>
       </c>
       <c r="P97">
         <v>2023</v>
       </c>
       <c r="Q97" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="98" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A98" t="s">
         <v>36</v>
       </c>
       <c r="B98" t="s">
         <v>43</v>
       </c>
       <c r="C98" t="s">
         <v>59</v>
       </c>
@@ -9653,551 +9662,551 @@
       </c>
       <c r="E98" t="s">
         <v>61</v>
       </c>
       <c r="F98" t="s">
         <v>62</v>
       </c>
       <c r="G98">
         <v>2023</v>
       </c>
       <c r="H98" t="s">
         <v>63</v>
       </c>
       <c r="I98" t="s">
         <v>47</v>
       </c>
       <c r="J98" t="s">
         <v>48</v>
       </c>
       <c r="K98" t="s">
         <v>64</v>
       </c>
       <c r="L98" t="s">
         <v>65</v>
       </c>
-      <c r="M98" s="1">
+      <c r="M98" s="11">
         <v>29</v>
       </c>
       <c r="N98" t="s">
         <v>39</v>
       </c>
       <c r="O98" t="s">
         <v>43</v>
       </c>
       <c r="P98">
         <v>2023</v>
       </c>
       <c r="Q98" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="99" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A99" t="s">
         <v>36</v>
       </c>
       <c r="B99" t="s">
         <v>43</v>
       </c>
       <c r="C99" t="s">
         <v>67</v>
       </c>
       <c r="D99" t="s">
         <v>68</v>
       </c>
       <c r="F99" t="s">
         <v>69</v>
       </c>
       <c r="G99">
         <v>2023</v>
       </c>
       <c r="H99" t="s">
         <v>18</v>
       </c>
       <c r="I99" t="s">
         <v>47</v>
       </c>
       <c r="J99" t="s">
         <v>48</v>
       </c>
       <c r="K99" t="s">
         <v>70</v>
       </c>
       <c r="L99" t="s">
         <v>71</v>
       </c>
-      <c r="M99" s="1">
+      <c r="M99" s="11">
         <v>22</v>
       </c>
       <c r="N99" t="s">
         <v>72</v>
       </c>
       <c r="O99" t="s">
         <v>43</v>
       </c>
       <c r="P99">
         <v>2023</v>
       </c>
       <c r="Q99" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="100" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A100" t="s">
         <v>36</v>
       </c>
       <c r="B100" t="s">
         <v>43</v>
       </c>
       <c r="C100" t="s">
         <v>74</v>
       </c>
       <c r="D100" t="s">
         <v>75</v>
       </c>
       <c r="F100" t="s">
         <v>76</v>
       </c>
       <c r="G100">
         <v>2023</v>
       </c>
       <c r="H100" t="s">
         <v>18</v>
       </c>
       <c r="I100" t="s">
         <v>47</v>
       </c>
       <c r="J100" t="s">
         <v>48</v>
       </c>
       <c r="K100" t="s">
         <v>77</v>
       </c>
       <c r="L100" t="s">
         <v>78</v>
       </c>
-      <c r="M100" s="1">
+      <c r="M100" s="11">
         <v>22</v>
       </c>
       <c r="N100" t="s">
         <v>79</v>
       </c>
       <c r="O100" t="s">
         <v>43</v>
       </c>
       <c r="P100">
         <v>2023</v>
       </c>
       <c r="Q100" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="101" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A101" t="s">
         <v>36</v>
       </c>
       <c r="B101" t="s">
         <v>43</v>
       </c>
       <c r="C101" t="s">
         <v>81</v>
       </c>
       <c r="D101" t="s">
         <v>82</v>
       </c>
       <c r="F101" t="s">
         <v>83</v>
       </c>
       <c r="G101">
         <v>2023</v>
       </c>
       <c r="H101" t="s">
         <v>18</v>
       </c>
       <c r="I101" t="s">
         <v>47</v>
       </c>
       <c r="J101" t="s">
         <v>48</v>
       </c>
       <c r="K101" t="s">
         <v>84</v>
       </c>
       <c r="L101" t="s">
         <v>85</v>
       </c>
-      <c r="M101" s="1">
+      <c r="M101" s="11">
         <v>22</v>
       </c>
       <c r="N101" t="s">
         <v>24</v>
       </c>
       <c r="O101" t="s">
         <v>43</v>
       </c>
       <c r="P101">
         <v>2023</v>
       </c>
       <c r="Q101" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="102" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A102" t="s">
         <v>36</v>
       </c>
       <c r="B102" t="s">
         <v>43</v>
       </c>
       <c r="C102" t="s">
         <v>87</v>
       </c>
       <c r="D102" t="s">
         <v>88</v>
       </c>
       <c r="F102" t="s">
         <v>89</v>
       </c>
       <c r="G102">
         <v>2023</v>
       </c>
       <c r="H102" t="s">
         <v>18</v>
       </c>
       <c r="I102" t="s">
         <v>47</v>
       </c>
       <c r="J102" t="s">
         <v>48</v>
       </c>
       <c r="K102" t="s">
         <v>90</v>
       </c>
       <c r="L102" t="s">
         <v>91</v>
       </c>
-      <c r="M102" s="1">
+      <c r="M102" s="11">
         <v>22</v>
       </c>
       <c r="N102" t="s">
         <v>24</v>
       </c>
       <c r="O102" t="s">
         <v>43</v>
       </c>
       <c r="P102">
         <v>2023</v>
       </c>
       <c r="Q102" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="103" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A103" t="s">
         <v>36</v>
       </c>
       <c r="B103" t="s">
         <v>43</v>
       </c>
       <c r="C103" t="s">
         <v>93</v>
       </c>
       <c r="D103" t="s">
         <v>94</v>
       </c>
       <c r="F103" t="s">
         <v>95</v>
       </c>
       <c r="G103">
         <v>2023</v>
       </c>
       <c r="H103" t="s">
         <v>96</v>
       </c>
       <c r="I103" t="s">
         <v>47</v>
       </c>
       <c r="J103" t="s">
         <v>48</v>
       </c>
       <c r="K103" t="s">
         <v>97</v>
       </c>
       <c r="L103" t="s">
         <v>98</v>
       </c>
-      <c r="M103" s="1">
+      <c r="M103" s="11">
         <v>22</v>
       </c>
       <c r="N103" t="s">
         <v>37</v>
       </c>
       <c r="O103" t="s">
         <v>43</v>
       </c>
       <c r="P103">
         <v>2023</v>
       </c>
       <c r="Q103" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="104" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A104" t="s">
         <v>36</v>
       </c>
       <c r="B104" t="s">
         <v>43</v>
       </c>
       <c r="C104" t="s">
         <v>100</v>
       </c>
       <c r="D104" t="s">
         <v>101</v>
       </c>
       <c r="F104" t="s">
         <v>102</v>
       </c>
       <c r="G104">
         <v>2023</v>
       </c>
       <c r="H104" t="s">
         <v>18</v>
       </c>
       <c r="I104" t="s">
         <v>47</v>
       </c>
       <c r="J104" t="s">
         <v>48</v>
       </c>
       <c r="K104" t="s">
         <v>103</v>
       </c>
       <c r="L104" t="s">
         <v>104</v>
       </c>
-      <c r="M104" s="1">
+      <c r="M104" s="11">
         <v>22</v>
       </c>
       <c r="N104" t="s">
         <v>105</v>
       </c>
       <c r="O104" t="s">
         <v>43</v>
       </c>
       <c r="P104">
         <v>2023</v>
       </c>
       <c r="Q104" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="105" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A105" t="s">
         <v>36</v>
       </c>
       <c r="B105" t="s">
         <v>43</v>
       </c>
       <c r="C105" t="s">
         <v>107</v>
       </c>
       <c r="D105" t="s">
         <v>108</v>
       </c>
       <c r="F105" t="s">
         <v>109</v>
       </c>
       <c r="G105">
         <v>2023</v>
       </c>
       <c r="H105" t="s">
         <v>18</v>
       </c>
       <c r="I105" t="s">
         <v>47</v>
       </c>
       <c r="J105" t="s">
         <v>48</v>
       </c>
       <c r="K105" t="s">
         <v>110</v>
       </c>
       <c r="L105" t="s">
         <v>111</v>
       </c>
-      <c r="M105" s="1">
+      <c r="M105" s="11">
         <v>22</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
         <v>43</v>
       </c>
       <c r="P105">
         <v>2023</v>
       </c>
       <c r="Q105" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="106" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A106" t="s">
         <v>36</v>
       </c>
       <c r="B106" t="s">
         <v>43</v>
       </c>
       <c r="C106" t="s">
         <v>113</v>
       </c>
       <c r="D106" t="s">
         <v>114</v>
       </c>
       <c r="F106" t="s">
         <v>46</v>
       </c>
       <c r="G106">
         <v>2023</v>
       </c>
       <c r="H106" t="s">
         <v>18</v>
       </c>
       <c r="I106" t="s">
         <v>47</v>
       </c>
       <c r="J106" t="s">
         <v>48</v>
       </c>
       <c r="K106" t="s">
         <v>115</v>
       </c>
       <c r="L106" t="s">
         <v>116</v>
       </c>
-      <c r="M106" s="1">
+      <c r="M106" s="11">
         <v>22</v>
       </c>
       <c r="N106" t="s">
         <v>21</v>
       </c>
       <c r="O106" t="s">
         <v>43</v>
       </c>
       <c r="P106">
         <v>2023</v>
       </c>
       <c r="Q106" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="107" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A107" t="s">
         <v>36</v>
       </c>
       <c r="B107" t="s">
         <v>43</v>
       </c>
       <c r="C107" t="s">
         <v>118</v>
       </c>
       <c r="D107" t="s">
         <v>119</v>
       </c>
       <c r="F107" t="s">
         <v>120</v>
       </c>
       <c r="G107">
         <v>2023</v>
       </c>
       <c r="H107" t="s">
         <v>63</v>
       </c>
       <c r="I107" t="s">
         <v>47</v>
       </c>
       <c r="J107" t="s">
         <v>48</v>
       </c>
       <c r="K107" t="s">
         <v>121</v>
       </c>
       <c r="L107" t="s">
         <v>122</v>
       </c>
-      <c r="M107" s="1">
+      <c r="M107" s="11">
         <v>22</v>
       </c>
       <c r="N107" t="s">
         <v>123</v>
       </c>
       <c r="O107" t="s">
         <v>43</v>
       </c>
       <c r="P107">
         <v>2023</v>
       </c>
       <c r="Q107" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="108" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A108" t="s">
         <v>146</v>
       </c>
       <c r="B108" t="s">
         <v>43</v>
       </c>
       <c r="C108" t="s">
         <v>147</v>
       </c>
       <c r="D108" t="s">
         <v>148</v>
       </c>
       <c r="F108" t="s">
         <v>54</v>
       </c>
       <c r="G108">
         <v>2022</v>
       </c>
       <c r="H108" t="s">
         <v>18</v>
       </c>
       <c r="I108" t="s">
         <v>47</v>
       </c>
       <c r="J108" t="s">
         <v>48</v>
       </c>
       <c r="K108" t="s">
         <v>149</v>
       </c>
       <c r="L108" t="s">
         <v>150</v>
       </c>
-      <c r="M108" s="1">
+      <c r="M108" s="11">
         <v>32</v>
       </c>
       <c r="N108" t="s">
         <v>32</v>
       </c>
       <c r="O108" t="s">
         <v>43</v>
       </c>
       <c r="P108">
         <v>2022</v>
       </c>
       <c r="Q108" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="109" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A109" t="s">
         <v>146</v>
       </c>
       <c r="B109" t="s">
         <v>152</v>
       </c>
       <c r="C109" t="s">
         <v>153</v>
       </c>
@@ -10206,1951 +10215,1951 @@
       </c>
       <c r="E109" t="s">
         <v>155</v>
       </c>
       <c r="F109" t="s">
         <v>156</v>
       </c>
       <c r="G109">
         <v>2022</v>
       </c>
       <c r="H109" t="s">
         <v>18</v>
       </c>
       <c r="I109" t="s">
         <v>47</v>
       </c>
       <c r="J109" t="s">
         <v>48</v>
       </c>
       <c r="K109" t="s">
         <v>157</v>
       </c>
       <c r="L109" t="s">
         <v>158</v>
       </c>
-      <c r="M109" s="1">
+      <c r="M109" s="11">
         <v>31</v>
       </c>
       <c r="N109" t="s">
         <v>39</v>
       </c>
       <c r="O109" t="s">
         <v>43</v>
       </c>
       <c r="P109">
         <v>2022</v>
       </c>
       <c r="Q109" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="110" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A110" t="s">
         <v>146</v>
       </c>
       <c r="B110" t="s">
         <v>160</v>
       </c>
       <c r="C110" t="s">
         <v>161</v>
       </c>
       <c r="D110" t="s">
         <v>162</v>
       </c>
       <c r="F110" t="s">
         <v>163</v>
       </c>
       <c r="G110">
         <v>2022</v>
       </c>
       <c r="H110" t="s">
         <v>18</v>
       </c>
       <c r="I110" t="s">
         <v>47</v>
       </c>
       <c r="J110" t="s">
         <v>48</v>
       </c>
       <c r="K110" t="s">
         <v>164</v>
       </c>
       <c r="L110" t="s">
         <v>165</v>
       </c>
-      <c r="M110" s="1">
+      <c r="M110" s="11">
         <v>25</v>
       </c>
       <c r="N110" t="s">
         <v>135</v>
       </c>
       <c r="O110" t="s">
         <v>43</v>
       </c>
       <c r="P110">
         <v>2022</v>
       </c>
       <c r="Q110" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="111" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A111" t="s">
         <v>146</v>
       </c>
       <c r="B111" t="s">
         <v>160</v>
       </c>
       <c r="C111" t="s">
         <v>167</v>
       </c>
       <c r="D111" t="s">
         <v>168</v>
       </c>
       <c r="F111" t="s">
         <v>169</v>
       </c>
       <c r="G111">
         <v>2022</v>
       </c>
       <c r="H111" t="s">
         <v>18</v>
       </c>
       <c r="I111" t="s">
         <v>47</v>
       </c>
       <c r="J111" t="s">
         <v>48</v>
       </c>
       <c r="K111" t="s">
         <v>170</v>
       </c>
       <c r="L111" t="s">
         <v>171</v>
       </c>
-      <c r="M111" s="1">
+      <c r="M111" s="11">
         <v>22</v>
       </c>
       <c r="N111" t="s">
         <v>35</v>
       </c>
       <c r="O111" t="s">
         <v>43</v>
       </c>
       <c r="P111">
         <v>2022</v>
       </c>
       <c r="Q111" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="112" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A112" t="s">
         <v>146</v>
       </c>
       <c r="B112" t="s">
         <v>160</v>
       </c>
       <c r="C112" t="s">
         <v>173</v>
       </c>
       <c r="D112" t="s">
         <v>174</v>
       </c>
       <c r="F112" t="s">
         <v>175</v>
       </c>
       <c r="G112">
         <v>2022</v>
       </c>
       <c r="H112" t="s">
         <v>18</v>
       </c>
       <c r="I112" t="s">
         <v>47</v>
       </c>
       <c r="J112" t="s">
         <v>48</v>
       </c>
       <c r="K112" t="s">
         <v>176</v>
       </c>
       <c r="L112" t="s">
         <v>177</v>
       </c>
-      <c r="M112" s="1">
+      <c r="M112" s="11">
         <v>22</v>
       </c>
       <c r="N112" t="s">
         <v>41</v>
       </c>
       <c r="O112" t="s">
         <v>43</v>
       </c>
       <c r="P112">
         <v>2022</v>
       </c>
       <c r="Q112" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="113" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A113" t="s">
         <v>146</v>
       </c>
       <c r="B113" t="s">
         <v>43</v>
       </c>
       <c r="C113" t="s">
         <v>179</v>
       </c>
       <c r="D113" t="s">
         <v>180</v>
       </c>
       <c r="F113" t="s">
         <v>163</v>
       </c>
       <c r="G113">
         <v>2022</v>
       </c>
       <c r="H113" t="s">
         <v>18</v>
       </c>
       <c r="I113" t="s">
         <v>47</v>
       </c>
       <c r="J113" t="s">
         <v>48</v>
       </c>
       <c r="K113" t="s">
         <v>181</v>
       </c>
       <c r="L113" t="s">
         <v>182</v>
       </c>
-      <c r="M113" s="1">
+      <c r="M113" s="11">
         <v>30</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
         <v>43</v>
       </c>
       <c r="P113">
         <v>2022</v>
       </c>
       <c r="Q113" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="114" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A114" t="s">
         <v>188</v>
       </c>
       <c r="B114" t="s">
         <v>43</v>
       </c>
       <c r="C114" t="s">
         <v>189</v>
       </c>
       <c r="D114" t="s">
         <v>190</v>
       </c>
       <c r="F114" t="s">
         <v>191</v>
       </c>
       <c r="G114">
         <v>2022</v>
       </c>
       <c r="H114" t="s">
         <v>18</v>
       </c>
       <c r="I114" t="s">
         <v>47</v>
       </c>
       <c r="J114" t="s">
         <v>48</v>
       </c>
       <c r="K114" t="s">
         <v>192</v>
       </c>
       <c r="L114" t="s">
         <v>193</v>
       </c>
-      <c r="M114" s="1">
+      <c r="M114" s="11">
         <v>22</v>
       </c>
       <c r="N114" t="s">
         <v>128</v>
       </c>
       <c r="O114" t="s">
         <v>43</v>
       </c>
       <c r="P114">
         <v>2022</v>
       </c>
       <c r="Q114" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="115" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A115" t="s">
         <v>188</v>
       </c>
       <c r="B115" t="s">
         <v>43</v>
       </c>
       <c r="C115" t="s">
         <v>195</v>
       </c>
       <c r="D115" t="s">
         <v>196</v>
       </c>
       <c r="F115" t="s">
         <v>197</v>
       </c>
       <c r="G115">
         <v>2022</v>
       </c>
       <c r="H115" t="s">
         <v>18</v>
       </c>
       <c r="I115" t="s">
         <v>47</v>
       </c>
       <c r="J115" t="s">
         <v>48</v>
       </c>
       <c r="K115" t="s">
         <v>198</v>
       </c>
       <c r="L115" t="s">
         <v>199</v>
       </c>
-      <c r="M115" s="1">
+      <c r="M115" s="11">
         <v>26</v>
       </c>
       <c r="N115" t="s">
         <v>30</v>
       </c>
       <c r="O115" t="s">
         <v>43</v>
       </c>
       <c r="P115">
         <v>2022</v>
       </c>
       <c r="Q115" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A116" t="s">
         <v>188</v>
       </c>
       <c r="B116" t="s">
         <v>43</v>
       </c>
       <c r="C116" t="s">
         <v>201</v>
       </c>
       <c r="D116" t="s">
         <v>202</v>
       </c>
       <c r="F116" t="s">
         <v>62</v>
       </c>
       <c r="G116">
         <v>2022</v>
       </c>
       <c r="H116" t="s">
         <v>63</v>
       </c>
       <c r="I116" t="s">
         <v>47</v>
       </c>
       <c r="J116" t="s">
         <v>48</v>
       </c>
       <c r="K116" t="s">
         <v>203</v>
       </c>
       <c r="L116" t="s">
         <v>204</v>
       </c>
-      <c r="M116" s="1">
+      <c r="M116" s="11">
         <v>34</v>
       </c>
       <c r="N116" t="s">
         <v>39</v>
       </c>
       <c r="O116" t="s">
         <v>43</v>
       </c>
       <c r="P116">
         <v>2022</v>
       </c>
       <c r="Q116" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="117" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A117" t="s">
         <v>188</v>
       </c>
       <c r="B117" t="s">
         <v>43</v>
       </c>
       <c r="C117" t="s">
         <v>206</v>
       </c>
       <c r="D117" t="s">
         <v>207</v>
       </c>
       <c r="F117" t="s">
         <v>208</v>
       </c>
       <c r="G117">
         <v>2022</v>
       </c>
       <c r="H117" t="s">
         <v>18</v>
       </c>
       <c r="I117" t="s">
         <v>47</v>
       </c>
       <c r="J117" t="s">
         <v>48</v>
       </c>
       <c r="K117" t="s">
         <v>209</v>
       </c>
       <c r="L117" t="s">
         <v>210</v>
       </c>
-      <c r="M117" s="1">
+      <c r="M117" s="11">
         <v>43</v>
       </c>
       <c r="N117" t="s">
         <v>211</v>
       </c>
       <c r="O117" t="s">
         <v>43</v>
       </c>
       <c r="P117">
         <v>2022</v>
       </c>
       <c r="Q117" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="118" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A118" t="s">
         <v>188</v>
       </c>
       <c r="B118" t="s">
         <v>43</v>
       </c>
       <c r="C118" t="s">
         <v>213</v>
       </c>
       <c r="D118" t="s">
         <v>214</v>
       </c>
       <c r="F118" t="s">
         <v>215</v>
       </c>
       <c r="G118">
         <v>2022</v>
       </c>
       <c r="H118" t="s">
         <v>18</v>
       </c>
       <c r="I118" t="s">
         <v>47</v>
       </c>
       <c r="J118" t="s">
         <v>48</v>
       </c>
       <c r="K118" t="s">
         <v>216</v>
       </c>
       <c r="L118" t="s">
         <v>217</v>
       </c>
-      <c r="M118" s="1">
+      <c r="M118" s="11">
         <v>23</v>
       </c>
       <c r="N118" t="s">
         <v>218</v>
       </c>
       <c r="O118" t="s">
         <v>43</v>
       </c>
       <c r="P118">
         <v>2022</v>
       </c>
       <c r="Q118" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="119" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A119" t="s">
         <v>188</v>
       </c>
       <c r="B119" t="s">
         <v>220</v>
       </c>
       <c r="C119" t="s">
         <v>221</v>
       </c>
       <c r="D119" t="s">
         <v>222</v>
       </c>
       <c r="F119" t="s">
         <v>223</v>
       </c>
       <c r="G119">
         <v>2022</v>
       </c>
       <c r="H119" t="s">
         <v>18</v>
       </c>
       <c r="I119" t="s">
         <v>47</v>
       </c>
       <c r="J119" t="s">
         <v>48</v>
       </c>
       <c r="K119" t="s">
         <v>224</v>
       </c>
       <c r="L119" t="s">
         <v>225</v>
       </c>
-      <c r="M119" s="1">
+      <c r="M119" s="11">
         <v>33</v>
       </c>
       <c r="N119" t="s">
         <v>187</v>
       </c>
       <c r="O119" t="s">
         <v>43</v>
       </c>
       <c r="P119">
         <v>2022</v>
       </c>
       <c r="Q119" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="120" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A120" t="s">
         <v>188</v>
       </c>
       <c r="B120" t="s">
         <v>43</v>
       </c>
       <c r="C120" t="s">
         <v>227</v>
       </c>
       <c r="D120" t="s">
         <v>228</v>
       </c>
       <c r="F120" t="s">
         <v>229</v>
       </c>
       <c r="G120">
         <v>2022</v>
       </c>
       <c r="H120" t="s">
         <v>96</v>
       </c>
       <c r="I120" t="s">
         <v>47</v>
       </c>
       <c r="J120" t="s">
         <v>48</v>
       </c>
       <c r="K120" t="s">
         <v>230</v>
       </c>
       <c r="L120" t="s">
         <v>231</v>
       </c>
-      <c r="M120" s="1">
+      <c r="M120" s="11">
         <v>29</v>
       </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
         <v>43</v>
       </c>
       <c r="P120">
         <v>2022</v>
       </c>
       <c r="Q120" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="121" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A121" t="s">
         <v>188</v>
       </c>
       <c r="B121" t="s">
         <v>43</v>
       </c>
       <c r="C121" t="s">
         <v>233</v>
       </c>
       <c r="D121" t="s">
         <v>234</v>
       </c>
       <c r="F121" t="s">
         <v>235</v>
       </c>
       <c r="G121">
         <v>2022</v>
       </c>
       <c r="H121" t="s">
         <v>18</v>
       </c>
       <c r="I121" t="s">
         <v>47</v>
       </c>
       <c r="J121" t="s">
         <v>48</v>
       </c>
       <c r="K121" t="s">
         <v>236</v>
       </c>
       <c r="L121" t="s">
         <v>237</v>
       </c>
-      <c r="M121" s="1">
+      <c r="M121" s="11">
         <v>33</v>
       </c>
       <c r="N121" t="s">
         <v>238</v>
       </c>
       <c r="O121" t="s">
         <v>43</v>
       </c>
       <c r="P121">
         <v>2022</v>
       </c>
       <c r="Q121" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="122" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A122" t="s">
         <v>188</v>
       </c>
       <c r="B122" t="s">
         <v>240</v>
       </c>
       <c r="C122" t="s">
         <v>241</v>
       </c>
       <c r="D122" t="s">
         <v>242</v>
       </c>
       <c r="F122" t="s">
         <v>243</v>
       </c>
       <c r="G122">
         <v>2022</v>
       </c>
       <c r="H122" t="s">
         <v>18</v>
       </c>
       <c r="I122" t="s">
         <v>47</v>
       </c>
       <c r="J122" t="s">
         <v>48</v>
       </c>
       <c r="K122" t="s">
         <v>244</v>
       </c>
       <c r="L122" t="s">
         <v>245</v>
       </c>
-      <c r="M122" s="1">
+      <c r="M122" s="11">
         <v>36</v>
       </c>
       <c r="N122" t="s">
         <v>23</v>
       </c>
       <c r="O122" t="s">
         <v>43</v>
       </c>
       <c r="P122">
         <v>2022</v>
       </c>
       <c r="Q122" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="123" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A123" t="s">
         <v>188</v>
       </c>
       <c r="B123" t="s">
         <v>160</v>
       </c>
       <c r="C123" t="s">
         <v>247</v>
       </c>
       <c r="D123" t="s">
         <v>248</v>
       </c>
       <c r="F123" t="s">
         <v>54</v>
       </c>
       <c r="G123">
         <v>2022</v>
       </c>
       <c r="H123" t="s">
         <v>18</v>
       </c>
       <c r="I123" t="s">
         <v>47</v>
       </c>
       <c r="J123" t="s">
         <v>48</v>
       </c>
       <c r="K123" t="s">
         <v>249</v>
       </c>
       <c r="L123" t="s">
         <v>250</v>
       </c>
-      <c r="M123" s="1">
+      <c r="M123" s="11">
         <v>53</v>
       </c>
       <c r="N123" t="s">
         <v>138</v>
       </c>
       <c r="O123" t="s">
         <v>43</v>
       </c>
       <c r="P123">
         <v>2022</v>
       </c>
       <c r="Q123" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="124" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A124" t="s">
         <v>188</v>
       </c>
       <c r="B124" t="s">
         <v>220</v>
       </c>
       <c r="C124" t="s">
         <v>252</v>
       </c>
       <c r="D124" t="s">
         <v>253</v>
       </c>
       <c r="F124" t="s">
         <v>254</v>
       </c>
       <c r="G124">
         <v>2022</v>
       </c>
       <c r="H124" t="s">
         <v>18</v>
       </c>
       <c r="I124" t="s">
         <v>47</v>
       </c>
       <c r="J124" t="s">
         <v>48</v>
       </c>
       <c r="K124" t="s">
         <v>255</v>
       </c>
       <c r="L124" t="s">
         <v>256</v>
       </c>
-      <c r="M124" s="1">
+      <c r="M124" s="11">
         <v>23</v>
       </c>
       <c r="N124" t="s">
         <v>257</v>
       </c>
       <c r="O124" t="s">
         <v>43</v>
       </c>
       <c r="P124">
         <v>2022</v>
       </c>
       <c r="Q124" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="125" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A125" t="s">
         <v>188</v>
       </c>
       <c r="B125" t="s">
         <v>152</v>
       </c>
       <c r="C125" t="s">
         <v>259</v>
       </c>
       <c r="D125" t="s">
         <v>260</v>
       </c>
       <c r="F125" t="s">
         <v>261</v>
       </c>
       <c r="G125">
         <v>2022</v>
       </c>
       <c r="H125" t="s">
         <v>18</v>
       </c>
       <c r="I125" t="s">
         <v>47</v>
       </c>
       <c r="J125" t="s">
         <v>48</v>
       </c>
       <c r="K125" t="s">
         <v>262</v>
       </c>
       <c r="L125" t="s">
         <v>263</v>
       </c>
-      <c r="M125" s="1">
+      <c r="M125" s="11">
         <v>22</v>
       </c>
       <c r="N125" t="s">
         <v>184</v>
       </c>
       <c r="O125" t="s">
         <v>43</v>
       </c>
       <c r="P125">
         <v>2022</v>
       </c>
       <c r="Q125" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="126" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A126" t="s">
         <v>188</v>
       </c>
       <c r="B126" t="s">
         <v>43</v>
       </c>
       <c r="C126" t="s">
         <v>265</v>
       </c>
       <c r="D126" t="s">
         <v>266</v>
       </c>
       <c r="F126" t="s">
         <v>267</v>
       </c>
       <c r="G126">
         <v>2022</v>
       </c>
       <c r="H126" t="s">
         <v>18</v>
       </c>
       <c r="I126" t="s">
         <v>47</v>
       </c>
       <c r="J126" t="s">
         <v>48</v>
       </c>
       <c r="K126" t="s">
         <v>268</v>
       </c>
       <c r="L126" t="s">
         <v>269</v>
       </c>
-      <c r="M126" s="1">
+      <c r="M126" s="11">
         <v>24</v>
       </c>
       <c r="N126" t="s">
         <v>42</v>
       </c>
       <c r="O126" t="s">
         <v>43</v>
       </c>
       <c r="P126">
         <v>2022</v>
       </c>
       <c r="Q126" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="127" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A127" t="s">
         <v>188</v>
       </c>
       <c r="B127" t="s">
         <v>271</v>
       </c>
       <c r="C127" t="s">
         <v>272</v>
       </c>
       <c r="D127" t="s">
         <v>273</v>
       </c>
       <c r="F127" t="s">
         <v>274</v>
       </c>
       <c r="G127">
         <v>2022</v>
       </c>
       <c r="H127" t="s">
         <v>18</v>
       </c>
       <c r="I127" t="s">
         <v>47</v>
       </c>
       <c r="J127" t="s">
         <v>48</v>
       </c>
       <c r="K127" t="s">
         <v>275</v>
       </c>
       <c r="L127" t="s">
         <v>276</v>
       </c>
-      <c r="M127" s="1">
+      <c r="M127" s="11">
         <v>22</v>
       </c>
       <c r="N127" t="s">
         <v>131</v>
       </c>
       <c r="O127" t="s">
         <v>43</v>
       </c>
       <c r="P127">
         <v>2022</v>
       </c>
       <c r="Q127" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="128" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A128" t="s">
         <v>188</v>
       </c>
       <c r="B128" t="s">
         <v>43</v>
       </c>
       <c r="C128" t="s">
         <v>278</v>
       </c>
       <c r="D128" t="s">
         <v>279</v>
       </c>
       <c r="F128" t="s">
         <v>208</v>
       </c>
       <c r="G128">
         <v>2022</v>
       </c>
       <c r="H128" t="s">
         <v>18</v>
       </c>
       <c r="I128" t="s">
         <v>47</v>
       </c>
       <c r="J128" t="s">
         <v>48</v>
       </c>
       <c r="K128" t="s">
         <v>280</v>
       </c>
       <c r="L128" t="s">
         <v>281</v>
       </c>
-      <c r="M128" s="1">
+      <c r="M128" s="11">
         <v>100</v>
       </c>
       <c r="N128" t="s">
         <v>128</v>
       </c>
       <c r="O128" t="s">
         <v>43</v>
       </c>
       <c r="P128">
         <v>2022</v>
       </c>
       <c r="Q128" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="129" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A129" t="s">
         <v>188</v>
       </c>
       <c r="B129" t="s">
         <v>43</v>
       </c>
       <c r="C129" t="s">
         <v>283</v>
       </c>
       <c r="D129" t="s">
         <v>284</v>
       </c>
       <c r="F129" t="s">
         <v>285</v>
       </c>
       <c r="G129">
         <v>2022</v>
       </c>
       <c r="H129" t="s">
         <v>18</v>
       </c>
       <c r="I129" t="s">
         <v>47</v>
       </c>
       <c r="J129" t="s">
         <v>48</v>
       </c>
       <c r="K129" t="s">
         <v>286</v>
       </c>
       <c r="L129" t="s">
         <v>287</v>
       </c>
-      <c r="M129" s="1">
+      <c r="M129" s="11">
         <v>23</v>
       </c>
       <c r="N129" t="s">
         <v>25</v>
       </c>
       <c r="O129" t="s">
         <v>43</v>
       </c>
       <c r="P129">
         <v>2022</v>
       </c>
       <c r="Q129" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="130" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A130" t="s">
         <v>291</v>
       </c>
       <c r="B130" t="s">
         <v>43</v>
       </c>
       <c r="C130" t="s">
         <v>292</v>
       </c>
       <c r="D130" t="s">
         <v>293</v>
       </c>
       <c r="F130" t="s">
         <v>294</v>
       </c>
       <c r="G130">
         <v>2020</v>
       </c>
       <c r="H130" t="s">
         <v>63</v>
       </c>
       <c r="I130" t="s">
         <v>47</v>
       </c>
       <c r="J130" t="s">
         <v>48</v>
       </c>
       <c r="K130" t="s">
         <v>295</v>
       </c>
       <c r="L130" t="s">
         <v>296</v>
       </c>
-      <c r="M130" s="1">
+      <c r="M130" s="11">
         <v>20</v>
       </c>
       <c r="N130" t="s">
         <v>132</v>
       </c>
       <c r="O130" t="s">
         <v>43</v>
       </c>
       <c r="P130">
         <v>2020</v>
       </c>
       <c r="Q130" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="131" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A131" t="s">
         <v>291</v>
       </c>
       <c r="B131" t="s">
         <v>43</v>
       </c>
       <c r="C131" t="s">
         <v>298</v>
       </c>
       <c r="D131" t="s">
         <v>299</v>
       </c>
       <c r="F131" t="s">
         <v>300</v>
       </c>
       <c r="G131">
         <v>2021</v>
       </c>
       <c r="H131" t="s">
         <v>18</v>
       </c>
       <c r="I131" t="s">
         <v>47</v>
       </c>
       <c r="J131" t="s">
         <v>48</v>
       </c>
       <c r="K131" t="s">
         <v>301</v>
       </c>
       <c r="L131" t="s">
         <v>302</v>
       </c>
-      <c r="M131" s="1">
+      <c r="M131" s="11">
         <v>24</v>
       </c>
       <c r="N131" t="s">
         <v>186</v>
       </c>
       <c r="O131" t="s">
         <v>43</v>
       </c>
       <c r="P131">
         <v>2021</v>
       </c>
       <c r="Q131" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="132" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A132" t="s">
         <v>291</v>
       </c>
       <c r="B132" t="s">
         <v>43</v>
       </c>
       <c r="C132" t="s">
         <v>304</v>
       </c>
       <c r="D132" t="s">
         <v>305</v>
       </c>
       <c r="F132" t="s">
         <v>69</v>
       </c>
       <c r="G132">
         <v>2021</v>
       </c>
       <c r="H132" t="s">
         <v>18</v>
       </c>
       <c r="I132" t="s">
         <v>47</v>
       </c>
       <c r="J132" t="s">
         <v>48</v>
       </c>
       <c r="K132" t="s">
         <v>306</v>
       </c>
       <c r="L132" t="s">
         <v>307</v>
       </c>
-      <c r="M132" s="1">
+      <c r="M132" s="11">
         <v>25</v>
       </c>
       <c r="N132" t="s">
         <v>72</v>
       </c>
       <c r="O132" t="s">
         <v>43</v>
       </c>
       <c r="P132">
         <v>2021</v>
       </c>
       <c r="Q132" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="133" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A133" t="s">
         <v>291</v>
       </c>
       <c r="B133" t="s">
         <v>43</v>
       </c>
       <c r="C133" t="s">
         <v>309</v>
       </c>
       <c r="D133" t="s">
         <v>310</v>
       </c>
       <c r="F133" t="s">
         <v>83</v>
       </c>
       <c r="G133">
         <v>2021</v>
       </c>
       <c r="H133" t="s">
         <v>63</v>
       </c>
       <c r="I133" t="s">
         <v>47</v>
       </c>
       <c r="J133" t="s">
         <v>48</v>
       </c>
       <c r="K133" t="s">
         <v>311</v>
       </c>
       <c r="L133" t="s">
         <v>312</v>
       </c>
-      <c r="M133" s="1">
+      <c r="M133" s="11">
         <v>20</v>
       </c>
       <c r="N133" t="s">
         <v>24</v>
       </c>
       <c r="O133" t="s">
         <v>43</v>
       </c>
       <c r="P133">
         <v>2021</v>
       </c>
       <c r="Q133" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="134" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A134" t="s">
         <v>291</v>
       </c>
       <c r="B134" t="s">
         <v>43</v>
       </c>
       <c r="C134" t="s">
         <v>314</v>
       </c>
       <c r="D134" t="s">
         <v>315</v>
       </c>
       <c r="F134" t="s">
         <v>316</v>
       </c>
       <c r="G134">
         <v>2019</v>
       </c>
       <c r="H134" t="s">
         <v>18</v>
       </c>
       <c r="I134" t="s">
         <v>47</v>
       </c>
       <c r="J134" t="s">
         <v>48</v>
       </c>
       <c r="K134" t="s">
         <v>317</v>
       </c>
       <c r="L134" t="s">
         <v>318</v>
       </c>
-      <c r="M134" s="1">
+      <c r="M134" s="11">
         <v>20</v>
       </c>
       <c r="N134" t="s">
         <v>319</v>
       </c>
       <c r="O134" t="s">
         <v>43</v>
       </c>
       <c r="P134">
         <v>2019</v>
       </c>
       <c r="Q134" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="135" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A135" t="s">
         <v>291</v>
       </c>
       <c r="B135" t="s">
         <v>43</v>
       </c>
       <c r="C135" t="s">
         <v>321</v>
       </c>
       <c r="D135" t="s">
         <v>322</v>
       </c>
       <c r="F135" t="s">
         <v>208</v>
       </c>
       <c r="G135">
         <v>2019</v>
       </c>
       <c r="H135" t="s">
         <v>18</v>
       </c>
       <c r="I135" t="s">
         <v>47</v>
       </c>
       <c r="J135" t="s">
         <v>48</v>
       </c>
       <c r="K135" t="s">
         <v>323</v>
       </c>
       <c r="L135" t="s">
         <v>324</v>
       </c>
-      <c r="M135" s="1">
+      <c r="M135" s="11">
         <v>20</v>
       </c>
       <c r="N135" t="s">
         <v>185</v>
       </c>
       <c r="O135" t="s">
         <v>43</v>
       </c>
       <c r="P135">
         <v>2019</v>
       </c>
       <c r="Q135" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="136" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A136" t="s">
         <v>291</v>
       </c>
       <c r="B136" t="s">
         <v>43</v>
       </c>
       <c r="C136" t="s">
         <v>326</v>
       </c>
       <c r="D136" t="s">
         <v>327</v>
       </c>
       <c r="F136" t="s">
         <v>328</v>
       </c>
       <c r="G136">
         <v>2021</v>
       </c>
       <c r="H136" t="s">
         <v>18</v>
       </c>
       <c r="I136" t="s">
         <v>47</v>
       </c>
       <c r="J136" t="s">
         <v>48</v>
       </c>
       <c r="K136" t="s">
         <v>329</v>
       </c>
       <c r="L136" t="s">
         <v>330</v>
       </c>
-      <c r="M136" s="1">
+      <c r="M136" s="11">
         <v>20</v>
       </c>
       <c r="N136" t="s">
         <v>331</v>
       </c>
       <c r="O136" t="s">
         <v>43</v>
       </c>
       <c r="P136">
         <v>2021</v>
       </c>
       <c r="Q136" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="137" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A137" t="s">
         <v>291</v>
       </c>
       <c r="B137" t="s">
         <v>43</v>
       </c>
       <c r="C137" t="s">
         <v>1254</v>
       </c>
       <c r="D137" t="s">
         <v>1255</v>
       </c>
       <c r="F137" t="s">
         <v>333</v>
       </c>
       <c r="G137">
         <v>2022</v>
       </c>
       <c r="H137" t="s">
         <v>63</v>
       </c>
       <c r="I137" t="s">
         <v>47</v>
       </c>
       <c r="J137" t="s">
         <v>48</v>
       </c>
       <c r="K137" t="s">
         <v>334</v>
       </c>
       <c r="L137" t="s">
         <v>335</v>
       </c>
-      <c r="M137" s="1">
+      <c r="M137" s="11">
         <v>25</v>
       </c>
       <c r="N137" t="s">
         <v>30</v>
       </c>
       <c r="O137" t="s">
         <v>43</v>
       </c>
       <c r="P137">
         <v>2022</v>
       </c>
       <c r="Q137" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="138" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A138" t="s">
         <v>338</v>
       </c>
       <c r="B138" t="s">
         <v>43</v>
       </c>
       <c r="C138" t="s">
         <v>339</v>
       </c>
       <c r="D138" t="s">
         <v>340</v>
       </c>
       <c r="F138" t="s">
         <v>341</v>
       </c>
       <c r="G138">
         <v>2021</v>
       </c>
       <c r="H138" t="s">
         <v>63</v>
       </c>
       <c r="I138" t="s">
         <v>47</v>
       </c>
       <c r="J138" t="s">
         <v>48</v>
       </c>
       <c r="K138" t="s">
         <v>342</v>
       </c>
       <c r="L138" t="s">
         <v>343</v>
       </c>
-      <c r="M138" s="1">
+      <c r="M138" s="11">
         <v>20</v>
       </c>
       <c r="N138" t="s">
         <v>344</v>
       </c>
       <c r="O138" t="s">
         <v>43</v>
       </c>
       <c r="P138">
         <v>2021</v>
       </c>
       <c r="Q138" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="139" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A139" t="s">
         <v>338</v>
       </c>
       <c r="B139" t="s">
         <v>43</v>
       </c>
       <c r="C139" t="s">
         <v>346</v>
       </c>
       <c r="D139" t="s">
         <v>347</v>
       </c>
       <c r="F139" t="s">
         <v>208</v>
       </c>
       <c r="G139">
         <v>2021</v>
       </c>
       <c r="H139" t="s">
         <v>18</v>
       </c>
       <c r="I139" t="s">
         <v>47</v>
       </c>
       <c r="J139" t="s">
         <v>48</v>
       </c>
       <c r="K139" t="s">
         <v>348</v>
       </c>
       <c r="L139" t="s">
         <v>349</v>
       </c>
-      <c r="M139" s="1">
+      <c r="M139" s="11">
         <v>24</v>
       </c>
       <c r="N139" t="s">
         <v>185</v>
       </c>
       <c r="O139" t="s">
         <v>43</v>
       </c>
       <c r="P139">
         <v>2021</v>
       </c>
       <c r="Q139" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="140" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A140" t="s">
         <v>338</v>
       </c>
       <c r="B140" t="s">
         <v>43</v>
       </c>
       <c r="C140" t="s">
         <v>351</v>
       </c>
       <c r="D140" t="s">
         <v>352</v>
       </c>
       <c r="F140" t="s">
         <v>353</v>
       </c>
       <c r="G140">
         <v>2021</v>
       </c>
       <c r="H140" t="s">
         <v>18</v>
       </c>
       <c r="I140" t="s">
         <v>47</v>
       </c>
       <c r="J140" t="s">
         <v>48</v>
       </c>
       <c r="K140" t="s">
         <v>354</v>
       </c>
       <c r="L140" t="s">
         <v>355</v>
       </c>
-      <c r="M140" s="1">
+      <c r="M140" s="11">
         <v>20</v>
       </c>
       <c r="N140" t="s">
         <v>42</v>
       </c>
       <c r="O140" t="s">
         <v>43</v>
       </c>
       <c r="P140">
         <v>2021</v>
       </c>
       <c r="Q140" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="141" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A141" t="s">
         <v>338</v>
       </c>
       <c r="B141" t="s">
         <v>43</v>
       </c>
       <c r="C141" t="s">
         <v>357</v>
       </c>
       <c r="D141" t="s">
         <v>358</v>
       </c>
       <c r="F141" t="s">
         <v>359</v>
       </c>
       <c r="G141">
         <v>2021</v>
       </c>
       <c r="H141" t="s">
         <v>18</v>
       </c>
       <c r="I141" t="s">
         <v>47</v>
       </c>
       <c r="J141" t="s">
         <v>48</v>
       </c>
       <c r="K141" t="s">
         <v>360</v>
       </c>
       <c r="L141" t="s">
         <v>361</v>
       </c>
-      <c r="M141" s="1">
+      <c r="M141" s="11">
         <v>20</v>
       </c>
       <c r="N141" t="s">
         <v>362</v>
       </c>
       <c r="O141" t="s">
         <v>43</v>
       </c>
       <c r="P141">
         <v>2021</v>
       </c>
       <c r="Q141" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="142" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A142" t="s">
         <v>338</v>
       </c>
       <c r="B142" t="s">
         <v>43</v>
       </c>
       <c r="C142" t="s">
         <v>364</v>
       </c>
       <c r="D142" t="s">
         <v>365</v>
       </c>
       <c r="F142" t="s">
         <v>366</v>
       </c>
       <c r="G142">
         <v>2021</v>
       </c>
       <c r="H142" t="s">
         <v>18</v>
       </c>
       <c r="I142" t="s">
         <v>47</v>
       </c>
       <c r="J142" t="s">
         <v>48</v>
       </c>
       <c r="K142" t="s">
         <v>367</v>
       </c>
       <c r="L142" t="s">
         <v>368</v>
       </c>
-      <c r="M142" s="1">
+      <c r="M142" s="11">
         <v>20</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
         <v>43</v>
       </c>
       <c r="P142">
         <v>2021</v>
       </c>
       <c r="Q142" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="143" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A143" t="s">
         <v>338</v>
       </c>
       <c r="B143" t="s">
         <v>271</v>
       </c>
       <c r="C143" t="s">
         <v>370</v>
       </c>
       <c r="D143" t="s">
         <v>371</v>
       </c>
       <c r="F143" t="s">
         <v>372</v>
       </c>
       <c r="G143">
         <v>2021</v>
       </c>
       <c r="H143" t="s">
         <v>18</v>
       </c>
       <c r="I143" t="s">
         <v>47</v>
       </c>
       <c r="J143" t="s">
         <v>48</v>
       </c>
       <c r="K143" t="s">
         <v>373</v>
       </c>
       <c r="L143" t="s">
         <v>374</v>
       </c>
-      <c r="M143" s="1">
+      <c r="M143" s="11">
         <v>20</v>
       </c>
       <c r="N143" t="s">
         <v>34</v>
       </c>
       <c r="O143" t="s">
         <v>43</v>
       </c>
       <c r="P143">
         <v>2021</v>
       </c>
       <c r="Q143" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="144" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A144" t="s">
         <v>338</v>
       </c>
       <c r="B144" t="s">
         <v>43</v>
       </c>
       <c r="C144" t="s">
         <v>376</v>
       </c>
       <c r="D144" t="s">
         <v>377</v>
       </c>
       <c r="F144" t="s">
         <v>378</v>
       </c>
       <c r="G144">
         <v>2021</v>
       </c>
       <c r="H144" t="s">
         <v>18</v>
       </c>
       <c r="I144" t="s">
         <v>47</v>
       </c>
       <c r="J144" t="s">
         <v>48</v>
       </c>
       <c r="K144" t="s">
         <v>379</v>
       </c>
       <c r="L144" t="s">
         <v>380</v>
       </c>
-      <c r="M144" s="1">
+      <c r="M144" s="11">
         <v>23</v>
       </c>
       <c r="N144" t="s">
         <v>25</v>
       </c>
       <c r="O144" t="s">
         <v>43</v>
       </c>
       <c r="P144">
         <v>2021</v>
       </c>
       <c r="Q144" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="145" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A145" t="s">
         <v>338</v>
       </c>
       <c r="B145" t="s">
         <v>43</v>
       </c>
       <c r="C145" t="s">
         <v>382</v>
       </c>
       <c r="D145" t="s">
         <v>383</v>
       </c>
       <c r="F145" t="s">
         <v>163</v>
       </c>
       <c r="G145">
         <v>2021</v>
       </c>
       <c r="H145" t="s">
         <v>18</v>
       </c>
       <c r="I145" t="s">
         <v>47</v>
       </c>
       <c r="J145" t="s">
         <v>48</v>
       </c>
       <c r="K145" t="s">
         <v>384</v>
       </c>
       <c r="L145" t="s">
         <v>385</v>
       </c>
-      <c r="M145" s="1">
+      <c r="M145" s="11">
         <v>20</v>
       </c>
       <c r="N145" t="s">
         <v>135</v>
       </c>
       <c r="O145" t="s">
         <v>43</v>
       </c>
       <c r="P145">
         <v>2021</v>
       </c>
       <c r="Q145" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="146" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A146" t="s">
         <v>338</v>
       </c>
       <c r="B146" t="s">
         <v>43</v>
       </c>
       <c r="C146" t="s">
         <v>387</v>
       </c>
       <c r="D146" t="s">
         <v>388</v>
       </c>
       <c r="F146" t="s">
         <v>389</v>
       </c>
       <c r="G146">
         <v>2021</v>
       </c>
       <c r="H146" t="s">
         <v>18</v>
       </c>
       <c r="I146" t="s">
         <v>47</v>
       </c>
       <c r="J146" t="s">
         <v>48</v>
       </c>
       <c r="K146" t="s">
         <v>390</v>
       </c>
       <c r="L146" t="s">
         <v>391</v>
       </c>
-      <c r="M146" s="1">
+      <c r="M146" s="11">
         <v>20</v>
       </c>
       <c r="N146" t="s">
         <v>20</v>
       </c>
       <c r="O146" t="s">
         <v>43</v>
       </c>
       <c r="P146">
         <v>2021</v>
       </c>
       <c r="Q146" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="147" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A147" t="s">
         <v>393</v>
       </c>
       <c r="B147" t="s">
         <v>43</v>
       </c>
       <c r="C147" t="s">
         <v>394</v>
       </c>
       <c r="D147" t="s">
         <v>395</v>
       </c>
       <c r="F147" t="s">
         <v>62</v>
       </c>
       <c r="G147">
         <v>2020</v>
       </c>
       <c r="H147" t="s">
         <v>63</v>
       </c>
       <c r="I147" t="s">
         <v>47</v>
       </c>
       <c r="J147" t="s">
         <v>48</v>
       </c>
       <c r="K147" t="s">
         <v>396</v>
       </c>
       <c r="L147" t="s">
         <v>397</v>
       </c>
-      <c r="M147" s="1">
+      <c r="M147" s="11">
         <v>38</v>
       </c>
       <c r="N147" t="s">
         <v>290</v>
       </c>
       <c r="O147" t="s">
         <v>43</v>
       </c>
       <c r="P147">
         <v>2020</v>
       </c>
       <c r="Q147" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="148" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A148" t="s">
         <v>393</v>
       </c>
       <c r="B148" t="s">
         <v>43</v>
       </c>
       <c r="C148" t="s">
         <v>399</v>
       </c>
@@ -12159,51 +12168,51 @@
       </c>
       <c r="E148" t="s">
         <v>401</v>
       </c>
       <c r="F148" t="s">
         <v>402</v>
       </c>
       <c r="G148">
         <v>2020</v>
       </c>
       <c r="H148" t="s">
         <v>18</v>
       </c>
       <c r="I148" t="s">
         <v>47</v>
       </c>
       <c r="J148" t="s">
         <v>48</v>
       </c>
       <c r="K148" t="s">
         <v>403</v>
       </c>
       <c r="L148" t="s">
         <v>404</v>
       </c>
-      <c r="M148" s="1">
+      <c r="M148" s="11">
         <v>34</v>
       </c>
       <c r="N148" t="s">
         <v>405</v>
       </c>
       <c r="O148" t="s">
         <v>43</v>
       </c>
       <c r="P148">
         <v>2020</v>
       </c>
       <c r="Q148" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="149" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A149" t="s">
         <v>393</v>
       </c>
       <c r="B149" t="s">
         <v>43</v>
       </c>
       <c r="C149" t="s">
         <v>399</v>
       </c>
@@ -12212,51 +12221,51 @@
       </c>
       <c r="E149" t="s">
         <v>407</v>
       </c>
       <c r="F149" t="s">
         <v>402</v>
       </c>
       <c r="G149">
         <v>2020</v>
       </c>
       <c r="H149" t="s">
         <v>18</v>
       </c>
       <c r="I149" t="s">
         <v>47</v>
       </c>
       <c r="J149" t="s">
         <v>48</v>
       </c>
       <c r="K149" t="s">
         <v>408</v>
       </c>
       <c r="L149" t="s">
         <v>409</v>
       </c>
-      <c r="M149" s="1">
+      <c r="M149" s="11">
         <v>35</v>
       </c>
       <c r="N149" t="s">
         <v>410</v>
       </c>
       <c r="O149" t="s">
         <v>43</v>
       </c>
       <c r="P149">
         <v>2020</v>
       </c>
       <c r="Q149" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="150" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A150" t="s">
         <v>393</v>
       </c>
       <c r="B150" t="s">
         <v>43</v>
       </c>
       <c r="C150" t="s">
         <v>399</v>
       </c>
@@ -12265,51 +12274,51 @@
       </c>
       <c r="E150" t="s">
         <v>412</v>
       </c>
       <c r="F150" t="s">
         <v>402</v>
       </c>
       <c r="G150">
         <v>2020</v>
       </c>
       <c r="H150" t="s">
         <v>18</v>
       </c>
       <c r="I150" t="s">
         <v>47</v>
       </c>
       <c r="J150" t="s">
         <v>48</v>
       </c>
       <c r="K150" t="s">
         <v>413</v>
       </c>
       <c r="L150" t="s">
         <v>414</v>
       </c>
-      <c r="M150" s="1">
+      <c r="M150" s="11">
         <v>38</v>
       </c>
       <c r="N150" t="s">
         <v>415</v>
       </c>
       <c r="O150" t="s">
         <v>43</v>
       </c>
       <c r="P150">
         <v>2020</v>
       </c>
       <c r="Q150" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="151" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A151" t="s">
         <v>393</v>
       </c>
       <c r="B151" t="s">
         <v>43</v>
       </c>
       <c r="C151" t="s">
         <v>399</v>
       </c>
@@ -12318,51 +12327,51 @@
       </c>
       <c r="E151" t="s">
         <v>417</v>
       </c>
       <c r="F151" t="s">
         <v>402</v>
       </c>
       <c r="G151">
         <v>2020</v>
       </c>
       <c r="H151" t="s">
         <v>18</v>
       </c>
       <c r="I151" t="s">
         <v>47</v>
       </c>
       <c r="J151" t="s">
         <v>48</v>
       </c>
       <c r="K151" t="s">
         <v>418</v>
       </c>
       <c r="L151" t="s">
         <v>419</v>
       </c>
-      <c r="M151" s="1">
+      <c r="M151" s="11">
         <v>36</v>
       </c>
       <c r="N151" t="s">
         <v>420</v>
       </c>
       <c r="O151" t="s">
         <v>43</v>
       </c>
       <c r="P151">
         <v>2020</v>
       </c>
       <c r="Q151" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="152" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A152" t="s">
         <v>393</v>
       </c>
       <c r="B152" t="s">
         <v>43</v>
       </c>
       <c r="C152" t="s">
         <v>399</v>
       </c>
@@ -12371,51 +12380,51 @@
       </c>
       <c r="E152" t="s">
         <v>422</v>
       </c>
       <c r="F152" t="s">
         <v>402</v>
       </c>
       <c r="G152">
         <v>2020</v>
       </c>
       <c r="H152" t="s">
         <v>18</v>
       </c>
       <c r="I152" t="s">
         <v>47</v>
       </c>
       <c r="J152" t="s">
         <v>48</v>
       </c>
       <c r="K152" t="s">
         <v>423</v>
       </c>
       <c r="L152" t="s">
         <v>424</v>
       </c>
-      <c r="M152" s="1">
+      <c r="M152" s="11">
         <v>37</v>
       </c>
       <c r="N152" t="s">
         <v>425</v>
       </c>
       <c r="O152" t="s">
         <v>43</v>
       </c>
       <c r="P152">
         <v>2020</v>
       </c>
       <c r="Q152" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="153" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A153" t="s">
         <v>393</v>
       </c>
       <c r="B153" t="s">
         <v>43</v>
       </c>
       <c r="C153" t="s">
         <v>399</v>
       </c>
@@ -12424,51 +12433,51 @@
       </c>
       <c r="E153" t="s">
         <v>427</v>
       </c>
       <c r="F153" t="s">
         <v>402</v>
       </c>
       <c r="G153">
         <v>2020</v>
       </c>
       <c r="H153" t="s">
         <v>18</v>
       </c>
       <c r="I153" t="s">
         <v>47</v>
       </c>
       <c r="J153" t="s">
         <v>48</v>
       </c>
       <c r="K153" t="s">
         <v>428</v>
       </c>
       <c r="L153" t="s">
         <v>429</v>
       </c>
-      <c r="M153" s="1">
+      <c r="M153" s="11">
         <v>37</v>
       </c>
       <c r="N153" t="s">
         <v>430</v>
       </c>
       <c r="O153" t="s">
         <v>43</v>
       </c>
       <c r="P153">
         <v>2020</v>
       </c>
       <c r="Q153" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="154" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A154" t="s">
         <v>393</v>
       </c>
       <c r="B154" t="s">
         <v>43</v>
       </c>
       <c r="C154" t="s">
         <v>399</v>
       </c>
@@ -12477,51 +12486,51 @@
       </c>
       <c r="E154" t="s">
         <v>432</v>
       </c>
       <c r="F154" t="s">
         <v>402</v>
       </c>
       <c r="G154">
         <v>2020</v>
       </c>
       <c r="H154" t="s">
         <v>18</v>
       </c>
       <c r="I154" t="s">
         <v>47</v>
       </c>
       <c r="J154" t="s">
         <v>48</v>
       </c>
       <c r="K154" t="s">
         <v>433</v>
       </c>
       <c r="L154" t="s">
         <v>434</v>
       </c>
-      <c r="M154" s="1">
+      <c r="M154" s="11">
         <v>37</v>
       </c>
       <c r="N154" t="s">
         <v>435</v>
       </c>
       <c r="O154" t="s">
         <v>43</v>
       </c>
       <c r="P154">
         <v>2020</v>
       </c>
       <c r="Q154" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="155" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A155" t="s">
         <v>393</v>
       </c>
       <c r="B155" t="s">
         <v>43</v>
       </c>
       <c r="C155" t="s">
         <v>153</v>
       </c>
@@ -12530,51 +12539,51 @@
       </c>
       <c r="E155" t="s">
         <v>437</v>
       </c>
       <c r="F155" t="s">
         <v>156</v>
       </c>
       <c r="G155">
         <v>2020</v>
       </c>
       <c r="H155" t="s">
         <v>18</v>
       </c>
       <c r="I155" t="s">
         <v>47</v>
       </c>
       <c r="J155" t="s">
         <v>48</v>
       </c>
       <c r="K155" t="s">
         <v>438</v>
       </c>
       <c r="L155" t="s">
         <v>439</v>
       </c>
-      <c r="M155" s="1">
+      <c r="M155" s="11">
         <v>20</v>
       </c>
       <c r="N155" t="s">
         <v>39</v>
       </c>
       <c r="O155" t="s">
         <v>43</v>
       </c>
       <c r="P155">
         <v>2020</v>
       </c>
       <c r="Q155" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="156" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A156" t="s">
         <v>393</v>
       </c>
       <c r="B156" t="s">
         <v>43</v>
       </c>
       <c r="C156" t="s">
         <v>441</v>
       </c>
@@ -12583,651 +12592,651 @@
       </c>
       <c r="E156" t="s">
         <v>443</v>
       </c>
       <c r="F156" t="s">
         <v>444</v>
       </c>
       <c r="G156">
         <v>2020</v>
       </c>
       <c r="H156" t="s">
         <v>18</v>
       </c>
       <c r="I156" t="s">
         <v>47</v>
       </c>
       <c r="J156" t="s">
         <v>48</v>
       </c>
       <c r="K156" t="s">
         <v>445</v>
       </c>
       <c r="L156" t="s">
         <v>446</v>
       </c>
-      <c r="M156" s="1">
+      <c r="M156" s="11">
         <v>23</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
         <v>43</v>
       </c>
       <c r="P156">
         <v>2020</v>
       </c>
       <c r="Q156" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="157" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A157" t="s">
         <v>393</v>
       </c>
       <c r="B157" t="s">
         <v>43</v>
       </c>
       <c r="C157" t="s">
         <v>448</v>
       </c>
       <c r="D157" t="s">
         <v>449</v>
       </c>
       <c r="F157" t="s">
         <v>450</v>
       </c>
       <c r="G157">
         <v>2020</v>
       </c>
       <c r="H157" t="s">
         <v>18</v>
       </c>
       <c r="I157" t="s">
         <v>47</v>
       </c>
       <c r="J157" t="s">
         <v>48</v>
       </c>
       <c r="K157" t="s">
         <v>451</v>
       </c>
       <c r="L157" t="s">
         <v>452</v>
       </c>
-      <c r="M157" s="1">
+      <c r="M157" s="11">
         <v>33</v>
       </c>
       <c r="N157" t="s">
         <v>35</v>
       </c>
       <c r="O157" t="s">
         <v>43</v>
       </c>
       <c r="P157">
         <v>2020</v>
       </c>
       <c r="Q157" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="158" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A158" t="s">
         <v>393</v>
       </c>
       <c r="B158" t="s">
         <v>43</v>
       </c>
       <c r="C158" t="s">
         <v>454</v>
       </c>
       <c r="D158" t="s">
         <v>455</v>
       </c>
       <c r="F158" t="s">
         <v>456</v>
       </c>
       <c r="G158">
         <v>2020</v>
       </c>
       <c r="H158" t="s">
         <v>18</v>
       </c>
       <c r="I158" t="s">
         <v>47</v>
       </c>
       <c r="J158" t="s">
         <v>48</v>
       </c>
       <c r="K158" t="s">
         <v>457</v>
       </c>
       <c r="L158" t="s">
         <v>458</v>
       </c>
-      <c r="M158" s="1">
+      <c r="M158" s="11">
         <v>20</v>
       </c>
       <c r="N158" t="s">
         <v>126</v>
       </c>
       <c r="O158" t="s">
         <v>43</v>
       </c>
       <c r="P158">
         <v>2020</v>
       </c>
       <c r="Q158" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="159" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A159" t="s">
         <v>393</v>
       </c>
       <c r="B159" t="s">
         <v>43</v>
       </c>
       <c r="C159" t="s">
         <v>460</v>
       </c>
       <c r="D159" t="s">
         <v>461</v>
       </c>
       <c r="F159" t="s">
         <v>462</v>
       </c>
       <c r="G159">
         <v>2020</v>
       </c>
       <c r="H159" t="s">
         <v>18</v>
       </c>
       <c r="I159" t="s">
         <v>47</v>
       </c>
       <c r="J159" t="s">
         <v>48</v>
       </c>
       <c r="K159" t="s">
         <v>463</v>
       </c>
       <c r="L159" t="s">
         <v>464</v>
       </c>
-      <c r="M159" s="1">
+      <c r="M159" s="11">
         <v>20</v>
       </c>
       <c r="N159" t="s">
         <v>31</v>
       </c>
       <c r="O159" t="s">
         <v>43</v>
       </c>
       <c r="P159">
         <v>2020</v>
       </c>
       <c r="Q159" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="160" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A160" t="s">
         <v>393</v>
       </c>
       <c r="B160" t="s">
         <v>43</v>
       </c>
       <c r="C160" t="s">
         <v>466</v>
       </c>
       <c r="D160" t="s">
         <v>467</v>
       </c>
       <c r="F160" t="s">
         <v>169</v>
       </c>
       <c r="G160">
         <v>2021</v>
       </c>
       <c r="H160" t="s">
         <v>18</v>
       </c>
       <c r="I160" t="s">
         <v>47</v>
       </c>
       <c r="J160" t="s">
         <v>48</v>
       </c>
       <c r="K160" t="s">
         <v>468</v>
       </c>
       <c r="L160" t="s">
         <v>469</v>
       </c>
-      <c r="M160" s="1">
+      <c r="M160" s="11">
         <v>26</v>
       </c>
       <c r="N160" t="s">
         <v>35</v>
       </c>
       <c r="O160" t="s">
         <v>43</v>
       </c>
       <c r="P160">
         <v>2021</v>
       </c>
       <c r="Q160" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="161" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A161" t="s">
         <v>393</v>
       </c>
       <c r="B161" t="s">
         <v>43</v>
       </c>
       <c r="C161" t="s">
         <v>471</v>
       </c>
       <c r="D161" t="s">
         <v>472</v>
       </c>
       <c r="F161" t="s">
         <v>473</v>
       </c>
       <c r="G161">
         <v>2021</v>
       </c>
       <c r="H161" t="s">
         <v>18</v>
       </c>
       <c r="I161" t="s">
         <v>47</v>
       </c>
       <c r="J161" t="s">
         <v>48</v>
       </c>
       <c r="K161" t="s">
         <v>474</v>
       </c>
       <c r="L161" t="s">
         <v>475</v>
       </c>
-      <c r="M161" s="1">
+      <c r="M161" s="11">
         <v>20</v>
       </c>
       <c r="N161" t="s">
         <v>23</v>
       </c>
       <c r="O161" t="s">
         <v>43</v>
       </c>
       <c r="P161">
         <v>2021</v>
       </c>
       <c r="Q161" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="162" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A162" t="s">
         <v>393</v>
       </c>
       <c r="B162" t="s">
         <v>43</v>
       </c>
       <c r="C162" t="s">
         <v>477</v>
       </c>
       <c r="D162" t="s">
         <v>478</v>
       </c>
       <c r="F162" t="s">
         <v>223</v>
       </c>
       <c r="G162">
         <v>2020</v>
       </c>
       <c r="H162" t="s">
         <v>18</v>
       </c>
       <c r="I162" t="s">
         <v>47</v>
       </c>
       <c r="J162" t="s">
         <v>48</v>
       </c>
       <c r="K162" t="s">
         <v>479</v>
       </c>
       <c r="L162" t="s">
         <v>480</v>
       </c>
-      <c r="M162" s="1">
+      <c r="M162" s="11">
         <v>20</v>
       </c>
       <c r="N162" t="s">
         <v>481</v>
       </c>
       <c r="O162" t="s">
         <v>43</v>
       </c>
       <c r="P162">
         <v>2021</v>
       </c>
       <c r="Q162" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="163" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A163" t="s">
         <v>393</v>
       </c>
       <c r="B163" t="s">
         <v>43</v>
       </c>
       <c r="C163" t="s">
         <v>483</v>
       </c>
       <c r="D163" t="s">
         <v>484</v>
       </c>
       <c r="F163" t="s">
         <v>485</v>
       </c>
       <c r="G163">
         <v>2021</v>
       </c>
       <c r="H163" t="s">
         <v>18</v>
       </c>
       <c r="I163" t="s">
         <v>47</v>
       </c>
       <c r="J163" t="s">
         <v>48</v>
       </c>
       <c r="K163" t="s">
         <v>486</v>
       </c>
       <c r="L163" t="s">
         <v>487</v>
       </c>
-      <c r="M163" s="1">
+      <c r="M163" s="11">
         <v>20</v>
       </c>
       <c r="N163" t="s">
         <v>145</v>
       </c>
       <c r="O163" t="s">
         <v>43</v>
       </c>
       <c r="P163">
         <v>2021</v>
       </c>
       <c r="Q163" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="164" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A164" t="s">
         <v>393</v>
       </c>
       <c r="B164" t="s">
         <v>43</v>
       </c>
       <c r="C164" t="s">
         <v>489</v>
       </c>
       <c r="D164" t="s">
         <v>490</v>
       </c>
       <c r="F164" t="s">
         <v>491</v>
       </c>
       <c r="G164">
         <v>2021</v>
       </c>
       <c r="H164" t="s">
         <v>96</v>
       </c>
       <c r="I164" t="s">
         <v>47</v>
       </c>
       <c r="J164" t="s">
         <v>48</v>
       </c>
       <c r="K164" t="s">
         <v>492</v>
       </c>
       <c r="L164" t="s">
         <v>493</v>
       </c>
-      <c r="M164" s="1">
+      <c r="M164" s="11">
         <v>20</v>
       </c>
       <c r="N164" t="s">
         <v>494</v>
       </c>
       <c r="O164" t="s">
         <v>43</v>
       </c>
       <c r="P164">
         <v>2021</v>
       </c>
       <c r="Q164" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="165" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A165" t="s">
         <v>393</v>
       </c>
       <c r="B165" t="s">
         <v>43</v>
       </c>
       <c r="C165" t="s">
         <v>496</v>
       </c>
       <c r="D165" t="s">
         <v>497</v>
       </c>
       <c r="F165" t="s">
         <v>498</v>
       </c>
       <c r="G165">
         <v>2021</v>
       </c>
       <c r="H165" t="s">
         <v>18</v>
       </c>
       <c r="I165" t="s">
         <v>47</v>
       </c>
       <c r="J165" t="s">
         <v>48</v>
       </c>
       <c r="K165" t="s">
         <v>499</v>
       </c>
       <c r="L165" t="s">
         <v>500</v>
       </c>
-      <c r="M165" s="1">
+      <c r="M165" s="11">
         <v>20</v>
       </c>
       <c r="N165" t="s">
         <v>501</v>
       </c>
       <c r="O165" t="s">
         <v>43</v>
       </c>
       <c r="P165">
         <v>2021</v>
       </c>
       <c r="Q165" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="166" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A166" t="s">
         <v>393</v>
       </c>
       <c r="B166" t="s">
         <v>43</v>
       </c>
       <c r="C166" t="s">
         <v>503</v>
       </c>
       <c r="D166" t="s">
         <v>504</v>
       </c>
       <c r="F166" t="s">
         <v>505</v>
       </c>
       <c r="G166">
         <v>2021</v>
       </c>
       <c r="H166" t="s">
         <v>18</v>
       </c>
       <c r="I166" t="s">
         <v>47</v>
       </c>
       <c r="J166" t="s">
         <v>48</v>
       </c>
       <c r="K166" t="s">
         <v>506</v>
       </c>
       <c r="L166" t="s">
         <v>507</v>
       </c>
-      <c r="M166" s="1">
+      <c r="M166" s="11">
         <v>20</v>
       </c>
       <c r="N166" t="s">
         <v>23</v>
       </c>
       <c r="O166" t="s">
         <v>43</v>
       </c>
       <c r="P166">
         <v>2021</v>
       </c>
       <c r="Q166" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="167" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A167" t="s">
         <v>393</v>
       </c>
       <c r="B167" t="s">
         <v>509</v>
       </c>
       <c r="C167" t="s">
         <v>510</v>
       </c>
       <c r="D167" t="s">
         <v>511</v>
       </c>
       <c r="F167" t="s">
         <v>512</v>
       </c>
       <c r="G167">
         <v>2021</v>
       </c>
       <c r="H167" t="s">
         <v>18</v>
       </c>
       <c r="I167" t="s">
         <v>47</v>
       </c>
       <c r="J167" t="s">
         <v>48</v>
       </c>
       <c r="K167" t="s">
         <v>513</v>
       </c>
       <c r="L167" t="s">
         <v>514</v>
       </c>
-      <c r="M167" s="1">
+      <c r="M167" s="11">
         <v>20</v>
       </c>
       <c r="N167" t="s">
         <v>125</v>
       </c>
       <c r="O167" t="s">
         <v>43</v>
       </c>
       <c r="P167">
         <v>2021</v>
       </c>
       <c r="Q167" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="168" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A168" t="s">
         <v>393</v>
       </c>
       <c r="B168" t="s">
         <v>43</v>
       </c>
       <c r="C168" t="s">
         <v>516</v>
       </c>
       <c r="D168" t="s">
         <v>517</v>
       </c>
       <c r="F168" t="s">
         <v>518</v>
       </c>
       <c r="G168">
         <v>2021</v>
       </c>
       <c r="H168" t="s">
         <v>63</v>
       </c>
       <c r="I168" t="s">
         <v>47</v>
       </c>
       <c r="J168" t="s">
         <v>48</v>
       </c>
       <c r="K168" t="s">
         <v>519</v>
       </c>
       <c r="L168" t="s">
         <v>520</v>
       </c>
-      <c r="M168" s="1">
+      <c r="M168" s="11">
         <v>20</v>
       </c>
       <c r="N168" t="s">
         <v>521</v>
       </c>
       <c r="O168" t="s">
         <v>43</v>
       </c>
       <c r="P168">
         <v>2021</v>
       </c>
       <c r="Q168" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="169" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A169" t="s">
         <v>524</v>
       </c>
       <c r="B169" t="s">
         <v>43</v>
       </c>
       <c r="C169" t="s">
         <v>525</v>
       </c>
@@ -13236,601 +13245,601 @@
       </c>
       <c r="E169" t="s">
         <v>527</v>
       </c>
       <c r="F169" t="s">
         <v>62</v>
       </c>
       <c r="G169">
         <v>2020</v>
       </c>
       <c r="H169" t="s">
         <v>63</v>
       </c>
       <c r="I169" t="s">
         <v>47</v>
       </c>
       <c r="J169" t="s">
         <v>48</v>
       </c>
       <c r="K169" t="s">
         <v>528</v>
       </c>
       <c r="L169" t="s">
         <v>529</v>
       </c>
-      <c r="M169" s="1">
+      <c r="M169" s="11">
         <v>38</v>
       </c>
       <c r="N169" t="s">
         <v>39</v>
       </c>
       <c r="O169" t="s">
         <v>43</v>
       </c>
       <c r="P169">
         <v>2020</v>
       </c>
       <c r="Q169" t="s">
         <v>530</v>
       </c>
     </row>
     <row r="170" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A170" t="s">
         <v>524</v>
       </c>
       <c r="B170" t="s">
         <v>43</v>
       </c>
       <c r="C170" t="s">
         <v>531</v>
       </c>
       <c r="D170" t="s">
         <v>532</v>
       </c>
       <c r="F170" t="s">
         <v>533</v>
       </c>
       <c r="G170">
         <v>2020</v>
       </c>
       <c r="H170" t="s">
         <v>63</v>
       </c>
       <c r="I170" t="s">
         <v>47</v>
       </c>
       <c r="J170" t="s">
         <v>48</v>
       </c>
       <c r="K170" t="s">
         <v>534</v>
       </c>
       <c r="L170" t="s">
         <v>535</v>
       </c>
-      <c r="M170" s="1">
+      <c r="M170" s="11">
         <v>20</v>
       </c>
       <c r="N170" t="s">
         <v>41</v>
       </c>
       <c r="O170" t="s">
         <v>43</v>
       </c>
       <c r="P170">
         <v>2020</v>
       </c>
       <c r="Q170" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="171" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A171" t="s">
         <v>524</v>
       </c>
       <c r="B171" t="s">
         <v>43</v>
       </c>
       <c r="C171" t="s">
         <v>537</v>
       </c>
       <c r="D171" t="s">
         <v>538</v>
       </c>
       <c r="F171" t="s">
         <v>163</v>
       </c>
       <c r="G171">
         <v>2020</v>
       </c>
       <c r="H171" t="s">
         <v>18</v>
       </c>
       <c r="I171" t="s">
         <v>47</v>
       </c>
       <c r="J171" t="s">
         <v>48</v>
       </c>
       <c r="K171" t="s">
         <v>539</v>
       </c>
       <c r="L171" t="s">
         <v>540</v>
       </c>
-      <c r="M171" s="1">
+      <c r="M171" s="11">
         <v>20</v>
       </c>
       <c r="N171" t="s">
         <v>19</v>
       </c>
       <c r="O171" t="s">
         <v>43</v>
       </c>
       <c r="P171">
         <v>2020</v>
       </c>
       <c r="Q171" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="172" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A172" t="s">
         <v>524</v>
       </c>
       <c r="B172" t="s">
         <v>43</v>
       </c>
       <c r="C172" t="s">
         <v>542</v>
       </c>
       <c r="D172" t="s">
         <v>543</v>
       </c>
       <c r="F172" t="s">
         <v>95</v>
       </c>
       <c r="G172">
         <v>2020</v>
       </c>
       <c r="H172" t="s">
         <v>18</v>
       </c>
       <c r="I172" t="s">
         <v>47</v>
       </c>
       <c r="J172" t="s">
         <v>48</v>
       </c>
       <c r="K172" t="s">
         <v>544</v>
       </c>
       <c r="L172" t="s">
         <v>545</v>
       </c>
-      <c r="M172" s="1">
+      <c r="M172" s="11">
         <v>33</v>
       </c>
       <c r="N172" t="s">
         <v>37</v>
       </c>
       <c r="O172" t="s">
         <v>43</v>
       </c>
       <c r="P172">
         <v>2020</v>
       </c>
       <c r="Q172" t="s">
         <v>546</v>
       </c>
     </row>
     <row r="173" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A173" t="s">
         <v>524</v>
       </c>
       <c r="B173" t="s">
         <v>43</v>
       </c>
       <c r="C173" t="s">
         <v>547</v>
       </c>
       <c r="D173" t="s">
         <v>548</v>
       </c>
       <c r="F173" t="s">
         <v>549</v>
       </c>
       <c r="G173">
         <v>2020</v>
       </c>
       <c r="H173" t="s">
         <v>96</v>
       </c>
       <c r="I173" t="s">
         <v>47</v>
       </c>
       <c r="J173" t="s">
         <v>48</v>
       </c>
       <c r="K173" t="s">
         <v>550</v>
       </c>
       <c r="L173" t="s">
         <v>551</v>
       </c>
-      <c r="M173" s="1">
+      <c r="M173" s="11">
         <v>20</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
         <v>43</v>
       </c>
       <c r="P173">
         <v>2020</v>
       </c>
       <c r="Q173" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="174" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A174" t="s">
         <v>524</v>
       </c>
       <c r="B174" t="s">
         <v>43</v>
       </c>
       <c r="C174" t="s">
         <v>553</v>
       </c>
       <c r="D174" t="s">
         <v>554</v>
       </c>
       <c r="F174" t="s">
         <v>555</v>
       </c>
       <c r="G174">
         <v>2020</v>
       </c>
       <c r="H174" t="s">
         <v>63</v>
       </c>
       <c r="I174" t="s">
         <v>47</v>
       </c>
       <c r="J174" t="s">
         <v>48</v>
       </c>
       <c r="K174" t="s">
         <v>556</v>
       </c>
       <c r="L174" t="s">
         <v>557</v>
       </c>
-      <c r="M174" s="1">
+      <c r="M174" s="11">
         <v>20</v>
       </c>
       <c r="N174" t="s">
         <v>24</v>
       </c>
       <c r="O174" t="s">
         <v>43</v>
       </c>
       <c r="P174">
         <v>2020</v>
       </c>
       <c r="Q174" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="175" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A175" t="s">
         <v>524</v>
       </c>
       <c r="B175" t="s">
         <v>43</v>
       </c>
       <c r="C175" t="s">
         <v>559</v>
       </c>
       <c r="D175" t="s">
         <v>560</v>
       </c>
       <c r="F175" t="s">
         <v>561</v>
       </c>
       <c r="G175">
         <v>2020</v>
       </c>
       <c r="H175" t="s">
         <v>18</v>
       </c>
       <c r="I175" t="s">
         <v>47</v>
       </c>
       <c r="J175" t="s">
         <v>48</v>
       </c>
       <c r="K175" t="s">
         <v>562</v>
       </c>
       <c r="L175" t="s">
         <v>563</v>
       </c>
-      <c r="M175" s="1">
+      <c r="M175" s="11">
         <v>20</v>
       </c>
       <c r="N175" t="s">
         <v>35</v>
       </c>
       <c r="O175" t="s">
         <v>43</v>
       </c>
       <c r="P175">
         <v>2020</v>
       </c>
       <c r="Q175" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="176" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A176" t="s">
         <v>524</v>
       </c>
       <c r="B176" t="s">
         <v>43</v>
       </c>
       <c r="C176" t="s">
         <v>565</v>
       </c>
       <c r="D176" t="s">
         <v>566</v>
       </c>
       <c r="F176" t="s">
         <v>208</v>
       </c>
       <c r="G176">
         <v>2020</v>
       </c>
       <c r="H176" t="s">
         <v>96</v>
       </c>
       <c r="I176" t="s">
         <v>47</v>
       </c>
       <c r="J176" t="s">
         <v>48</v>
       </c>
       <c r="K176" t="s">
         <v>567</v>
       </c>
       <c r="L176" t="s">
         <v>568</v>
       </c>
-      <c r="M176" s="1">
+      <c r="M176" s="11">
         <v>27</v>
       </c>
       <c r="N176" t="s">
         <v>185</v>
       </c>
       <c r="O176" t="s">
         <v>43</v>
       </c>
       <c r="P176">
         <v>2020</v>
       </c>
       <c r="Q176" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="177" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A177" t="s">
         <v>524</v>
       </c>
       <c r="B177" t="s">
         <v>43</v>
       </c>
       <c r="C177" t="s">
         <v>570</v>
       </c>
       <c r="D177" t="s">
         <v>571</v>
       </c>
       <c r="F177" t="s">
         <v>359</v>
       </c>
       <c r="G177">
         <v>2020</v>
       </c>
       <c r="H177" t="s">
         <v>18</v>
       </c>
       <c r="I177" t="s">
         <v>47</v>
       </c>
       <c r="J177" t="s">
         <v>48</v>
       </c>
       <c r="K177" t="s">
         <v>572</v>
       </c>
       <c r="L177" t="s">
         <v>573</v>
       </c>
-      <c r="M177" s="1">
+      <c r="M177" s="11">
         <v>20</v>
       </c>
       <c r="N177" t="s">
         <v>574</v>
       </c>
       <c r="O177" t="s">
         <v>43</v>
       </c>
       <c r="P177">
         <v>2020</v>
       </c>
       <c r="Q177" t="s">
         <v>575</v>
       </c>
     </row>
     <row r="178" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A178" t="s">
         <v>524</v>
       </c>
       <c r="B178" t="s">
         <v>43</v>
       </c>
       <c r="C178" t="s">
         <v>576</v>
       </c>
       <c r="D178" t="s">
         <v>577</v>
       </c>
       <c r="F178" t="s">
         <v>169</v>
       </c>
       <c r="G178">
         <v>2020</v>
       </c>
       <c r="H178" t="s">
         <v>18</v>
       </c>
       <c r="I178" t="s">
         <v>47</v>
       </c>
       <c r="J178" t="s">
         <v>48</v>
       </c>
       <c r="K178" t="s">
         <v>578</v>
       </c>
       <c r="L178" t="s">
         <v>579</v>
       </c>
-      <c r="M178" s="1">
+      <c r="M178" s="11">
         <v>20</v>
       </c>
       <c r="N178" t="s">
         <v>35</v>
       </c>
       <c r="O178" t="s">
         <v>43</v>
       </c>
       <c r="P178">
         <v>2020</v>
       </c>
       <c r="Q178" t="s">
         <v>580</v>
       </c>
     </row>
     <row r="179" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A179" t="s">
         <v>524</v>
       </c>
       <c r="B179" t="s">
         <v>43</v>
       </c>
       <c r="C179" t="s">
         <v>581</v>
       </c>
       <c r="D179" t="s">
         <v>582</v>
       </c>
       <c r="F179" t="s">
         <v>583</v>
       </c>
       <c r="G179">
         <v>2020</v>
       </c>
       <c r="H179" t="s">
         <v>63</v>
       </c>
       <c r="I179" t="s">
         <v>47</v>
       </c>
       <c r="J179" t="s">
         <v>48</v>
       </c>
       <c r="K179" t="s">
         <v>584</v>
       </c>
       <c r="L179" t="s">
         <v>585</v>
       </c>
-      <c r="M179" s="1">
+      <c r="M179" s="11">
         <v>20</v>
       </c>
       <c r="N179" t="s">
         <v>35</v>
       </c>
       <c r="O179" t="s">
         <v>43</v>
       </c>
       <c r="P179">
         <v>2020</v>
       </c>
       <c r="Q179" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="180" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A180" t="s">
         <v>524</v>
       </c>
       <c r="B180" t="s">
         <v>43</v>
       </c>
       <c r="C180" t="s">
         <v>587</v>
       </c>
       <c r="D180" t="s">
         <v>588</v>
       </c>
       <c r="F180" t="s">
         <v>589</v>
       </c>
       <c r="G180">
         <v>2020</v>
       </c>
       <c r="H180" t="s">
         <v>18</v>
       </c>
       <c r="I180" t="s">
         <v>47</v>
       </c>
       <c r="J180" t="s">
         <v>48</v>
       </c>
       <c r="K180" t="s">
         <v>590</v>
       </c>
       <c r="L180" t="s">
         <v>591</v>
       </c>
-      <c r="M180" s="1">
+      <c r="M180" s="11">
         <v>20</v>
       </c>
       <c r="N180" t="s">
         <v>129</v>
       </c>
       <c r="O180" t="s">
         <v>43</v>
       </c>
       <c r="P180">
         <v>2020</v>
       </c>
       <c r="Q180" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="181" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A181" t="s">
         <v>524</v>
       </c>
       <c r="B181" t="s">
         <v>593</v>
       </c>
       <c r="C181" t="s">
         <v>594</v>
       </c>
@@ -13839,251 +13848,251 @@
       </c>
       <c r="E181" t="s">
         <v>596</v>
       </c>
       <c r="F181" t="s">
         <v>597</v>
       </c>
       <c r="G181">
         <v>2020</v>
       </c>
       <c r="H181" t="s">
         <v>18</v>
       </c>
       <c r="I181" t="s">
         <v>47</v>
       </c>
       <c r="J181" t="s">
         <v>48</v>
       </c>
       <c r="K181" t="s">
         <v>598</v>
       </c>
       <c r="L181" t="s">
         <v>599</v>
       </c>
-      <c r="M181" s="1">
+      <c r="M181" s="11">
         <v>26</v>
       </c>
       <c r="N181" t="s">
         <v>494</v>
       </c>
       <c r="O181" t="s">
         <v>43</v>
       </c>
       <c r="P181">
         <v>2020</v>
       </c>
       <c r="Q181" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="182" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A182" t="s">
         <v>524</v>
       </c>
       <c r="B182" t="s">
         <v>43</v>
       </c>
       <c r="C182" t="s">
         <v>601</v>
       </c>
       <c r="D182" t="s">
         <v>602</v>
       </c>
       <c r="F182" t="s">
         <v>603</v>
       </c>
       <c r="G182">
         <v>2020</v>
       </c>
       <c r="H182" t="s">
         <v>18</v>
       </c>
       <c r="I182" t="s">
         <v>47</v>
       </c>
       <c r="J182" t="s">
         <v>48</v>
       </c>
       <c r="K182" t="s">
         <v>604</v>
       </c>
       <c r="L182" t="s">
         <v>605</v>
       </c>
-      <c r="M182" s="1">
+      <c r="M182" s="11">
         <v>20</v>
       </c>
       <c r="N182" t="s">
         <v>127</v>
       </c>
       <c r="O182" t="s">
         <v>43</v>
       </c>
       <c r="P182">
         <v>2020</v>
       </c>
       <c r="Q182" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="183" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A183" t="s">
         <v>524</v>
       </c>
       <c r="B183" t="s">
         <v>43</v>
       </c>
       <c r="C183" t="s">
         <v>607</v>
       </c>
       <c r="D183" t="s">
         <v>608</v>
       </c>
       <c r="F183" t="s">
         <v>444</v>
       </c>
       <c r="G183">
         <v>2020</v>
       </c>
       <c r="H183" t="s">
         <v>18</v>
       </c>
       <c r="I183" t="s">
         <v>47</v>
       </c>
       <c r="J183" t="s">
         <v>48</v>
       </c>
       <c r="K183" t="s">
         <v>609</v>
       </c>
       <c r="L183" t="s">
         <v>610</v>
       </c>
-      <c r="M183" s="1">
+      <c r="M183" s="11">
         <v>20</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
         <v>43</v>
       </c>
       <c r="P183">
         <v>2020</v>
       </c>
       <c r="Q183" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="184" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A184" t="s">
         <v>524</v>
       </c>
       <c r="B184" t="s">
         <v>43</v>
       </c>
       <c r="C184" t="s">
         <v>612</v>
       </c>
       <c r="D184" t="s">
         <v>613</v>
       </c>
       <c r="F184" t="s">
         <v>614</v>
       </c>
       <c r="G184">
         <v>2020</v>
       </c>
       <c r="H184" t="s">
         <v>96</v>
       </c>
       <c r="I184" t="s">
         <v>47</v>
       </c>
       <c r="J184" t="s">
         <v>48</v>
       </c>
       <c r="K184" t="s">
         <v>615</v>
       </c>
       <c r="L184" t="s">
         <v>616</v>
       </c>
-      <c r="M184" s="1">
+      <c r="M184" s="11">
         <v>20</v>
       </c>
       <c r="N184" t="s">
         <v>22</v>
       </c>
       <c r="O184" t="s">
         <v>43</v>
       </c>
       <c r="P184">
         <v>2020</v>
       </c>
       <c r="Q184" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="185" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A185" t="s">
         <v>524</v>
       </c>
       <c r="B185" t="s">
         <v>43</v>
       </c>
       <c r="C185" t="s">
         <v>618</v>
       </c>
       <c r="D185" t="s">
         <v>619</v>
       </c>
       <c r="F185" t="s">
         <v>614</v>
       </c>
       <c r="G185">
         <v>2020</v>
       </c>
       <c r="H185" t="s">
         <v>96</v>
       </c>
       <c r="I185" t="s">
         <v>47</v>
       </c>
       <c r="J185" t="s">
         <v>48</v>
       </c>
       <c r="K185" t="s">
         <v>620</v>
       </c>
       <c r="L185" t="s">
         <v>621</v>
       </c>
-      <c r="M185" s="1">
+      <c r="M185" s="11">
         <v>20</v>
       </c>
       <c r="N185" t="s">
         <v>22</v>
       </c>
       <c r="O185" t="s">
         <v>43</v>
       </c>
       <c r="P185">
         <v>2020</v>
       </c>
       <c r="Q185" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="186" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A186" t="s">
         <v>623</v>
       </c>
       <c r="B186" t="s">
         <v>43</v>
       </c>
       <c r="C186" t="s">
         <v>441</v>
       </c>
@@ -14092,451 +14101,451 @@
       </c>
       <c r="E186" t="s">
         <v>624</v>
       </c>
       <c r="F186" t="s">
         <v>444</v>
       </c>
       <c r="G186">
         <v>2019</v>
       </c>
       <c r="H186" t="s">
         <v>18</v>
       </c>
       <c r="I186" t="s">
         <v>47</v>
       </c>
       <c r="J186" t="s">
         <v>48</v>
       </c>
       <c r="K186" t="s">
         <v>625</v>
       </c>
       <c r="L186" t="s">
         <v>626</v>
       </c>
-      <c r="M186" s="1">
+      <c r="M186" s="11">
         <v>30</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
         <v>43</v>
       </c>
       <c r="P186">
         <v>2019</v>
       </c>
       <c r="Q186" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="187" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A187" t="s">
         <v>623</v>
       </c>
       <c r="B187" t="s">
         <v>43</v>
       </c>
       <c r="C187" t="s">
         <v>628</v>
       </c>
       <c r="D187" t="s">
         <v>629</v>
       </c>
       <c r="F187" t="s">
         <v>163</v>
       </c>
       <c r="G187">
         <v>2019</v>
       </c>
       <c r="H187" t="s">
         <v>18</v>
       </c>
       <c r="I187" t="s">
         <v>47</v>
       </c>
       <c r="J187" t="s">
         <v>48</v>
       </c>
       <c r="K187" t="s">
         <v>630</v>
       </c>
       <c r="L187" t="s">
         <v>631</v>
       </c>
-      <c r="M187" s="1">
+      <c r="M187" s="11">
         <v>20</v>
       </c>
       <c r="N187" t="s">
         <v>135</v>
       </c>
       <c r="O187" t="s">
         <v>43</v>
       </c>
       <c r="P187">
         <v>2019</v>
       </c>
       <c r="Q187" t="s">
         <v>632</v>
       </c>
     </row>
     <row r="188" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A188" t="s">
         <v>623</v>
       </c>
       <c r="B188" t="s">
         <v>1162</v>
       </c>
       <c r="C188" t="s">
         <v>633</v>
       </c>
       <c r="D188" t="s">
         <v>634</v>
       </c>
       <c r="F188" t="s">
         <v>635</v>
       </c>
       <c r="G188">
         <v>2019</v>
       </c>
       <c r="H188" t="s">
         <v>18</v>
       </c>
       <c r="I188" t="s">
         <v>47</v>
       </c>
       <c r="J188" t="s">
         <v>48</v>
       </c>
       <c r="K188" t="s">
         <v>636</v>
       </c>
       <c r="L188" t="s">
         <v>637</v>
       </c>
-      <c r="M188" s="1">
+      <c r="M188" s="11">
         <v>20</v>
       </c>
       <c r="N188" t="s">
         <v>289</v>
       </c>
       <c r="O188" t="s">
         <v>43</v>
       </c>
       <c r="P188">
         <v>2019</v>
       </c>
       <c r="Q188" t="s">
         <v>638</v>
       </c>
     </row>
     <row r="189" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A189" t="s">
         <v>623</v>
       </c>
       <c r="B189" t="s">
         <v>43</v>
       </c>
       <c r="C189" t="s">
         <v>639</v>
       </c>
       <c r="D189" t="s">
         <v>640</v>
       </c>
       <c r="F189" t="s">
         <v>641</v>
       </c>
       <c r="G189">
         <v>2019</v>
       </c>
       <c r="H189" t="s">
         <v>18</v>
       </c>
       <c r="I189" t="s">
         <v>47</v>
       </c>
       <c r="J189" t="s">
         <v>48</v>
       </c>
       <c r="K189" t="s">
         <v>642</v>
       </c>
       <c r="L189" t="s">
         <v>643</v>
       </c>
-      <c r="M189" s="1">
+      <c r="M189" s="11">
         <v>43</v>
       </c>
       <c r="N189" t="s">
         <v>644</v>
       </c>
       <c r="O189" t="s">
         <v>43</v>
       </c>
       <c r="P189">
         <v>2019</v>
       </c>
       <c r="Q189" t="s">
         <v>645</v>
       </c>
     </row>
     <row r="190" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A190" t="s">
         <v>623</v>
       </c>
       <c r="B190" t="s">
         <v>43</v>
       </c>
       <c r="C190" t="s">
         <v>646</v>
       </c>
       <c r="D190" t="s">
         <v>647</v>
       </c>
       <c r="F190" t="s">
         <v>169</v>
       </c>
       <c r="G190">
         <v>2019</v>
       </c>
       <c r="H190" t="s">
         <v>18</v>
       </c>
       <c r="I190" t="s">
         <v>47</v>
       </c>
       <c r="J190" t="s">
         <v>48</v>
       </c>
       <c r="K190" t="s">
         <v>648</v>
       </c>
       <c r="L190" t="s">
         <v>649</v>
       </c>
-      <c r="M190" s="1">
+      <c r="M190" s="11">
         <v>20</v>
       </c>
       <c r="N190" t="s">
         <v>35</v>
       </c>
       <c r="O190" t="s">
         <v>43</v>
       </c>
       <c r="P190">
         <v>2019</v>
       </c>
       <c r="Q190" t="s">
         <v>650</v>
       </c>
     </row>
     <row r="191" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A191" t="s">
         <v>623</v>
       </c>
       <c r="B191" t="s">
         <v>43</v>
       </c>
       <c r="C191" t="s">
         <v>651</v>
       </c>
       <c r="D191" t="s">
         <v>652</v>
       </c>
       <c r="F191" t="s">
         <v>653</v>
       </c>
       <c r="G191">
         <v>2019</v>
       </c>
       <c r="H191" t="s">
         <v>18</v>
       </c>
       <c r="I191" t="s">
         <v>47</v>
       </c>
       <c r="J191" t="s">
         <v>48</v>
       </c>
       <c r="K191" t="s">
         <v>654</v>
       </c>
       <c r="L191" t="s">
         <v>655</v>
       </c>
-      <c r="M191" s="1">
+      <c r="M191" s="11">
         <v>26</v>
       </c>
       <c r="N191" t="s">
         <v>143</v>
       </c>
       <c r="O191" t="s">
         <v>43</v>
       </c>
       <c r="P191">
         <v>2019</v>
       </c>
       <c r="Q191" t="s">
         <v>656</v>
       </c>
     </row>
     <row r="192" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A192" t="s">
         <v>623</v>
       </c>
       <c r="B192" t="s">
         <v>43</v>
       </c>
       <c r="C192" t="s">
         <v>657</v>
       </c>
       <c r="D192" t="s">
         <v>658</v>
       </c>
       <c r="F192" t="s">
         <v>659</v>
       </c>
       <c r="G192">
         <v>2019</v>
       </c>
       <c r="H192" t="s">
         <v>18</v>
       </c>
       <c r="I192" t="s">
         <v>47</v>
       </c>
       <c r="J192" t="s">
         <v>48</v>
       </c>
       <c r="K192" t="s">
         <v>660</v>
       </c>
       <c r="L192" t="s">
         <v>661</v>
       </c>
-      <c r="M192" s="1">
+      <c r="M192" s="11">
         <v>20</v>
       </c>
       <c r="N192" t="s">
         <v>128</v>
       </c>
       <c r="O192" t="s">
         <v>43</v>
       </c>
       <c r="P192">
         <v>2019</v>
       </c>
       <c r="Q192" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="193" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A193" t="s">
         <v>663</v>
       </c>
       <c r="B193" t="s">
         <v>43</v>
       </c>
       <c r="C193" t="s">
         <v>664</v>
       </c>
       <c r="D193" t="s">
         <v>665</v>
       </c>
       <c r="F193" t="s">
         <v>95</v>
       </c>
       <c r="G193">
         <v>2016</v>
       </c>
       <c r="H193" t="s">
         <v>18</v>
       </c>
       <c r="I193" t="s">
         <v>47</v>
       </c>
       <c r="J193" t="s">
         <v>48</v>
       </c>
       <c r="K193" t="s">
         <v>666</v>
       </c>
       <c r="L193" t="s">
         <v>667</v>
       </c>
-      <c r="M193" s="1">
+      <c r="M193" s="11">
         <v>35</v>
       </c>
       <c r="N193" t="s">
         <v>139</v>
       </c>
       <c r="O193" t="s">
         <v>43</v>
       </c>
       <c r="P193">
         <v>2019</v>
       </c>
       <c r="Q193" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="194" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A194" t="s">
         <v>663</v>
       </c>
       <c r="B194" t="s">
         <v>43</v>
       </c>
       <c r="C194" t="s">
         <v>669</v>
       </c>
       <c r="D194" t="s">
         <v>670</v>
       </c>
       <c r="F194" t="s">
         <v>485</v>
       </c>
       <c r="G194">
         <v>2016</v>
       </c>
       <c r="H194" t="s">
         <v>18</v>
       </c>
       <c r="I194" t="s">
         <v>47</v>
       </c>
       <c r="J194" t="s">
         <v>48</v>
       </c>
       <c r="K194" t="s">
         <v>671</v>
       </c>
       <c r="L194" t="s">
         <v>672</v>
       </c>
-      <c r="M194" s="1">
+      <c r="M194" s="11">
         <v>18</v>
       </c>
       <c r="N194" t="s">
         <v>673</v>
       </c>
       <c r="O194" t="s">
         <v>43</v>
       </c>
       <c r="P194">
         <v>2019</v>
       </c>
       <c r="Q194" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="195" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A195" t="s">
         <v>663</v>
       </c>
       <c r="B195" t="s">
         <v>43</v>
       </c>
       <c r="C195" t="s">
         <v>675</v>
       </c>
@@ -14545,51 +14554,51 @@
       </c>
       <c r="E195" t="s">
         <v>677</v>
       </c>
       <c r="F195" t="s">
         <v>62</v>
       </c>
       <c r="G195">
         <v>2016</v>
       </c>
       <c r="H195" t="s">
         <v>63</v>
       </c>
       <c r="I195" t="s">
         <v>47</v>
       </c>
       <c r="J195" t="s">
         <v>48</v>
       </c>
       <c r="K195" t="s">
         <v>678</v>
       </c>
       <c r="L195" t="s">
         <v>679</v>
       </c>
-      <c r="M195" s="1">
+      <c r="M195" s="11">
         <v>34</v>
       </c>
       <c r="N195" t="s">
         <v>39</v>
       </c>
       <c r="O195" t="s">
         <v>43</v>
       </c>
       <c r="P195">
         <v>2019</v>
       </c>
       <c r="Q195" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="196" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A196" t="s">
         <v>663</v>
       </c>
       <c r="B196" t="s">
         <v>43</v>
       </c>
       <c r="C196" t="s">
         <v>681</v>
       </c>
@@ -14598,51 +14607,51 @@
       </c>
       <c r="E196" t="s">
         <v>523</v>
       </c>
       <c r="F196" t="s">
         <v>294</v>
       </c>
       <c r="G196">
         <v>2016</v>
       </c>
       <c r="H196" t="s">
         <v>18</v>
       </c>
       <c r="I196" t="s">
         <v>47</v>
       </c>
       <c r="J196" t="s">
         <v>48</v>
       </c>
       <c r="K196" t="s">
         <v>683</v>
       </c>
       <c r="L196" t="s">
         <v>684</v>
       </c>
-      <c r="M196" s="1">
+      <c r="M196" s="11">
         <v>24.4</v>
       </c>
       <c r="N196" t="s">
         <v>132</v>
       </c>
       <c r="O196" t="s">
         <v>43</v>
       </c>
       <c r="P196">
         <v>2019</v>
       </c>
       <c r="Q196" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="197" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A197" t="s">
         <v>663</v>
       </c>
       <c r="B197" t="s">
         <v>43</v>
       </c>
       <c r="C197" t="s">
         <v>681</v>
       </c>
@@ -14651,51 +14660,51 @@
       </c>
       <c r="E197" t="s">
         <v>337</v>
       </c>
       <c r="F197" t="s">
         <v>294</v>
       </c>
       <c r="G197">
         <v>2016</v>
       </c>
       <c r="H197" t="s">
         <v>18</v>
       </c>
       <c r="I197" t="s">
         <v>47</v>
       </c>
       <c r="J197" t="s">
         <v>48</v>
       </c>
       <c r="K197" t="s">
         <v>686</v>
       </c>
       <c r="L197" t="s">
         <v>687</v>
       </c>
-      <c r="M197" s="1">
+      <c r="M197" s="11">
         <v>21</v>
       </c>
       <c r="N197" t="s">
         <v>132</v>
       </c>
       <c r="O197" t="s">
         <v>43</v>
       </c>
       <c r="P197">
         <v>2019</v>
       </c>
       <c r="Q197" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="198" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A198" t="s">
         <v>663</v>
       </c>
       <c r="B198" t="s">
         <v>43</v>
       </c>
       <c r="C198" t="s">
         <v>689</v>
       </c>
@@ -14704,51 +14713,51 @@
       </c>
       <c r="E198" t="s">
         <v>38</v>
       </c>
       <c r="F198" t="s">
         <v>54</v>
       </c>
       <c r="G198">
         <v>2016</v>
       </c>
       <c r="H198" t="s">
         <v>18</v>
       </c>
       <c r="I198" t="s">
         <v>47</v>
       </c>
       <c r="J198" t="s">
         <v>48</v>
       </c>
       <c r="K198" t="s">
         <v>691</v>
       </c>
       <c r="L198" t="s">
         <v>692</v>
       </c>
-      <c r="M198" s="1">
+      <c r="M198" s="11">
         <v>25</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
         <v>43</v>
       </c>
       <c r="P198">
         <v>2019</v>
       </c>
       <c r="Q198" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="199" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A199" t="s">
         <v>663</v>
       </c>
       <c r="B199" t="s">
         <v>43</v>
       </c>
       <c r="C199" t="s">
         <v>689</v>
       </c>
@@ -14757,51 +14766,51 @@
       </c>
       <c r="E199" t="s">
         <v>40</v>
       </c>
       <c r="F199" t="s">
         <v>54</v>
       </c>
       <c r="G199">
         <v>2016</v>
       </c>
       <c r="H199" t="s">
         <v>18</v>
       </c>
       <c r="I199" t="s">
         <v>47</v>
       </c>
       <c r="J199" t="s">
         <v>48</v>
       </c>
       <c r="K199" t="s">
         <v>694</v>
       </c>
       <c r="L199" t="s">
         <v>695</v>
       </c>
-      <c r="M199" s="1">
+      <c r="M199" s="11">
         <v>17</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
         <v>43</v>
       </c>
       <c r="P199">
         <v>2019</v>
       </c>
       <c r="Q199" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="200" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A200" t="s">
         <v>663</v>
       </c>
       <c r="B200" t="s">
         <v>43</v>
       </c>
       <c r="C200" t="s">
         <v>675</v>
       </c>
@@ -14810,51 +14819,51 @@
       </c>
       <c r="E200" t="s">
         <v>697</v>
       </c>
       <c r="F200" t="s">
         <v>62</v>
       </c>
       <c r="G200">
         <v>2016</v>
       </c>
       <c r="H200" t="s">
         <v>63</v>
       </c>
       <c r="I200" t="s">
         <v>47</v>
       </c>
       <c r="J200" t="s">
         <v>48</v>
       </c>
       <c r="K200" t="s">
         <v>698</v>
       </c>
       <c r="L200" t="s">
         <v>699</v>
       </c>
-      <c r="M200" s="1">
+      <c r="M200" s="11">
         <v>36</v>
       </c>
       <c r="N200" t="s">
         <v>39</v>
       </c>
       <c r="O200" t="s">
         <v>43</v>
       </c>
       <c r="P200">
         <v>2019</v>
       </c>
       <c r="Q200" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="201" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A201" t="s">
         <v>663</v>
       </c>
       <c r="B201" t="s">
         <v>43</v>
       </c>
       <c r="C201" t="s">
         <v>701</v>
       </c>
@@ -14863,101 +14872,101 @@
       </c>
       <c r="E201" t="s">
         <v>703</v>
       </c>
       <c r="F201" t="s">
         <v>62</v>
       </c>
       <c r="G201">
         <v>2016</v>
       </c>
       <c r="H201" t="s">
         <v>18</v>
       </c>
       <c r="I201" t="s">
         <v>47</v>
       </c>
       <c r="J201" t="s">
         <v>48</v>
       </c>
       <c r="K201" t="s">
         <v>704</v>
       </c>
       <c r="L201" t="s">
         <v>705</v>
       </c>
-      <c r="M201" s="1">
+      <c r="M201" s="11">
         <v>31</v>
       </c>
       <c r="N201" t="s">
         <v>39</v>
       </c>
       <c r="O201" t="s">
         <v>43</v>
       </c>
       <c r="P201">
         <v>2019</v>
       </c>
       <c r="Q201" t="s">
         <v>706</v>
       </c>
     </row>
     <row r="202" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A202" t="s">
         <v>663</v>
       </c>
       <c r="B202" t="s">
         <v>43</v>
       </c>
       <c r="C202" t="s">
         <v>707</v>
       </c>
       <c r="D202" t="s">
         <v>708</v>
       </c>
       <c r="F202" t="s">
         <v>83</v>
       </c>
       <c r="G202">
         <v>2017</v>
       </c>
       <c r="H202" t="s">
         <v>63</v>
       </c>
       <c r="I202" t="s">
         <v>47</v>
       </c>
       <c r="J202" t="s">
         <v>48</v>
       </c>
       <c r="K202" t="s">
         <v>709</v>
       </c>
       <c r="L202" t="s">
         <v>710</v>
       </c>
-      <c r="M202" s="1">
+      <c r="M202" s="11">
         <v>18</v>
       </c>
       <c r="N202" t="s">
         <v>24</v>
       </c>
       <c r="O202" t="s">
         <v>43</v>
       </c>
       <c r="P202">
         <v>2019</v>
       </c>
       <c r="Q202" t="s">
         <v>711</v>
       </c>
     </row>
     <row r="203" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A203" t="s">
         <v>663</v>
       </c>
       <c r="B203" t="s">
         <v>43</v>
       </c>
       <c r="C203" t="s">
         <v>712</v>
       </c>
@@ -14966,551 +14975,551 @@
       </c>
       <c r="E203" t="s">
         <v>714</v>
       </c>
       <c r="F203" t="s">
         <v>62</v>
       </c>
       <c r="G203">
         <v>2017</v>
       </c>
       <c r="H203" t="s">
         <v>63</v>
       </c>
       <c r="I203" t="s">
         <v>47</v>
       </c>
       <c r="J203" t="s">
         <v>48</v>
       </c>
       <c r="K203" t="s">
         <v>715</v>
       </c>
       <c r="L203" t="s">
         <v>716</v>
       </c>
-      <c r="M203" s="1">
+      <c r="M203" s="11">
         <v>45</v>
       </c>
       <c r="N203" t="s">
         <v>39</v>
       </c>
       <c r="O203" t="s">
         <v>43</v>
       </c>
       <c r="P203">
         <v>2019</v>
       </c>
       <c r="Q203" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="204" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A204" t="s">
         <v>663</v>
       </c>
       <c r="B204" t="s">
         <v>43</v>
       </c>
       <c r="C204" t="s">
         <v>718</v>
       </c>
       <c r="D204" t="s">
         <v>719</v>
       </c>
       <c r="F204" t="s">
         <v>720</v>
       </c>
       <c r="G204">
         <v>2017</v>
       </c>
       <c r="H204" t="s">
         <v>18</v>
       </c>
       <c r="I204" t="s">
         <v>47</v>
       </c>
       <c r="J204" t="s">
         <v>48</v>
       </c>
       <c r="K204" t="s">
         <v>721</v>
       </c>
       <c r="L204" t="s">
         <v>722</v>
       </c>
-      <c r="M204" s="1">
+      <c r="M204" s="11">
         <v>21</v>
       </c>
       <c r="N204" t="s">
         <v>144</v>
       </c>
       <c r="O204" t="s">
         <v>43</v>
       </c>
       <c r="P204">
         <v>2019</v>
       </c>
       <c r="Q204" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="205" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A205" t="s">
         <v>663</v>
       </c>
       <c r="B205" t="s">
         <v>43</v>
       </c>
       <c r="C205" t="s">
         <v>724</v>
       </c>
       <c r="D205" t="s">
         <v>725</v>
       </c>
       <c r="F205" t="s">
         <v>726</v>
       </c>
       <c r="G205">
         <v>2017</v>
       </c>
       <c r="H205" t="s">
         <v>18</v>
       </c>
       <c r="I205" t="s">
         <v>47</v>
       </c>
       <c r="J205" t="s">
         <v>48</v>
       </c>
       <c r="K205" t="s">
         <v>727</v>
       </c>
       <c r="L205" t="s">
         <v>728</v>
       </c>
-      <c r="M205" s="1">
+      <c r="M205" s="11">
         <v>21</v>
       </c>
       <c r="N205" t="s">
         <v>79</v>
       </c>
       <c r="O205" t="s">
         <v>43</v>
       </c>
       <c r="P205">
         <v>2019</v>
       </c>
       <c r="Q205" t="s">
         <v>729</v>
       </c>
     </row>
     <row r="206" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A206" t="s">
         <v>663</v>
       </c>
       <c r="B206" t="s">
         <v>43</v>
       </c>
       <c r="C206" t="s">
         <v>730</v>
       </c>
       <c r="D206" t="s">
         <v>731</v>
       </c>
       <c r="F206" t="s">
         <v>359</v>
       </c>
       <c r="G206">
         <v>2017</v>
       </c>
       <c r="H206" t="s">
         <v>18</v>
       </c>
       <c r="I206" t="s">
         <v>47</v>
       </c>
       <c r="J206" t="s">
         <v>48</v>
       </c>
       <c r="K206" t="s">
         <v>732</v>
       </c>
       <c r="L206" t="s">
         <v>733</v>
       </c>
-      <c r="M206" s="1">
+      <c r="M206" s="11">
         <v>18</v>
       </c>
       <c r="N206" t="s">
         <v>574</v>
       </c>
       <c r="O206" t="s">
         <v>43</v>
       </c>
       <c r="P206">
         <v>2019</v>
       </c>
       <c r="Q206" t="s">
         <v>734</v>
       </c>
     </row>
     <row r="207" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A207" t="s">
         <v>663</v>
       </c>
       <c r="B207" t="s">
         <v>43</v>
       </c>
       <c r="C207" t="s">
         <v>735</v>
       </c>
       <c r="D207" t="s">
         <v>736</v>
       </c>
       <c r="F207" t="s">
         <v>737</v>
       </c>
       <c r="G207">
         <v>2017</v>
       </c>
       <c r="H207" t="s">
         <v>18</v>
       </c>
       <c r="I207" t="s">
         <v>47</v>
       </c>
       <c r="J207" t="s">
         <v>48</v>
       </c>
       <c r="K207" t="s">
         <v>738</v>
       </c>
       <c r="L207" t="s">
         <v>739</v>
       </c>
-      <c r="M207" s="1">
+      <c r="M207" s="11">
         <v>22</v>
       </c>
       <c r="N207" t="s">
         <v>129</v>
       </c>
       <c r="O207" t="s">
         <v>43</v>
       </c>
       <c r="P207">
         <v>2019</v>
       </c>
       <c r="Q207" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="208" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A208" t="s">
         <v>663</v>
       </c>
       <c r="B208" t="s">
         <v>43</v>
       </c>
       <c r="C208" t="s">
         <v>741</v>
       </c>
       <c r="D208" t="s">
         <v>742</v>
       </c>
       <c r="F208" t="s">
         <v>743</v>
       </c>
       <c r="G208">
         <v>2017</v>
       </c>
       <c r="H208" t="s">
         <v>18</v>
       </c>
       <c r="I208" t="s">
         <v>47</v>
       </c>
       <c r="J208" t="s">
         <v>48</v>
       </c>
       <c r="K208" t="s">
         <v>744</v>
       </c>
       <c r="L208" t="s">
         <v>745</v>
       </c>
-      <c r="M208" s="1">
+      <c r="M208" s="11">
         <v>18</v>
       </c>
       <c r="N208" t="s">
         <v>140</v>
       </c>
       <c r="O208" t="s">
         <v>43</v>
       </c>
       <c r="P208">
         <v>2019</v>
       </c>
       <c r="Q208" t="s">
         <v>746</v>
       </c>
     </row>
     <row r="209" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A209" t="s">
         <v>663</v>
       </c>
       <c r="B209" t="s">
         <v>43</v>
       </c>
       <c r="C209" t="s">
         <v>747</v>
       </c>
       <c r="D209" t="s">
         <v>748</v>
       </c>
       <c r="F209" t="s">
         <v>156</v>
       </c>
       <c r="G209">
         <v>2017</v>
       </c>
       <c r="H209" t="s">
         <v>18</v>
       </c>
       <c r="I209" t="s">
         <v>47</v>
       </c>
       <c r="J209" t="s">
         <v>48</v>
       </c>
       <c r="K209" t="s">
         <v>749</v>
       </c>
       <c r="L209" t="s">
         <v>750</v>
       </c>
-      <c r="M209" s="1">
+      <c r="M209" s="11">
         <v>19</v>
       </c>
       <c r="N209" t="s">
         <v>39</v>
       </c>
       <c r="O209" t="s">
         <v>43</v>
       </c>
       <c r="P209">
         <v>2019</v>
       </c>
       <c r="Q209" t="s">
         <v>751</v>
       </c>
     </row>
     <row r="210" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A210" t="s">
         <v>663</v>
       </c>
       <c r="B210" t="s">
         <v>43</v>
       </c>
       <c r="C210" t="s">
         <v>752</v>
       </c>
       <c r="D210" t="s">
         <v>753</v>
       </c>
       <c r="F210" t="s">
         <v>754</v>
       </c>
       <c r="G210">
         <v>2017</v>
       </c>
       <c r="H210" t="s">
         <v>18</v>
       </c>
       <c r="I210" t="s">
         <v>47</v>
       </c>
       <c r="J210" t="s">
         <v>48</v>
       </c>
       <c r="K210" t="s">
         <v>755</v>
       </c>
       <c r="L210" t="s">
         <v>756</v>
       </c>
-      <c r="M210" s="1">
+      <c r="M210" s="11">
         <v>38</v>
       </c>
       <c r="N210" t="s">
         <v>24</v>
       </c>
       <c r="O210" t="s">
         <v>43</v>
       </c>
       <c r="P210">
         <v>2019</v>
       </c>
       <c r="Q210" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="211" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A211" t="s">
         <v>663</v>
       </c>
       <c r="B211" t="s">
         <v>43</v>
       </c>
       <c r="C211" t="s">
         <v>758</v>
       </c>
       <c r="D211" t="s">
         <v>759</v>
       </c>
       <c r="F211" t="s">
         <v>760</v>
       </c>
       <c r="G211">
         <v>2017</v>
       </c>
       <c r="H211" t="s">
         <v>18</v>
       </c>
       <c r="I211" t="s">
         <v>47</v>
       </c>
       <c r="J211" t="s">
         <v>48</v>
       </c>
       <c r="K211" t="s">
         <v>761</v>
       </c>
       <c r="L211" t="s">
         <v>762</v>
       </c>
-      <c r="M211" s="1">
+      <c r="M211" s="11">
         <v>31</v>
       </c>
       <c r="N211" t="s">
         <v>27</v>
       </c>
       <c r="O211" t="s">
         <v>43</v>
       </c>
       <c r="P211">
         <v>2019</v>
       </c>
       <c r="Q211" t="s">
         <v>763</v>
       </c>
     </row>
     <row r="212" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A212" t="s">
         <v>663</v>
       </c>
       <c r="B212" t="s">
         <v>43</v>
       </c>
       <c r="C212" t="s">
         <v>764</v>
       </c>
       <c r="D212" t="s">
         <v>765</v>
       </c>
       <c r="F212" t="s">
         <v>766</v>
       </c>
       <c r="G212">
         <v>2017</v>
       </c>
       <c r="H212" t="s">
         <v>18</v>
       </c>
       <c r="I212" t="s">
         <v>47</v>
       </c>
       <c r="J212" t="s">
         <v>48</v>
       </c>
       <c r="K212" t="s">
         <v>767</v>
       </c>
       <c r="L212" t="s">
         <v>768</v>
       </c>
-      <c r="M212" s="1">
+      <c r="M212" s="11">
         <v>29</v>
       </c>
       <c r="N212" t="s">
         <v>139</v>
       </c>
       <c r="O212" t="s">
         <v>43</v>
       </c>
       <c r="P212">
         <v>2019</v>
       </c>
       <c r="Q212" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="213" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A213" t="s">
         <v>663</v>
       </c>
       <c r="B213" t="s">
         <v>43</v>
       </c>
       <c r="C213" t="s">
         <v>770</v>
       </c>
       <c r="D213" t="s">
         <v>771</v>
       </c>
       <c r="F213" t="s">
         <v>772</v>
       </c>
       <c r="G213">
         <v>2017</v>
       </c>
       <c r="H213" t="s">
         <v>18</v>
       </c>
       <c r="I213" t="s">
         <v>47</v>
       </c>
       <c r="J213" t="s">
         <v>48</v>
       </c>
       <c r="K213" t="s">
         <v>773</v>
       </c>
       <c r="L213" t="s">
         <v>774</v>
       </c>
-      <c r="M213" s="1">
+      <c r="M213" s="11">
         <v>18</v>
       </c>
       <c r="N213" t="s">
         <v>142</v>
       </c>
       <c r="O213" t="s">
         <v>43</v>
       </c>
       <c r="P213">
         <v>2019</v>
       </c>
       <c r="Q213" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="214" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A214" t="s">
         <v>663</v>
       </c>
       <c r="B214" t="s">
         <v>43</v>
       </c>
       <c r="C214" t="s">
         <v>701</v>
       </c>
@@ -15519,51 +15528,51 @@
       </c>
       <c r="E214" t="s">
         <v>776</v>
       </c>
       <c r="F214" t="s">
         <v>62</v>
       </c>
       <c r="G214">
         <v>2017</v>
       </c>
       <c r="H214" t="s">
         <v>18</v>
       </c>
       <c r="I214" t="s">
         <v>47</v>
       </c>
       <c r="J214" t="s">
         <v>48</v>
       </c>
       <c r="K214" t="s">
         <v>777</v>
       </c>
       <c r="L214" t="s">
         <v>778</v>
       </c>
-      <c r="M214" s="1">
+      <c r="M214" s="11">
         <v>33</v>
       </c>
       <c r="N214" t="s">
         <v>779</v>
       </c>
       <c r="O214" t="s">
         <v>43</v>
       </c>
       <c r="P214">
         <v>2019</v>
       </c>
       <c r="Q214" t="s">
         <v>780</v>
       </c>
     </row>
     <row r="215" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A215" t="s">
         <v>663</v>
       </c>
       <c r="B215" t="s">
         <v>43</v>
       </c>
       <c r="C215" t="s">
         <v>712</v>
       </c>
@@ -15572,151 +15581,151 @@
       </c>
       <c r="E215" t="s">
         <v>781</v>
       </c>
       <c r="F215" t="s">
         <v>62</v>
       </c>
       <c r="G215">
         <v>2017</v>
       </c>
       <c r="H215" t="s">
         <v>63</v>
       </c>
       <c r="I215" t="s">
         <v>47</v>
       </c>
       <c r="J215" t="s">
         <v>48</v>
       </c>
       <c r="K215" t="s">
         <v>782</v>
       </c>
       <c r="L215" t="s">
         <v>783</v>
       </c>
-      <c r="M215" s="1">
+      <c r="M215" s="11">
         <v>28</v>
       </c>
       <c r="N215" t="s">
         <v>39</v>
       </c>
       <c r="O215" t="s">
         <v>43</v>
       </c>
       <c r="P215">
         <v>2019</v>
       </c>
       <c r="Q215" t="s">
         <v>784</v>
       </c>
     </row>
     <row r="216" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A216" t="s">
         <v>663</v>
       </c>
       <c r="B216" t="s">
         <v>43</v>
       </c>
       <c r="C216" t="s">
         <v>785</v>
       </c>
       <c r="D216" t="s">
         <v>786</v>
       </c>
       <c r="F216" t="s">
         <v>787</v>
       </c>
       <c r="G216">
         <v>2017</v>
       </c>
       <c r="H216" t="s">
         <v>18</v>
       </c>
       <c r="I216" t="s">
         <v>47</v>
       </c>
       <c r="J216" t="s">
         <v>48</v>
       </c>
       <c r="K216" t="s">
         <v>788</v>
       </c>
       <c r="L216" t="s">
         <v>789</v>
       </c>
-      <c r="M216" s="1">
+      <c r="M216" s="11">
         <v>18</v>
       </c>
       <c r="N216" t="s">
         <v>24</v>
       </c>
       <c r="O216" t="s">
         <v>43</v>
       </c>
       <c r="P216">
         <v>2019</v>
       </c>
       <c r="Q216" t="s">
         <v>790</v>
       </c>
     </row>
     <row r="217" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A217" t="s">
         <v>663</v>
       </c>
       <c r="B217" t="s">
         <v>43</v>
       </c>
       <c r="C217" t="s">
         <v>791</v>
       </c>
       <c r="D217" t="s">
         <v>792</v>
       </c>
       <c r="F217" t="s">
         <v>793</v>
       </c>
       <c r="G217">
         <v>2017</v>
       </c>
       <c r="H217" t="s">
         <v>18</v>
       </c>
       <c r="I217" t="s">
         <v>47</v>
       </c>
       <c r="J217" t="s">
         <v>48</v>
       </c>
       <c r="K217" t="s">
         <v>794</v>
       </c>
       <c r="L217" t="s">
         <v>795</v>
       </c>
-      <c r="M217" s="1">
+      <c r="M217" s="11">
         <v>18</v>
       </c>
       <c r="N217" t="s">
         <v>796</v>
       </c>
       <c r="O217" t="s">
         <v>43</v>
       </c>
       <c r="P217">
         <v>2019</v>
       </c>
       <c r="Q217" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="218" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A218" t="s">
         <v>663</v>
       </c>
       <c r="B218" t="s">
         <v>43</v>
       </c>
       <c r="C218" t="s">
         <v>712</v>
       </c>
@@ -15725,751 +15734,751 @@
       </c>
       <c r="E218" t="s">
         <v>798</v>
       </c>
       <c r="F218" t="s">
         <v>62</v>
       </c>
       <c r="G218">
         <v>2018</v>
       </c>
       <c r="H218" t="s">
         <v>63</v>
       </c>
       <c r="I218" t="s">
         <v>47</v>
       </c>
       <c r="J218" t="s">
         <v>48</v>
       </c>
       <c r="K218" t="s">
         <v>799</v>
       </c>
       <c r="L218" t="s">
         <v>800</v>
       </c>
-      <c r="M218" s="1">
+      <c r="M218" s="11">
         <v>33</v>
       </c>
       <c r="N218" t="s">
         <v>39</v>
       </c>
       <c r="O218" t="s">
         <v>43</v>
       </c>
       <c r="P218">
         <v>2019</v>
       </c>
       <c r="Q218" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="219" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A219" t="s">
         <v>663</v>
       </c>
       <c r="B219" t="s">
         <v>43</v>
       </c>
       <c r="C219" t="s">
         <v>802</v>
       </c>
       <c r="D219" t="s">
         <v>803</v>
       </c>
       <c r="F219" t="s">
         <v>549</v>
       </c>
       <c r="G219">
         <v>2018</v>
       </c>
       <c r="H219" t="s">
         <v>18</v>
       </c>
       <c r="I219" t="s">
         <v>47</v>
       </c>
       <c r="J219" t="s">
         <v>48</v>
       </c>
       <c r="K219" t="s">
         <v>804</v>
       </c>
       <c r="L219" t="s">
         <v>805</v>
       </c>
-      <c r="M219" s="1">
+      <c r="M219" s="11">
         <v>18</v>
       </c>
       <c r="N219" t="s">
         <v>26</v>
       </c>
       <c r="O219" t="s">
         <v>43</v>
       </c>
       <c r="P219">
         <v>2019</v>
       </c>
       <c r="Q219" t="s">
         <v>806</v>
       </c>
     </row>
     <row r="220" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A220" t="s">
         <v>663</v>
       </c>
       <c r="B220" t="s">
         <v>43</v>
       </c>
       <c r="C220" t="s">
         <v>807</v>
       </c>
       <c r="D220" t="s">
         <v>807</v>
       </c>
       <c r="F220" t="s">
         <v>808</v>
       </c>
       <c r="G220">
         <v>2018</v>
       </c>
       <c r="H220" t="s">
         <v>133</v>
       </c>
       <c r="I220" t="s">
         <v>47</v>
       </c>
       <c r="J220" t="s">
         <v>48</v>
       </c>
       <c r="K220" t="s">
         <v>809</v>
       </c>
       <c r="L220" t="s">
         <v>810</v>
       </c>
-      <c r="M220" s="1">
+      <c r="M220" s="11">
         <v>28</v>
       </c>
       <c r="N220" t="s">
         <v>26</v>
       </c>
       <c r="O220" t="s">
         <v>43</v>
       </c>
       <c r="P220">
         <v>2019</v>
       </c>
       <c r="Q220" t="s">
         <v>811</v>
       </c>
     </row>
     <row r="221" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A221" t="s">
         <v>663</v>
       </c>
       <c r="B221" t="s">
         <v>43</v>
       </c>
       <c r="C221" t="s">
         <v>812</v>
       </c>
       <c r="D221" t="s">
         <v>813</v>
       </c>
       <c r="F221" t="s">
         <v>814</v>
       </c>
       <c r="G221">
         <v>2018</v>
       </c>
       <c r="H221" t="s">
         <v>18</v>
       </c>
       <c r="I221" t="s">
         <v>47</v>
       </c>
       <c r="J221" t="s">
         <v>48</v>
       </c>
       <c r="K221" t="s">
         <v>815</v>
       </c>
       <c r="L221" t="s">
         <v>816</v>
       </c>
-      <c r="M221" s="1">
+      <c r="M221" s="11">
         <v>18</v>
       </c>
       <c r="N221" t="s">
         <v>21</v>
       </c>
       <c r="O221" t="s">
         <v>43</v>
       </c>
       <c r="P221">
         <v>2019</v>
       </c>
       <c r="Q221" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="222" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A222" t="s">
         <v>663</v>
       </c>
       <c r="B222" t="s">
         <v>43</v>
       </c>
       <c r="C222" t="s">
         <v>818</v>
       </c>
       <c r="D222" t="s">
         <v>819</v>
       </c>
       <c r="F222" t="s">
         <v>333</v>
       </c>
       <c r="G222">
         <v>2018</v>
       </c>
       <c r="H222" t="s">
         <v>18</v>
       </c>
       <c r="I222" t="s">
         <v>47</v>
       </c>
       <c r="J222" t="s">
         <v>48</v>
       </c>
       <c r="K222" t="s">
         <v>820</v>
       </c>
       <c r="L222" t="s">
         <v>821</v>
       </c>
-      <c r="M222" s="1">
+      <c r="M222" s="11">
         <v>30</v>
       </c>
       <c r="N222" t="s">
         <v>26</v>
       </c>
       <c r="O222" t="s">
         <v>43</v>
       </c>
       <c r="P222">
         <v>2019</v>
       </c>
       <c r="Q222" t="s">
         <v>822</v>
       </c>
     </row>
     <row r="223" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A223" t="s">
         <v>663</v>
       </c>
       <c r="B223" t="s">
         <v>43</v>
       </c>
       <c r="C223" t="s">
         <v>823</v>
       </c>
       <c r="D223" t="s">
         <v>824</v>
       </c>
       <c r="F223" t="s">
         <v>825</v>
       </c>
       <c r="G223">
         <v>2018</v>
       </c>
       <c r="H223" t="s">
         <v>18</v>
       </c>
       <c r="I223" t="s">
         <v>47</v>
       </c>
       <c r="J223" t="s">
         <v>48</v>
       </c>
       <c r="K223" t="s">
         <v>826</v>
       </c>
       <c r="L223" t="s">
         <v>827</v>
       </c>
-      <c r="M223" s="1">
+      <c r="M223" s="11">
         <v>18</v>
       </c>
       <c r="N223" t="s">
         <v>29</v>
       </c>
       <c r="O223" t="s">
         <v>43</v>
       </c>
       <c r="P223">
         <v>2019</v>
       </c>
       <c r="Q223" t="s">
         <v>828</v>
       </c>
     </row>
     <row r="224" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A224" t="s">
         <v>663</v>
       </c>
       <c r="B224" t="s">
         <v>43</v>
       </c>
       <c r="C224" t="s">
         <v>829</v>
       </c>
       <c r="D224" t="s">
         <v>830</v>
       </c>
       <c r="F224" t="s">
         <v>366</v>
       </c>
       <c r="G224">
         <v>2018</v>
       </c>
       <c r="H224" t="s">
         <v>18</v>
       </c>
       <c r="I224" t="s">
         <v>47</v>
       </c>
       <c r="J224" t="s">
         <v>48</v>
       </c>
       <c r="K224" t="s">
         <v>831</v>
       </c>
       <c r="L224" t="s">
         <v>832</v>
       </c>
-      <c r="M224" s="1">
+      <c r="M224" s="11">
         <v>31</v>
       </c>
       <c r="N224" t="s">
         <v>33</v>
       </c>
       <c r="O224" t="s">
         <v>43</v>
       </c>
       <c r="P224">
         <v>2019</v>
       </c>
       <c r="Q224" t="s">
         <v>833</v>
       </c>
     </row>
     <row r="225" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A225" t="s">
         <v>663</v>
       </c>
       <c r="B225" t="s">
         <v>43</v>
       </c>
       <c r="C225" t="s">
         <v>834</v>
       </c>
       <c r="D225" t="s">
         <v>835</v>
       </c>
       <c r="F225" t="s">
         <v>555</v>
       </c>
       <c r="G225">
         <v>2018</v>
       </c>
       <c r="H225" t="s">
         <v>18</v>
       </c>
       <c r="I225" t="s">
         <v>47</v>
       </c>
       <c r="J225" t="s">
         <v>48</v>
       </c>
       <c r="K225" t="s">
         <v>836</v>
       </c>
       <c r="L225" t="s">
         <v>837</v>
       </c>
-      <c r="M225" s="1">
+      <c r="M225" s="11">
         <v>22</v>
       </c>
       <c r="N225" t="s">
         <v>838</v>
       </c>
       <c r="O225" t="s">
         <v>43</v>
       </c>
       <c r="P225">
         <v>2019</v>
       </c>
       <c r="Q225" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="226" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A226" t="s">
         <v>663</v>
       </c>
       <c r="B226" t="s">
         <v>43</v>
       </c>
       <c r="C226" t="s">
         <v>840</v>
       </c>
       <c r="D226" t="s">
         <v>841</v>
       </c>
       <c r="F226" t="s">
         <v>83</v>
       </c>
       <c r="G226">
         <v>2018</v>
       </c>
       <c r="H226" t="s">
         <v>18</v>
       </c>
       <c r="I226" t="s">
         <v>47</v>
       </c>
       <c r="J226" t="s">
         <v>48</v>
       </c>
       <c r="K226" t="s">
         <v>842</v>
       </c>
       <c r="L226" t="s">
         <v>843</v>
       </c>
-      <c r="M226" s="1">
+      <c r="M226" s="11">
         <v>28</v>
       </c>
       <c r="N226" t="s">
         <v>844</v>
       </c>
       <c r="O226" t="s">
         <v>43</v>
       </c>
       <c r="P226">
         <v>2019</v>
       </c>
       <c r="Q226" t="s">
         <v>845</v>
       </c>
     </row>
     <row r="227" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A227" t="s">
         <v>663</v>
       </c>
       <c r="B227" t="s">
         <v>43</v>
       </c>
       <c r="C227" t="s">
         <v>846</v>
       </c>
       <c r="D227" t="s">
         <v>847</v>
       </c>
       <c r="F227" t="s">
         <v>848</v>
       </c>
       <c r="G227">
         <v>2018</v>
       </c>
       <c r="H227" t="s">
         <v>96</v>
       </c>
       <c r="I227" t="s">
         <v>47</v>
       </c>
       <c r="J227" t="s">
         <v>48</v>
       </c>
       <c r="K227" t="s">
         <v>849</v>
       </c>
       <c r="L227" t="s">
         <v>850</v>
       </c>
-      <c r="M227" s="1">
+      <c r="M227" s="11">
         <v>36</v>
       </c>
       <c r="N227" t="s">
         <v>134</v>
       </c>
       <c r="O227" t="s">
         <v>43</v>
       </c>
       <c r="P227">
         <v>2019</v>
       </c>
       <c r="Q227" t="s">
         <v>851</v>
       </c>
     </row>
     <row r="228" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A228" t="s">
         <v>663</v>
       </c>
       <c r="B228" t="s">
         <v>43</v>
       </c>
       <c r="C228" t="s">
         <v>852</v>
       </c>
       <c r="D228" t="s">
         <v>853</v>
       </c>
       <c r="F228" t="s">
         <v>450</v>
       </c>
       <c r="G228">
         <v>2018</v>
       </c>
       <c r="H228" t="s">
         <v>18</v>
       </c>
       <c r="I228" t="s">
         <v>47</v>
       </c>
       <c r="J228" t="s">
         <v>48</v>
       </c>
       <c r="K228" t="s">
         <v>854</v>
       </c>
       <c r="L228" t="s">
         <v>855</v>
       </c>
-      <c r="M228" s="1">
+      <c r="M228" s="11">
         <v>18</v>
       </c>
       <c r="N228" t="s">
         <v>35</v>
       </c>
       <c r="O228" t="s">
         <v>43</v>
       </c>
       <c r="P228">
         <v>2019</v>
       </c>
       <c r="Q228" t="s">
         <v>856</v>
       </c>
     </row>
     <row r="229" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A229" t="s">
         <v>663</v>
       </c>
       <c r="B229" t="s">
         <v>43</v>
       </c>
       <c r="C229" t="s">
         <v>857</v>
       </c>
       <c r="D229" t="s">
         <v>858</v>
       </c>
       <c r="F229" t="s">
         <v>859</v>
       </c>
       <c r="G229">
         <v>2018</v>
       </c>
       <c r="H229" t="s">
         <v>18</v>
       </c>
       <c r="I229" t="s">
         <v>47</v>
       </c>
       <c r="J229" t="s">
         <v>48</v>
       </c>
       <c r="K229" t="s">
         <v>860</v>
       </c>
       <c r="L229" t="s">
         <v>861</v>
       </c>
-      <c r="M229" s="1">
+      <c r="M229" s="11">
         <v>22</v>
       </c>
       <c r="N229" t="s">
         <v>862</v>
       </c>
       <c r="O229" t="s">
         <v>43</v>
       </c>
       <c r="P229">
         <v>2019</v>
       </c>
       <c r="Q229" t="s">
         <v>863</v>
       </c>
     </row>
     <row r="230" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A230" t="s">
         <v>663</v>
       </c>
       <c r="B230" t="s">
         <v>43</v>
       </c>
       <c r="C230" t="s">
         <v>864</v>
       </c>
       <c r="D230" t="s">
         <v>865</v>
       </c>
       <c r="F230" t="s">
         <v>229</v>
       </c>
       <c r="G230">
         <v>2018</v>
       </c>
       <c r="H230" t="s">
         <v>18</v>
       </c>
       <c r="I230" t="s">
         <v>47</v>
       </c>
       <c r="J230" t="s">
         <v>48</v>
       </c>
       <c r="K230" t="s">
         <v>866</v>
       </c>
       <c r="L230" t="s">
         <v>867</v>
       </c>
-      <c r="M230" s="1">
+      <c r="M230" s="11">
         <v>20</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
         <v>43</v>
       </c>
       <c r="P230">
         <v>2019</v>
       </c>
       <c r="Q230" t="s">
         <v>868</v>
       </c>
     </row>
     <row r="231" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A231" t="s">
         <v>663</v>
       </c>
       <c r="B231" t="s">
         <v>43</v>
       </c>
       <c r="C231" t="s">
         <v>869</v>
       </c>
       <c r="D231" t="s">
         <v>870</v>
       </c>
       <c r="F231" t="s">
         <v>871</v>
       </c>
       <c r="G231">
         <v>2018</v>
       </c>
       <c r="H231" t="s">
         <v>18</v>
       </c>
       <c r="I231" t="s">
         <v>47</v>
       </c>
       <c r="J231" t="s">
         <v>48</v>
       </c>
       <c r="K231" t="s">
         <v>872</v>
       </c>
       <c r="L231" t="s">
         <v>873</v>
       </c>
-      <c r="M231" s="1">
+      <c r="M231" s="11">
         <v>18</v>
       </c>
       <c r="N231" t="s">
         <v>130</v>
       </c>
       <c r="O231" t="s">
         <v>43</v>
       </c>
       <c r="P231">
         <v>2019</v>
       </c>
       <c r="Q231" t="s">
         <v>874</v>
       </c>
     </row>
     <row r="232" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A232" t="s">
         <v>663</v>
       </c>
       <c r="B232" t="s">
         <v>43</v>
       </c>
       <c r="C232" t="s">
         <v>875</v>
       </c>
       <c r="D232" t="s">
         <v>876</v>
       </c>
       <c r="F232" t="s">
         <v>877</v>
       </c>
       <c r="G232">
         <v>2018</v>
       </c>
       <c r="H232" t="s">
         <v>18</v>
       </c>
       <c r="I232" t="s">
         <v>47</v>
       </c>
       <c r="J232" t="s">
         <v>48</v>
       </c>
       <c r="K232" t="s">
         <v>878</v>
       </c>
       <c r="L232" t="s">
         <v>879</v>
       </c>
-      <c r="M232" s="1">
+      <c r="M232" s="11">
         <v>18</v>
       </c>
       <c r="N232" t="s">
         <v>32</v>
       </c>
       <c r="O232" t="s">
         <v>43</v>
       </c>
       <c r="P232">
         <v>2019</v>
       </c>
       <c r="Q232" t="s">
         <v>880</v>
       </c>
     </row>
     <row r="233" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A233" t="s">
         <v>663</v>
       </c>
       <c r="B233" t="s">
         <v>43</v>
       </c>
       <c r="C233" t="s">
         <v>525</v>
       </c>
@@ -16478,51 +16487,51 @@
       </c>
       <c r="E233" t="s">
         <v>881</v>
       </c>
       <c r="F233" t="s">
         <v>62</v>
       </c>
       <c r="G233">
         <v>2018</v>
       </c>
       <c r="H233" t="s">
         <v>63</v>
       </c>
       <c r="I233" t="s">
         <v>47</v>
       </c>
       <c r="J233" t="s">
         <v>48</v>
       </c>
       <c r="K233" t="s">
         <v>882</v>
       </c>
       <c r="L233" t="s">
         <v>883</v>
       </c>
-      <c r="M233" s="1">
+      <c r="M233" s="11">
         <v>44</v>
       </c>
       <c r="N233" t="s">
         <v>39</v>
       </c>
       <c r="O233" t="s">
         <v>43</v>
       </c>
       <c r="P233">
         <v>2019</v>
       </c>
       <c r="Q233" t="s">
         <v>884</v>
       </c>
     </row>
     <row r="234" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A234" t="s">
         <v>663</v>
       </c>
       <c r="B234" t="s">
         <v>43</v>
       </c>
       <c r="C234" t="s">
         <v>885</v>
       </c>
@@ -16531,51 +16540,51 @@
       </c>
       <c r="E234" t="s">
         <v>887</v>
       </c>
       <c r="F234" t="s">
         <v>136</v>
       </c>
       <c r="G234">
         <v>2018</v>
       </c>
       <c r="H234" t="s">
         <v>96</v>
       </c>
       <c r="I234" t="s">
         <v>47</v>
       </c>
       <c r="J234" t="s">
         <v>48</v>
       </c>
       <c r="K234" t="s">
         <v>888</v>
       </c>
       <c r="L234" t="s">
         <v>889</v>
       </c>
-      <c r="M234" s="1">
+      <c r="M234" s="11">
         <v>22</v>
       </c>
       <c r="N234" t="s">
         <v>141</v>
       </c>
       <c r="O234" t="s">
         <v>43</v>
       </c>
       <c r="P234">
         <v>2019</v>
       </c>
       <c r="Q234" t="s">
         <v>890</v>
       </c>
     </row>
     <row r="235" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A235" t="s">
         <v>663</v>
       </c>
       <c r="B235" t="s">
         <v>43</v>
       </c>
       <c r="C235" t="s">
         <v>441</v>
       </c>
@@ -16584,51 +16593,51 @@
       </c>
       <c r="E235" t="s">
         <v>891</v>
       </c>
       <c r="F235" t="s">
         <v>444</v>
       </c>
       <c r="G235">
         <v>2018</v>
       </c>
       <c r="H235" t="s">
         <v>18</v>
       </c>
       <c r="I235" t="s">
         <v>47</v>
       </c>
       <c r="J235" t="s">
         <v>48</v>
       </c>
       <c r="K235" t="s">
         <v>892</v>
       </c>
       <c r="L235" t="s">
         <v>893</v>
       </c>
-      <c r="M235" s="1">
+      <c r="M235" s="11">
         <v>43</v>
       </c>
       <c r="N235" t="s">
         <v>25</v>
       </c>
       <c r="O235" t="s">
         <v>43</v>
       </c>
       <c r="P235">
         <v>2019</v>
       </c>
       <c r="Q235" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="236" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A236" t="s">
         <v>663</v>
       </c>
       <c r="B236" t="s">
         <v>43</v>
       </c>
       <c r="C236" t="s">
         <v>441</v>
       </c>
@@ -16637,151 +16646,151 @@
       </c>
       <c r="E236" t="s">
         <v>895</v>
       </c>
       <c r="F236" t="s">
         <v>444</v>
       </c>
       <c r="G236">
         <v>2019</v>
       </c>
       <c r="H236" t="s">
         <v>18</v>
       </c>
       <c r="I236" t="s">
         <v>47</v>
       </c>
       <c r="J236" t="s">
         <v>48</v>
       </c>
       <c r="K236" t="s">
         <v>896</v>
       </c>
       <c r="L236" t="s">
         <v>897</v>
       </c>
-      <c r="M236" s="1">
+      <c r="M236" s="11">
         <v>35</v>
       </c>
       <c r="N236" t="s">
         <v>26</v>
       </c>
       <c r="O236" t="s">
         <v>43</v>
       </c>
       <c r="P236">
         <v>2019</v>
       </c>
       <c r="Q236" t="s">
         <v>898</v>
       </c>
     </row>
     <row r="237" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A237" t="s">
         <v>663</v>
       </c>
       <c r="B237" t="s">
         <v>43</v>
       </c>
       <c r="C237" t="s">
         <v>899</v>
       </c>
       <c r="D237" t="s">
         <v>900</v>
       </c>
       <c r="F237" t="s">
         <v>555</v>
       </c>
       <c r="G237">
         <v>2019</v>
       </c>
       <c r="H237" t="s">
         <v>18</v>
       </c>
       <c r="I237" t="s">
         <v>47</v>
       </c>
       <c r="J237" t="s">
         <v>48</v>
       </c>
       <c r="K237" t="s">
         <v>901</v>
       </c>
       <c r="L237" t="s">
         <v>902</v>
       </c>
-      <c r="M237" s="1">
+      <c r="M237" s="11">
         <v>18</v>
       </c>
       <c r="N237" t="s">
         <v>24</v>
       </c>
       <c r="O237" t="s">
         <v>43</v>
       </c>
       <c r="P237">
         <v>2019</v>
       </c>
       <c r="Q237" t="s">
         <v>903</v>
       </c>
     </row>
     <row r="238" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A238" t="s">
         <v>663</v>
       </c>
       <c r="B238" t="s">
         <v>43</v>
       </c>
       <c r="C238" t="s">
         <v>904</v>
       </c>
       <c r="D238" t="s">
         <v>905</v>
       </c>
       <c r="F238" t="s">
         <v>906</v>
       </c>
       <c r="G238">
         <v>2019</v>
       </c>
       <c r="H238" t="s">
         <v>18</v>
       </c>
       <c r="I238" t="s">
         <v>47</v>
       </c>
       <c r="J238" t="s">
         <v>48</v>
       </c>
       <c r="K238" t="s">
         <v>907</v>
       </c>
       <c r="L238" t="s">
         <v>908</v>
       </c>
-      <c r="M238" s="1">
+      <c r="M238" s="11">
         <v>18</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
         <v>43</v>
       </c>
       <c r="P238">
         <v>2019</v>
       </c>
       <c r="Q238" t="s">
         <v>909</v>
       </c>
     </row>
     <row r="239" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A239" t="s">
         <v>663</v>
       </c>
       <c r="B239" t="s">
         <v>43</v>
       </c>
       <c r="C239" t="s">
         <v>525</v>
       </c>
@@ -16790,51 +16799,51 @@
       </c>
       <c r="E239" t="s">
         <v>910</v>
       </c>
       <c r="F239" t="s">
         <v>62</v>
       </c>
       <c r="G239">
         <v>2019</v>
       </c>
       <c r="H239" t="s">
         <v>63</v>
       </c>
       <c r="I239" t="s">
         <v>47</v>
       </c>
       <c r="J239" t="s">
         <v>48</v>
       </c>
       <c r="K239" t="s">
         <v>911</v>
       </c>
       <c r="L239" t="s">
         <v>912</v>
       </c>
-      <c r="M239" s="1">
+      <c r="M239" s="11">
         <v>41</v>
       </c>
       <c r="N239" t="s">
         <v>39</v>
       </c>
       <c r="O239" t="s">
         <v>43</v>
       </c>
       <c r="P239">
         <v>2019</v>
       </c>
       <c r="Q239" t="s">
         <v>913</v>
       </c>
     </row>
     <row r="240" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A240" t="s">
         <v>663</v>
       </c>
       <c r="B240" t="s">
         <v>43</v>
       </c>
       <c r="C240" t="s">
         <v>441</v>
       </c>
@@ -16843,51 +16852,51 @@
       </c>
       <c r="E240" t="s">
         <v>914</v>
       </c>
       <c r="F240" t="s">
         <v>444</v>
       </c>
       <c r="G240">
         <v>2019</v>
       </c>
       <c r="H240" t="s">
         <v>18</v>
       </c>
       <c r="I240" t="s">
         <v>47</v>
       </c>
       <c r="J240" t="s">
         <v>48</v>
       </c>
       <c r="K240" t="s">
         <v>915</v>
       </c>
       <c r="L240" t="s">
         <v>916</v>
       </c>
-      <c r="M240" s="1">
+      <c r="M240" s="11">
         <v>35</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
         <v>43</v>
       </c>
       <c r="P240">
         <v>2019</v>
       </c>
       <c r="Q240" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="241" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A241" t="s">
         <v>663</v>
       </c>
       <c r="B241" t="s">
         <v>43</v>
       </c>
       <c r="C241" t="s">
         <v>153</v>
       </c>
@@ -16896,251 +16905,251 @@
       </c>
       <c r="E241" t="s">
         <v>918</v>
       </c>
       <c r="F241" t="s">
         <v>156</v>
       </c>
       <c r="G241">
         <v>2019</v>
       </c>
       <c r="H241" t="s">
         <v>18</v>
       </c>
       <c r="I241" t="s">
         <v>47</v>
       </c>
       <c r="J241" t="s">
         <v>48</v>
       </c>
       <c r="K241" t="s">
         <v>919</v>
       </c>
       <c r="L241" t="s">
         <v>920</v>
       </c>
-      <c r="M241" s="1">
+      <c r="M241" s="11">
         <v>27</v>
       </c>
       <c r="N241" t="s">
         <v>39</v>
       </c>
       <c r="O241" t="s">
         <v>43</v>
       </c>
       <c r="P241">
         <v>2019</v>
       </c>
       <c r="Q241" t="s">
         <v>921</v>
       </c>
     </row>
     <row r="242" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A242" t="s">
         <v>663</v>
       </c>
       <c r="B242" t="s">
         <v>43</v>
       </c>
       <c r="C242" t="s">
         <v>922</v>
       </c>
       <c r="D242" t="s">
         <v>923</v>
       </c>
       <c r="F242" t="s">
         <v>924</v>
       </c>
       <c r="G242">
         <v>2019</v>
       </c>
       <c r="H242" t="s">
         <v>18</v>
       </c>
       <c r="I242" t="s">
         <v>47</v>
       </c>
       <c r="J242" t="s">
         <v>48</v>
       </c>
       <c r="K242" t="s">
         <v>925</v>
       </c>
       <c r="L242" t="s">
         <v>926</v>
       </c>
-      <c r="M242" s="1">
+      <c r="M242" s="11">
         <v>31</v>
       </c>
       <c r="N242" t="s">
         <v>129</v>
       </c>
       <c r="O242" t="s">
         <v>43</v>
       </c>
       <c r="P242">
         <v>2019</v>
       </c>
       <c r="Q242" t="s">
         <v>927</v>
       </c>
     </row>
     <row r="243" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A243" t="s">
         <v>663</v>
       </c>
       <c r="B243" t="s">
         <v>43</v>
       </c>
       <c r="C243" t="s">
         <v>928</v>
       </c>
       <c r="D243" t="s">
         <v>929</v>
       </c>
       <c r="F243" t="s">
         <v>930</v>
       </c>
       <c r="G243">
         <v>2019</v>
       </c>
       <c r="H243" t="s">
         <v>18</v>
       </c>
       <c r="I243" t="s">
         <v>47</v>
       </c>
       <c r="J243" t="s">
         <v>48</v>
       </c>
       <c r="K243" t="s">
         <v>931</v>
       </c>
       <c r="L243" t="s">
         <v>932</v>
       </c>
-      <c r="M243" s="1">
+      <c r="M243" s="11">
         <v>22</v>
       </c>
       <c r="N243" t="s">
         <v>24</v>
       </c>
       <c r="O243" t="s">
         <v>43</v>
       </c>
       <c r="P243">
         <v>2019</v>
       </c>
       <c r="Q243" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="244" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A244" t="s">
         <v>663</v>
       </c>
       <c r="B244" t="s">
         <v>43</v>
       </c>
       <c r="C244" t="s">
         <v>934</v>
       </c>
       <c r="D244" t="s">
         <v>935</v>
       </c>
       <c r="F244" t="s">
         <v>936</v>
       </c>
       <c r="G244">
         <v>2019</v>
       </c>
       <c r="H244" t="s">
         <v>18</v>
       </c>
       <c r="I244" t="s">
         <v>47</v>
       </c>
       <c r="J244" t="s">
         <v>48</v>
       </c>
       <c r="K244" t="s">
         <v>937</v>
       </c>
       <c r="L244" t="s">
         <v>938</v>
       </c>
-      <c r="M244" s="1">
+      <c r="M244" s="11">
         <v>24</v>
       </c>
       <c r="N244" t="s">
         <v>939</v>
       </c>
       <c r="O244" t="s">
         <v>43</v>
       </c>
       <c r="P244">
         <v>2019</v>
       </c>
       <c r="Q244" t="s">
         <v>940</v>
       </c>
     </row>
     <row r="245" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A245" t="s">
         <v>941</v>
       </c>
       <c r="B245" t="s">
         <v>942</v>
       </c>
       <c r="C245" t="s">
         <v>944</v>
       </c>
       <c r="D245" t="s">
         <v>945</v>
       </c>
       <c r="F245" t="s">
         <v>943</v>
       </c>
       <c r="G245">
         <v>2016</v>
       </c>
       <c r="H245" t="s">
         <v>18</v>
       </c>
       <c r="I245" t="s">
         <v>47</v>
       </c>
       <c r="J245" t="s">
         <v>48</v>
       </c>
       <c r="K245" t="s">
         <v>946</v>
       </c>
       <c r="L245" t="s">
         <v>947</v>
       </c>
-      <c r="M245" s="1">
+      <c r="M245" s="11">
         <v>25.13</v>
       </c>
       <c r="N245" t="s">
         <v>137</v>
       </c>
       <c r="O245" t="s">
         <v>942</v>
       </c>
       <c r="P245">
         <v>2016</v>
       </c>
       <c r="Q245" t="s">
         <v>948</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">