--- v3 (2026-02-17)
+++ v4 (2026-03-09)
@@ -1,76 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
-[...6 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3C5FB36A-58C9-4956-8E17-488F5A5B5544}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{61BFDA23-78F5-457C-A023-E2F75C602D7A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-98" yWindow="-98" windowWidth="21376" windowHeight="14595" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="27180" windowHeight="16440" xr2:uid="{68737B77-E03F-4BE6-8F93-2079D36BD235}"/>
   </bookViews>
   <sheets>
-    <sheet name="main" sheetId="1" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <definedNames>
-[...2 lines deleted...]
-  <calcPr calcId="145621"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3153" uniqueCount="1479">
   <si>
     <t>E-Books from East View</t>
   </si>
   <si>
+    <t>As at February 2, 2026</t>
+  </si>
+  <si>
     <t>Date of uploading</t>
   </si>
   <si>
     <t>Print version publisher</t>
   </si>
   <si>
     <t>Title in Original</t>
   </si>
   <si>
     <t>Title in LC transliteration</t>
   </si>
   <si>
     <t>Subtitle in tr</t>
   </si>
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Year of print Publication</t>
   </si>
   <si>
     <t>Language</t>
   </si>
   <si>
     <t>City</t>
@@ -78,17111 +89,17227 @@
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Prod#</t>
   </si>
   <si>
     <t>List price per book</t>
   </si>
   <si>
     <t>Subjects</t>
   </si>
   <si>
     <t>Digital version publisher</t>
   </si>
   <si>
     <t>Year of digital publication</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
+    <t>12/31/2025</t>
+  </si>
+  <si>
+    <t>Belaruskaia navuka (Firm)</t>
+  </si>
+  <si>
+    <t>Абярнуся я шэрай зязюляй : беларускія народныя балады з перакладам на рускую і англійскую мовы</t>
+  </si>
+  <si>
+    <t>Abiarnusia ia sherai ziaziuliai : belaruskiia narodnyia balady z perakladam na ruskuiu i anhliiskuiu movy</t>
+  </si>
+  <si>
+    <t>Iliustravanae vydanne z hukavym dadatkam</t>
+  </si>
+  <si>
+    <t>Matveeva, Antanina Mikhailauna</t>
+  </si>
+  <si>
+    <t>Belarusian, English, Russian</t>
+  </si>
+  <si>
+    <t>Minsk</t>
+  </si>
+  <si>
+    <t>Belarus</t>
+  </si>
+  <si>
+    <t>9789850833136</t>
+  </si>
+  <si>
+    <t>1425233BO</t>
+  </si>
+  <si>
+    <t>Ethnic Studies / Ethnology; Folklore / Mythology; Literature</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932232</t>
+  </si>
+  <si>
+    <t>Интермедиальность в театральной культуре</t>
+  </si>
+  <si>
+    <t>Intermedial'nost' v teatral'noi kul'ture</t>
+  </si>
+  <si>
+    <t>Mantush, Aleksandr Sergeevich</t>
+  </si>
+  <si>
     <t>Russian</t>
   </si>
   <si>
+    <t>9789850833099</t>
+  </si>
+  <si>
+    <t>1425234BO</t>
+  </si>
+  <si>
+    <t>Fine Arts / Architecture / Photography</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932229</t>
+  </si>
+  <si>
+    <t>Граматычны слоўнік прыметніка, займенніка, лічэбніка, прыслоўя</t>
+  </si>
+  <si>
+    <t>Hramatychny slounik prymetnika, zaimennika, lichebnika, pryslouia</t>
+  </si>
+  <si>
+    <t>Rusak, Valiantsina Paulauna</t>
+  </si>
+  <si>
+    <t>Belarusian</t>
+  </si>
+  <si>
+    <t>9789850833068</t>
+  </si>
+  <si>
+    <t>1425235BO</t>
+  </si>
+  <si>
+    <t>Dictionaries / Encyclopedias / Reference Works; Philology / Linguistics</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932234</t>
+  </si>
+  <si>
+    <t>Арфаэпічны слоўнік беларускай мовы</t>
+  </si>
+  <si>
+    <t>Arfaepichny slounik belaruskai movy</t>
+  </si>
+  <si>
+    <t>9789850833266</t>
+  </si>
+  <si>
+    <t>1425236BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932251</t>
+  </si>
+  <si>
+    <t>Райскі бераг: беларуская зямля ў I-XV стст.</t>
+  </si>
+  <si>
+    <t>Raiski berah: belaruskaia ziamlia u I-XV stst.</t>
+  </si>
+  <si>
+    <t>Saverchanka, Ivan Vasil'evich</t>
+  </si>
+  <si>
+    <t>9789850833150</t>
+  </si>
+  <si>
+    <t>1425237BO</t>
+  </si>
+  <si>
+    <t>Biography / Memoirs; History, 19th Century and Earlier</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932235</t>
+  </si>
+  <si>
+    <t>Школа капитализма: очерки истории предпринимательства Беларуси конца XVIII-начала XX в.</t>
+  </si>
+  <si>
+    <t>Shkola kapitalizma: ocherki istorii predprinimatel'stva Belarusi kontsa XVIII-nachala XX v.</t>
+  </si>
+  <si>
+    <t>Kishtymov, Andrei Leonidovich</t>
+  </si>
+  <si>
+    <t>9789850833112</t>
+  </si>
+  <si>
+    <t>1425239BO</t>
+  </si>
+  <si>
+    <t>Economics / Business / Commerce; History, 19th Century and Earlier; History, 20th-21st Centuries</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932230</t>
+  </si>
+  <si>
+    <t>Минское замчище и храм начала XII в.: актуальные вопросы изучения и сохранения (к 80-летию начала археологического исследования г. Минска)</t>
+  </si>
+  <si>
+    <t>Minskoe zamchishche i khram nachala XII v.: aktual'nye voprosy izucheniia i sokhraneniia (k 80-letiiu nachala arkheologicheskogo issledovaniia g. Minska)</t>
+  </si>
+  <si>
+    <t>Koshman, Vadim Ivanovich</t>
+  </si>
+  <si>
+    <t>9789850833167</t>
+  </si>
+  <si>
+    <t>1425240BO</t>
+  </si>
+  <si>
+    <t>Archaeology; History, 19th Century and Earlier; History, 20th-21st Centuries</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932250</t>
+  </si>
+  <si>
+    <t>Дом у синей речки</t>
+  </si>
+  <si>
+    <t>Dom u sinei rechki</t>
+  </si>
+  <si>
+    <t>Lokotko, Aleksandr Ivanovich</t>
+  </si>
+  <si>
+    <t>Russian, Chinese</t>
+  </si>
+  <si>
+    <t>9789850833228</t>
+  </si>
+  <si>
+    <t>1425242BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932246</t>
+  </si>
+  <si>
+    <t>Мінск і мінчане: дзесяць стагоддзяў гістораўыі : старонкі гарадскога жыцця : зборнік навуковых артыкулаў</t>
+  </si>
+  <si>
+    <t>Minsk i minchane: dzesiats' stahoddziau historauyi : staronki haradskoha zhytstsia : zbornik navukovykh artykulau</t>
+  </si>
+  <si>
+    <t>Aliakhnovich, Rahneda Anatol'euna</t>
+  </si>
+  <si>
+    <t>Belarusian, Russian</t>
+  </si>
+  <si>
+    <t>9789850833334</t>
+  </si>
+  <si>
+    <t>1425243BO</t>
+  </si>
+  <si>
+    <t>Biography / Memoirs; History, 19th Century and Earlier; History, 20th-21st Centuries</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932249</t>
+  </si>
+  <si>
+    <t>Социология исторической памяти</t>
+  </si>
+  <si>
+    <t>Sotsiologiia istoricheskoi pamiati</t>
+  </si>
+  <si>
+    <t>Myslivets, Nikolai Leont'evich</t>
+  </si>
+  <si>
+    <t>9789850833464</t>
+  </si>
+  <si>
+    <t>1425244BO</t>
+  </si>
+  <si>
+    <t>History, 19th Century and Earlier; History, 20th-21st Centuries; Sociology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932248</t>
+  </si>
+  <si>
+    <t>Художественные коллекции князей Витгенштейнов в контексте европейского искусства XIX в. : в двух томах : том 2 : графика, скульптура, фотография</t>
+  </si>
+  <si>
+    <t>Khudozhestvennye kollektsii kniazei Vitgenshteinov v kontekste evropeiskogo iskusstva XIX v. : v dvukh tomakh : tom 2 : grafika, skul'ptura, fotografiia</t>
+  </si>
+  <si>
+    <t>Popko, Ol'ga Nikolaevna</t>
+  </si>
+  <si>
+    <t>English, Russian</t>
+  </si>
+  <si>
+    <t>9789850833495</t>
+  </si>
+  <si>
+    <t>1425246BO</t>
+  </si>
+  <si>
+    <t>Fine Arts / Architecture / Photography; History, 19th Century and Earlier</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932228</t>
+  </si>
+  <si>
+    <t>Книжные сокровища Национальной академии наук Беларуси : по материалам фондов Центральной научной библиотеки имени Якуба Колоса = Book Treasures of the National Academy of Sciences of Belarus : Based on Materials from the Collectios of the Yakub Kolas Central Scientific Library</t>
+  </si>
+  <si>
+    <t>Knizhnye sokrovishcha Natsional'noi akademii nauk Belarusi : po materialam fondov TSentral'noi nauchnoi biblioteki imeni IAkuba Kolosa = Book Treasures of the National Academy of Sciences of Belarus : Based on Materials from the Collectios of the Yakub Kolas Central Scientific Library</t>
+  </si>
+  <si>
+    <t>Gubanova, Ol'ga Aleksandrovna</t>
+  </si>
+  <si>
+    <t>9789850833372</t>
+  </si>
+  <si>
+    <t>1425248BO</t>
+  </si>
+  <si>
+    <t>Library Science and Bibliography; Dictionaries / Encyclopedias / Reference Works</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932231</t>
+  </si>
+  <si>
+    <t>Актуальные проблемы истории и культуры : сборник научных статей : выпуск 6</t>
+  </si>
+  <si>
+    <t>Aktual'nye problemy istorii i kul'tury : sbornik nauchnykh statei : vypusk 6</t>
+  </si>
+  <si>
+    <t>Kovalenia, A. A.</t>
+  </si>
+  <si>
+    <t>9789850833327</t>
+  </si>
+  <si>
+    <t>1425249BO</t>
+  </si>
+  <si>
+    <t>Ethnic Studies / Ethnology; History, 19th Century and Earlier; History, 20th-21st Centuries</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932247</t>
+  </si>
+  <si>
+    <t>Семейная политика как основа демографической безопасности Республики Беларусь</t>
+  </si>
+  <si>
+    <t>Semeinaia politika kak osnova demograficheskoi bezopasnosti Respubliki Belarus'</t>
+  </si>
+  <si>
+    <t>Bobrova, Anastasiia Grigor'evna</t>
+  </si>
+  <si>
+    <t>9789850833419</t>
+  </si>
+  <si>
+    <t>1425250BO</t>
+  </si>
+  <si>
+    <t>Family / Marriage / Home; Sociology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932227</t>
+  </si>
+  <si>
+    <t>Библиотека Радзивиллов Несвижской ординации : каталог изданий из фондов Центральной научной библиотеки им. Якуба Коласа Национальной академии наук Беларуси : XVIII век : в 4 книгах : книга 4 часть 1 (1786-1800), часть 2 (1708-1770) : доописание = Library of the Radziwills' of Nesvizh Ordynation : Catalogue of Publications from the Stock of the Yakub Kolas Central Science Library of the National Academy of Sciences of Belarus : XVIII Century : in 4 Books : Book 4 Part 1 (1786-1800), Part 2 (1708</t>
+  </si>
+  <si>
+    <t>Biblioteka Radzivillov Nesvizhskoi ordinatsii : katalog izdanii iz fondov TSentral'noi nauchnoi biblioteki im. IAkuba Kolasa Natsional'noi akademii nauk Belarusi : XVIII vek : v 4 knigakh : kniga 4 chast' 1 (1786-1800), chast' 2 (1708-1770) : doopisanie = Library of the Radziwills' of Nesvizh Ordynation : Catalogue of Publications from the Stock of the Yakub Kolas Central Science Library of the National Academy of Sciences of Belarus : XVIII Century : in 4 Books : Book 4 Part 1 (1786-1800), Par</t>
+  </si>
+  <si>
+    <t>Stefanovich, A. V.</t>
+  </si>
+  <si>
+    <t>9789850833358</t>
+  </si>
+  <si>
+    <t>1425251BO</t>
+  </si>
+  <si>
+    <t>Library Science and Bibliography</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932226</t>
+  </si>
+  <si>
+    <t>Открытая наука и биоэтика : биоэтические механизмы обеспечения безопасности человека</t>
+  </si>
+  <si>
+    <t>Otkrytaia nauka i bioetika : bioeticheskie mekhanizmy obespecheniia bezopasnosti cheloveka</t>
+  </si>
+  <si>
+    <t>Sokol'chik, Valeriia Nikolaevna</t>
+  </si>
+  <si>
+    <t>9789850833532</t>
+  </si>
+  <si>
+    <t>1425252BO</t>
+  </si>
+  <si>
+    <t>Medicine / Health</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/932233</t>
+  </si>
+  <si>
+    <t>07/30/2025</t>
+  </si>
+  <si>
+    <t>Традыцыйны светагляд беларусаў : у 5 ілюстраваных кнігах : кніга 4 : грамадства = Традиционная картина мира белорусов : в 5 иллюстрированных книгах : книга 4 : общество = Traditional Worldview of Belarusians : in 5 Illustrated Volumes : Volume 4 : Society</t>
+  </si>
+  <si>
+    <t>Tradytsyiny svetahliad belarusau : u 5 iliustravanykh knihakh : kniha 4 : hramadstva = Traditsionnaia kartina mira belorusov : v 5 illiustrirovannykh knigakh : kniga 4 : obshchestvo = Traditional Worldview of Belarusians : in 5 Illustrated Volumes : Volume 4 : Society</t>
+  </si>
+  <si>
+    <t>Valodzina, Tatstsiana Vasil'euna</t>
+  </si>
+  <si>
+    <t>9789850832955</t>
+  </si>
+  <si>
+    <t>1420247BO</t>
+  </si>
+  <si>
+    <t>Dictionaries / Encyclopedias / Reference Works; Ethnic Studies / Ethnology; Folklore / Mythology; Philosophy / Psychology; Religion</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/807766</t>
+  </si>
+  <si>
+    <t>Родник животворящий : легенды о происхождении рек Беларуси в литературной обработке</t>
+  </si>
+  <si>
+    <t>Rodnik zhivotvoriashchii : legendy o proiskhozhdenii rek Belarusi v literaturnoi obrabotke</t>
+  </si>
+  <si>
+    <t>Nenadovets, Egor Alekseevich</t>
+  </si>
+  <si>
+    <t>9789850832733</t>
+  </si>
+  <si>
+    <t>1420248BO</t>
+  </si>
+  <si>
+    <t>Folklore / Mythology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/807734</t>
+  </si>
+  <si>
+    <t>Эхо Великой Отечественной войны в белорусском кино</t>
+  </si>
+  <si>
+    <t>Ekho Velikoi Otechestvennoi voiny v belorusskom kino</t>
+  </si>
+  <si>
+    <t>9789850832641</t>
+  </si>
+  <si>
+    <t>1420249BO</t>
+  </si>
+  <si>
+    <t>History, 20th-21st Centuries; Performing Arts / Music / Cinema</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/807712</t>
+  </si>
+  <si>
+    <t>Книги гражданской печати 1725-1800 гг. из фонда Центральной научной библиотеки имени Якуба Коласа Национальной академии наук Беларуси : каталог : в 3 томах : том 1 : А-З</t>
+  </si>
+  <si>
+    <t>Knigi grazhdanskoi pechati 1725-1800 gg. iz fonda TSentral'noi nauchnoi biblioteki imeni IAkuba Kolasa Natsional'noi akademii nauk Belarusi : katalog : v 3 tomakh : tom 1 : A-Z</t>
+  </si>
+  <si>
+    <t>Naumenko, Valeriia Georgievna</t>
+  </si>
+  <si>
+    <t>9789850832870</t>
+  </si>
+  <si>
+    <t>1420250BO</t>
+  </si>
+  <si>
+    <t>Library Science and Bibliography; History, 19th Century and Earlier</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/807713</t>
+  </si>
+  <si>
+    <t>Высшая степень... : сборник докладов, выступлений, статей, публикаций в СМИ, поздравлений и приветственныхслов Председателя Президиума НАН Беларуси академика В.Г. Гусакова</t>
+  </si>
+  <si>
+    <t>Vysshaia stepen'... : sbornik dokladov, vystuplenii, statei, publikatsii v SMI, pozdravlenii i privetstvennykhslov Predsedatelia Prezidiuma NAN Belarusi akademika V.G. Gusakova</t>
+  </si>
+  <si>
+    <t>Gusakov, Vladimir Grigor'evich</t>
+  </si>
+  <si>
+    <t>9789850832603</t>
+  </si>
+  <si>
+    <t>1420251BO</t>
+  </si>
+  <si>
+    <t>Dictionaries / Encyclopedias / Reference Works; General Science</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/807732</t>
+  </si>
+  <si>
+    <t>Достоевский в исследовательской мысли XXI века : сборник научных трудов</t>
+  </si>
+  <si>
+    <t>Dostoevskii v issledovatel'skoi mysli XXI veka : sbornik nauchnykh trudov</t>
+  </si>
+  <si>
+    <t>Morozova, Inessa Ivanovna</t>
+  </si>
+  <si>
+    <t>9789850832788</t>
+  </si>
+  <si>
+    <t>1420252BO</t>
+  </si>
+  <si>
+    <t>Literary Criticism; Philosophy / Psychology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/807754</t>
+  </si>
+  <si>
+    <t>Промышленная политика Китая : стратегия и партнерство с Беларусью в технологическом развитии</t>
+  </si>
+  <si>
+    <t>Promyshlennaia politika Kitaia : strategiia i partnerstvo s Belarus'iu v tekhnologicheskom razvitii</t>
+  </si>
+  <si>
+    <t>Gurskii, V. L.</t>
+  </si>
+  <si>
+    <t>9789850832849</t>
+  </si>
+  <si>
+    <t>1420253BO</t>
+  </si>
+  <si>
+    <t>Economics / Business / Commerce</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/807710</t>
+  </si>
+  <si>
+    <t>За мужество и стойкость : населенные пункты Беларуси, награжденные вымпелом "За мужество и стойкость в годы Великой Отечественной войны"</t>
+  </si>
+  <si>
+    <t>Za muzhestvo i stoikost' : naselennye punkty Belarusi, nagrazhdennye vympelom "Za muzhestvo i stoikost' v gody Velikoi Otechestvennoi voiny"</t>
+  </si>
+  <si>
+    <t>Kovalenia, Aleksandr Aleksandrovich</t>
+  </si>
+  <si>
+    <t>9789850833013</t>
+  </si>
+  <si>
+    <t>1420254BO</t>
+  </si>
+  <si>
+    <t>Dictionaries / Encyclopedias / Reference Works; History, 20th-21st Centuries; Military and Naval</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/807733</t>
+  </si>
+  <si>
+    <t>Я и Другой : концепция позитивной онтологии в феноменологии языка</t>
+  </si>
+  <si>
+    <t>IA i Drugoi : kontseptsiia pozitivnoi ontologii v fenomenologii iazyka</t>
+  </si>
+  <si>
+    <t>Zhuk, Ekaterina Ivanovna</t>
+  </si>
+  <si>
+    <t>9789850832948</t>
+  </si>
+  <si>
+    <t>1420255BO</t>
+  </si>
+  <si>
+    <t>Philosophy / Psychology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/807714</t>
+  </si>
+  <si>
+    <t>Архитектура белорусского села--от сельских поселений до агрогородков</t>
+  </si>
+  <si>
+    <t>Arkhitektura belorusskogo sela--ot sel'skikh poselenii do agrogorodkov</t>
+  </si>
+  <si>
+    <t>9789850832900</t>
+  </si>
+  <si>
+    <t>1420256BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/807711</t>
+  </si>
+  <si>
+    <t>04/29/2025</t>
+  </si>
+  <si>
+    <t>Яркие представители дикой природы Беларуси</t>
+  </si>
+  <si>
+    <t>IArkie predstaviteli dikoi prirody Belarusi</t>
+  </si>
+  <si>
+    <t>Chaikovskii, Aleksandr Ivanovich</t>
+  </si>
+  <si>
+    <t>Latin, Russian</t>
+  </si>
+  <si>
+    <t>9789850832290</t>
+  </si>
+  <si>
+    <t>1414444BO</t>
+  </si>
+  <si>
+    <t>Biology / Zoology; Dictionaries / Encyclopedias / Reference Works</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/734550</t>
+  </si>
+  <si>
+    <t>Беларуская мова ад А да Я</t>
+  </si>
+  <si>
+    <t>Belaruskaia mova ad A da IA</t>
+  </si>
+  <si>
+    <t>Kapylou, har Liavonavich</t>
+  </si>
+  <si>
+    <t>9789850832283</t>
+  </si>
+  <si>
+    <t>1414445BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/734566</t>
+  </si>
+  <si>
+    <t>Кириллические издания XVII века : из коллекции Центральной научной библиотеки имени Якуба Коласа Национальной академии наук Беларуси : каталог : выпуск 5 : 1648-1654 гг.</t>
+  </si>
+  <si>
+    <t>Kirillicheskie izdaniia XVII veka : iz kollektsii TSentral'noi nauchnoi biblioteki imeni IAkuba Kolasa Natsional'noi akademii nauk Belarusi : katalog : vypusk 5 : 1648-1654 gg.</t>
+  </si>
+  <si>
+    <t>Titovets, Elena Iosifovna</t>
+  </si>
+  <si>
+    <t>9789850832122</t>
+  </si>
+  <si>
+    <t>1414447BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/734546</t>
+  </si>
+  <si>
+    <t>Институт президентской власти--укрепление белорусской государственности и национальной безопасности : материалы круглого стола, посвященного 30-летию института президентства в Республике Беларусь (Минск, 18 июля 2024 г.)</t>
+  </si>
+  <si>
+    <t>Institut prezidentskoi vlasti--ukreplenie belorusskoi gosudarstvennosti i natsional'noi bezopasnosti : materialy kruglogo stola, posviashchennogo 30-letiiu instituta prezidentstva v Respublike Belarus' (Minsk, 18 iiulia 2024 g.)</t>
+  </si>
+  <si>
+    <t>9789850832498</t>
+  </si>
+  <si>
+    <t>1414448BO</t>
+  </si>
+  <si>
+    <t>History, 20th-21st Centuries; Law; Politics; Sociology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/734552</t>
+  </si>
+  <si>
+    <t>Феноменология мифа и религии и тенденции развития современного религиоведения : сборник научных трудов</t>
+  </si>
+  <si>
+    <t>Fenomenologiia mifa i religii i tendentsii razvitiia sovremennogo religiovedeniia : sbornik nauchnykh trudov</t>
+  </si>
+  <si>
+    <t>Nikonovich, Natal'ia Anatol'evna</t>
+  </si>
+  <si>
+    <t>9789850832429</t>
+  </si>
+  <si>
+    <t>1414449BO</t>
+  </si>
+  <si>
+    <t>Philosophy / Psychology; Religion</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/734549</t>
+  </si>
+  <si>
+    <t>Вадзіца--царыца, усяму свету памачніца : беларускія замовы з пераказам на рускую і перакладам на англійскую мову : Ілюстраванае выданне з гукавым дадаткам</t>
+  </si>
+  <si>
+    <t>Vadzitsa--tsarytsa, usiamu svetu pamachnitsa : belaruskiia zamovy z perakazam na ruskuiu i perakladam na anhliiskuiu movu : Iliustravanae vydanne z hukavym dadatkam</t>
+  </si>
+  <si>
+    <t>9789850832146</t>
+  </si>
+  <si>
+    <t>1414450BO</t>
+  </si>
+  <si>
+    <t>Dictionaries / Encyclopedias / Reference Works; Ethnic Studies / Ethnology; Folklore / Mythology; Philology / Linguistics</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/734567</t>
+  </si>
+  <si>
+    <t>Социолог С.А. Шавель : пути к тайнам бытия</t>
+  </si>
+  <si>
+    <t>Sotsiolog S.A. Shavel' : puti k tainam bytiia</t>
+  </si>
+  <si>
+    <t>Danilov, Aleksandr Nikolaevich</t>
+  </si>
+  <si>
+    <t>9789850832375</t>
+  </si>
+  <si>
+    <t>1414451BO</t>
+  </si>
+  <si>
+    <t>Biography / Memoirs; Sociology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/734547</t>
+  </si>
+  <si>
+    <t>Гістарычна-этымалагічны слоўнік іншамоўнай лексікі ў старабеларускай мове</t>
+  </si>
+  <si>
+    <t>Histarychna-etymalahichny slounik inshamounai leksiki u starabelaruskai move</t>
+  </si>
+  <si>
+    <t>Bulyka, Aliaksandr Mikalaevich</t>
+  </si>
+  <si>
+    <t>9789850832405</t>
+  </si>
+  <si>
+    <t>1414452BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/734553</t>
+  </si>
+  <si>
+    <t>Инвестиционная политика в интересах устойчивого научно-технологического и инновационного развития : методология, теория, практика</t>
+  </si>
+  <si>
+    <t>Investitsionnaia politika v interesakh ustoichivogo nauchno-tekhnologicheskogo i innovatsionnogo razvitiia : metodologiia, teoriia, praktika</t>
+  </si>
+  <si>
+    <t>Mukha, Denis Viktorovich</t>
+  </si>
+  <si>
+    <t>9789850832689</t>
+  </si>
+  <si>
+    <t>1414453BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/734586</t>
+  </si>
+  <si>
+    <t>Малые мученики войны</t>
+  </si>
+  <si>
+    <t>Malye mucheniki voiny</t>
+  </si>
+  <si>
+    <t>Emel'ianov, Leonid Grigor'evich</t>
+  </si>
+  <si>
+    <t>9789850832610</t>
+  </si>
+  <si>
+    <t>1414454BO</t>
+  </si>
+  <si>
+    <t>Biography / Memoirs; Children / Youth - About; History, 20th-21st Centuries; Military and Naval</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/734548</t>
+  </si>
+  <si>
+    <t>Библиотека Радзивиллов Несвижской ординации : каталог изданий из фондов Центральной научной библиотеки им. Якуба Коласа Национальной академии наук Беларуси : XVIII век : в 4 книгах : книга 3 (1771-1785) : доописание = Library of the Radziwills' of Nesvizh Ordynation : Catalogue of Publications from the Stock of the Yakub Kolas Central Science Library of the National Academy of Sciences of Belarus : XVIII Century : in 4 Books : Book 3 (1771-1785) : Additional Description</t>
+  </si>
+  <si>
+    <t>Biblioteka Radzivillov Nesvizhskoi ordinatsii : katalog izdanii iz fondov TSentral'noi nauchnoi biblioteki im. IAkuba Kolasa Natsional'noi akademii nauk Belarusi : XVIII vek : v 4 knigakh : kniga 3 (1771-1785) : doopisanie = Library of the Radziwills' of Nesvizh Ordynation : Catalogue of Publications from the Stock of the Yakub Kolas Central Science Library of the National Academy of Sciences of Belarus : XVIII Century : in 4 Books : Book 3 (1771-1785) : Additional Description</t>
+  </si>
+  <si>
+    <t>9789850832382</t>
+  </si>
+  <si>
+    <t>1414455BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/734551</t>
+  </si>
+  <si>
+    <t>Академия наук в годы становления и военных испытаний (1929-1944)</t>
+  </si>
+  <si>
+    <t>Akademiia nauk v gody stanovleniia i voennykh ispytanii (1929-1944)</t>
+  </si>
+  <si>
+    <t>Gusakov, V. G.</t>
+  </si>
+  <si>
+    <t>9789850832597</t>
+  </si>
+  <si>
+    <t>1414456BO</t>
+  </si>
+  <si>
+    <t>General Science; History, 20th-21st Centuries</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/734587</t>
+  </si>
+  <si>
+    <t>12/24/2024</t>
+  </si>
+  <si>
+    <t>Белорусское музыкальное искусство современности : композиторское творчество и концертное исполнительство (1980-2020-е годы)</t>
+  </si>
+  <si>
+    <t>Belorusskoe muzykal'noe iskusstvo sovremennosti : kompozitorskoe tvorchestvo i kontsertnoe ispolnitel'stvo (1980-2020-e gody)</t>
+  </si>
+  <si>
+    <t>Mdivani, Tat'iana Gerasimovna</t>
+  </si>
+  <si>
+    <t>9789850831576</t>
+  </si>
+  <si>
+    <t>1406978BO</t>
+  </si>
+  <si>
+    <t>Performing Arts / Music / Cinema</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/648486</t>
+  </si>
+  <si>
+    <t>Эпоха академика В.С. Степина</t>
+  </si>
+  <si>
+    <t>Epokha akademika V.S. Stepina</t>
+  </si>
+  <si>
+    <t>Danilov, A. N.</t>
+  </si>
+  <si>
+    <t>9780850831590</t>
+  </si>
+  <si>
+    <t>1406979BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/648427</t>
+  </si>
+  <si>
+    <t>Традыцыйны светагляд беларусаў : у 5 ілюстраваных кнігах = Традиционная картина мира белорусов : в 5 иллюстрированных книгах = Traditional Worldview of Belarusians : in 5 Illustrated Volumes</t>
+  </si>
+  <si>
+    <t>Tradytsyiny svetahliad belarusau : u 5 iliustravanykh knihakh = Traditsionnaia kartina mira belorusov : v 5 illiustrirovannykh knigakh = Traditional Worldview of Belarusians : in 5 Illustrated Volumes</t>
+  </si>
+  <si>
+    <t>Kniha 1 : kasmalohiia</t>
+  </si>
+  <si>
+    <t>9789850829726</t>
+  </si>
+  <si>
+    <t>1406980BO</t>
+  </si>
+  <si>
+    <t>Dictionaries / Encyclopedias / Reference Works; Ethnic Studies / Ethnology; Folklore / Mythology; Philosophy / Psychology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/648446</t>
+  </si>
+  <si>
+    <t>Kniha 2 : sfera sakral'naha : narodnaia tealohiia</t>
+  </si>
+  <si>
+    <t>9789850830593</t>
+  </si>
+  <si>
+    <t>1406981BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/648487</t>
+  </si>
+  <si>
+    <t>Kniha 3 : chalavek</t>
+  </si>
+  <si>
+    <t>9789850831279</t>
+  </si>
+  <si>
+    <t>1406982BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/648490</t>
+  </si>
+  <si>
+    <t>76-я пехотная дивизия русской армии в годы Первой мировой войны</t>
+  </si>
+  <si>
+    <t>76-ia pekhotnaia diviziia russkoi armii v gody Pervoi mirovoi voiny</t>
+  </si>
+  <si>
+    <t>Smol'ianinov, Mikhail Mitrofanovich</t>
+  </si>
+  <si>
+    <t>9789850831750</t>
+  </si>
+  <si>
+    <t>1406983BO</t>
+  </si>
+  <si>
+    <t>History, 20th-21st Centuries; Military and Naval</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/648488</t>
+  </si>
+  <si>
+    <t>Пісьмовая спадчына татараў Вялікага Княства Літоўскага і яе гісторыка-культурны кантэкст : зборнік навуковых прац</t>
+  </si>
+  <si>
+    <t>Pis'movaia spadchyna tatarau Vialikaha Kniastva Litouskaha i iae historyka-kul'turny kantekst : zbornik navukovykh prats</t>
+  </si>
+  <si>
+    <t>Synkova, Iryna Anatol'euna</t>
+  </si>
+  <si>
+    <t>Belarusian, Tatar</t>
+  </si>
+  <si>
+    <t>9789850831743</t>
+  </si>
+  <si>
+    <t>1406985BO</t>
+  </si>
+  <si>
+    <t>History, 19th Century and Earlier</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/648466</t>
+  </si>
+  <si>
+    <t>Государственность Беларуси : даты, факты, события</t>
+  </si>
+  <si>
+    <t>Gosudarstvennost' Belarusi : daty, fakty, sobytiia</t>
+  </si>
+  <si>
+    <t>9789850831903</t>
+  </si>
+  <si>
+    <t>1406986BO</t>
+  </si>
+  <si>
+    <t>Dictionaries / Encyclopedias / Reference Works; History, 20th-21st Centuries; Politics; Sociology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/648489</t>
+  </si>
+  <si>
+    <t>Святочны час : народныя звычаі і павер'і ў аповедах беларусаў</t>
+  </si>
+  <si>
+    <t>Sviatochny chas : narodnyia zvychai i paver'i u apovedakh belarusau</t>
+  </si>
+  <si>
+    <t>Kukharonak, Tatstsiana Ivanauna</t>
+  </si>
+  <si>
+    <t>9789850831989</t>
+  </si>
+  <si>
+    <t>1406987BO</t>
+  </si>
+  <si>
+    <t>Ethnic Studies / Ethnology; Folklore / Mythology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/648467</t>
+  </si>
+  <si>
+    <t>Лексічны атлас беларускіх народных гаворак : аналітычныя і даведачна-інфармацыйныя матэрыялы</t>
+  </si>
+  <si>
+    <t>Leksichny atlas belaruskikh narodnykh havorak : analitychnyia i davedachna-infarmatsyinyia materyialy</t>
+  </si>
+  <si>
+    <t>Kurtsova, Veranika Mikalaeuna</t>
+  </si>
+  <si>
+    <t>9789850831910</t>
+  </si>
+  <si>
+    <t>1406989BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/648491</t>
+  </si>
+  <si>
+    <t>Добрая прыказка як для мяшка прывязка : беларускія народныя прыказкі з рускімі і англійскімі адпаведнікамі : Ілюстраванае выданне</t>
+  </si>
+  <si>
+    <t>Dobraia prykazka iak dlia miashka pryviazka : belaruskiia narodnyia prykazki z ruskimi i anhliiskimi adpavednikami : Iliustravanae vydanne</t>
+  </si>
+  <si>
+    <t>Korsak, Vol'ha Uladzimirauna</t>
+  </si>
+  <si>
+    <t>9789850831934</t>
+  </si>
+  <si>
+    <t>1406993BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/648492</t>
+  </si>
+  <si>
+    <t>Адкуль праўда і крвўда : беларускія народныя легенды і былічкі</t>
+  </si>
+  <si>
+    <t>Adkul' prauda i krvuda : belaruskiia narodnyia lehendy i bylichki</t>
+  </si>
+  <si>
+    <t>Bohaneva, Alena Mikhailauna</t>
+  </si>
+  <si>
+    <t>9789850831477</t>
+  </si>
+  <si>
+    <t>1406994BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/648493</t>
+  </si>
+  <si>
+    <t>Уладальнікі старога Мсціслава : гістарычныя партрэты</t>
+  </si>
+  <si>
+    <t>Uladal'niki staroha Mstsislava : histarychnyia partrety</t>
+  </si>
+  <si>
+    <t>Miatsel'ski, Andrei Anatol'evich</t>
+  </si>
+  <si>
+    <t>9789850831965</t>
+  </si>
+  <si>
+    <t>1406995BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/648468</t>
+  </si>
+  <si>
+    <t>Лица во времени</t>
+  </si>
+  <si>
+    <t>Litsa vo vremeni</t>
+  </si>
+  <si>
+    <t>Martinovich, Aleksandr Andreevich</t>
+  </si>
+  <si>
+    <t>9789850831927</t>
+  </si>
+  <si>
+    <t>1406996BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/648426</t>
+  </si>
+  <si>
+    <t>07/19/2024</t>
+  </si>
+  <si>
+    <t>Цифровое сельское хозяйство Республики Беларусь</t>
+  </si>
+  <si>
+    <t>TSifrovoe sel'skoe khoziaistvo Respubliki Belarus'</t>
+  </si>
+  <si>
+    <t>9789850831392</t>
+  </si>
+  <si>
+    <t>1400110BO</t>
+  </si>
+  <si>
+    <t>Agriculture / Forestry / Fisheries; Economics / Business / Commerce</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/550651</t>
+  </si>
+  <si>
+    <t>Сокровищница Востока : китайские традиции в Беларуси</t>
+  </si>
+  <si>
+    <t>Sokrovishchnitsa Vostoka : kitaiskie traditsii v Belarusi</t>
+  </si>
+  <si>
+    <t>Gurko, Aleksandr Viktorovich</t>
+  </si>
+  <si>
+    <t>9789850831286</t>
+  </si>
+  <si>
+    <t>1400112BO</t>
+  </si>
+  <si>
+    <t>Ethnic Studies / Ethnology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/550652</t>
+  </si>
+  <si>
+    <t>Демографическое, социальное и экологическое развитие в Беларуси и мире</t>
+  </si>
+  <si>
+    <t>Demograficheskoe, sotsial'noe i ekologicheskoe razvitie v Belarusi i mire</t>
+  </si>
+  <si>
+    <t>9780850831378</t>
+  </si>
+  <si>
+    <t>1400113BO</t>
+  </si>
+  <si>
+    <t>Economics / Business / Commerce; Sociology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/550666</t>
+  </si>
+  <si>
+    <t>Национальная академия наук Беларуси : новое время : фотоальбом</t>
+  </si>
+  <si>
+    <t>Natsional'naia akademiia nauk Belarusi : novoe vremia : fotoal'bom</t>
+  </si>
+  <si>
+    <t>9789850831521</t>
+  </si>
+  <si>
+    <t>1400114BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/550667</t>
+  </si>
+  <si>
+    <t>Разведданные подтверждены боями... : очерки о военных разведчиках</t>
+  </si>
+  <si>
+    <t>Razveddannye podtverzhdeny boiami... : ocherki o voennykh razvedchikakh</t>
+  </si>
+  <si>
+    <t>Pavlov, Vladimir Platonovich</t>
+  </si>
+  <si>
+    <t>9789850831439</t>
+  </si>
+  <si>
+    <t>1400115BO</t>
+  </si>
+  <si>
+    <t>Biography / Memoirs; History, 20th-21st Centuries; Military and Naval</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/550649</t>
+  </si>
+  <si>
+    <t>Фронтовые кинодокументалисты--создатели кинолетописи освобождения Беларуси : биофильмографический справочник</t>
+  </si>
+  <si>
+    <t>Frontovye kinodokumentalisty--sozdateli kinoletopisi osvobozhdeniia Belarusi : biofil'mograficheskii spravochnik</t>
+  </si>
+  <si>
+    <t>Remishevskii, Konstantin Igorevich</t>
+  </si>
+  <si>
+    <t>9789850831446</t>
+  </si>
+  <si>
+    <t>1400117BO</t>
+  </si>
+  <si>
+    <t>Biography / Memoirs; Dictionaries / Encyclopedias / Reference Works; History, 20th-21st Centuries; Mass Media / Journalism; Performing Arts / Music / Cinema</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/550650</t>
+  </si>
+  <si>
+    <t>Развитие современного белорусского села : проблемы, тенденции, перспективы</t>
+  </si>
+  <si>
+    <t>Razvitie sovremennogo belorusskogo sela : problemy, tendentsii, perspektivy</t>
+  </si>
+  <si>
+    <t>Balich, Natal'ia Leonidovna</t>
+  </si>
+  <si>
+    <t>9789850831361</t>
+  </si>
+  <si>
+    <t>1400118BO</t>
+  </si>
+  <si>
+    <t>Agriculture / Forestry / Fisheries; History, 20th-21st Centuries; Sociology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/550646</t>
+  </si>
+  <si>
+    <t>Государственная политика в сфере истории : проблемы и перспективы сохранения исторической правды и памяти : материалы Республиканской научно-практической конференции : Минск, 14 сентября 2023 г.</t>
+  </si>
+  <si>
+    <t>Gosudarstvennaia politika v sfere istorii : problemy i perspektivy sokhraneniia istoricheskoi pravdy i pamiati : materialy Respublikanskoi nauchno-prakticheskoi konferentsii : Minsk, 14 sentiabria 2023 g.</t>
+  </si>
+  <si>
+    <t>Sergeenko, I. P.</t>
+  </si>
+  <si>
+    <t>9789850831569</t>
+  </si>
+  <si>
+    <t>1400119BO</t>
+  </si>
+  <si>
+    <t>History, 19th Century and Earlier; History, 20th-21st Centuries; Politics</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/550647</t>
+  </si>
+  <si>
+    <t>Муравинское межледниковье на территории Белорусского Полесья</t>
+  </si>
+  <si>
+    <t>Muravinskoe mezhlednikov'e na territorii Belorusskogo Poles'ia</t>
+  </si>
+  <si>
+    <t>Matveev, Aleksei Vasil'evich</t>
+  </si>
+  <si>
+    <t>9789850831637</t>
+  </si>
+  <si>
+    <t>1400121BO</t>
+  </si>
+  <si>
+    <t>Geography / Geology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/550648</t>
+  </si>
+  <si>
+    <t>Молдаване в Беларуси : этнокультурная идентичность и интеграция</t>
+  </si>
+  <si>
+    <t>Moldavane v Belarusi : etnokul'turnaia identichnost' i integratsiia</t>
+  </si>
+  <si>
+    <t>Kvilinkova, Elizaveta Nikolaevna</t>
+  </si>
+  <si>
+    <t>9789850831606</t>
+  </si>
+  <si>
+    <t>1400122BO</t>
+  </si>
+  <si>
+    <t>Ethnic Studies / Ethnology; Sociology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/550653</t>
+  </si>
+  <si>
+    <t>Академическая гуманитарная наука--успешному развитию белорусского общества 2021–2023 годы : научно-аналитический доклад</t>
+  </si>
+  <si>
+    <t>Akademicheskaia gumanitarnaia nauka--uspeshnomu razvitiiu belorusskogo obshchestva 2021–2023 gody : nauchno-analiticheskii doklad</t>
+  </si>
+  <si>
+    <t>9789850831613</t>
+  </si>
+  <si>
+    <t>1400125BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/550668</t>
+  </si>
+  <si>
+    <t>04/18/2024</t>
+  </si>
+  <si>
+    <t>(Не)забытая война : первая мировая война в документах, публицистике, воспоминаниях и исследованиях современников (1914–1941)</t>
+  </si>
+  <si>
+    <t>(Ne)zabytaia voina : pervaia mirovaia voina v dokumentakh, publitsistike, vospominaniiakh i issledovaniiakh sovremennikov (1914–1941)</t>
+  </si>
+  <si>
+    <t>Chikalova, Irina Romual'dovna</t>
+  </si>
+  <si>
+    <t>9789850830890</t>
+  </si>
+  <si>
+    <t>1395770BO</t>
+  </si>
+  <si>
+    <t>History, 20th-21st Centuries</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/527246</t>
+  </si>
+  <si>
+    <t>Дела, события, люди : собственное мнение</t>
+  </si>
+  <si>
+    <t>Dela, sobytiia, liudi : sobstvennoe mnenie</t>
+  </si>
+  <si>
+    <t>Miasnikovich, Mikhail Vladimirovich</t>
+  </si>
+  <si>
+    <t>9789850830913</t>
+  </si>
+  <si>
+    <t>1395774BO</t>
+  </si>
+  <si>
+    <t>Biography / Memoirs; Economics / Business / Commerce; History, 20th-21st Centuries; Politics</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/527266</t>
+  </si>
+  <si>
+    <t>Рождение легенды : Беларусь в IX-XV веках</t>
+  </si>
+  <si>
+    <t>Rozhdenie legendy : Belarus' v IX-XV vekakh</t>
+  </si>
+  <si>
+    <t>Saverchenko, Ivan Vasil'evich</t>
+  </si>
+  <si>
+    <t>9789850831125</t>
+  </si>
+  <si>
+    <t>1395776BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/527346</t>
+  </si>
+  <si>
+    <t>Новые форматы белорусско-китайского сотрудничества как фактор обеспечения национальной безопасности</t>
+  </si>
+  <si>
+    <t>Novye formaty belorussko-kitaiskogo sotrudnichestva kak faktor obespecheniia natsional'noi bezopasnosti</t>
+  </si>
+  <si>
+    <t>Vertinskaia, Tat'iana Sergeevna</t>
+  </si>
+  <si>
+    <t>9789850831071</t>
+  </si>
+  <si>
+    <t>1395777BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/527366</t>
+  </si>
+  <si>
+    <t>Социально-политические процессы и явления в современной Республике Беларусь</t>
+  </si>
+  <si>
+    <t>Sotsial'no-politicheskie protsessy i iavleniia v sovremennoi Respublike Belarus'</t>
+  </si>
+  <si>
+    <t>Babosov, Evgenii Mikhailovich</t>
+  </si>
+  <si>
+    <t>9789850831057</t>
+  </si>
+  <si>
+    <t>1395780BO</t>
+  </si>
+  <si>
+    <t>Politics; Sociology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/527226</t>
+  </si>
+  <si>
+    <t>Избранные труды по сопоставительному исследованию лексико-семантических систем близкородственных языков</t>
+  </si>
+  <si>
+    <t>Izbrannye trudy po sopostavitel'nomu issledovaniiu leksiko-semanticheskikh sistem blizkorodstvennykh iazykov</t>
+  </si>
+  <si>
+    <t>Vankevich, Oksana Gennad'evna</t>
+  </si>
+  <si>
+    <t>9789850831224</t>
+  </si>
+  <si>
+    <t>1395781BO</t>
+  </si>
+  <si>
+    <t>Philology / Linguistics</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/527206</t>
+  </si>
+  <si>
+    <t>Государственные премии и их стимулирующая функция в научно-технической деятельности (советский период)</t>
+  </si>
+  <si>
+    <t>Gosudarstvennye premii i ikh stimuliruiushchaia funktsiia v nauchno-tekhnicheskoi deiatel'nosti (sovetskii period)</t>
+  </si>
+  <si>
+    <t>Kozlov, Aleksandr Viacheslavovich</t>
+  </si>
+  <si>
+    <t>9789850831293</t>
+  </si>
+  <si>
+    <t>1395782BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/527386</t>
+  </si>
+  <si>
+    <t>Русский язык в современном билингвальном пространстве : сборник научных статей</t>
+  </si>
+  <si>
+    <t>Russkii iazyk v sovremennom bilingval'nom prostranstve : sbornik nauchnykh statei</t>
+  </si>
+  <si>
+    <t>Elyntseva, N. V.</t>
+  </si>
+  <si>
+    <t>9789850831231</t>
+  </si>
+  <si>
+    <t>1395785BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/527286</t>
+  </si>
+  <si>
+    <t>Сельские поселения Беларуси начала XVI-начала XX в. : историко-этнологическое исследование</t>
+  </si>
+  <si>
+    <t>Sel'skie poseleniia Belarusi nachala XVI-nachala XX v. : istoriko-etnologicheskoe issledovanie</t>
+  </si>
+  <si>
+    <t>Miliuchenkov, Sergei Alekseevich</t>
+  </si>
+  <si>
+    <t>9789850831170</t>
+  </si>
+  <si>
+    <t>1395786BO</t>
+  </si>
+  <si>
+    <t>Ethnic Studies / Ethnology; Fine Arts / Architecture / Photography</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/527306</t>
+  </si>
+  <si>
+    <t>Историческая память: Великая Победа, добытая единством : материалы Международной парламентской конференции : Минск, 14-15 июня 2022 г.</t>
+  </si>
+  <si>
+    <t>Istoricheskaia pamiat': Velikaia Pobeda, dobytaia edinstvom : materialy Mezhdunarodnoi parlamentskoi konferentsii : Minsk, 14-15 iiunia 2022 g.</t>
+  </si>
+  <si>
+    <t>Andreichenko, V. P.</t>
+  </si>
+  <si>
+    <t>9789850831163</t>
+  </si>
+  <si>
+    <t>1395787BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/527326</t>
+  </si>
+  <si>
+    <t>01/29/2024</t>
+  </si>
+  <si>
+    <t>Государственная финансовая поддержка субъектов малого предпринимательства в Республике Беларусь: совершенствование инструментов, оценка эффективности</t>
+  </si>
+  <si>
+    <t>Gosudarstvennaia finansovaia podderzhka sub"ektov malogo predprinimatel'stva v Respublike Belarus': sovershenstvovanie instrumentov, otsenka effektivnosti</t>
+  </si>
+  <si>
+    <t>Varaksa, Sergei Aleksandrovich</t>
+  </si>
+  <si>
+    <t>9789850830302</t>
+  </si>
+  <si>
+    <t>1390600BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/435289</t>
+  </si>
+  <si>
+    <t>Управление развитием человеческого капитала в аграрном секторе экономики Беларуси: методология и практика</t>
+  </si>
+  <si>
+    <t>Upravlenie razvitiem chelovecheskogo kapitala v agrarnom sektore ekonomiki Belarusi: metodologiia i praktika</t>
+  </si>
+  <si>
+    <t>Teterinets, Tat'iana Anatol'evna</t>
+  </si>
+  <si>
+    <t>9789850830180</t>
+  </si>
+  <si>
+    <t>1390601BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/435290</t>
+  </si>
+  <si>
+    <t>Кириллические издания XVII века : из коллекции Центральной научной библиотеки имени Якуба Коласа Национальной академии наук Беларуси : каталог</t>
+  </si>
+  <si>
+    <t>Kirillicheskie izdaniia XVII veka : iz kollektsii TSentral'noi nauchnoi biblioteki imeni IAkuba Kolasa Natsional'noi akademii nauk Belarusi : katalog</t>
+  </si>
+  <si>
+    <t>Vypusk 4 : 1644-1648 gg.</t>
+  </si>
+  <si>
+    <t>9789850830241</t>
+  </si>
+  <si>
+    <t>1390602BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/435291</t>
+  </si>
+  <si>
+    <t>Дополнительное образование как фактор повышения качества жизни</t>
+  </si>
+  <si>
+    <t>Dopolnitel'noe obrazovanie kak faktor povysheniia kachestva zhizni</t>
+  </si>
+  <si>
+    <t>9789850830340</t>
+  </si>
+  <si>
+    <t>1390603BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/435292</t>
+  </si>
+  <si>
+    <t>Рекомендации по ускоренному социально-экономическому развитию районов Республики Беларусь, пострадавших от аварии на ЧАЭС</t>
+  </si>
+  <si>
+    <t>Rekomendatsii po uskorennomu sotsial'no-ekonomicheskomu razvitiiu raionov Respubliki Belarus', postradavshikh ot avarii na ChAES</t>
+  </si>
+  <si>
+    <t>Gurskii, Vasilii Leonidovich</t>
+  </si>
+  <si>
+    <t>9789850830364</t>
+  </si>
+  <si>
+    <t>1390605BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/435293</t>
+  </si>
+  <si>
+    <t>Национальная академия наук Беларуси</t>
+  </si>
+  <si>
+    <t>Natsional'naia akademiia nauk Belarusi</t>
+  </si>
+  <si>
+    <t>9789850830555</t>
+  </si>
+  <si>
+    <t>1390606BO</t>
+  </si>
+  <si>
+    <t>Dictionaries / Encyclopedias / Reference Works; General Science; History, 20th-21st Centuries</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/435266</t>
+  </si>
+  <si>
+    <t>Научно-методические подходы и инструментальные средства для создания цифровых центров истории и культуры</t>
+  </si>
+  <si>
+    <t>Nauchno-metodicheskie podkhody i instrumental'nye sredstva dlia sozdaniia tsifrovykh tsentrov istorii i kul'tury</t>
+  </si>
+  <si>
+    <t>Gubich, Liliia Vasil'evna</t>
+  </si>
+  <si>
+    <t>9789850830388</t>
+  </si>
+  <si>
+    <t>1390607BO</t>
+  </si>
+  <si>
+    <t>History, 19th Century and Earlier; History, 20th-21st Centuries</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/435294</t>
+  </si>
+  <si>
+    <t>Уроки Купревича</t>
+  </si>
+  <si>
+    <t>Uroki Kuprevicha</t>
+  </si>
+  <si>
+    <t>Lipskii, Vladimir Stepanovich</t>
+  </si>
+  <si>
+    <t>9789850830548</t>
+  </si>
+  <si>
+    <t>1390608BO</t>
+  </si>
+  <si>
+    <t>Biography / Memoirs</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/435267</t>
+  </si>
+  <si>
+    <t>Древности Могилевского и Гомельского Поднепровья в I-V вв.</t>
+  </si>
+  <si>
+    <t>Drevnosti Mogilevskogo i Gomel'skogo Podneprov'ia v I-V vv.</t>
+  </si>
+  <si>
+    <t>Dubitskaia, Natal'ia Nikolaevna</t>
+  </si>
+  <si>
+    <t>9789850830494</t>
+  </si>
+  <si>
+    <t>1390609BO</t>
+  </si>
+  <si>
+    <t>Archaeology; History, 19th Century and Earlier</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/435306</t>
+  </si>
+  <si>
+    <t>Устойчивое развитие малых и средних городов Беларуси и русского Севера в условиях агломерационного эффекта</t>
+  </si>
+  <si>
+    <t>Ustoichivoe razvitie malykh i srednikh gorodov Belarusi i russkogo Severa v usloviiakh aglomeratsionnogo effekta</t>
+  </si>
+  <si>
+    <t>9789850830760</t>
+  </si>
+  <si>
+    <t>1390611BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/435295</t>
+  </si>
+  <si>
+    <t>Философско-методологические основания науки : от классики к высоким технологиям</t>
+  </si>
+  <si>
+    <t>Filosofsko-metodologicheskie osnovaniia nauki : ot klassiki k vysokim tekhnologiiam</t>
+  </si>
+  <si>
+    <t>9789850830678</t>
+  </si>
+  <si>
+    <t>1390613BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/435268</t>
+  </si>
+  <si>
+    <t>На шляху да Акадэміі навук : 1922-1928 = На пути к Академии наук : 1922-1928</t>
+  </si>
+  <si>
+    <t>Na shliakhu da Akademii navuk : 1922-1928 = Na puti k Akademii nauk : 1922-1928</t>
+  </si>
+  <si>
+    <t>Gleb, Marina Vladimirovna</t>
+  </si>
+  <si>
+    <t>9789850830524</t>
+  </si>
+  <si>
+    <t>1390614BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/435287</t>
+  </si>
+  <si>
+    <t>Музыкальная культура Гомеля конца XVIII-начала XXI века</t>
+  </si>
+  <si>
+    <t>Muzykal'naia kul'tura Gomelia kontsa XVIII-nachala XXI veka</t>
+  </si>
+  <si>
+    <t>9789850830692</t>
+  </si>
+  <si>
+    <t>1390615BO</t>
+  </si>
+  <si>
+    <t>History, 19th Century and Earlier; History, 20th-21st Centuries; Performing Arts / Music / Cinema</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/435307</t>
+  </si>
+  <si>
+    <t>Юровичская верхнепалеолитическая стоянка : реальность и мифы</t>
+  </si>
+  <si>
+    <t>IUrovichskaia verkhnepaleoliticheskaia stoianka : real'nost' i mify</t>
+  </si>
+  <si>
+    <t>Kalechits, Elena Gennad'evna</t>
+  </si>
+  <si>
+    <t>9789850830739</t>
+  </si>
+  <si>
+    <t>1390616BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/435288</t>
+  </si>
+  <si>
+    <t>Художественные коллекции князей Витгенштейнов в контексте европейского искусства XIX в. : в 2 томах</t>
+  </si>
+  <si>
+    <t>Khudozhestvennye kollektsii kniazei Vitgenshteinov v kontekste evropeiskogo iskusstva XIX v. : v 2 tomakh</t>
+  </si>
+  <si>
+    <t>Tom 1. Zhivopis'</t>
+  </si>
+  <si>
+    <t>9780850830791</t>
+  </si>
+  <si>
+    <t>1390617BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/435286</t>
+  </si>
+  <si>
+    <t>08/31/2023</t>
+  </si>
+  <si>
+    <t>Беларусь в современном социально-культурном пространстве : проблемы, вызовы, перспективы</t>
+  </si>
+  <si>
+    <t>Belarus' v sovremennom sotsial'no-kul'turnom prostranstve : problemy, vyzovy, perspektivy</t>
+  </si>
+  <si>
+    <t>Levko, Anatolii Ignat'evich</t>
+  </si>
+  <si>
+    <t>9789850829542</t>
+  </si>
+  <si>
+    <t>1380166BO</t>
+  </si>
+  <si>
+    <t>Philosophy / Psychology; Sociology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/382906</t>
+  </si>
+  <si>
+    <t>Академик В.Г. Гусаков : наука--моя судьба : к 70-летию</t>
+  </si>
+  <si>
+    <t>Akademik V.G. Gusakov : nauka--moia sud'ba : k 70-letiiu</t>
+  </si>
+  <si>
+    <t>9789850829559</t>
+  </si>
+  <si>
+    <t>1380167BO</t>
+  </si>
+  <si>
+    <t>Biography / Memoirs; General Science</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/382907</t>
+  </si>
+  <si>
+    <t>Библиотека Радзивиллов Несвижской ординации : каталог изданий из фондов Центральной научной библиотеки имени Якуба Коласа Национальной академии наук Беларуси : XVIII век : в 4 книгах : доописание = Library of the Radziwills' of Nesvizh Ordynation : Catalogue of Publications from the Stock of the Yakub Kolas Central Science Library of the National Academy of Sciences of Belarus : XVIII Centrury : in 4 books : Additional Discription</t>
+  </si>
+  <si>
+    <t>Biblioteka Radzivillov Nesvizhskoi ordinatsii : katalog izdanii iz fondov TSentral'noi nauchnoi biblioteki imeni IAkuba Kolasa Natsional'noi akademii nauk Belarusi : XVIII vek : v 4 knigakh : doopisanie = Library of the Radziwills' of Nesvizh Ordynation : Catalogue of Publications from the Stock of the Yakub Kolas Central Science Library of the National Academy of Sciences of Belarus : XVIII Centrury : in 4 books : Additional Discription</t>
+  </si>
+  <si>
+    <t>Kniga 1 (1701-1750)</t>
+  </si>
+  <si>
+    <t>Stefanovich, Aleksandr Viktorovich</t>
+  </si>
+  <si>
+    <t>9789850829658</t>
+  </si>
+  <si>
+    <t>1380168BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/382908</t>
+  </si>
+  <si>
+    <t>Гагаузы в Молдове и Беларуси : грани идентичности и стратегия самосохранения</t>
+  </si>
+  <si>
+    <t>Gagauzy v Moldove i Belarusi : grani identichnosti i strategiia samosokhraneniia</t>
+  </si>
+  <si>
+    <t>9789850829580</t>
+  </si>
+  <si>
+    <t>1380169BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/382909</t>
+  </si>
+  <si>
+    <t>Искусство архитектуры информационной эпохи</t>
+  </si>
+  <si>
+    <t>Iskusstvo arkhitektury informatsionnoi epokhi</t>
+  </si>
+  <si>
+    <t>Shamruk, Alla Sergeevna</t>
+  </si>
+  <si>
+    <t>9789850829573</t>
+  </si>
+  <si>
+    <t>1380170BO</t>
+  </si>
+  <si>
+    <t>Fine Arts / Architecture / Photography; History, 20th-21st Centuries</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/382910</t>
+  </si>
+  <si>
+    <t>История формирования и современный облик белорусского села</t>
+  </si>
+  <si>
+    <t>Istoriia formirovaniia i sovremennyi oblik belorusskogo sela</t>
+  </si>
+  <si>
+    <t>9789850829740</t>
+  </si>
+  <si>
+    <t>1380171BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/382911</t>
+  </si>
+  <si>
+    <t>Новейшая архитектура в условиях цифровой эпохи</t>
+  </si>
+  <si>
+    <t>Noveishaia arkhitektura v usloviiakh tsifrovoi epokhi</t>
+  </si>
+  <si>
+    <t>Salman, Osama Ali</t>
+  </si>
+  <si>
+    <t>9789850829764</t>
+  </si>
+  <si>
+    <t>1380172BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/382912</t>
+  </si>
+  <si>
+    <t>Этнокультурные процессы Белорусского Поднепровья (Могилевщины) в прошлом и настоящем</t>
+  </si>
+  <si>
+    <t>Etnokul'turnye protsessy Belorusskogo Podneprov'ia (Mogilevshchiny) v proshlom i nastoiashchem</t>
+  </si>
+  <si>
+    <t>Gurko, Aleksandra Vladimirovna</t>
+  </si>
+  <si>
+    <t>9789850829788</t>
+  </si>
+  <si>
+    <t>1380173BO</t>
+  </si>
+  <si>
+    <t>Ethnic Studies / Ethnology; Geography / Geology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/382913</t>
+  </si>
+  <si>
+    <t>Праздничные традиции евреев Беларуси во второй половине XX--начале XXI века</t>
+  </si>
+  <si>
+    <t>Prazdnichnye traditsii evreev Belarusi vo vtoroi polovine XX--nachale XXI veka</t>
+  </si>
+  <si>
+    <t>Meshkov, Roman Valer'ianovich</t>
+  </si>
+  <si>
+    <t>9789850830050</t>
+  </si>
+  <si>
+    <t>1380174BO</t>
+  </si>
+  <si>
+    <t>Ethnic Studies / Ethnology; Jewish Studies; Religion</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/382914</t>
+  </si>
+  <si>
+    <t>Академики : о себе, науке, обществе</t>
+  </si>
+  <si>
+    <t>Akademiki : o sebe, nauke, obshchestve</t>
+  </si>
+  <si>
+    <t>Levkovich, Vasilii Ivanovich</t>
+  </si>
+  <si>
+    <t>9789850830081</t>
+  </si>
+  <si>
+    <t>1380175BO</t>
+  </si>
+  <si>
+    <t>Biography / Memoirs; History, 20th-21st Centuries</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/382915</t>
+  </si>
+  <si>
+    <t>Образование на перекрестке культур и цивилизаций : опыт философского осмысления : к 75-летию</t>
+  </si>
+  <si>
+    <t>Obrazovanie na perekrestke kul'tur i tsivilizatsii : opyt filosofskogo osmysleniia : k 75-letiiu</t>
+  </si>
+  <si>
+    <t>9789850830005</t>
+  </si>
+  <si>
+    <t>1380176BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/382916</t>
+  </si>
+  <si>
+    <t>На переломе эпох : выбор стратегии созидания будущего</t>
+  </si>
+  <si>
+    <t>Na perelome epokh : vybor strategii sozidaniia budushchego</t>
+  </si>
+  <si>
+    <t>Vodop'ianov, Pavel Aleksandrovich</t>
+  </si>
+  <si>
+    <t>9789850830166</t>
+  </si>
+  <si>
+    <t>1380177BO</t>
+  </si>
+  <si>
+    <t>Ecology / Environment; Philosophy / Psychology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/382917</t>
+  </si>
+  <si>
+    <t>01/25/2023</t>
+  </si>
+  <si>
+    <t>История развития дружественных отношений Беларуси и Китая</t>
+  </si>
+  <si>
+    <t>Istoriia razvitiia druzhestvennykh otnoshenii Belarusi i Kitaia</t>
+  </si>
+  <si>
+    <t>9789850829252</t>
+  </si>
+  <si>
+    <t>1369692BO</t>
+  </si>
+  <si>
+    <t>History, 20th-21st Centuries; Politics</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/337566</t>
+  </si>
+  <si>
+    <t>Belaruskaia navuka (Firm), Tsentral'naia navukovaia bibliiateka imia IAkuba Kolasa</t>
+  </si>
+  <si>
+    <t>Vypusk 3 : 1638-1644 gg.</t>
+  </si>
+  <si>
+    <t>9789850829184</t>
+  </si>
+  <si>
+    <t>1369693BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/337586</t>
+  </si>
+  <si>
+    <t>Instytut ekanomiki (Natsyianal'naia akademiia navuk Belarusi), Belaruskaia navuka (Firm)</t>
+  </si>
+  <si>
+    <t>Стратегические направления развития евразийской экономической интеграции в контексте глобальных вызовов</t>
+  </si>
+  <si>
+    <t>Strategicheskie napravleniia razvitiia evraziiskoi ekonomicheskoi integratsii v kontekste global'nykh vyzovov</t>
+  </si>
+  <si>
+    <t>9789850829207</t>
+  </si>
+  <si>
+    <t>1369694BO</t>
+  </si>
+  <si>
+    <t>Economics / Business / Commerce; Politics</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/337606</t>
+  </si>
+  <si>
+    <t>Белорусско-китайское торгово--экономическое сотрудничество в аспекте обеспечения национальной экономической безопасности</t>
+  </si>
+  <si>
+    <t>Belorussko-kitaiskoe torgovo--ekonomicheskoe sotrudnichestvo v aspekte obespecheniia natsional'noi ekonomicheskoi bezopasnosti</t>
+  </si>
+  <si>
+    <t>9789850829283</t>
+  </si>
+  <si>
+    <t>1369695BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/337626</t>
+  </si>
+  <si>
+    <t>Зарубежный опыт и перспективы правового обеспечения формирования и развития искусственного интеллекта в Республике Беларусь</t>
+  </si>
+  <si>
+    <t>Zarubezhnyi opyt i perspektivy pravovogo obespecheniia formirovaniia i razvitiia iskusstvennogo intellekta v Respublike Belarus'</t>
+  </si>
+  <si>
+    <t>Min'ko, Natal'ia Sergeevna</t>
+  </si>
+  <si>
+    <t>9789850829436</t>
+  </si>
+  <si>
+    <t>1369696BO</t>
+  </si>
+  <si>
+    <t>Law</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/337627</t>
+  </si>
+  <si>
+    <t>Так было : + личное</t>
+  </si>
+  <si>
+    <t>Tak bylo : + lichnoe</t>
+  </si>
+  <si>
+    <t>9789850829191</t>
+  </si>
+  <si>
+    <t>1369697BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/337607</t>
+  </si>
+  <si>
+    <t>10/31/2022</t>
+  </si>
+  <si>
+    <t>Наука : ученые : от рычага Архимеда до Большого адронного коллайдера</t>
+  </si>
+  <si>
+    <t>Nauka : uchenye : ot rychaga Arkhimeda do Bol'shogo adronnogo kollaidera</t>
+  </si>
+  <si>
+    <t>Kurochkin, IU. A.</t>
+  </si>
+  <si>
+    <t>9789850828309</t>
+  </si>
+  <si>
+    <t>1364292BO</t>
+  </si>
+  <si>
+    <t>General Science</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/329966</t>
+  </si>
+  <si>
+    <t>Беларусь и Китай : общие страницы военной истории (1921--1960 гг.)</t>
+  </si>
+  <si>
+    <t>Belarus' i Kitai : obshchie stranitsy voennoi istorii (1921--1960 gg.)</t>
+  </si>
+  <si>
+    <t>Voronkova, Irina IUr'evna</t>
+  </si>
+  <si>
+    <t>9789850828378</t>
+  </si>
+  <si>
+    <t>1364294BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/329967</t>
+  </si>
+  <si>
+    <t>Библиотека Радзивиллов Несвижской ординации : каталог изданий из фондов Центральной научной библиотеки имени Якуба Коласа Национальной академии наук Беларуси : XVI-XVII века (доописание) = Library of the Radziwills' of Nesvizh Ordynation : Catalogue of Publications from the Stock of the Yakub Kolas Central Science Library of the National Academy of Sciences of Belarus : XVI-XVII Centrurys (Additional Discription)</t>
+  </si>
+  <si>
+    <t>Biblioteka Radzivillov Nesvizhskoi ordinatsii : katalog izdanii iz fondov TSentral'noi nauchnoi biblioteki imeni IAkuba Kolasa Natsional'noi akademii nauk Belarusi : XVI-XVII veka (doopisanie) = Library of the Radziwills' of Nesvizh Ordynation : Catalogue of Publications from the Stock of the Yakub Kolas Central Science Library of the National Academy of Sciences of Belarus : XVI-XVII Centrurys (Additional Discription)</t>
+  </si>
+  <si>
+    <t>9789850828415</t>
+  </si>
+  <si>
+    <t>1364297BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/329968</t>
+  </si>
+  <si>
+    <t>НАН Беларуси 2021 : потенциал для лидерства : сборник докладов, выступлений, статей, приветственных и вступительных слов Председателя Президиума НАН Беларуси академика В.Г. Гусакова</t>
+  </si>
+  <si>
+    <t>NAN Belarusi 2021 : potentsial dlia liderstva : sbornik dokladov, vystuplenii, statei, privetstvennykh i vstupitel'nykh slov Predsedatelia Prezidiuma NAN Belarusi akademika V.G. Gusakova</t>
+  </si>
+  <si>
+    <t>9789850828460</t>
+  </si>
+  <si>
+    <t>1364298BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/329986</t>
+  </si>
+  <si>
+    <t>"Врагу беспощадная лютая смерть!": кинолетопись и киножурнал "Савецкая Беларусь" огненных лет (ноябрь 1941--ноябрь 1945 года)</t>
+  </si>
+  <si>
+    <t>"Vragu besposhchadnaia liutaia smert'!": kinoletopis' i kinozhurnal "Savetskaia Belarus'" ognennykh let (noiabr' 1941--noiabr' 1945 goda)</t>
+  </si>
+  <si>
+    <t>9789850828903</t>
+  </si>
+  <si>
+    <t>1364300BO</t>
+  </si>
+  <si>
+    <t>History, 20th-21st Centuries; Mass Media / Journalism; Performing Arts / Music / Cinema</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/329987</t>
+  </si>
+  <si>
+    <t>Instytut satsyialohii (Natsyianal'naia akademiia navuk Belarusi), Belaruskaia navuka (Firm)</t>
+  </si>
+  <si>
+    <t>Социосферная стратегия развития общества</t>
+  </si>
+  <si>
+    <t>Sotsiosfernaia strategiia razvitiia obshchestva</t>
+  </si>
+  <si>
+    <t>Shavel', Sergei Aleksandrovich</t>
+  </si>
+  <si>
+    <t>9789850828545</t>
+  </si>
+  <si>
+    <t>1364301BO</t>
+  </si>
+  <si>
+    <t>History, 20th-21st Centuries; Sociology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/330006</t>
+  </si>
+  <si>
+    <t>Беларусь в пламени Первой мировой войны : сборник научных статей</t>
+  </si>
+  <si>
+    <t>Belarus' v plameni Pervoi mirovoi voiny : sbornik nauchnykh statei</t>
+  </si>
+  <si>
+    <t>9789850828729</t>
+  </si>
+  <si>
+    <t>1364303BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/330026</t>
+  </si>
+  <si>
+    <t>Белорусы в Китае</t>
+  </si>
+  <si>
+    <t>Belorusy v Kitae</t>
+  </si>
+  <si>
+    <t>Zubko, Dar'ia Gennad'evna</t>
+  </si>
+  <si>
+    <t>9789850828644</t>
+  </si>
+  <si>
+    <t>1364304BO</t>
+  </si>
+  <si>
+    <t>Biography / Memoirs; Ethnic Studies / Ethnology; Sociology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/330046</t>
+  </si>
+  <si>
+    <t>Instytut filasofii (Natsyianal'naia akademiia navuk Belarusi), Belaruskaia navuka (Firm)</t>
+  </si>
+  <si>
+    <t>Беларусь в условиях глобальной социодинамики : философский анализ</t>
+  </si>
+  <si>
+    <t>Belarus' v usloviiakh global'noi sotsiodinamiki : filosofskii analiz</t>
+  </si>
+  <si>
+    <t>Adulo, Tadeush Ivanovich</t>
+  </si>
+  <si>
+    <t>9789850828682</t>
+  </si>
+  <si>
+    <t>1364305BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/330047</t>
+  </si>
+  <si>
+    <t>Белорусская социально--экономическая модель : теория и практика</t>
+  </si>
+  <si>
+    <t>Belorusskaia sotsial'no--ekonomicheskaia model' : teoriia i praktika</t>
+  </si>
+  <si>
+    <t>9789850828675</t>
+  </si>
+  <si>
+    <t>1364308BO</t>
+  </si>
+  <si>
+    <t>Economics / Business / Commerce; Politics; Sociology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/330048</t>
+  </si>
+  <si>
+    <t>Социокультурные практики населения Беларуси в условиях цифровой трансформации</t>
+  </si>
+  <si>
+    <t>Sotsiokul'turnye praktiki naseleniia Belarusi v usloviiakh tsifrovoi transformatsii</t>
+  </si>
+  <si>
+    <t>Bezniuk, Dmitrii Konstantinovich</t>
+  </si>
+  <si>
+    <t>9789850828774</t>
+  </si>
+  <si>
+    <t>1364309BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/330066</t>
+  </si>
+  <si>
+    <t>Книги Петровской эпохи (издания гражданской печати 1708--1725 гг.) из фонда Центральной научной библиотеки имени Якуба Коласа Национальной академии наук Беларуси : каталог изданий с электронным приложением</t>
+  </si>
+  <si>
+    <t>Knigi Petrovskoi epokhi (izdaniia grazhdanskoi pechati 1708--1725 gg.) iz fonda TSentral'noi nauchnoi biblioteki imeni IAkuba Kolasa Natsional'noi akademii nauk Belarusi : katalog izdanii s elektronnym prilozheniem</t>
+  </si>
+  <si>
+    <t>9789850828859</t>
+  </si>
+  <si>
+    <t>1364310BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/330067</t>
+  </si>
+  <si>
+    <t>Экология творчества : становление гуманных ценностей и молодежи</t>
+  </si>
+  <si>
+    <t>Ekologiia tvorchestva : stanovlenie gumannykh tsennostei i molodezhi</t>
+  </si>
+  <si>
+    <t>Onuprienko, Sergei Petrovich</t>
+  </si>
+  <si>
+    <t>9789850828811</t>
+  </si>
+  <si>
+    <t>1364311BO</t>
+  </si>
+  <si>
+    <t>Sociology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/330086</t>
+  </si>
+  <si>
+    <t>Belaruskaia navuka (Firm), Natsyianal'naia akademiia navuk Belarusi. Tsentr dasledavanniau belaruskai kul'tury, movy i litaratury</t>
+  </si>
+  <si>
+    <t>Великая Отечественная война в белорусской музыке : память потомков</t>
+  </si>
+  <si>
+    <t>Velikaia Otechestvennaia voina v belorusskoi muzyke : pamiat' potomkov</t>
+  </si>
+  <si>
+    <t>Gorbushina, Irina Leonidovna</t>
+  </si>
+  <si>
+    <t>9789850828958</t>
+  </si>
+  <si>
+    <t>1364312BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/330087</t>
+  </si>
+  <si>
+    <t>Белорусская академическая наука : 100 лет</t>
+  </si>
+  <si>
+    <t>Belorusskaia akademicheskaia nauka : 100 let</t>
+  </si>
+  <si>
+    <t>9789850728965</t>
+  </si>
+  <si>
+    <t>1364314BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/330088</t>
+  </si>
+  <si>
+    <t>Стражи Отчизны : князья и магнаты белорусской земли</t>
+  </si>
+  <si>
+    <t>Strazhi Otchizny : kniaz'ia i magnaty belorusskoi zemli</t>
+  </si>
+  <si>
+    <t>9789850829108</t>
+  </si>
+  <si>
+    <t>1364315BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/330106</t>
+  </si>
+  <si>
+    <t>03/28/2022</t>
+  </si>
+  <si>
+    <t>Археологическое наследие Беларуси = Archaeological Heritage of Belarus</t>
+  </si>
+  <si>
+    <t>Arkheologicheskoe nasledie Belarusi = Archaeological Heritage of Belarus</t>
+  </si>
+  <si>
+    <t>Levko, Ol'ga Nikolaevna</t>
+  </si>
+  <si>
+    <t>9789850826589</t>
+  </si>
+  <si>
+    <t>1354683BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/296906</t>
+  </si>
+  <si>
+    <t>Беларусь на выставках XIX--начала XX в.</t>
+  </si>
+  <si>
+    <t>Belarus' na vystavkakh XIX--nachala XX v.</t>
+  </si>
+  <si>
+    <t>9789850828057</t>
+  </si>
+  <si>
+    <t>1354684BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/296926</t>
+  </si>
+  <si>
+    <t>Белорусы в Молдове и Молдова в белорусах</t>
+  </si>
+  <si>
+    <t>Belorusy v Moldove i Moldova v belorusakh</t>
+  </si>
+  <si>
+    <t>9789850826947</t>
+  </si>
+  <si>
+    <t>1354685BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/296907</t>
+  </si>
+  <si>
+    <t>"В музыке летящих ракет..." (космос в зеркале авангардной архитектуры) = "The music of rockets rushing into the sky..." (the cosmos in the mirror of avant-garde architecture)</t>
+  </si>
+  <si>
+    <t>"V muzyke letiashchikh raket..." (kosmos v zerkale avangardnoi arkhitektury) = "The music of rockets rushing into the sky..." (the cosmos in the mirror of avant-garde architecture)</t>
+  </si>
+  <si>
+    <t>9789850826893</t>
+  </si>
+  <si>
+    <t>1354686BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/296946</t>
+  </si>
+  <si>
+    <t>Концептуальные основы совершенствования правового обеспечения научной, научно-технической и инновационной деятельности в Республике Беларусь</t>
+  </si>
+  <si>
+    <t>Kontseptual'nye osnovy sovershenstvovaniia pravovogo obespecheniia nauchnoi, nauchno-tekhnicheskoi i innovatsionnoi deiatel'nosti v Respublike Belarus'</t>
+  </si>
+  <si>
+    <t>Bel'skii, Valerii Ivanovich</t>
+  </si>
+  <si>
+    <t>9789850825186</t>
+  </si>
+  <si>
+    <t>1354687BO</t>
+  </si>
+  <si>
+    <t>Economics / Business / Commerce; Industry (Manufacturing) and Technology; Law</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/296966</t>
+  </si>
+  <si>
+    <t>Наука 2018: ступени роста : сборник докладов, выступлений, научных статей, публикаций в СМИ, приветственных и вступительных слов Председателя Президиума Национальной академии наук Беларуси академика В.Г. Гусакова</t>
+  </si>
+  <si>
+    <t>Nauka 2018: stupeni rosta : sbornik dokladov, vystuplenii, nauchnykh statei, publikatsii v SMI, privetstvennykh i vstupitel'nykh slov Predsedatelia Prezidiuma Natsional'noi akademii nauk Belarusi akademika V.G. Gusakova</t>
+  </si>
+  <si>
+    <t>9789850824172</t>
+  </si>
+  <si>
+    <t>1354688BO</t>
+  </si>
+  <si>
+    <t>Economics / Business / Commerce; Industry (Manufacturing) and Technology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/296967</t>
+  </si>
+  <si>
+    <t>Национальная культура в контексте социокультурных трансформаций</t>
+  </si>
+  <si>
+    <t>Natsional'naia kul'tura v kontekste sotsiokul'turnykh transformatsii</t>
+  </si>
+  <si>
+    <t>Maksimovich, V. A.</t>
+  </si>
+  <si>
+    <t>9789850827593</t>
+  </si>
+  <si>
+    <t>1354689BO</t>
+  </si>
+  <si>
+    <t>Ethnic Studies / Ethnology; Philology / Linguistics; Philosophy / Psychology; Sociology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/296968</t>
+  </si>
+  <si>
+    <t>(Не)забытая война : Первая мировая война в документах, публицистике, воспоминаниях и исследованиях современников (1914-1941)</t>
+  </si>
+  <si>
+    <t>(Ne)zabytaia voina : Pervaia mirovaia voina v dokumentakh, publitsistike, vospominaniiakh i issledovaniiakh sovremennikov (1914-1941)</t>
+  </si>
+  <si>
+    <t>9789850828118</t>
+  </si>
+  <si>
+    <t>1354690BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/296969</t>
+  </si>
+  <si>
+    <t>08/17/2021</t>
+  </si>
+  <si>
+    <t>Научные исследования Беларуси в Антарктике = Scientific research of Belarus in the Antarctic</t>
+  </si>
+  <si>
+    <t>Nauchnye issledovaniia Belarusi v Antarktike = Scientific research of Belarus in the Antarctic</t>
+  </si>
+  <si>
+    <t>Logvinov, Vladimir Fedorovich</t>
+  </si>
+  <si>
+    <t>9789850827128</t>
+  </si>
+  <si>
+    <t>1342334BO</t>
+  </si>
+  <si>
+    <t>Biology / Zoology; Geography / Geology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/219506</t>
+  </si>
+  <si>
+    <t>2020 : новый виток развития НАН Беларуси : сборник докладов, выступлений, научных статей, публикаций в СМИ, приветственных и вступительных слов Председателя Президиума Национальной академии наук Беларуси академика В.Г. Гусакова</t>
+  </si>
+  <si>
+    <t>2020 : novyi vitok razvitiia NAN Belarusi : sbornik dokladov, vystuplenii, nauchnykh statei, publikatsii v SMI, privetstvennykh i vstupitel'nykh slov Predsedatelia Prezidiuma Natsional'noi akademii nauk Belarusi akademika V.G. Gusakova</t>
+  </si>
+  <si>
+    <t>9789850826985</t>
+  </si>
+  <si>
+    <t>1342335BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/219507</t>
+  </si>
+  <si>
+    <t>Демографический и трудовой потенциал сельской местности Республики Беларусь</t>
+  </si>
+  <si>
+    <t>Demograficheskii i trudovoi potentsial sel'skoi mestnosti Respubliki Belarus'</t>
+  </si>
+  <si>
+    <t>9789850827234</t>
+  </si>
+  <si>
+    <t>1342336BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/219526</t>
+  </si>
+  <si>
+    <t>Забыть не в силах...</t>
+  </si>
+  <si>
+    <t>Zabyt' ne v silakh...</t>
+  </si>
+  <si>
+    <t>9789850827210</t>
+  </si>
+  <si>
+    <t>1342337BO</t>
+  </si>
+  <si>
+    <t>Biography / Memoirs; History, 20th-21st Centuries; Literature</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/219546</t>
+  </si>
+  <si>
+    <t>Ехала столица в Могилев... : исторический очерк</t>
+  </si>
+  <si>
+    <t>Ekhala stolitsa v Mogilev... : istoricheskii ocherk</t>
+  </si>
+  <si>
+    <t>Alekseichik, IAkov IAkovlevich</t>
+  </si>
+  <si>
+    <t>9789850827227</t>
+  </si>
+  <si>
+    <t>1342338BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/219527</t>
+  </si>
+  <si>
+    <t>Художественная культура Радзивилловского Несвижа : XVIII-XXI вв.</t>
+  </si>
+  <si>
+    <t>Khudozhestvennaia kul'tura Radzivillovskogo Nesvizha : XVIII-XXI vv.</t>
+  </si>
+  <si>
+    <t>9789850827241</t>
+  </si>
+  <si>
+    <t>1342339BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/219566</t>
+  </si>
+  <si>
+    <t>Белорусско-литовские земли в 1772-1860 гг. : человек и общество</t>
+  </si>
+  <si>
+    <t>Belorussko-litovskie zemli v 1772-1860 gg. : chelovek i obshchestvo</t>
+  </si>
+  <si>
+    <t>Filatova, Elena Nikolaevna</t>
+  </si>
+  <si>
+    <t>9789850827388</t>
+  </si>
+  <si>
+    <t>1342340BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/219586</t>
+  </si>
+  <si>
+    <t>Практические вопросы евразийской экономической интеграции</t>
+  </si>
+  <si>
+    <t>Prakticheskie voprosy evraziiskoi ekonomicheskoi integratsii</t>
+  </si>
+  <si>
+    <t>9789850827555</t>
+  </si>
+  <si>
+    <t>1342341BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/219606</t>
+  </si>
+  <si>
+    <t>Социальный миф и повседневность в белорусской прозе советского периода</t>
+  </si>
+  <si>
+    <t>Sotsial'nyi mif i povsednevnost' v belorusskoi proze sovetskogo perioda</t>
+  </si>
+  <si>
+    <t>Ioskevich, Marina Mikhailovna</t>
+  </si>
+  <si>
+    <t>9789850827364</t>
+  </si>
+  <si>
+    <t>1342342BO</t>
+  </si>
+  <si>
+    <t>Literary Criticism</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/219587</t>
+  </si>
+  <si>
+    <t>04/26/2021</t>
+  </si>
+  <si>
+    <t>Библиотека Радзивиллов Несвижской ординации : каталог изданий из фондов Центральной научной библиотеки имени Якуба Коласа Национальной академии наук Беларуси : XX век: первая половина = Library of the Radziwills' of Nesvizh Ordynation : Catalogue of Publications from the Stock of the Yakub Kolas Central Science Library of the National Academy of Sciences of Belarus : XX century: the first half</t>
+  </si>
+  <si>
+    <t>Biblioteka Radzivillov Nesvizhskoi ordinatsii : katalog izdanii iz fondov TSentral'noi nauchnoi biblioteki imeni IAkuba Kolasa Natsional'noi akademii nauk Belarusi : XX vek: pervaia polovina = Library of the Radziwills' of Nesvizh Ordynation : Catalogue of Publications from the Stock of the Yakub Kolas Central Science Library of the National Academy of Sciences of Belarus : XX century: the first half</t>
+  </si>
+  <si>
+    <t>9789850826695</t>
+  </si>
+  <si>
+    <t>1335466BO</t>
+  </si>
+  <si>
+    <t>Library Science and Bibliography; History, 20th-21st Centuries</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/206526</t>
+  </si>
+  <si>
+    <t>Республика Беларусь--25 лет созидания и свершений</t>
+  </si>
+  <si>
+    <t>Respublika Belarus'--25 let sozidaniia i svershenii</t>
+  </si>
+  <si>
+    <t>Tom 1 : gosudarstvoobrazuiushchie protsessy; gosudarstvennoe stroitel'stvo (etapy stanovleniia); instituty vlasti i upravleniia; natsional'naia pravovaia sistema; konstitutsionnye prava i svobody grazhdan, garantii ikh obespecheniia; naselenie; gosu</t>
+  </si>
+  <si>
+    <t>9789850824691</t>
+  </si>
+  <si>
+    <t>1335467BO</t>
+  </si>
+  <si>
+    <t>Dictionaries / Encyclopedias / Reference Works; Ethnic Studies / Ethnology; Government / Elections; History, 20th-21st Centuries; Law; Politics</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/206546</t>
+  </si>
+  <si>
+    <t>Tom 2 : bezopasnost' grazhdan, obshchestva, gosudarstva : kontseptual'nye osnovy natsional'noi bezopasnosti, Vooruzhennye Sily Respubliki Belarus', Ministerstvo vnutrennikh del Respubliki Belarus', Komitet gosudarstvennoi bezopasnosti Respubliki Bel</t>
+  </si>
+  <si>
+    <t>9789850825179</t>
+  </si>
+  <si>
+    <t>1335468BO</t>
+  </si>
+  <si>
+    <t>Dictionaries / Encyclopedias / Reference Works; Ethnic Studies / Ethnology; Government / Elections; History, 20th-21st Centuries; Intelligence / Espionage; Law; Military and Naval; Politics</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/206566</t>
+  </si>
+  <si>
+    <t>Tom 3 : ekonomicheskoe razvitie : vybor puti razvitiia: predposylki formirovaniia belorusskoi ekonomicheskoi modeli, denezhno-kreditnaia politika, biudzhetno-nalogovoe regulirovanie, vneshneekonomicheskaia deiatel'nost', innovatsionnaia deiatel'nost</t>
+  </si>
+  <si>
+    <t>9789850825339</t>
+  </si>
+  <si>
+    <t>1335469BO</t>
+  </si>
+  <si>
+    <t>Dictionaries / Encyclopedias / Reference Works; Economics / Business / Commerce; Ethnic Studies / Ethnology; Government / Elections; History, 20th-21st Centuries; Intelligence / Espionage; Law; Military and Naval; Politics</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/206567</t>
+  </si>
+  <si>
+    <t>Tom 4 : agropromyshlennyi kompleks : arkhitektura i gradostroitel'stvo : Belarus' na mirovoi arene</t>
+  </si>
+  <si>
+    <t>9789850825346</t>
+  </si>
+  <si>
+    <t>1335470BO</t>
+  </si>
+  <si>
+    <t>Agriculture / Forestry / Fisheries; Dictionaries / Encyclopedias / Reference Works; Economics / Business / Commerce; Fine Arts / Architecture / Photography; History, 20th-21st Centuries; Politics</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/206586</t>
+  </si>
+  <si>
+    <t>Tom 5 : trudovoi potentsial i trudovaia deiatel'nost' : sotsial'naia zashchita naseleniia : zdravookhranenie : obrazovanie : fizicheskaia kul'tura i sport : informatsionnoe prostranstvo : obshchestvennye ob"edineniia i organizatsii : religioznaia si</t>
+  </si>
+  <si>
+    <t>9789850825353</t>
+  </si>
+  <si>
+    <t>1335471BO</t>
+  </si>
+  <si>
+    <t>Dictionaries / Encyclopedias / Reference Works; Education and Pedagogy; Fine Arts / Architecture / Photography; History, 20th-21st Centuries; Mass Media / Journalism; Medicine / Health; Religion</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/206606</t>
+  </si>
+  <si>
+    <t>Tom 6 : nauka : informatsionnoe obshchestvo</t>
+  </si>
+  <si>
+    <t>9789850825360</t>
+  </si>
+  <si>
+    <t>1335472BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/206607</t>
+  </si>
+  <si>
+    <t>Tom 7 : kul'tura : izobrazitel'noe i dekorativno-prikladnoe iskusstvo : teatr : ekrannye iskusstva : muzykal'noe iskusstvo : literatura : muzei : liubitel'skoe khudozhestvennoe tvorchestvo</t>
+  </si>
+  <si>
+    <t>9789850826213</t>
+  </si>
+  <si>
+    <t>1335473BO</t>
+  </si>
+  <si>
+    <t>Literary Criticism; Dictionaries / Encyclopedias / Reference Works; Fine Arts / Architecture / Photography; Folklore / Mythology; History, 20th-21st Centuries; Movies; Performing Arts / Music / Cinema</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/206626</t>
+  </si>
+  <si>
+    <t>Vypusk 2 : 1626-1638 gg.</t>
+  </si>
+  <si>
+    <t>9789850826305</t>
+  </si>
+  <si>
+    <t>1335474BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/206646</t>
+  </si>
+  <si>
+    <t>История белорусской государственности : в пяти томах</t>
+  </si>
+  <si>
+    <t>Istoriia belorusskoi gosudarstvennosti : v piati tomakh</t>
+  </si>
+  <si>
+    <t>Tom piatyi : natsional'naia gosudarstvennost' na perelome epokh (vtoraia polovina XX-nachalo XXI v.)</t>
+  </si>
+  <si>
+    <t>9789850826329</t>
+  </si>
+  <si>
+    <t>1335475BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/206647</t>
+  </si>
+  <si>
+    <t>Финансовая политика стимулирования экономического роста</t>
+  </si>
+  <si>
+    <t>Finansovaia politika stimulirovaniia ekonomicheskogo rosta</t>
+  </si>
+  <si>
+    <t>Luchenok, Aleksandr Ivanovich</t>
+  </si>
+  <si>
+    <t>9789850826374</t>
+  </si>
+  <si>
+    <t>1335476BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/206666</t>
+  </si>
+  <si>
+    <t>Интернационализация высшего образования : теория, практика, перспективы</t>
+  </si>
+  <si>
+    <t>Internatsionalizatsiia vysshego obrazovaniia : teoriia, praktika, perspektivy</t>
+  </si>
+  <si>
+    <t>Smoliakov, Dmitrii Anatol'evich</t>
+  </si>
+  <si>
+    <t>9789850826459</t>
+  </si>
+  <si>
+    <t>1335477BO</t>
+  </si>
+  <si>
+    <t>Education and Pedagogy</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/206686</t>
+  </si>
+  <si>
+    <t>Миссия выполнима--2 : перспективы изучения фольклора: взгляд из Беларуси и Эстонии</t>
+  </si>
+  <si>
+    <t>Missiia vypolnima--2 : perspektivy izucheniia fol'klora: vzgliad iz Belarusi i Estonii</t>
+  </si>
+  <si>
+    <t>Volodina, T.</t>
+  </si>
+  <si>
+    <t>9789850826558</t>
+  </si>
+  <si>
+    <t>1335478BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/206687</t>
+  </si>
+  <si>
+    <t>Опыт интеграции провинций Китайской Народной Республики в систему мировой экономики</t>
+  </si>
+  <si>
+    <t>Opyt integratsii provintsii Kitaiskoi Narodnoi Respubliki v sistemu mirovoi ekonomiki</t>
+  </si>
+  <si>
+    <t>9789850826657</t>
+  </si>
+  <si>
+    <t>1335479BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/206688</t>
+  </si>
+  <si>
+    <t>Мораль в транзитивном обществе: социально-философский подход</t>
+  </si>
+  <si>
+    <t>Moral' v tranzitivnom obshchestve: sotsial'no-filosofskii podkhod</t>
+  </si>
+  <si>
+    <t>Pavlovskaia, Ol'ga Aleksandrovna</t>
+  </si>
+  <si>
+    <t>9789850826701</t>
+  </si>
+  <si>
+    <t>1335480BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/206706</t>
+  </si>
+  <si>
+    <t>Неэкономические факторы устойчивого развития общества</t>
+  </si>
+  <si>
+    <t>Neekonomicheskie faktory ustoichivogo razvitiia obshchestva</t>
+  </si>
+  <si>
+    <t>9789850826718</t>
+  </si>
+  <si>
+    <t>1335481BO</t>
+  </si>
+  <si>
+    <t>General Science; Philosophy / Psychology; Sociology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/206726</t>
+  </si>
+  <si>
+    <t>Основные векторы внешней политики Литвы, Латвии и Эстонии в 1991-2014 гг.</t>
+  </si>
+  <si>
+    <t>Osnovnye vektory vneshnei politiki Litvy, Latvii i Estonii v 1991-2014 gg.</t>
+  </si>
+  <si>
+    <t>Volod'kin, Andrei Aleksandrovich</t>
+  </si>
+  <si>
+    <t>9789850826749</t>
+  </si>
+  <si>
+    <t>1335482BO</t>
+  </si>
+  <si>
+    <t>Foreign Policy / International Relations; History, 20th-21st Centuries; Military and Naval; Politics</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/206727</t>
+  </si>
+  <si>
+    <t>Жизнь и творческое наследие А. С. Дембовецкого : к 180-летию со дня рождения : материалы Международной научно-практической конференции : Могилев, 13 марта 2020 г.</t>
+  </si>
+  <si>
+    <t>Zhizn' i tvorcheskoe nasledie A. S. Dembovetskogo : k 180-letiiu so dnia rozhdeniia : materialy Mezhdunarodnoi nauchno-prakticheskoi konferentsii : Mogilev, 13 marta 2020 g.</t>
+  </si>
+  <si>
+    <t>Sheibak, Vadim Viktorovich</t>
+  </si>
+  <si>
+    <t>9789850826770</t>
+  </si>
+  <si>
+    <t>1335483BO</t>
+  </si>
+  <si>
+    <t>Biography / Memoirs; Ethnic Studies / Ethnology; History, 19th Century and Earlier; History, 20th-21st Centuries</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/206728</t>
+  </si>
+  <si>
+    <t>Социально-философские аспекты диалога христианской церкви и государства</t>
+  </si>
+  <si>
+    <t>Sotsial'no-filosofskie aspekty dialoga khristianskoi tserkvi i gosudarstva</t>
+  </si>
+  <si>
+    <t>Shchekin, Nikolai Sergeevich</t>
+  </si>
+  <si>
+    <t>9789850826787</t>
+  </si>
+  <si>
+    <t>1335484BO</t>
+  </si>
+  <si>
+    <t>Government / Elections; Philosophy / Psychology; Religion; Sociology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/206729</t>
+  </si>
+  <si>
+    <t>Наука и человекомерность окружающей реальности</t>
+  </si>
+  <si>
+    <t>Nauka i chelovekomernost' okruzhaiushchei real'nosti</t>
+  </si>
+  <si>
+    <t>9789850826886</t>
+  </si>
+  <si>
+    <t>1335485BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/206730</t>
+  </si>
+  <si>
+    <t>Institut etnologii i antropologii im. Miklukho-Maklaia, Instytut historyi (Natsyianal'naia akademiia navuk Belarusi), Belaruskaia navuka (Firm)</t>
+  </si>
+  <si>
+    <t>Антропологическая характеристика населения восточноевропейских городов XI-XIX веков</t>
+  </si>
+  <si>
+    <t>Antropologicheskaia kharakteristika naseleniia vostochnoevropeiskikh gorodov XI-XIX vekov</t>
+  </si>
+  <si>
+    <t>Salivon, Inessa Ivanovna</t>
+  </si>
+  <si>
+    <t>9789850826909</t>
+  </si>
+  <si>
+    <t>1335486BO</t>
+  </si>
+  <si>
+    <t>Ethnic Studies / Ethnology; History, 19th Century and Earlier</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/206731</t>
+  </si>
+  <si>
+    <t>Гендерный фактор в развитии современной Беларуси : сборник научных статей</t>
+  </si>
+  <si>
+    <t>Gendernyi faktor v razvitii sovremennoi Belarusi : sbornik nauchnykh statei</t>
+  </si>
+  <si>
+    <t>Novitskaia, T. E.</t>
+  </si>
+  <si>
+    <t>9789850826978</t>
+  </si>
+  <si>
+    <t>1335487BO</t>
+  </si>
+  <si>
+    <t>Women's Studies; Sociology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/206746</t>
+  </si>
+  <si>
+    <t>09/28/2020</t>
+  </si>
+  <si>
+    <t>Библиотека Радзивиллов Несвижской ординации : каталог изданий из фондов Центральной научной библиотеки имени Якуба Коласа Национальной академии наук Беларуси : XIX век: 1866-1900 : в 3 книгах = Library of the Radziwills' of Nesvizh Ordynation : Catalogue of Publications from the Stock of the Yakub Kolas Central Science Library of the National Academy of Sciences of Belarus : XIX century: 1866-1900 : in 3 books</t>
+  </si>
+  <si>
+    <t>Biblioteka Radzivillov Nesvizhskoi ordinatsii : katalog izdanii iz fondov TSentral'noi nauchnoi biblioteki imeni IAkuba Kolasa Natsional'noi akademii nauk Belarusi : XIX vek: 1866-1900 : v 3 knigakh = Library of the Radziwills' of Nesvizh Ordynation : Catalogue of Publications from the Stock of the Yakub Kolas Central Science Library of the National Academy of Sciences of Belarus : XIX century: 1866-1900 : in 3 books</t>
+  </si>
+  <si>
+    <t>Kniga 3 (P--Z)</t>
+  </si>
+  <si>
+    <t>9789850825322</t>
+  </si>
+  <si>
+    <t>1317635BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/155506</t>
+  </si>
+  <si>
+    <t>Актуальные направления противодействия коррупции в Республике Беларусь на современном этапе = Important Directions of Countering Corruption in the Republic of Belarus at the Present Stage</t>
+  </si>
+  <si>
+    <t>Aktual'nye napravleniia protivodeistviia korruptsii v Respublike Belarus' na sovremennom etape = Important Directions of Countering Corruption in the Republic of Belarus at the Present Stage</t>
+  </si>
+  <si>
+    <t>Vasilevich, Grigorii Alekseevich</t>
+  </si>
+  <si>
+    <t>9789850825582</t>
+  </si>
+  <si>
+    <t>1317636BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/155526</t>
+  </si>
+  <si>
+    <t>Теория и практика местного управления и самоуправления: состояние, проблемы и предложения</t>
+  </si>
+  <si>
+    <t>Teoriia i praktika mestnogo upravleniia i samoupravleniia: sostoianie, problemy i predlozheniia</t>
+  </si>
+  <si>
+    <t>9789850825391</t>
+  </si>
+  <si>
+    <t>1317637BO</t>
+  </si>
+  <si>
     <t>Politics</t>
   </si>
   <si>
-    <t>Literary Criticism</t>
-[...2 lines deleted...]
-    <t>Philosophy / Psychology</t>
+    <t>https://dlib.eastview.com/browse/book/155546</t>
+  </si>
+  <si>
+    <t>Этно-культурные процессы Западного Полесья (Брестчины) в прошлом и настоящем</t>
+  </si>
+  <si>
+    <t>Etno-kul'turnye protsessy Zapadnogo Poles'ia (Brestchiny) v proshlom i nastoiashchem</t>
+  </si>
+  <si>
+    <t>9789850825513</t>
+  </si>
+  <si>
+    <t>1317638BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/155547</t>
+  </si>
+  <si>
+    <t>Октябрьская революция в исторических судьбах белорусской государственности : сборник статей</t>
+  </si>
+  <si>
+    <t>Oktiabr'skaia revoliutsiia v istoricheskikh sud'bakh belorusskoi gosudarstvennosti : sbornik statei</t>
+  </si>
+  <si>
+    <t>9789850825445</t>
+  </si>
+  <si>
+    <t>1317639BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/155906</t>
+  </si>
+  <si>
+    <t>Обретение рая : сады и парки в белорусской и мировой архитектуре = Attainment of heaven : gardens and parks in Belarusian and world architecture</t>
+  </si>
+  <si>
+    <t>Obretenie raia : sady i parki v belorusskoi i mirovoi arkhitekture = Attainment of heaven : gardens and parks in Belarusian and world architecture</t>
+  </si>
+  <si>
+    <t>Sardarov, Armen Sergeevich</t>
+  </si>
+  <si>
+    <t>9789850825650</t>
+  </si>
+  <si>
+    <t>1317640BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/155566</t>
+  </si>
+  <si>
+    <t>Торгово-экономическое сотрудничество Беларуси и Китая в условиях усиления протекционизма в мировой экономике</t>
+  </si>
+  <si>
+    <t>Torgovo-ekonomicheskoe sotrudnichestvo Belarusi i Kitaia v usloviiakh usileniia protektsionizma v mirovoi ekonomike</t>
+  </si>
+  <si>
+    <t>Beresnev, Dmitrii Viktorovich</t>
+  </si>
+  <si>
+    <t>9789850825667</t>
+  </si>
+  <si>
+    <t>1317641BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/155567</t>
+  </si>
+  <si>
+    <t>Наука 2019: новые грани : сборник докладов, выступлений, публикаций в СМИ, приветственных и вступительных слов Председателя Президиума Национальной академии наук Беларуси академика В.Г. Гусакова</t>
+  </si>
+  <si>
+    <t>Nauka 2019: novye grani : sbornik dokladov, vystuplenii, publikatsii v SMI, privetstvennykh i vstupitel'nykh slov Predsedatelia Prezidiuma Natsional'noi akademii nauk Belarusi akademika V.G. Gusakova</t>
+  </si>
+  <si>
+    <t>9789850825773</t>
+  </si>
+  <si>
+    <t>1317642BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/155926</t>
+  </si>
+  <si>
+    <t>9789850825759</t>
+  </si>
+  <si>
+    <t>1317643BO</t>
+  </si>
+  <si>
+    <t>Biography / Memoirs; Children / Youth - About; History, 20th-21st Centuries</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/155586</t>
+  </si>
+  <si>
+    <t>Межрегиональные связи Беларуси и Китая: состояние, проблемы и перспективы развития</t>
+  </si>
+  <si>
+    <t>Mezhregional'nye sviazi Belarusi i Kitaia: sostoianie, problemy i perspektivy razvitiia</t>
+  </si>
+  <si>
+    <t>9789850825971</t>
+  </si>
+  <si>
+    <t>1317644BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/155606</t>
+  </si>
+  <si>
+    <t>Мировой опыт стимулирования инновационного развития экономики: механизмы, инструменты, перспективы адаптации для Республики Беларусь</t>
+  </si>
+  <si>
+    <t>Mirovoi opyt stimulirovaniia innovatsionnogo razvitiia ekonomiki: mekhanizmy, instrumenty, perspektivy adaptatsii dlia Respubliki Belarus'</t>
+  </si>
+  <si>
+    <t>Mukha, D.V.</t>
+  </si>
+  <si>
+    <t>9789850826053</t>
+  </si>
+  <si>
+    <t>1317645BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/155626</t>
+  </si>
+  <si>
+    <t>Немеркнущая слава воинов-интернационалистов</t>
+  </si>
+  <si>
+    <t>Nemerknushchaia slava voinov-internatsionalistov</t>
+  </si>
+  <si>
+    <t>Pavlov, Vasilii Vladimirovich</t>
+  </si>
+  <si>
+    <t>9789850825995</t>
+  </si>
+  <si>
+    <t>1317646BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/155646</t>
+  </si>
+  <si>
+    <t>Sankt-Peterburgskii filial Arkhiva Rossiiskoi akademii nauk, Instytut historyi (Natsyianal'naia akademiia navuk Belarusi), Belaruskaia navuka (Firm)</t>
+  </si>
+  <si>
+    <t>Жизнь и деятельность академика Е.Ф. Карского : сборник документов и материалов : в двух частях</t>
+  </si>
+  <si>
+    <t>Zhizn' i deiatel'nost' akademika E.F. Karskogo : sbornik dokumentov i materialov : v dvukh chastiakh</t>
+  </si>
+  <si>
+    <t>Chast' 1 : problemy istorii i kul'tury Belarusi v dokumental'nom nasledii E.F. Karskogo, materialy sem'i</t>
+  </si>
+  <si>
+    <t>Unuchek, Andrei Vladimirovich</t>
+  </si>
+  <si>
+    <t>9789850826114</t>
+  </si>
+  <si>
+    <t>1317647BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/155666</t>
+  </si>
+  <si>
+    <t>Оценка регулирующего воздействия законодательства в сфере экономической деятельности</t>
+  </si>
+  <si>
+    <t>Otsenka reguliruiushchego vozdeistviia zakonodatel'stva v sfere ekonomicheskoi deiatel'nosti</t>
+  </si>
+  <si>
+    <t>Shablinskaia, Natal'ia Sergeevna</t>
+  </si>
+  <si>
+    <t>9789850826251</t>
+  </si>
+  <si>
+    <t>1317648BO</t>
+  </si>
+  <si>
+    <t>Economics / Business / Commerce; Law</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/155686</t>
+  </si>
+  <si>
+    <t>С верой в Победу : Беларусь в Великой Отечественной войне : 100 вопросов и ответов</t>
+  </si>
+  <si>
+    <t>S veroi v Pobedu : Belarus' v Velikoi Otechestvennoi voine : 100 voprosov i otvetov</t>
+  </si>
+  <si>
+    <t>9789850825841</t>
+  </si>
+  <si>
+    <t>1317649BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/155706</t>
+  </si>
+  <si>
+    <t>Замковое время Беларуси : летописная поэма = Замкавы час Беларусі : летапiсная паэма</t>
+  </si>
+  <si>
+    <t>Zamkovoe vremia Belarusi : letopisnaia poema = Zamkavy chas Belarusi : letapisnaia paema</t>
+  </si>
+  <si>
+    <t>Kotliarov, Iziaslav Grigor'evich</t>
+  </si>
+  <si>
+    <t>9789850825506</t>
+  </si>
+  <si>
+    <t>1317650BO</t>
   </si>
   <si>
     <t>Literature</t>
   </si>
   <si>
-    <t>Philosophy / Psychology; Sociology</t>
-[...14 lines deleted...]
-    <t>History, 20th-21st Centuries</t>
+    <t>https://dlib.eastview.com/browse/book/155946</t>
+  </si>
+  <si>
+    <t>Бридский мох : книга поэзии о Великой Отечественной войне и послевоенном времени</t>
+  </si>
+  <si>
+    <t>Bridskii mokh : kniga poezii o Velikoi Otechestvennoi voine i poslevoennom vremeni</t>
+  </si>
+  <si>
+    <t>9789850825865</t>
+  </si>
+  <si>
+    <t>1317651BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/155966</t>
+  </si>
+  <si>
+    <t>05/28/2020</t>
+  </si>
+  <si>
+    <t>Tom chetvertyi : belorusskaia gosudarstvennost' nakanune i v period Velikoi Otechestvennoi voiny i poslevoennogo vosstanovleniia (1939-1953 gg.)</t>
+  </si>
+  <si>
+    <t>9789850824523</t>
+  </si>
+  <si>
+    <t>1307007BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/135606</t>
+  </si>
+  <si>
+    <t>Будущее рождается сегодня : о некоторых вопросах развития</t>
+  </si>
+  <si>
+    <t>Budushchee rozhdaetsia segodnia : o nekotorykh voprosakh razvitiia</t>
+  </si>
+  <si>
+    <t>9789850824714</t>
+  </si>
+  <si>
+    <t>1307008BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/135626</t>
+  </si>
+  <si>
+    <t>RUP "Izdatel'skii dom "Belaruskaia navuka"</t>
+  </si>
+  <si>
+    <t>Академик В.С. Стёпин : тайна долгого пути...</t>
+  </si>
+  <si>
+    <t>Akademik V.S. Stepin : taina dolgogo puti...</t>
+  </si>
+  <si>
+    <t>9789850824981</t>
+  </si>
+  <si>
+    <t>1307009BO</t>
+  </si>
+  <si>
+    <t>Biography / Memoirs; Philosophy / Psychology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/135627</t>
+  </si>
+  <si>
+    <t>Государственный кадастр растительного мира Республики Беларусь : основы кадастра, первичное обследование 2002-2017 гг.</t>
+  </si>
+  <si>
+    <t>Gosudarstvennyi kadastr rastitel'nogo mira Respubliki Belarus' : osnovy kadastra, pervichnoe obsledovanie 2002-2017 gg.</t>
+  </si>
+  <si>
+    <t>Maslovskii, Oleg Mechislavovich</t>
+  </si>
+  <si>
+    <t>9789850824882</t>
+  </si>
+  <si>
+    <t>1307010BO</t>
+  </si>
+  <si>
+    <t>Biology / Zoology; Ecology / Environment</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/135646</t>
+  </si>
+  <si>
+    <t>Китайский опыт в развитии научно-технологических парков Беларуси</t>
+  </si>
+  <si>
+    <t>Kitaiskii opyt v razvitii nauchno-tekhnologicheskikh parkov Belarusi</t>
+  </si>
+  <si>
+    <t>9789850824318</t>
+  </si>
+  <si>
+    <t>1307011BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/135666</t>
+  </si>
+  <si>
+    <t>Центральный ботанический сад НАН Беларуси : коллекции и экспозиции : путеводитель</t>
+  </si>
+  <si>
+    <t>TSentral'nyi botanicheskii sad NAN Belarusi : kollektsii i ekspozitsii : putevoditel'</t>
+  </si>
+  <si>
+    <t>Titok, Vladimir Vladimirovich</t>
+  </si>
+  <si>
+    <t>9789850823960</t>
+  </si>
+  <si>
+    <t>1307148BO</t>
+  </si>
+  <si>
+    <t>Biology / Zoology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/135667</t>
+  </si>
+  <si>
+    <t>Креативное взаимодействие предметного, нормативного и рефлексивного знания в научном поиске</t>
+  </si>
+  <si>
+    <t>Kreativnoe vzaimodeistvie predmetnogo, normativnogo i refleksivnogo znaniia v nauchnom poiske</t>
+  </si>
+  <si>
+    <t>Lukashevich, Vladimir Konstantinovich</t>
+  </si>
+  <si>
+    <t>9789850824462</t>
+  </si>
+  <si>
+    <t>1307196BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/135686</t>
+  </si>
+  <si>
+    <t>10/10/2019</t>
+  </si>
+  <si>
+    <t>Этнокультурные процессы Центральной Беларуси в прошлом и настоящем</t>
+  </si>
+  <si>
+    <t>Etnokul'turnye protsessy TSentral'noi Belarusi v proshlom i nastoiashchem</t>
+  </si>
+  <si>
+    <t>9789850819482</t>
+  </si>
+  <si>
+    <t>1275715BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109566</t>
+  </si>
+  <si>
+    <t>Интеграция Латвии, Литвы и Эстонии в ЕС и НАТО (1991-2014 гг.)</t>
+  </si>
+  <si>
+    <t>Integratsiia Latvii, Litvy i Estonii v ES i NATO (1991-2014 gg.)</t>
+  </si>
+  <si>
+    <t>9789850819536</t>
+  </si>
+  <si>
+    <t>1275716BO</t>
+  </si>
+  <si>
+    <t>Foreign Policy / International Relations; Military and Naval; Politics</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109586</t>
+  </si>
+  <si>
+    <t>Библиотека Радзивиллов Несвижской ординации : каталог изданий из фондов Центральной научной библиотеки имени Якуба Коласа Национальной академии наук Беларуси : XIX век: 1801-1830 : в 2 книгах = Library of the Radziwills' of Nesvizh Ordynation : Catalogue of Publications from the Stock of the Yakub Kolas Central Science Library of the National Academy of Sciences of Belarus : XIX century: 1801-1830 : in 2 books</t>
+  </si>
+  <si>
+    <t>Biblioteka Radzivillov Nesvizhskoi ordinatsii : katalog izdanii iz fondov TSentral'noi nauchnoi biblioteki imeni IAkuba Kolasa Natsional'noi akademii nauk Belarusi : XIX vek: 1801-1830 : v 2 knigakh = Library of the Radziwills' of Nesvizh Ordynation : Catalogue of Publications from the Stock of the Yakub Kolas Central Science Library of the National Academy of Sciences of Belarus : XIX century: 1801-1830 : in 2 books</t>
+  </si>
+  <si>
+    <t>Kniga 1 (A--M)</t>
+  </si>
+  <si>
+    <t>9789850819581</t>
+  </si>
+  <si>
+    <t>1275717BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109587</t>
+  </si>
+  <si>
+    <t>Славяне на территории Беларуси в догосударственный период : к 90-летию доктора исторических наук, профессора Леонида Давыдовича Поболя : в двух книгах</t>
+  </si>
+  <si>
+    <t>Slaviane na territorii Belarusi v dogosudarstvennyi period : k 90-letiiu doktora istoricheskikh nauk, professora Leonida Davydovicha Pobolia : v dvukh knigakh</t>
+  </si>
+  <si>
+    <t>Kniga 1</t>
+  </si>
+  <si>
+    <t>9789850819604</t>
+  </si>
+  <si>
+    <t>1275718BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109606</t>
+  </si>
+  <si>
+    <t>Kniga 2</t>
+  </si>
+  <si>
+    <t>9789850819611</t>
+  </si>
+  <si>
+    <t>1275719BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109626</t>
+  </si>
+  <si>
+    <t>Этот день мы приближали, как могли... : материалы Международной научно-практической конференции, посвященной 70-летию Победы в Великой Отечественной войне и окончания Второй мировой войны (Минск, 7-8 мая 2015 г.) : в двух частях</t>
+  </si>
+  <si>
+    <t>Etot den' my priblizhali, kak mogli... : materialy Mezhdunarodnoi nauchno-prakticheskoi konferentsii, posviashchennoi 70-letiiu Pobedy v Velikoi Otechestvennoi voine i okonchaniia Vtoroi mirovoi voiny (Minsk, 7-8 maia 2015 g.) : v dvukh chastiakh</t>
+  </si>
+  <si>
+    <t>Chast' 1</t>
+  </si>
+  <si>
+    <t>9789850819925</t>
+  </si>
+  <si>
+    <t>1275720BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109627</t>
+  </si>
+  <si>
+    <t>Chast' 2</t>
+  </si>
+  <si>
+    <t>9789850820044</t>
+  </si>
+  <si>
+    <t>1275721BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109646</t>
+  </si>
+  <si>
+    <t>Kniga 2 (N--Z)</t>
+  </si>
+  <si>
+    <t>9789850820303</t>
+  </si>
+  <si>
+    <t>1275722BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109666</t>
+  </si>
+  <si>
+    <t>Сатирические журналы 1905-1907 гг. из фондов Центральной научной библиотеки имени Якуба Коласа Национальной академии наук Беларуси : факсимильное издание</t>
+  </si>
+  <si>
+    <t>Satiricheskie zhurnaly 1905-1907 gg. iz fondov TSentral'noi nauchnoi biblioteki imeni IAkuba Kolasa Natsional'noi akademii nauk Belarusi : faksimil'noe izdanie</t>
+  </si>
+  <si>
+    <t>Z--P</t>
+  </si>
+  <si>
+    <t>9789850820457</t>
+  </si>
+  <si>
+    <t>1275723BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109686</t>
+  </si>
+  <si>
+    <t>Архитектура национальная и архитектура фрактальная : к проблеме идентичности в современной архитектуре = National Architecture and Fractal Architecture : the Problem of Identity in Modern Architecture</t>
+  </si>
+  <si>
+    <t>Arkhitektura natsional'naia i arkhitektura fraktal'naia : k probleme identichnosti v sovremennoi arkhitekture = National Architecture and Fractal Architecture : the Problem of Identity in Modern Architecture</t>
+  </si>
+  <si>
+    <t>9789850820754</t>
+  </si>
+  <si>
+    <t>1275724BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109687</t>
+  </si>
+  <si>
+    <t>Библиотека Радзивиллов Несвижской ординации : каталог изданий из фондов Центральной научной библиотеки имени Якуба Коласа Национальной академии наук Беларуси : XIX век: 1831-1865 : в 3 книгах = Library of the Radziwills' of Nesvizh Ordynation : Catalogue of Publications from the Stock of the Yakub Kolas Central Science Library of the National Academy of Sciences of Belarus : XIX century: 1831-1865 : in 3 books</t>
+  </si>
+  <si>
+    <t>Biblioteka Radzivillov Nesvizhskoi ordinatsii : katalog izdanii iz fondov TSentral'noi nauchnoi biblioteki imeni IAkuba Kolasa Natsional'noi akademii nauk Belarusi : XIX vek: 1831-1865 : v 3 knigakh = Library of the Radziwills' of Nesvizh Ordynation : Catalogue of Publications from the Stock of the Yakub Kolas Central Science Library of the National Academy of Sciences of Belarus : XIX century: 1831-1865 : in 3 books</t>
+  </si>
+  <si>
+    <t>Kniga 1 (A--K)</t>
+  </si>
+  <si>
+    <t>9789850820969</t>
+  </si>
+  <si>
+    <t>1275725BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109706</t>
+  </si>
+  <si>
+    <t>Поведенческие стратегии потребителей культурной продукции: ценности, интересы, типология</t>
+  </si>
+  <si>
+    <t>Povedencheskie strategii potrebitelei kul'turnoi produktsii: tsennosti, interesy, tipologiia</t>
+  </si>
+  <si>
+    <t>Kotliarov, Igor' Vasil'evich</t>
+  </si>
+  <si>
+    <t>9789850821140</t>
+  </si>
+  <si>
+    <t>1275726BO</t>
+  </si>
+  <si>
+    <t>Performing Arts / Music / Cinema; Sociology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109726</t>
+  </si>
+  <si>
+    <t>Города Беларуси в изобразительном искусстве XX--начала XXI века</t>
+  </si>
+  <si>
+    <t>Goroda Belarusi v izobrazitel'nom iskusstve XX--nachala XXI veka</t>
+  </si>
+  <si>
+    <t>Goranskaia, Tat'iana Georgievna</t>
+  </si>
+  <si>
+    <t>9789850821177</t>
+  </si>
+  <si>
+    <t>1275727BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109746</t>
+  </si>
+  <si>
+    <t>Горькая доля детства : рассказы о днях оккупации</t>
+  </si>
+  <si>
+    <t>Gor'kaia dolia detstva : rasskazy o dniakh okkupatsii</t>
+  </si>
+  <si>
+    <t>9789850821232</t>
+  </si>
+  <si>
+    <t>1275728BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109766</t>
+  </si>
+  <si>
+    <t>Воины-интернационалисты из Беларуси в гражданской войне в Анголе : 1975-1992</t>
+  </si>
+  <si>
+    <t>Voiny-internatsionalisty iz Belarusi v grazhdanskoi voine v Angole : 1975-1992</t>
+  </si>
+  <si>
+    <t>Kuznetsova-Timonova, Aleksandra Vladimirovna</t>
+  </si>
+  <si>
+    <t>9789850821300</t>
+  </si>
+  <si>
+    <t>1275729BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109786</t>
+  </si>
+  <si>
+    <t>История воды : происхождение, возраст, эволюция состава</t>
+  </si>
+  <si>
+    <t>Istoriia vody : proiskhozhdenie, vozrast, evoliutsiia sostava</t>
+  </si>
+  <si>
+    <t>Kudel'skii, Anatolii Viktorovich</t>
+  </si>
+  <si>
+    <t>9789850821355</t>
+  </si>
+  <si>
+    <t>1275730BO</t>
+  </si>
+  <si>
+    <t>Ecology / Environment</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109806</t>
+  </si>
+  <si>
+    <t>Кириллические издания XVI века : из коллекции Центральной научной библиотеки имени Якуба Коласа Национальной академии наук Беларуси : каталог</t>
+  </si>
+  <si>
+    <t>Kirillicheskie izdaniia XVI veka : iz kollektsii TSentral'noi nauchnoi biblioteki imeni IAkuba Kolasa Natsional'noi akademii nauk Belarusi : katalog</t>
+  </si>
+  <si>
+    <t>9789850821393</t>
+  </si>
+  <si>
+    <t>1275731BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109826</t>
+  </si>
+  <si>
+    <t>Белорусское градостроительное искусство : средневековое наследие, Ренессанс, барокко, классицизм в системе европейского зодчества</t>
+  </si>
+  <si>
+    <t>Belorusskoe gradostroitel'noe iskusstvo : srednevekovoe nasledie, Renessans, barokko, klassitsizm v sisteme evropeiskogo zodchestva</t>
+  </si>
+  <si>
+    <t>Chanturiia, IUrii Vladimirovich</t>
+  </si>
+  <si>
+    <t>9789850821454</t>
+  </si>
+  <si>
+    <t>1275732BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109846</t>
+  </si>
+  <si>
+    <t>Дети лихолетья : документальные очерки и повести</t>
+  </si>
+  <si>
+    <t>Deti likholet'ia : dokumental'nye ocherki i povesti</t>
+  </si>
+  <si>
+    <t>9789850821522</t>
+  </si>
+  <si>
+    <t>1275733BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109866</t>
+  </si>
+  <si>
+    <t>Антропология Беларуси в исследованиях конца XIX--середины XX в.</t>
+  </si>
+  <si>
+    <t>Antropologiia Belarusi v issledovaniiakh kontsa XIX--serediny XX v.</t>
+  </si>
+  <si>
+    <t>Marfina, Ol'ga Vladimirovna</t>
+  </si>
+  <si>
+    <t>9789850821638</t>
+  </si>
+  <si>
+    <t>1275734BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109886</t>
+  </si>
+  <si>
+    <t>Национальные общности на территории Беларуси в годы Первой мировой войны (1914-1918 гг.)</t>
+  </si>
+  <si>
+    <t>Natsional'nye obshchnosti na territorii Belarusi v gody Pervoi mirovoi voiny (1914-1918 gg.)</t>
+  </si>
+  <si>
+    <t>Dmitrieva, Ol'ga Petrovna</t>
+  </si>
+  <si>
+    <t>9789850821683</t>
+  </si>
+  <si>
+    <t>1275735BO</t>
+  </si>
+  <si>
+    <t>Ethnic Studies / Ethnology; History, 20th-21st Centuries</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109887</t>
+  </si>
+  <si>
+    <t>S--IA</t>
+  </si>
+  <si>
+    <t>9789850821737</t>
+  </si>
+  <si>
+    <t>1275736BO</t>
+  </si>
+  <si>
+    <t>Library Science and Bibliography; Fine Arts / Architecture / Photography; Mass Media / Journalism</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109906</t>
+  </si>
+  <si>
+    <t>Kniga 2 (L--P)</t>
+  </si>
+  <si>
+    <t>9789850821928</t>
+  </si>
+  <si>
+    <t>1275737BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109926</t>
+  </si>
+  <si>
+    <t>Архитектура современных православных храмов Беларуси : проблемы и перспективы развития</t>
+  </si>
+  <si>
+    <t>Arkhitektura sovremennykh pravoslavnykh khramov Belarusi : problemy i perspektivy razvitiia</t>
+  </si>
+  <si>
+    <t>Balunenko, Irina Ivanovna</t>
+  </si>
+  <si>
+    <t>9789850822215</t>
+  </si>
+  <si>
+    <t>1275738BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109946</t>
+  </si>
+  <si>
+    <t>Ученые, прославившие Беларусь</t>
+  </si>
+  <si>
+    <t>Uchenye, proslavivshie Belarus'</t>
+  </si>
+  <si>
+    <t>Akhremchik, Marina Petrovna</t>
+  </si>
+  <si>
+    <t>9789850822246</t>
+  </si>
+  <si>
+    <t>1275739BO</t>
+  </si>
+  <si>
+    <t>Biography / Memoirs; Dictionaries / Encyclopedias / Reference Works; General Science</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109947</t>
+  </si>
+  <si>
+    <t>Kniga 3 (R--Z)</t>
+  </si>
+  <si>
+    <t>9789850822437</t>
+  </si>
+  <si>
+    <t>1275740BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109966</t>
+  </si>
+  <si>
+    <t>Соединенные Штаты Америки : история, политика, культура : сборник научных статей</t>
+  </si>
+  <si>
+    <t>Soedinennye Shtaty Ameriki : istoriia, politika, kul'tura : sbornik nauchnykh statei</t>
+  </si>
+  <si>
+    <t>9789850822628</t>
+  </si>
+  <si>
+    <t>1275770BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109986</t>
+  </si>
+  <si>
+    <t>Belarus: Pages of History</t>
+  </si>
+  <si>
+    <t>Kovalenya, A. A.</t>
+  </si>
+  <si>
+    <t>English</t>
+  </si>
+  <si>
+    <t>9789850822727</t>
+  </si>
+  <si>
+    <t>1275771BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/109987</t>
+  </si>
+  <si>
+    <t>Теоретический анализ философии мифа М. Элиаде : основные идеи и когнитивный потенциал</t>
+  </si>
+  <si>
+    <t>Teoreticheskii analiz filosofii mifa M. Eliade : osnovnye idei i kognitivnyi potentsial</t>
+  </si>
+  <si>
+    <t>9789850822734</t>
+  </si>
+  <si>
+    <t>1275773BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/110006</t>
+  </si>
+  <si>
+    <t>Великобритания : осмысление исторического опыта в Российской империи (XIX--начало XX в.)</t>
+  </si>
+  <si>
+    <t>Velikobritaniia : osmyslenie istoricheskogo opyta v Rossiiskoi imperii (XIX--nachalo XX v.)</t>
+  </si>
+  <si>
+    <t>9789850822772</t>
+  </si>
+  <si>
+    <t>1275775BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/110007</t>
+  </si>
+  <si>
+    <t>Путешествие в Ятвягию : роман</t>
+  </si>
+  <si>
+    <t>Puteshestvie v IAtviagiiu : roman</t>
+  </si>
+  <si>
+    <t>Gatilov Pavel Valentinovich</t>
+  </si>
+  <si>
+    <t>9789850822802</t>
+  </si>
+  <si>
+    <t>1275776BO</t>
   </si>
   <si>
     <t>Literature; Popular Fiction</t>
   </si>
   <si>
-    <t>History, 20th-21st Centuries; Military and Naval</t>
-[...5 lines deleted...]
-    <t>History, 20th-21st Centuries; Politics</t>
+    <t>https://dlib.eastview.com/browse/book/110026</t>
+  </si>
+  <si>
+    <t>Имя на площади Победы</t>
+  </si>
+  <si>
+    <t>Imia na ploshchadi Pobedy</t>
+  </si>
+  <si>
+    <t>9789850822819</t>
+  </si>
+  <si>
+    <t>1275777BO</t>
   </si>
   <si>
     <t>Biography / Memoirs; Fine Arts / Architecture / Photography</t>
   </si>
   <si>
-    <t>Performing Arts / Music / Cinema</t>
-[...302 lines deleted...]
-    <t>Economics / Business / Commerce; Politics</t>
+    <t>https://dlib.eastview.com/browse/book/110046</t>
+  </si>
+  <si>
+    <t>Летопись памяти поколений : мемориальная архитектура Беларуси = Chronicle of Our Memory : Commemorative architecture of Belarus</t>
+  </si>
+  <si>
+    <t>Letopis' pamiati pokolenii : memorial'naia arkhitektura Belarusi = Chronicle of Our Memory : Commemorative architecture of Belarus</t>
+  </si>
+  <si>
+    <t>9789850823007</t>
+  </si>
+  <si>
+    <t>1275778BO</t>
+  </si>
+  <si>
+    <t>Fine Arts / Architecture / Photography; Religion</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/110066</t>
+  </si>
+  <si>
+    <t>Маршруты белорусского туризма : историко-культурные ландшафты Беларуси</t>
+  </si>
+  <si>
+    <t>Marshruty belorusskogo turizma : istoriko-kul'turnye landshafty Belarusi</t>
+  </si>
+  <si>
+    <t>9789850823021</t>
+  </si>
+  <si>
+    <t>1275779BO</t>
+  </si>
+  <si>
+    <t>Geography / Geology; History, 19th Century and Earlier</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/110086</t>
+  </si>
+  <si>
+    <t>Русско-белорусский словарь сравнений</t>
+  </si>
+  <si>
+    <t>Russko-belorusskii slovar' sravnenii</t>
+  </si>
+  <si>
+    <t>Volodina, Tat'iana Vasil'evna</t>
+  </si>
+  <si>
+    <t>9789850823120</t>
+  </si>
+  <si>
+    <t>1275780BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/110106</t>
+  </si>
+  <si>
+    <t>Институты правят экономикой</t>
+  </si>
+  <si>
+    <t>Instituty praviat ekonomikoi</t>
+  </si>
+  <si>
+    <t>9789850823144</t>
+  </si>
+  <si>
+    <t>1275781BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/110126</t>
+  </si>
+  <si>
+    <t>Христианские праздники, обряды и таинства в Беларуси в прошлом и настоящем</t>
+  </si>
+  <si>
+    <t>Khristianskie prazdniki, obriady i tainstva v Belarusi v proshlom i nastoiashchem</t>
+  </si>
+  <si>
+    <t>Vereshchagina, Aleksandra Vladimirovna</t>
+  </si>
+  <si>
+    <t>9789850823397</t>
+  </si>
+  <si>
+    <t>1275782BO</t>
+  </si>
+  <si>
+    <t>Ethnic Studies / Ethnology; Religion</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/110146</t>
+  </si>
+  <si>
+    <t>Беларусь в Первой мировой войне 1914-1918 гг.</t>
+  </si>
+  <si>
+    <t>Belarus' v Pervoi mirovoi voine 1914-1918 gg.</t>
+  </si>
+  <si>
+    <t>9789850823458</t>
+  </si>
+  <si>
+    <t>1275783BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/110166</t>
+  </si>
+  <si>
+    <t>Историография истории культуры Беларуси конца XVIII--первой половины XIX в.</t>
+  </si>
+  <si>
+    <t>Istoriografiia istorii kul'tury Belarusi kontsa XVIII--pervoi poloviny XIX v.</t>
+  </si>
+  <si>
+    <t>Simonchik, Aleksandr Nikolaevich</t>
+  </si>
+  <si>
+    <t>9789850823533</t>
+  </si>
+  <si>
+    <t>1275784BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/110167</t>
+  </si>
+  <si>
+    <t>Польша--Беларусь 1921-1953 : сборник документов и материалов</t>
+  </si>
+  <si>
+    <t>Pol'sha--Belarus' 1921-1953 : sbornik dokumentov i materialov</t>
+  </si>
+  <si>
+    <t>Vabishchevich, Aleksandr Nikolaevich</t>
+  </si>
+  <si>
+    <t>9789850823557</t>
+  </si>
+  <si>
+    <t>1275785BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/110186</t>
+  </si>
+  <si>
+    <t>Kniga 1 (A--G)</t>
+  </si>
+  <si>
+    <t>9789850823700</t>
+  </si>
+  <si>
+    <t>1275786BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/110206</t>
+  </si>
+  <si>
+    <t>Актуальные проблемы истории и культуры : сборник научных статей</t>
+  </si>
+  <si>
+    <t>Aktual'nye problemy istorii i kul'tury : sbornik nauchnykh statei</t>
+  </si>
+  <si>
+    <t>Vypusk 1 : Evropa: aktual'nye problemy etnokul'tury</t>
   </si>
   <si>
     <t>Danilovich, V. V.</t>
   </si>
   <si>
+    <t>9789850823816</t>
+  </si>
+  <si>
+    <t>1275787BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/110226</t>
+  </si>
+  <si>
+    <t>Tom pervyi : belorusskaia gosudarstvennost' ot istokov do kontsa XVIII v.</t>
+  </si>
+  <si>
+    <t>9789850823885</t>
+  </si>
+  <si>
+    <t>1275788BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/110246</t>
+  </si>
+  <si>
+    <t>Tom vtoroi : belorusskaia gosudarstvennost' v period Rossiiskoi imperii (konets XVIII--nachalo XX v.)</t>
+  </si>
+  <si>
+    <t>9789850823915</t>
+  </si>
+  <si>
+    <t>1275789BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/110266</t>
+  </si>
+  <si>
+    <t>Архитектура: имя и образ : синтез в мировой и белорусской архитектуре = Architecture: Name and Image : Synthesis in world and Belarusian architecture</t>
+  </si>
+  <si>
+    <t>Arkhitektura: imia i obraz : sintez v mirovoi i belorusskoi arkhitekture = Architecture: Name and Image : Synthesis in world and Belarusian architecture</t>
+  </si>
+  <si>
+    <t>9789850824097</t>
+  </si>
+  <si>
+    <t>1275790BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/110286</t>
+  </si>
+  <si>
+    <t>"Кто может, передайте родным..." : тайны тюремных камер оккупированного Гомеля (1941-1943)</t>
+  </si>
+  <si>
+    <t>"Kto mozhet, peredaite rodnym..." : tainy tiuremnykh kamer okkupirovannogo Gomelia (1941-1943)</t>
+  </si>
+  <si>
+    <t>Litvin, Aleksei Mikhailovich</t>
+  </si>
+  <si>
+    <t>9789850824165</t>
+  </si>
+  <si>
+    <t>1275791BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/110287</t>
+  </si>
+  <si>
+    <t>Kniga 2 (N--O)</t>
+  </si>
+  <si>
+    <t>9789850824257</t>
+  </si>
+  <si>
+    <t>1275792BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/110306</t>
+  </si>
+  <si>
+    <t>Tom tretii : belorusskaia gosudarstvennost': ot idei k natsional'nomu gosudarstvu (1917-1939 gg.)</t>
+  </si>
+  <si>
+    <t>9789850824288</t>
+  </si>
+  <si>
+    <t>1275793BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/110326</t>
+  </si>
+  <si>
+    <t>Vypusk 1 : 1602-1620-e gg.</t>
+  </si>
+  <si>
+    <t>9789850824295</t>
+  </si>
+  <si>
+    <t>1275794BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/110346</t>
+  </si>
+  <si>
+    <t>Твои сыновья, Беларусь : маршалы, генералы (адмиралы) -- белорусы и уроженцы Беларуси в годы Великой Отечественной войны : биографический справочник</t>
+  </si>
+  <si>
+    <t>Tvoi synov'ia, Belarus' : marshaly, generaly (admiraly) -- belorusy i urozhentsy Belarusi v gody Velikoi Otechestvennoi voiny : biograficheskii spravochnik</t>
+  </si>
+  <si>
+    <t>Dolgotovich, Boris Dmitrievich</t>
+  </si>
+  <si>
+    <t>9789850824387</t>
+  </si>
+  <si>
+    <t>1275795BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/110366</t>
+  </si>
+  <si>
+    <t>Белорусский город в ретроспективе XX в.</t>
+  </si>
+  <si>
+    <t>Belorusskii gorod v retrospektive XX v.</t>
+  </si>
+  <si>
+    <t>Kishik, IUrii Nikodimovich</t>
+  </si>
+  <si>
+    <t>9789850824394</t>
+  </si>
+  <si>
+    <t>1275796BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/110386</t>
+  </si>
+  <si>
+    <t>Этнические традиции национальной кухни Беларуси</t>
+  </si>
+  <si>
+    <t>Etnicheskie traditsii natsional'noi kukhni Belarusi</t>
+  </si>
+  <si>
+    <t>9789850824486</t>
+  </si>
+  <si>
+    <t>1275797BO</t>
+  </si>
+  <si>
+    <t>Cooking and How To Books; Ethnic Studies / Ethnology</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/110406</t>
+  </si>
+  <si>
+    <t>09/20/2016</t>
+  </si>
+  <si>
+    <t>Registr</t>
+  </si>
+  <si>
+    <t>Нигерийский синдром : роман</t>
+  </si>
+  <si>
+    <t>Nigeriiskii sindrom : roman</t>
+  </si>
+  <si>
+    <t>Graff, Khel'ga</t>
+  </si>
+  <si>
+    <t>9789857097340</t>
+  </si>
+  <si>
+    <t>1173096BO</t>
+  </si>
+  <si>
     <t>Jewish Studies; Literature</t>
   </si>
   <si>
-    <t>Economics / Business / Commerce; Politics; Sociology</t>
-[...2428 lines deleted...]
-  <si>
     <t>http://dlib.eastview.com/browse/book/72247</t>
   </si>
   <si>
     <t>Contents of Slavic and Judaica E-Books: Belarus Titles</t>
-  </si>
-[...1585 lines deleted...]
-    <t>As at February 2, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="[$$-409]#,##0.00"/>
   </numFmts>
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
-      <sz val="10"/>
-      <name val="Arial"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
-      <color indexed="8"/>
+      <sz val="12"/>
+      <color indexed="16"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="12"/>
-      <color indexed="16"/>
+      <sz val="10"/>
+      <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
-[...1 lines deleted...]
-      <name val="Helvetica"/>
+      <i/>
+      <sz val="18"/>
+      <color indexed="62"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="0"/>
+      <name val="Helvetica"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="8"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="8"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="8"/>
       </left>
       <right style="thin">
         <color indexed="8"/>
       </right>
-      <top style="thin">
-[...1 lines deleted...]
-      </top>
+      <top/>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="44" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="9" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="15" fontId="5" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="15" fontId="6" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>47625</xdr:colOff>
+      <xdr:colOff>137582</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>0</xdr:rowOff>
+      <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>1516062</xdr:colOff>
+      <xdr:colOff>1616603</xdr:colOff>
       <xdr:row>3</xdr:row>
-      <xdr:rowOff>95868</xdr:rowOff>
+      <xdr:rowOff>191118</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E7C49C4-111B-4555-9924-54F0CF5D07E4}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0ADB98E-F3BF-47D3-A175-604154D5B3FE}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="47625" y="0"/>
-          <a:ext cx="2201862" cy="800718"/>
+          <a:off x="137582" y="95250"/>
+          <a:ext cx="2156354" cy="826118"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2007 - 2010">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2007 - 2010">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2007 - 2010">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:Q245"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{07E9AA2C-19C8-4203-9956-A564AEE2DF58}">
+  <dimension ref="A1:Q244"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <pane ySplit="7" topLeftCell="A8" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
+      <selection activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="13.7109375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="13.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="10.28515625" customWidth="1"/>
+    <col min="1" max="1" width="10.140625" customWidth="1"/>
     <col min="2" max="2" width="37.42578125" customWidth="1"/>
     <col min="3" max="4" width="50.5703125" customWidth="1"/>
-    <col min="5" max="6" width="33.7109375" customWidth="1"/>
+    <col min="5" max="6" width="33.85546875" customWidth="1"/>
     <col min="7" max="7" width="14" customWidth="1"/>
     <col min="8" max="8" width="12.140625" customWidth="1"/>
     <col min="9" max="9" width="9.42578125" customWidth="1"/>
     <col min="10" max="10" width="12.140625" customWidth="1"/>
     <col min="11" max="11" width="16.85546875" customWidth="1"/>
     <col min="12" max="12" width="13.140625" customWidth="1"/>
-    <col min="13" max="13" width="11.28515625" style="1" customWidth="1"/>
+    <col min="13" max="13" width="11.140625" customWidth="1"/>
     <col min="14" max="14" width="46.85546875" customWidth="1"/>
-    <col min="15" max="15" width="33.7109375" customWidth="1"/>
-    <col min="16" max="16" width="11.28515625" customWidth="1"/>
+    <col min="15" max="15" width="33.85546875" customWidth="1"/>
+    <col min="16" max="16" width="11.140625" customWidth="1"/>
     <col min="17" max="17" width="50.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" s="5" customFormat="1" ht="18" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:17" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="4"/>
+      <c r="B1" s="5"/>
       <c r="C1" s="6" t="s">
         <v>0</v>
       </c>
+      <c r="D1" s="5"/>
+      <c r="E1" s="5"/>
+      <c r="F1" s="5"/>
+      <c r="G1" s="5"/>
+      <c r="H1" s="5"/>
+      <c r="I1" s="5"/>
+      <c r="J1" s="5"/>
+      <c r="K1" s="5"/>
+      <c r="L1" s="5"/>
       <c r="M1" s="7"/>
-    </row>
-    <row r="2" spans="1:17" s="5" customFormat="1" ht="23.25" x14ac:dyDescent="0.2">
+      <c r="N1" s="5"/>
+      <c r="O1" s="5"/>
+      <c r="P1" s="5"/>
+      <c r="Q1" s="5"/>
+    </row>
+    <row r="2" spans="1:17" ht="23.25" x14ac:dyDescent="0.25">
       <c r="A2" s="8"/>
+      <c r="B2" s="5"/>
       <c r="C2" s="9" t="s">
-        <v>949</v>
-      </c>
+        <v>1478</v>
+      </c>
+      <c r="D2" s="5"/>
+      <c r="E2" s="5"/>
+      <c r="F2" s="5"/>
+      <c r="G2" s="5"/>
+      <c r="H2" s="5"/>
+      <c r="I2" s="5"/>
+      <c r="J2" s="5"/>
+      <c r="K2" s="5"/>
+      <c r="L2" s="5"/>
       <c r="M2" s="7"/>
-    </row>
-    <row r="3" spans="1:17" s="5" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="N2" s="5"/>
+      <c r="O2" s="5"/>
+      <c r="P2" s="5"/>
+      <c r="Q2" s="5"/>
+    </row>
+    <row r="3" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="5"/>
+      <c r="B3" s="5"/>
       <c r="C3" s="10" t="s">
-        <v>1478</v>
-      </c>
+        <v>1</v>
+      </c>
+      <c r="D3" s="5"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5"/>
+      <c r="K3" s="5"/>
+      <c r="L3" s="5"/>
       <c r="M3" s="7"/>
-    </row>
-    <row r="4" spans="1:17" s="5" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="N3" s="5"/>
+      <c r="O3" s="5"/>
+      <c r="P3" s="5"/>
+      <c r="Q3" s="5"/>
+    </row>
+    <row r="4" spans="1:17" ht="23.25" x14ac:dyDescent="0.25">
+      <c r="A4" s="11"/>
+      <c r="B4" s="5"/>
+      <c r="C4" s="12"/>
+      <c r="D4" s="5"/>
+      <c r="E4" s="5"/>
+      <c r="F4" s="5"/>
+      <c r="G4" s="5"/>
+      <c r="H4" s="5"/>
+      <c r="I4" s="5"/>
+      <c r="J4" s="5"/>
+      <c r="K4" s="5"/>
+      <c r="L4" s="5"/>
       <c r="M4" s="7"/>
-    </row>
-    <row r="5" spans="1:17" s="5" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="N4" s="5"/>
+      <c r="O4" s="5"/>
+      <c r="P4" s="5"/>
+      <c r="Q4" s="5"/>
+    </row>
+    <row r="5" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A5" s="5"/>
+      <c r="B5" s="5"/>
+      <c r="C5" s="5"/>
+      <c r="D5" s="5"/>
+      <c r="E5" s="5"/>
+      <c r="F5" s="5"/>
+      <c r="G5" s="5"/>
+      <c r="H5" s="5"/>
+      <c r="I5" s="5"/>
+      <c r="J5" s="5"/>
+      <c r="K5" s="5"/>
+      <c r="L5" s="5"/>
       <c r="M5" s="7"/>
-    </row>
-[...7 lines deleted...]
-      <c r="B7" s="2" t="s">
+      <c r="N5" s="5"/>
+      <c r="O5" s="5"/>
+      <c r="P5" s="5"/>
+      <c r="Q5" s="5"/>
+    </row>
+    <row r="6" spans="1:17" ht="39" x14ac:dyDescent="0.25">
+      <c r="A6" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C7" s="2" t="s">
+      <c r="B6" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D7" s="2" t="s">
+      <c r="C6" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="D6" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="F7" s="2" t="s">
+      <c r="E6" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="G7" s="2" t="s">
+      <c r="F6" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="H7" s="2" t="s">
+      <c r="G6" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="I7" s="2" t="s">
+      <c r="H6" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="J7" s="2" t="s">
+      <c r="I6" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="K7" s="2" t="s">
+      <c r="J6" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="L7" s="2" t="s">
+      <c r="K6" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="M7" s="3" t="s">
+      <c r="L6" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="N7" s="2" t="s">
+      <c r="M6" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="O7" s="2" t="s">
+      <c r="N6" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="P7" s="2" t="s">
+      <c r="O6" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="Q7" s="2" t="s">
+      <c r="P6" s="2" t="s">
         <v>17</v>
       </c>
-    </row>
-    <row r="8" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="Q6" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>19</v>
+      </c>
+      <c r="B7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" t="s">
+        <v>23</v>
+      </c>
+      <c r="F7" t="s">
+        <v>24</v>
+      </c>
+      <c r="G7">
+        <v>2025</v>
+      </c>
+      <c r="H7" t="s">
+        <v>25</v>
+      </c>
+      <c r="I7" t="s">
+        <v>26</v>
+      </c>
+      <c r="J7" t="s">
+        <v>27</v>
+      </c>
+      <c r="K7" t="s">
+        <v>28</v>
+      </c>
+      <c r="L7" t="s">
+        <v>29</v>
+      </c>
+      <c r="M7" s="1">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>30</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7">
+        <v>2025</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>1383</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C8" t="s">
-        <v>1384</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>1385</v>
-[...2 lines deleted...]
-        <v>1234</v>
+        <v>33</v>
       </c>
       <c r="F8" t="s">
-        <v>1386</v>
+        <v>34</v>
       </c>
       <c r="G8">
         <v>2025</v>
       </c>
       <c r="H8" t="s">
-        <v>1179</v>
+        <v>35</v>
       </c>
       <c r="I8" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J8" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K8" t="s">
-        <v>1387</v>
+        <v>36</v>
       </c>
       <c r="L8" t="s">
-        <v>1388</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>37</v>
+      </c>
+      <c r="M8" s="1">
+        <v>26</v>
       </c>
       <c r="N8" t="s">
-        <v>1238</v>
+        <v>38</v>
       </c>
       <c r="O8" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P8">
         <v>2025</v>
       </c>
       <c r="Q8" t="s">
-        <v>1389</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:17" x14ac:dyDescent="0.2">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>1383</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C9" t="s">
-        <v>1390</v>
+        <v>40</v>
       </c>
       <c r="D9" t="s">
-        <v>1391</v>
+        <v>41</v>
       </c>
       <c r="F9" t="s">
-        <v>1392</v>
+        <v>42</v>
       </c>
       <c r="G9">
         <v>2025</v>
       </c>
       <c r="H9" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="I9" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J9" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K9" t="s">
-        <v>1393</v>
+        <v>44</v>
       </c>
       <c r="L9" t="s">
-        <v>1394</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>45</v>
+      </c>
+      <c r="M9" s="1">
+        <v>22</v>
       </c>
       <c r="N9" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="O9" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P9">
         <v>2025</v>
       </c>
       <c r="Q9" t="s">
-        <v>1395</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:17" x14ac:dyDescent="0.2">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>1383</v>
+        <v>19</v>
       </c>
       <c r="B10" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C10" t="s">
-        <v>1396</v>
+        <v>48</v>
       </c>
       <c r="D10" t="s">
-        <v>1397</v>
+        <v>49</v>
       </c>
       <c r="F10" t="s">
-        <v>1398</v>
+        <v>42</v>
       </c>
       <c r="G10">
         <v>2025</v>
       </c>
       <c r="H10" t="s">
-        <v>1214</v>
+        <v>43</v>
       </c>
       <c r="I10" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J10" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K10" t="s">
-        <v>1399</v>
+        <v>50</v>
       </c>
       <c r="L10" t="s">
-        <v>1400</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>51</v>
+      </c>
+      <c r="M10" s="1">
+        <v>51</v>
       </c>
       <c r="N10" t="s">
-        <v>134</v>
+        <v>46</v>
       </c>
       <c r="O10" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P10">
         <v>2025</v>
       </c>
       <c r="Q10" t="s">
-        <v>1401</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:17" x14ac:dyDescent="0.2">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>1383</v>
+        <v>19</v>
       </c>
       <c r="B11" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C11" t="s">
-        <v>1402</v>
+        <v>53</v>
       </c>
       <c r="D11" t="s">
-        <v>1403</v>
+        <v>54</v>
       </c>
       <c r="F11" t="s">
-        <v>1398</v>
+        <v>55</v>
       </c>
       <c r="G11">
         <v>2025</v>
       </c>
       <c r="H11" t="s">
-        <v>1214</v>
+        <v>43</v>
       </c>
       <c r="I11" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J11" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K11" t="s">
-        <v>1404</v>
+        <v>56</v>
       </c>
       <c r="L11" t="s">
-        <v>1405</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>57</v>
+      </c>
+      <c r="M11" s="1">
+        <v>25</v>
       </c>
       <c r="N11" t="s">
-        <v>134</v>
+        <v>58</v>
       </c>
       <c r="O11" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P11">
         <v>2025</v>
       </c>
       <c r="Q11" t="s">
-        <v>1406</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:17" x14ac:dyDescent="0.2">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>1383</v>
+        <v>19</v>
       </c>
       <c r="B12" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C12" t="s">
-        <v>1407</v>
+        <v>60</v>
       </c>
       <c r="D12" t="s">
-        <v>1408</v>
+        <v>61</v>
       </c>
       <c r="F12" t="s">
-        <v>1409</v>
+        <v>62</v>
       </c>
       <c r="G12">
         <v>2025</v>
       </c>
       <c r="H12" t="s">
-        <v>1214</v>
+        <v>35</v>
       </c>
       <c r="I12" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J12" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K12" t="s">
-        <v>1410</v>
+        <v>63</v>
       </c>
       <c r="L12" t="s">
-        <v>1411</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>64</v>
+      </c>
+      <c r="M12" s="1">
+        <v>22</v>
       </c>
       <c r="N12" t="s">
-        <v>1245</v>
+        <v>65</v>
       </c>
       <c r="O12" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P12">
         <v>2025</v>
       </c>
       <c r="Q12" t="s">
-        <v>1412</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:17" x14ac:dyDescent="0.2">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>1383</v>
+        <v>19</v>
       </c>
       <c r="B13" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C13" t="s">
-        <v>1413</v>
+        <v>67</v>
       </c>
       <c r="D13" t="s">
-        <v>1414</v>
+        <v>68</v>
       </c>
       <c r="F13" t="s">
-        <v>300</v>
+        <v>69</v>
       </c>
       <c r="G13">
         <v>2025</v>
       </c>
       <c r="H13" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I13" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J13" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K13" t="s">
-        <v>1415</v>
+        <v>70</v>
       </c>
       <c r="L13" t="s">
-        <v>1416</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>71</v>
+      </c>
+      <c r="M13" s="1">
+        <v>23</v>
       </c>
       <c r="N13" t="s">
-        <v>186</v>
+        <v>72</v>
       </c>
       <c r="O13" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P13">
         <v>2025</v>
       </c>
       <c r="Q13" t="s">
-        <v>1417</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:17" x14ac:dyDescent="0.2">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>1383</v>
+        <v>19</v>
       </c>
       <c r="B14" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C14" t="s">
-        <v>1418</v>
+        <v>74</v>
       </c>
       <c r="D14" t="s">
-        <v>1419</v>
+        <v>75</v>
       </c>
       <c r="F14" t="s">
-        <v>1420</v>
+        <v>76</v>
       </c>
       <c r="G14">
         <v>2025</v>
       </c>
       <c r="H14" t="s">
-        <v>18</v>
+        <v>77</v>
       </c>
       <c r="I14" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J14" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K14" t="s">
-        <v>1421</v>
+        <v>78</v>
       </c>
       <c r="L14" t="s">
-        <v>1422</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>79</v>
+      </c>
+      <c r="M14" s="1">
+        <v>22</v>
       </c>
       <c r="N14" t="s">
-        <v>1423</v>
+        <v>38</v>
       </c>
       <c r="O14" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P14">
         <v>2025</v>
       </c>
       <c r="Q14" t="s">
-        <v>1424</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:17" x14ac:dyDescent="0.2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>1383</v>
+        <v>19</v>
       </c>
       <c r="B15" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C15" t="s">
-        <v>1425</v>
+        <v>81</v>
       </c>
       <c r="D15" t="s">
-        <v>1426</v>
+        <v>82</v>
       </c>
       <c r="F15" t="s">
         <v>83</v>
       </c>
       <c r="G15">
         <v>2025</v>
       </c>
       <c r="H15" t="s">
-        <v>1427</v>
+        <v>84</v>
       </c>
       <c r="I15" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J15" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K15" t="s">
-        <v>1428</v>
+        <v>85</v>
       </c>
       <c r="L15" t="s">
-        <v>1429</v>
-[...1 lines deleted...]
-      <c r="M15" s="11">
+        <v>86</v>
+      </c>
+      <c r="M15" s="1">
         <v>22</v>
       </c>
       <c r="N15" t="s">
-        <v>24</v>
+        <v>87</v>
       </c>
       <c r="O15" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P15">
         <v>2025</v>
       </c>
       <c r="Q15" t="s">
-        <v>1430</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:17" x14ac:dyDescent="0.2">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>1383</v>
+        <v>19</v>
       </c>
       <c r="B16" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C16" t="s">
-        <v>1431</v>
+        <v>89</v>
       </c>
       <c r="D16" t="s">
-        <v>1432</v>
+        <v>90</v>
       </c>
       <c r="F16" t="s">
-        <v>1433</v>
+        <v>91</v>
       </c>
       <c r="G16">
         <v>2025</v>
       </c>
       <c r="H16" t="s">
-        <v>96</v>
+        <v>35</v>
       </c>
       <c r="I16" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J16" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K16" t="s">
-        <v>1434</v>
+        <v>92</v>
       </c>
       <c r="L16" t="s">
-        <v>1435</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>93</v>
+      </c>
+      <c r="M16" s="1">
+        <v>28</v>
       </c>
       <c r="N16" t="s">
-        <v>1252</v>
+        <v>94</v>
       </c>
       <c r="O16" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P16">
         <v>2025</v>
       </c>
       <c r="Q16" t="s">
-        <v>1436</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:17" x14ac:dyDescent="0.2">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>1383</v>
+        <v>19</v>
       </c>
       <c r="B17" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C17" t="s">
-        <v>1437</v>
+        <v>96</v>
       </c>
       <c r="D17" t="s">
-        <v>1438</v>
+        <v>97</v>
       </c>
       <c r="F17" t="s">
-        <v>1439</v>
+        <v>98</v>
       </c>
       <c r="G17">
         <v>2025</v>
       </c>
       <c r="H17" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I17" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J17" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K17" t="s">
-        <v>1440</v>
+        <v>100</v>
       </c>
       <c r="L17" t="s">
-        <v>1441</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>101</v>
+      </c>
+      <c r="M17" s="1">
+        <v>25</v>
       </c>
       <c r="N17" t="s">
-        <v>1442</v>
+        <v>102</v>
       </c>
       <c r="O17" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P17">
         <v>2025</v>
       </c>
       <c r="Q17" t="s">
-        <v>1443</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:17" x14ac:dyDescent="0.2">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>1383</v>
+        <v>19</v>
       </c>
       <c r="B18" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C18" t="s">
-        <v>1444</v>
+        <v>104</v>
       </c>
       <c r="D18" t="s">
-        <v>1445</v>
+        <v>105</v>
       </c>
       <c r="F18" t="s">
-        <v>1036</v>
+        <v>106</v>
       </c>
       <c r="G18">
         <v>2025</v>
       </c>
       <c r="H18" t="s">
-        <v>63</v>
+        <v>99</v>
       </c>
       <c r="I18" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J18" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K18" t="s">
-        <v>1446</v>
+        <v>107</v>
       </c>
       <c r="L18" t="s">
-        <v>1447</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>108</v>
+      </c>
+      <c r="M18" s="1">
+        <v>22</v>
       </c>
       <c r="N18" t="s">
-        <v>130</v>
+        <v>109</v>
       </c>
       <c r="O18" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P18">
         <v>2025</v>
       </c>
       <c r="Q18" t="s">
-        <v>1448</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:17" x14ac:dyDescent="0.2">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>1383</v>
+        <v>19</v>
       </c>
       <c r="B19" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C19" t="s">
-        <v>1449</v>
+        <v>111</v>
       </c>
       <c r="D19" t="s">
-        <v>1450</v>
+        <v>112</v>
       </c>
       <c r="F19" t="s">
-        <v>1451</v>
+        <v>113</v>
       </c>
       <c r="G19">
         <v>2025</v>
       </c>
       <c r="H19" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="I19" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J19" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K19" t="s">
-        <v>1452</v>
+        <v>114</v>
       </c>
       <c r="L19" t="s">
-        <v>1453</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>115</v>
+      </c>
+      <c r="M19" s="1">
+        <v>23</v>
       </c>
       <c r="N19" t="s">
-        <v>1454</v>
+        <v>116</v>
       </c>
       <c r="O19" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P19">
         <v>2025</v>
       </c>
       <c r="Q19" t="s">
-        <v>1455</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:17" x14ac:dyDescent="0.2">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>1383</v>
+        <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C20" t="s">
-        <v>1456</v>
+        <v>118</v>
       </c>
       <c r="D20" t="s">
-        <v>1457</v>
+        <v>119</v>
       </c>
       <c r="F20" t="s">
-        <v>549</v>
+        <v>120</v>
       </c>
       <c r="G20">
         <v>2025</v>
       </c>
       <c r="H20" t="s">
-        <v>1179</v>
+        <v>35</v>
       </c>
       <c r="I20" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J20" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K20" t="s">
-        <v>1458</v>
+        <v>121</v>
       </c>
       <c r="L20" t="s">
-        <v>1459</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>122</v>
+      </c>
+      <c r="M20" s="1">
+        <v>22</v>
       </c>
       <c r="N20" t="s">
-        <v>141</v>
+        <v>123</v>
       </c>
       <c r="O20" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P20">
         <v>2025</v>
       </c>
       <c r="Q20" t="s">
-        <v>1460</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:17" x14ac:dyDescent="0.2">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>1383</v>
+        <v>19</v>
       </c>
       <c r="B21" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C21" t="s">
-        <v>1461</v>
+        <v>125</v>
       </c>
       <c r="D21" t="s">
-        <v>1462</v>
+        <v>126</v>
       </c>
       <c r="F21" t="s">
-        <v>353</v>
+        <v>127</v>
       </c>
       <c r="G21">
         <v>2025</v>
       </c>
       <c r="H21" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I21" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J21" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K21" t="s">
-        <v>1463</v>
+        <v>128</v>
       </c>
       <c r="L21" t="s">
-        <v>1464</v>
-[...1 lines deleted...]
-      <c r="M21" s="11">
+        <v>129</v>
+      </c>
+      <c r="M21" s="1">
         <v>22</v>
       </c>
       <c r="N21" t="s">
-        <v>257</v>
+        <v>130</v>
       </c>
       <c r="O21" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P21">
         <v>2025</v>
       </c>
       <c r="Q21" t="s">
-        <v>1465</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:17" x14ac:dyDescent="0.2">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>1383</v>
+        <v>19</v>
       </c>
       <c r="B22" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C22" t="s">
-        <v>1466</v>
+        <v>132</v>
       </c>
       <c r="D22" t="s">
-        <v>1467</v>
+        <v>133</v>
       </c>
       <c r="F22" t="s">
-        <v>1317</v>
+        <v>134</v>
       </c>
       <c r="G22">
         <v>2025</v>
       </c>
       <c r="H22" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="I22" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J22" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K22" t="s">
-        <v>1468</v>
+        <v>135</v>
       </c>
       <c r="L22" t="s">
-        <v>1469</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>136</v>
+      </c>
+      <c r="M22" s="1">
+        <v>28</v>
       </c>
       <c r="N22" t="s">
-        <v>39</v>
+        <v>137</v>
       </c>
       <c r="O22" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P22">
         <v>2025</v>
       </c>
       <c r="Q22" t="s">
-        <v>1470</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:17" x14ac:dyDescent="0.2">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>1383</v>
+        <v>139</v>
       </c>
       <c r="B23" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C23" t="s">
-        <v>1471</v>
+        <v>140</v>
       </c>
       <c r="D23" t="s">
-        <v>1472</v>
+        <v>141</v>
       </c>
       <c r="F23" t="s">
-        <v>1473</v>
+        <v>142</v>
       </c>
       <c r="G23">
         <v>2025</v>
       </c>
       <c r="H23" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="I23" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J23" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K23" t="s">
-        <v>1474</v>
+        <v>143</v>
       </c>
       <c r="L23" t="s">
-        <v>1475</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>144</v>
+      </c>
+      <c r="M23" s="1">
+        <v>25</v>
       </c>
       <c r="N23" t="s">
-        <v>1476</v>
+        <v>145</v>
       </c>
       <c r="O23" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P23">
         <v>2025</v>
       </c>
       <c r="Q23" t="s">
-        <v>1477</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:17" x14ac:dyDescent="0.2">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>1326</v>
+        <v>139</v>
       </c>
       <c r="B24" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C24" t="s">
-        <v>1327</v>
+        <v>147</v>
       </c>
       <c r="D24" t="s">
-        <v>1328</v>
+        <v>148</v>
       </c>
       <c r="F24" t="s">
-        <v>1178</v>
+        <v>149</v>
       </c>
       <c r="G24">
         <v>2025</v>
       </c>
       <c r="H24" t="s">
-        <v>1179</v>
+        <v>35</v>
       </c>
       <c r="I24" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J24" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K24" t="s">
-        <v>1329</v>
+        <v>150</v>
       </c>
       <c r="L24" t="s">
-        <v>1330</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>151</v>
+      </c>
+      <c r="M24" s="1">
+        <v>27</v>
       </c>
       <c r="N24" t="s">
-        <v>1187</v>
+        <v>152</v>
       </c>
       <c r="O24" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P24">
         <v>2025</v>
       </c>
       <c r="Q24" t="s">
-        <v>1331</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:17" x14ac:dyDescent="0.2">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>1326</v>
+        <v>139</v>
       </c>
       <c r="B25" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C25" t="s">
-        <v>1332</v>
+        <v>154</v>
       </c>
       <c r="D25" t="s">
-        <v>1333</v>
+        <v>155</v>
       </c>
       <c r="F25" t="s">
-        <v>1334</v>
+        <v>76</v>
       </c>
       <c r="G25">
         <v>2025</v>
       </c>
       <c r="H25" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I25" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J25" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K25" t="s">
-        <v>1335</v>
+        <v>156</v>
       </c>
       <c r="L25" t="s">
-        <v>1336</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>157</v>
+      </c>
+      <c r="M25" s="1">
+        <v>22</v>
       </c>
       <c r="N25" t="s">
-        <v>31</v>
+        <v>158</v>
       </c>
       <c r="O25" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P25">
         <v>2025</v>
       </c>
       <c r="Q25" t="s">
-        <v>1337</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:17" x14ac:dyDescent="0.2">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>1326</v>
+        <v>139</v>
       </c>
       <c r="B26" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C26" t="s">
-        <v>1338</v>
+        <v>160</v>
       </c>
       <c r="D26" t="s">
-        <v>1339</v>
+        <v>161</v>
       </c>
       <c r="F26" t="s">
-        <v>83</v>
+        <v>162</v>
       </c>
       <c r="G26">
         <v>2025</v>
       </c>
       <c r="H26" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I26" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J26" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K26" t="s">
-        <v>1340</v>
+        <v>163</v>
       </c>
       <c r="L26" t="s">
-        <v>1341</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>164</v>
+      </c>
+      <c r="M26" s="1">
+        <v>53</v>
       </c>
       <c r="N26" t="s">
-        <v>131</v>
+        <v>165</v>
       </c>
       <c r="O26" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P26">
         <v>2025</v>
       </c>
       <c r="Q26" t="s">
-        <v>1342</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:17" x14ac:dyDescent="0.2">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>1326</v>
+        <v>139</v>
       </c>
       <c r="B27" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C27" t="s">
-        <v>1343</v>
+        <v>167</v>
       </c>
       <c r="D27" t="s">
-        <v>1344</v>
+        <v>168</v>
       </c>
       <c r="F27" t="s">
-        <v>261</v>
+        <v>169</v>
       </c>
       <c r="G27">
         <v>2025</v>
       </c>
       <c r="H27" t="s">
-        <v>18</v>
+        <v>84</v>
       </c>
       <c r="I27" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J27" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K27" t="s">
-        <v>1345</v>
+        <v>170</v>
       </c>
       <c r="L27" t="s">
-        <v>1346</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>171</v>
+      </c>
+      <c r="M27" s="1">
+        <v>26</v>
       </c>
       <c r="N27" t="s">
-        <v>184</v>
+        <v>172</v>
       </c>
       <c r="O27" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P27">
         <v>2025</v>
       </c>
       <c r="Q27" t="s">
-        <v>1347</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:17" x14ac:dyDescent="0.2">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>1326</v>
+        <v>139</v>
       </c>
       <c r="B28" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C28" t="s">
-        <v>1348</v>
+        <v>174</v>
       </c>
       <c r="D28" t="s">
-        <v>1349</v>
+        <v>175</v>
       </c>
       <c r="F28" t="s">
-        <v>208</v>
+        <v>176</v>
       </c>
       <c r="G28">
         <v>2025</v>
       </c>
       <c r="H28" t="s">
-        <v>96</v>
+        <v>25</v>
       </c>
       <c r="I28" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J28" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K28" t="s">
-        <v>1350</v>
+        <v>177</v>
       </c>
       <c r="L28" t="s">
-        <v>1351</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>178</v>
+      </c>
+      <c r="M28" s="1">
+        <v>22</v>
       </c>
       <c r="N28" t="s">
-        <v>211</v>
+        <v>179</v>
       </c>
       <c r="O28" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P28">
         <v>2025</v>
       </c>
       <c r="Q28" t="s">
-        <v>1352</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:17" x14ac:dyDescent="0.2">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>1326</v>
+        <v>139</v>
       </c>
       <c r="B29" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C29" t="s">
-        <v>1353</v>
+        <v>181</v>
       </c>
       <c r="D29" t="s">
-        <v>1354</v>
+        <v>182</v>
       </c>
       <c r="F29" t="s">
-        <v>1355</v>
+        <v>183</v>
       </c>
       <c r="G29">
         <v>2025</v>
       </c>
       <c r="H29" t="s">
-        <v>1179</v>
+        <v>35</v>
       </c>
       <c r="I29" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J29" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K29" t="s">
-        <v>1356</v>
+        <v>184</v>
       </c>
       <c r="L29" t="s">
-        <v>1357</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>185</v>
+      </c>
+      <c r="M29" s="1">
+        <v>24</v>
       </c>
       <c r="N29" t="s">
-        <v>1358</v>
+        <v>186</v>
       </c>
       <c r="O29" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P29">
         <v>2025</v>
       </c>
       <c r="Q29" t="s">
-        <v>1359</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:17" x14ac:dyDescent="0.2">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>1326</v>
+        <v>139</v>
       </c>
       <c r="B30" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C30" t="s">
-        <v>1360</v>
+        <v>188</v>
       </c>
       <c r="D30" t="s">
-        <v>1361</v>
+        <v>189</v>
       </c>
       <c r="F30" t="s">
-        <v>1362</v>
+        <v>190</v>
       </c>
       <c r="G30">
         <v>2025</v>
       </c>
       <c r="H30" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I30" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J30" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K30" t="s">
-        <v>1363</v>
+        <v>191</v>
       </c>
       <c r="L30" t="s">
-        <v>1364</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>192</v>
+      </c>
+      <c r="M30" s="1">
+        <v>22</v>
       </c>
       <c r="N30" t="s">
-        <v>35</v>
+        <v>193</v>
       </c>
       <c r="O30" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P30">
         <v>2025</v>
       </c>
       <c r="Q30" t="s">
-        <v>1365</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:17" x14ac:dyDescent="0.2">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>1326</v>
+        <v>139</v>
       </c>
       <c r="B31" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C31" t="s">
-        <v>1366</v>
+        <v>195</v>
       </c>
       <c r="D31" t="s">
-        <v>1367</v>
+        <v>196</v>
       </c>
       <c r="F31" t="s">
-        <v>444</v>
+        <v>197</v>
       </c>
       <c r="G31">
         <v>2025</v>
       </c>
       <c r="H31" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I31" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J31" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K31" t="s">
-        <v>1368</v>
+        <v>198</v>
       </c>
       <c r="L31" t="s">
-        <v>1369</v>
-[...1 lines deleted...]
-      <c r="M31" s="11">
+        <v>199</v>
+      </c>
+      <c r="M31" s="1">
         <v>22</v>
       </c>
       <c r="N31" t="s">
-        <v>1370</v>
+        <v>200</v>
       </c>
       <c r="O31" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P31">
         <v>2025</v>
       </c>
       <c r="Q31" t="s">
-        <v>1371</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:17" x14ac:dyDescent="0.2">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="32" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>1326</v>
+        <v>139</v>
       </c>
       <c r="B32" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C32" t="s">
-        <v>1372</v>
+        <v>202</v>
       </c>
       <c r="D32" t="s">
-        <v>1373</v>
+        <v>203</v>
       </c>
       <c r="F32" t="s">
-        <v>1374</v>
+        <v>76</v>
       </c>
       <c r="G32">
         <v>2025</v>
       </c>
       <c r="H32" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I32" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J32" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K32" t="s">
-        <v>1375</v>
+        <v>204</v>
       </c>
       <c r="L32" t="s">
-        <v>1376</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>205</v>
+      </c>
+      <c r="M32" s="1">
+        <v>28</v>
       </c>
       <c r="N32" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="O32" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P32">
         <v>2025</v>
       </c>
       <c r="Q32" t="s">
-        <v>1377</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:17" x14ac:dyDescent="0.2">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="33" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>1326</v>
+        <v>207</v>
       </c>
       <c r="B33" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C33" t="s">
-        <v>1378</v>
+        <v>208</v>
       </c>
       <c r="D33" t="s">
-        <v>1379</v>
+        <v>209</v>
       </c>
       <c r="F33" t="s">
-        <v>83</v>
+        <v>210</v>
       </c>
       <c r="G33">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="H33" t="s">
-        <v>18</v>
+        <v>211</v>
       </c>
       <c r="I33" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J33" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K33" t="s">
-        <v>1380</v>
+        <v>212</v>
       </c>
       <c r="L33" t="s">
-        <v>1381</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>213</v>
+      </c>
+      <c r="M33" s="1">
+        <v>37</v>
       </c>
       <c r="N33" t="s">
-        <v>24</v>
+        <v>214</v>
       </c>
       <c r="O33" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P33">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="Q33" t="s">
-        <v>1382</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:17" x14ac:dyDescent="0.2">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="34" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>1256</v>
+        <v>207</v>
       </c>
       <c r="B34" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C34" t="s">
-        <v>1257</v>
+        <v>216</v>
       </c>
       <c r="D34" t="s">
-        <v>1258</v>
+        <v>217</v>
       </c>
       <c r="F34" t="s">
-        <v>1259</v>
+        <v>218</v>
       </c>
       <c r="G34">
         <v>2024</v>
       </c>
       <c r="H34" t="s">
-        <v>1260</v>
+        <v>25</v>
       </c>
       <c r="I34" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J34" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K34" t="s">
-        <v>1261</v>
+        <v>219</v>
       </c>
       <c r="L34" t="s">
-        <v>1262</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>220</v>
+      </c>
+      <c r="M34" s="1">
+        <v>43</v>
       </c>
       <c r="N34" t="s">
-        <v>1263</v>
+        <v>46</v>
       </c>
       <c r="O34" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P34">
         <v>2024</v>
       </c>
       <c r="Q34" t="s">
-        <v>1264</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:17" x14ac:dyDescent="0.2">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="35" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>1256</v>
+        <v>207</v>
       </c>
       <c r="B35" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C35" t="s">
-        <v>1265</v>
+        <v>222</v>
       </c>
       <c r="D35" t="s">
-        <v>1266</v>
+        <v>223</v>
       </c>
       <c r="F35" t="s">
-        <v>1267</v>
+        <v>224</v>
       </c>
       <c r="G35">
         <v>2024</v>
       </c>
       <c r="H35" t="s">
-        <v>1179</v>
+        <v>35</v>
       </c>
       <c r="I35" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J35" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K35" t="s">
-        <v>1268</v>
+        <v>225</v>
       </c>
       <c r="L35" t="s">
-        <v>1269</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>226</v>
+      </c>
+      <c r="M35" s="1">
+        <v>42</v>
       </c>
       <c r="N35" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="O35" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P35">
         <v>2024</v>
       </c>
       <c r="Q35" t="s">
-        <v>1270</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:17" x14ac:dyDescent="0.2">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>1256</v>
+        <v>207</v>
       </c>
       <c r="B36" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C36" t="s">
-        <v>1271</v>
+        <v>228</v>
       </c>
       <c r="D36" t="s">
-        <v>1272</v>
+        <v>229</v>
       </c>
       <c r="F36" t="s">
-        <v>156</v>
+        <v>169</v>
       </c>
       <c r="G36">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="H36" t="s">
-        <v>18</v>
+        <v>84</v>
       </c>
       <c r="I36" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J36" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K36" t="s">
-        <v>1273</v>
+        <v>230</v>
       </c>
       <c r="L36" t="s">
-        <v>1274</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>231</v>
+      </c>
+      <c r="M36" s="1">
+        <v>19</v>
       </c>
       <c r="N36" t="s">
-        <v>39</v>
+        <v>232</v>
       </c>
       <c r="O36" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P36">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="Q36" t="s">
-        <v>1275</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:17" x14ac:dyDescent="0.2">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="37" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>1256</v>
+        <v>207</v>
       </c>
       <c r="B37" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C37" t="s">
-        <v>1276</v>
+        <v>234</v>
       </c>
       <c r="D37" t="s">
-        <v>1277</v>
+        <v>235</v>
       </c>
       <c r="F37" t="s">
-        <v>208</v>
+        <v>236</v>
       </c>
       <c r="G37">
         <v>2025</v>
       </c>
       <c r="H37" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="I37" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J37" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K37" t="s">
-        <v>1278</v>
+        <v>237</v>
       </c>
       <c r="L37" t="s">
-        <v>1279</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>238</v>
+      </c>
+      <c r="M37" s="1">
+        <v>25</v>
       </c>
       <c r="N37" t="s">
-        <v>1280</v>
+        <v>239</v>
       </c>
       <c r="O37" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P37">
         <v>2025</v>
       </c>
       <c r="Q37" t="s">
-        <v>1281</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:17" x14ac:dyDescent="0.2">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="38" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>1256</v>
+        <v>207</v>
       </c>
       <c r="B38" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C38" t="s">
-        <v>1282</v>
+        <v>241</v>
       </c>
       <c r="D38" t="s">
-        <v>1283</v>
+        <v>242</v>
       </c>
       <c r="F38" t="s">
-        <v>814</v>
+        <v>142</v>
       </c>
       <c r="G38">
         <v>2025</v>
       </c>
       <c r="H38" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="I38" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J38" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K38" t="s">
-        <v>1284</v>
+        <v>243</v>
       </c>
       <c r="L38" t="s">
-        <v>1285</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>244</v>
+      </c>
+      <c r="M38" s="1">
+        <v>27</v>
       </c>
       <c r="N38" t="s">
-        <v>1286</v>
+        <v>245</v>
       </c>
       <c r="O38" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P38">
         <v>2025</v>
       </c>
       <c r="Q38" t="s">
-        <v>1287</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:17" x14ac:dyDescent="0.2">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="39" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>1256</v>
+        <v>207</v>
       </c>
       <c r="B39" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C39" t="s">
-        <v>1288</v>
+        <v>247</v>
       </c>
       <c r="D39" t="s">
-        <v>1289</v>
+        <v>248</v>
       </c>
       <c r="F39" t="s">
-        <v>1178</v>
+        <v>249</v>
       </c>
       <c r="G39">
         <v>2025</v>
       </c>
       <c r="H39" t="s">
-        <v>1179</v>
+        <v>35</v>
       </c>
       <c r="I39" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J39" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K39" t="s">
-        <v>1290</v>
+        <v>250</v>
       </c>
       <c r="L39" t="s">
-        <v>1291</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>251</v>
+      </c>
+      <c r="M39" s="1">
+        <v>39</v>
       </c>
       <c r="N39" t="s">
-        <v>1230</v>
+        <v>252</v>
       </c>
       <c r="O39" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P39">
         <v>2025</v>
       </c>
       <c r="Q39" t="s">
-        <v>1292</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:17" x14ac:dyDescent="0.2">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="40" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
-        <v>1256</v>
+        <v>207</v>
       </c>
       <c r="B40" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C40" t="s">
-        <v>1293</v>
+        <v>254</v>
       </c>
       <c r="D40" t="s">
-        <v>1294</v>
+        <v>255</v>
       </c>
       <c r="F40" t="s">
-        <v>635</v>
+        <v>256</v>
       </c>
       <c r="G40">
         <v>2025</v>
       </c>
       <c r="H40" t="s">
-        <v>18</v>
+        <v>84</v>
       </c>
       <c r="I40" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J40" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K40" t="s">
-        <v>1295</v>
+        <v>257</v>
       </c>
       <c r="L40" t="s">
-        <v>1296</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>258</v>
+      </c>
+      <c r="M40" s="1">
+        <v>56</v>
       </c>
       <c r="N40" t="s">
-        <v>1297</v>
+        <v>46</v>
       </c>
       <c r="O40" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P40">
         <v>2025</v>
       </c>
       <c r="Q40" t="s">
-        <v>1298</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:17" x14ac:dyDescent="0.2">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="41" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
-        <v>1256</v>
+        <v>207</v>
       </c>
       <c r="B41" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C41" t="s">
-        <v>1299</v>
+        <v>260</v>
       </c>
       <c r="D41" t="s">
-        <v>1300</v>
+        <v>261</v>
       </c>
       <c r="F41" t="s">
-        <v>1301</v>
+        <v>262</v>
       </c>
       <c r="G41">
         <v>2025</v>
       </c>
       <c r="H41" t="s">
-        <v>96</v>
+        <v>35</v>
       </c>
       <c r="I41" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J41" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K41" t="s">
-        <v>1302</v>
+        <v>263</v>
       </c>
       <c r="L41" t="s">
-        <v>1303</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>264</v>
+      </c>
+      <c r="M41" s="1">
+        <v>28</v>
       </c>
       <c r="N41" t="s">
-        <v>134</v>
+        <v>186</v>
       </c>
       <c r="O41" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P41">
         <v>2025</v>
       </c>
       <c r="Q41" t="s">
-        <v>1304</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:17" x14ac:dyDescent="0.2">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="42" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>1256</v>
+        <v>207</v>
       </c>
       <c r="B42" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C42" t="s">
-        <v>1305</v>
+        <v>266</v>
       </c>
       <c r="D42" t="s">
-        <v>1306</v>
+        <v>267</v>
       </c>
       <c r="F42" t="s">
-        <v>1307</v>
+        <v>268</v>
       </c>
       <c r="G42">
         <v>2025</v>
       </c>
       <c r="H42" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I42" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J42" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K42" t="s">
-        <v>1308</v>
+        <v>269</v>
       </c>
       <c r="L42" t="s">
-        <v>1309</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>270</v>
+      </c>
+      <c r="M42" s="1">
+        <v>23</v>
       </c>
       <c r="N42" t="s">
-        <v>35</v>
+        <v>271</v>
       </c>
       <c r="O42" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P42">
         <v>2025</v>
       </c>
       <c r="Q42" t="s">
-        <v>1310</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:17" x14ac:dyDescent="0.2">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="43" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>1256</v>
+        <v>207</v>
       </c>
       <c r="B43" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C43" t="s">
-        <v>570</v>
+        <v>273</v>
       </c>
       <c r="D43" t="s">
-        <v>571</v>
+        <v>274</v>
       </c>
       <c r="F43" t="s">
-        <v>359</v>
+        <v>127</v>
       </c>
       <c r="G43">
         <v>2025</v>
       </c>
       <c r="H43" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I43" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J43" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K43" t="s">
-        <v>1311</v>
+        <v>275</v>
       </c>
       <c r="L43" t="s">
-        <v>1312</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>276</v>
+      </c>
+      <c r="M43" s="1">
+        <v>36</v>
       </c>
       <c r="N43" t="s">
-        <v>1313</v>
+        <v>130</v>
       </c>
       <c r="O43" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P43">
         <v>2025</v>
       </c>
       <c r="Q43" t="s">
-        <v>1314</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:17" x14ac:dyDescent="0.2">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="44" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>1256</v>
+        <v>207</v>
       </c>
       <c r="B44" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C44" t="s">
-        <v>1315</v>
+        <v>278</v>
       </c>
       <c r="D44" t="s">
-        <v>1316</v>
+        <v>279</v>
       </c>
       <c r="F44" t="s">
-        <v>1317</v>
+        <v>280</v>
       </c>
       <c r="G44">
         <v>2025</v>
       </c>
       <c r="H44" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="I44" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J44" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K44" t="s">
-        <v>1318</v>
+        <v>281</v>
       </c>
       <c r="L44" t="s">
-        <v>1319</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>282</v>
+      </c>
+      <c r="M44" s="1">
+        <v>35</v>
       </c>
       <c r="N44" t="s">
-        <v>39</v>
+        <v>283</v>
       </c>
       <c r="O44" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P44">
         <v>2025</v>
       </c>
       <c r="Q44" t="s">
-        <v>1320</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:17" x14ac:dyDescent="0.2">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="45" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>1256</v>
+        <v>285</v>
       </c>
       <c r="B45" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C45" t="s">
-        <v>1321</v>
+        <v>286</v>
       </c>
       <c r="D45" t="s">
-        <v>1322</v>
+        <v>287</v>
       </c>
       <c r="F45" t="s">
-        <v>54</v>
+        <v>288</v>
       </c>
       <c r="G45">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="H45" t="s">
-        <v>96</v>
+        <v>35</v>
       </c>
       <c r="I45" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J45" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K45" t="s">
-        <v>1323</v>
+        <v>289</v>
       </c>
       <c r="L45" t="s">
-        <v>1324</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>290</v>
+      </c>
+      <c r="M45" s="1">
+        <v>24</v>
       </c>
       <c r="N45" t="s">
-        <v>1019</v>
+        <v>291</v>
       </c>
       <c r="O45" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P45">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="Q45" t="s">
-        <v>1325</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:17" x14ac:dyDescent="0.2">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="46" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
-        <v>1163</v>
+        <v>285</v>
       </c>
       <c r="B46" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C46" t="s">
-        <v>1164</v>
+        <v>293</v>
       </c>
       <c r="D46" t="s">
-        <v>1165</v>
+        <v>294</v>
       </c>
       <c r="F46" t="s">
-        <v>372</v>
+        <v>295</v>
       </c>
       <c r="G46">
         <v>2024</v>
       </c>
       <c r="H46" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I46" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J46" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K46" t="s">
-        <v>1166</v>
+        <v>296</v>
       </c>
       <c r="L46" t="s">
-        <v>1167</v>
-[...1 lines deleted...]
-      <c r="M46" s="11">
+        <v>297</v>
+      </c>
+      <c r="M46" s="1">
         <v>24</v>
       </c>
       <c r="N46" t="s">
-        <v>34</v>
+        <v>200</v>
       </c>
       <c r="O46" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P46">
         <v>2024</v>
       </c>
       <c r="Q46" t="s">
-        <v>1168</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:17" x14ac:dyDescent="0.2">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="47" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>1163</v>
+        <v>285</v>
       </c>
       <c r="B47" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C47" t="s">
-        <v>1169</v>
+        <v>299</v>
       </c>
       <c r="D47" t="s">
-        <v>1170</v>
+        <v>300</v>
+      </c>
+      <c r="E47" t="s">
+        <v>301</v>
       </c>
       <c r="F47" t="s">
-        <v>1171</v>
+        <v>142</v>
       </c>
       <c r="G47">
         <v>2024</v>
       </c>
       <c r="H47" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="I47" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J47" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K47" t="s">
-        <v>1172</v>
+        <v>302</v>
       </c>
       <c r="L47" t="s">
-        <v>1173</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>303</v>
+      </c>
+      <c r="M47" s="1">
+        <v>22</v>
       </c>
       <c r="N47" t="s">
-        <v>21</v>
+        <v>304</v>
       </c>
       <c r="O47" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P47">
         <v>2024</v>
       </c>
       <c r="Q47" t="s">
-        <v>1174</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:17" x14ac:dyDescent="0.2">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="48" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
-        <v>1163</v>
+        <v>285</v>
       </c>
       <c r="B48" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C48" t="s">
-        <v>1175</v>
+        <v>299</v>
       </c>
       <c r="D48" t="s">
-        <v>1176</v>
+        <v>300</v>
       </c>
       <c r="E48" t="s">
-        <v>1177</v>
+        <v>306</v>
       </c>
       <c r="F48" t="s">
-        <v>1178</v>
+        <v>142</v>
       </c>
       <c r="G48">
         <v>2024</v>
       </c>
       <c r="H48" t="s">
-        <v>1179</v>
+        <v>25</v>
       </c>
       <c r="I48" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J48" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K48" t="s">
-        <v>1180</v>
+        <v>307</v>
       </c>
       <c r="L48" t="s">
-        <v>1181</v>
-[...1 lines deleted...]
-      <c r="M48" s="11">
+        <v>308</v>
+      </c>
+      <c r="M48" s="1">
         <v>22</v>
       </c>
       <c r="N48" t="s">
-        <v>1182</v>
+        <v>145</v>
       </c>
       <c r="O48" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P48">
         <v>2024</v>
       </c>
       <c r="Q48" t="s">
-        <v>1183</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:17" x14ac:dyDescent="0.2">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="49" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>1163</v>
+        <v>285</v>
       </c>
       <c r="B49" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C49" t="s">
-        <v>1175</v>
+        <v>299</v>
       </c>
       <c r="D49" t="s">
-        <v>1176</v>
+        <v>300</v>
       </c>
       <c r="E49" t="s">
-        <v>1184</v>
+        <v>310</v>
       </c>
       <c r="F49" t="s">
-        <v>1178</v>
+        <v>142</v>
       </c>
       <c r="G49">
         <v>2024</v>
       </c>
       <c r="H49" t="s">
-        <v>1179</v>
+        <v>25</v>
       </c>
       <c r="I49" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J49" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K49" t="s">
-        <v>1185</v>
+        <v>311</v>
       </c>
       <c r="L49" t="s">
-        <v>1186</v>
-[...1 lines deleted...]
-      <c r="M49" s="11">
+        <v>312</v>
+      </c>
+      <c r="M49" s="1">
         <v>22</v>
       </c>
       <c r="N49" t="s">
-        <v>1187</v>
+        <v>145</v>
       </c>
       <c r="O49" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P49">
         <v>2024</v>
       </c>
       <c r="Q49" t="s">
-        <v>1188</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:17" x14ac:dyDescent="0.2">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="50" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
-        <v>1163</v>
+        <v>285</v>
       </c>
       <c r="B50" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C50" t="s">
-        <v>1175</v>
+        <v>314</v>
       </c>
       <c r="D50" t="s">
-        <v>1176</v>
-[...2 lines deleted...]
-        <v>1189</v>
+        <v>315</v>
       </c>
       <c r="F50" t="s">
-        <v>1178</v>
+        <v>316</v>
       </c>
       <c r="G50">
         <v>2024</v>
       </c>
       <c r="H50" t="s">
-        <v>1179</v>
+        <v>35</v>
       </c>
       <c r="I50" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J50" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K50" t="s">
-        <v>1190</v>
+        <v>317</v>
       </c>
       <c r="L50" t="s">
-        <v>1191</v>
-[...1 lines deleted...]
-      <c r="M50" s="11">
+        <v>318</v>
+      </c>
+      <c r="M50" s="1">
         <v>22</v>
       </c>
       <c r="N50" t="s">
-        <v>1187</v>
+        <v>319</v>
       </c>
       <c r="O50" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P50">
         <v>2024</v>
       </c>
       <c r="Q50" t="s">
-        <v>1192</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:17" x14ac:dyDescent="0.2">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="51" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
-        <v>1163</v>
+        <v>285</v>
       </c>
       <c r="B51" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C51" t="s">
-        <v>1193</v>
+        <v>321</v>
       </c>
       <c r="D51" t="s">
-        <v>1194</v>
+        <v>322</v>
       </c>
       <c r="F51" t="s">
-        <v>229</v>
+        <v>323</v>
       </c>
       <c r="G51">
         <v>2024</v>
       </c>
       <c r="H51" t="s">
-        <v>18</v>
+        <v>324</v>
       </c>
       <c r="I51" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J51" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K51" t="s">
-        <v>1195</v>
+        <v>325</v>
       </c>
       <c r="L51" t="s">
-        <v>1196</v>
-[...1 lines deleted...]
-      <c r="M51" s="11">
+        <v>326</v>
+      </c>
+      <c r="M51" s="1">
         <v>22</v>
       </c>
       <c r="N51" t="s">
-        <v>30</v>
+        <v>327</v>
       </c>
       <c r="O51" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P51">
         <v>2024</v>
       </c>
       <c r="Q51" t="s">
-        <v>1197</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:17" x14ac:dyDescent="0.2">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="52" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
-        <v>1163</v>
+        <v>285</v>
       </c>
       <c r="B52" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C52" t="s">
-        <v>1198</v>
+        <v>329</v>
       </c>
       <c r="D52" t="s">
-        <v>1199</v>
+        <v>330</v>
       </c>
       <c r="F52" t="s">
-        <v>1200</v>
+        <v>280</v>
       </c>
       <c r="G52">
         <v>2024</v>
       </c>
       <c r="H52" t="s">
-        <v>1201</v>
+        <v>35</v>
       </c>
       <c r="I52" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J52" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K52" t="s">
-        <v>1202</v>
+        <v>331</v>
       </c>
       <c r="L52" t="s">
-        <v>1203</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>332</v>
+      </c>
+      <c r="M52" s="1">
+        <v>24</v>
       </c>
       <c r="N52" t="s">
-        <v>25</v>
+        <v>333</v>
       </c>
       <c r="O52" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P52">
         <v>2024</v>
       </c>
       <c r="Q52" t="s">
-        <v>1204</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:17" x14ac:dyDescent="0.2">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="53" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
-        <v>1163</v>
+        <v>285</v>
       </c>
       <c r="B53" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C53" t="s">
-        <v>1205</v>
+        <v>335</v>
       </c>
       <c r="D53" t="s">
-        <v>1206</v>
+        <v>336</v>
       </c>
       <c r="F53" t="s">
-        <v>54</v>
+        <v>337</v>
       </c>
       <c r="G53">
         <v>2024</v>
       </c>
       <c r="H53" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="I53" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J53" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K53" t="s">
-        <v>1207</v>
+        <v>338</v>
       </c>
       <c r="L53" t="s">
-        <v>1208</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>339</v>
+      </c>
+      <c r="M53" s="1">
+        <v>22</v>
       </c>
       <c r="N53" t="s">
-        <v>1209</v>
+        <v>340</v>
       </c>
       <c r="O53" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P53">
         <v>2024</v>
       </c>
       <c r="Q53" t="s">
-        <v>1210</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:17" x14ac:dyDescent="0.2">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="54" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
-        <v>1163</v>
+        <v>285</v>
       </c>
       <c r="B54" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C54" t="s">
-        <v>1211</v>
+        <v>342</v>
       </c>
       <c r="D54" t="s">
-        <v>1212</v>
+        <v>343</v>
       </c>
       <c r="F54" t="s">
-        <v>1213</v>
+        <v>344</v>
       </c>
       <c r="G54">
         <v>2024</v>
       </c>
       <c r="H54" t="s">
-        <v>1214</v>
+        <v>43</v>
       </c>
       <c r="I54" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J54" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K54" t="s">
-        <v>1215</v>
+        <v>345</v>
       </c>
       <c r="L54" t="s">
-        <v>1216</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>346</v>
+      </c>
+      <c r="M54" s="1">
+        <v>29</v>
       </c>
       <c r="N54" t="s">
-        <v>1217</v>
+        <v>46</v>
       </c>
       <c r="O54" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P54">
         <v>2024</v>
       </c>
       <c r="Q54" t="s">
-        <v>1218</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:17" x14ac:dyDescent="0.2">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="55" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
-        <v>1163</v>
+        <v>285</v>
       </c>
       <c r="B55" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C55" t="s">
-        <v>1219</v>
+        <v>348</v>
       </c>
       <c r="D55" t="s">
-        <v>1220</v>
+        <v>349</v>
       </c>
       <c r="F55" t="s">
-        <v>1221</v>
+        <v>350</v>
       </c>
       <c r="G55">
         <v>2024</v>
       </c>
       <c r="H55" t="s">
-        <v>1214</v>
+        <v>25</v>
       </c>
       <c r="I55" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J55" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K55" t="s">
-        <v>1222</v>
+        <v>351</v>
       </c>
       <c r="L55" t="s">
-        <v>1223</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>352</v>
+      </c>
+      <c r="M55" s="1">
+        <v>22</v>
       </c>
       <c r="N55" t="s">
-        <v>134</v>
+        <v>245</v>
       </c>
       <c r="O55" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P55">
         <v>2024</v>
       </c>
       <c r="Q55" t="s">
-        <v>1224</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:17" x14ac:dyDescent="0.2">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="56" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
-        <v>1163</v>
+        <v>285</v>
       </c>
       <c r="B56" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C56" t="s">
-        <v>1225</v>
+        <v>354</v>
       </c>
       <c r="D56" t="s">
-        <v>1226</v>
+        <v>355</v>
+      </c>
+      <c r="E56" t="s">
+        <v>23</v>
       </c>
       <c r="F56" t="s">
-        <v>1227</v>
+        <v>356</v>
       </c>
       <c r="G56">
         <v>2024</v>
       </c>
       <c r="H56" t="s">
-        <v>1179</v>
+        <v>25</v>
       </c>
       <c r="I56" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J56" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K56" t="s">
-        <v>1228</v>
+        <v>357</v>
       </c>
       <c r="L56" t="s">
-        <v>1229</v>
-[...1 lines deleted...]
-      <c r="M56" s="11">
+        <v>358</v>
+      </c>
+      <c r="M56" s="1">
         <v>22</v>
       </c>
       <c r="N56" t="s">
-        <v>1230</v>
+        <v>30</v>
       </c>
       <c r="O56" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P56">
         <v>2024</v>
       </c>
       <c r="Q56" t="s">
-        <v>1231</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:17" x14ac:dyDescent="0.2">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="57" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
-        <v>1163</v>
+        <v>285</v>
       </c>
       <c r="B57" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C57" t="s">
-        <v>1232</v>
+        <v>360</v>
       </c>
       <c r="D57" t="s">
-        <v>1233</v>
-[...2 lines deleted...]
-        <v>1234</v>
+        <v>361</v>
       </c>
       <c r="F57" t="s">
-        <v>1235</v>
+        <v>362</v>
       </c>
       <c r="G57">
         <v>2024</v>
       </c>
       <c r="H57" t="s">
-        <v>1179</v>
+        <v>43</v>
       </c>
       <c r="I57" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J57" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K57" t="s">
-        <v>1236</v>
+        <v>363</v>
       </c>
       <c r="L57" t="s">
-        <v>1237</v>
-[...1 lines deleted...]
-      <c r="M57" s="11">
+        <v>364</v>
+      </c>
+      <c r="M57" s="1">
         <v>22</v>
       </c>
       <c r="N57" t="s">
-        <v>1238</v>
+        <v>58</v>
       </c>
       <c r="O57" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P57">
         <v>2024</v>
       </c>
       <c r="Q57" t="s">
-        <v>1239</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:17" x14ac:dyDescent="0.2">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="58" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
-        <v>1163</v>
+        <v>285</v>
       </c>
       <c r="B58" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C58" t="s">
-        <v>1240</v>
+        <v>366</v>
       </c>
       <c r="D58" t="s">
-        <v>1241</v>
+        <v>367</v>
       </c>
       <c r="F58" t="s">
-        <v>1242</v>
+        <v>368</v>
       </c>
       <c r="G58">
         <v>2024</v>
       </c>
       <c r="H58" t="s">
-        <v>1214</v>
+        <v>35</v>
       </c>
       <c r="I58" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J58" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K58" t="s">
-        <v>1243</v>
+        <v>369</v>
       </c>
       <c r="L58" t="s">
-        <v>1244</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>370</v>
+      </c>
+      <c r="M58" s="1">
+        <v>29</v>
       </c>
       <c r="N58" t="s">
-        <v>1245</v>
+        <v>87</v>
       </c>
       <c r="O58" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P58">
         <v>2024</v>
       </c>
       <c r="Q58" t="s">
-        <v>1246</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:17" x14ac:dyDescent="0.2">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="59" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
-        <v>1163</v>
+        <v>372</v>
       </c>
       <c r="B59" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C59" t="s">
-        <v>1247</v>
+        <v>373</v>
       </c>
       <c r="D59" t="s">
-        <v>1248</v>
+        <v>374</v>
       </c>
       <c r="F59" t="s">
-        <v>1249</v>
+        <v>169</v>
       </c>
       <c r="G59">
         <v>2024</v>
       </c>
       <c r="H59" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I59" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J59" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K59" t="s">
-        <v>1250</v>
+        <v>375</v>
       </c>
       <c r="L59" t="s">
-        <v>1251</v>
-[...1 lines deleted...]
-      <c r="M59" s="11">
+        <v>376</v>
+      </c>
+      <c r="M59" s="1">
         <v>29</v>
       </c>
       <c r="N59" t="s">
-        <v>1252</v>
+        <v>377</v>
       </c>
       <c r="O59" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P59">
         <v>2024</v>
       </c>
       <c r="Q59" t="s">
-        <v>1253</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:17" x14ac:dyDescent="0.2">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="60" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
-        <v>1099</v>
+        <v>372</v>
       </c>
       <c r="B60" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C60" t="s">
-        <v>1100</v>
+        <v>379</v>
       </c>
       <c r="D60" t="s">
-        <v>1101</v>
+        <v>380</v>
       </c>
       <c r="F60" t="s">
-        <v>208</v>
+        <v>381</v>
       </c>
       <c r="G60">
         <v>2024</v>
       </c>
       <c r="H60" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I60" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J60" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K60" t="s">
-        <v>1102</v>
+        <v>382</v>
       </c>
       <c r="L60" t="s">
-        <v>1103</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>383</v>
+      </c>
+      <c r="M60" s="1">
+        <v>27</v>
       </c>
       <c r="N60" t="s">
-        <v>962</v>
+        <v>384</v>
       </c>
       <c r="O60" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P60">
         <v>2024</v>
       </c>
       <c r="Q60" t="s">
-        <v>1104</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:17" x14ac:dyDescent="0.2">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="61" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
-        <v>1099</v>
+        <v>372</v>
       </c>
       <c r="B61" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C61" t="s">
-        <v>1105</v>
+        <v>386</v>
       </c>
       <c r="D61" t="s">
-        <v>1106</v>
+        <v>387</v>
       </c>
       <c r="F61" t="s">
-        <v>936</v>
+        <v>120</v>
       </c>
       <c r="G61">
         <v>2024</v>
       </c>
       <c r="H61" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I61" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J61" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K61" t="s">
-        <v>1107</v>
+        <v>388</v>
       </c>
       <c r="L61" t="s">
-        <v>1108</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>389</v>
+      </c>
+      <c r="M61" s="1">
+        <v>22</v>
       </c>
       <c r="N61" t="s">
-        <v>139</v>
+        <v>390</v>
       </c>
       <c r="O61" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P61">
         <v>2024</v>
       </c>
       <c r="Q61" t="s">
-        <v>1109</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:17" x14ac:dyDescent="0.2">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="62" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
-        <v>1099</v>
+        <v>372</v>
       </c>
       <c r="B62" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C62" t="s">
-        <v>1110</v>
+        <v>392</v>
       </c>
       <c r="D62" t="s">
-        <v>1111</v>
+        <v>393</v>
       </c>
       <c r="F62" t="s">
-        <v>353</v>
+        <v>280</v>
       </c>
       <c r="G62">
         <v>2024</v>
       </c>
       <c r="H62" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I62" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J62" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K62" t="s">
-        <v>1112</v>
+        <v>394</v>
       </c>
       <c r="L62" t="s">
-        <v>1113</v>
-[...1 lines deleted...]
-      <c r="M62" s="11">
+        <v>395</v>
+      </c>
+      <c r="M62" s="1">
         <v>22</v>
       </c>
       <c r="N62" t="s">
-        <v>978</v>
+        <v>283</v>
       </c>
       <c r="O62" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P62">
         <v>2024</v>
       </c>
       <c r="Q62" t="s">
-        <v>1114</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:17" x14ac:dyDescent="0.2">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="63" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
-        <v>1099</v>
+        <v>372</v>
       </c>
       <c r="B63" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C63" t="s">
-        <v>1115</v>
+        <v>397</v>
       </c>
       <c r="D63" t="s">
-        <v>1116</v>
+        <v>398</v>
       </c>
       <c r="F63" t="s">
-        <v>54</v>
+        <v>399</v>
       </c>
       <c r="G63">
         <v>2024</v>
       </c>
       <c r="H63" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I63" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J63" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K63" t="s">
-        <v>1117</v>
+        <v>400</v>
       </c>
       <c r="L63" t="s">
-        <v>1118</v>
-[...1 lines deleted...]
-      <c r="M63" s="11">
+        <v>401</v>
+      </c>
+      <c r="M63" s="1">
         <v>22</v>
       </c>
       <c r="N63" t="s">
-        <v>1019</v>
+        <v>402</v>
       </c>
       <c r="O63" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P63">
         <v>2024</v>
       </c>
       <c r="Q63" t="s">
-        <v>1119</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:17" x14ac:dyDescent="0.2">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="64" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
-        <v>1099</v>
+        <v>372</v>
       </c>
       <c r="B64" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C64" t="s">
-        <v>1120</v>
+        <v>404</v>
       </c>
       <c r="D64" t="s">
-        <v>1121</v>
+        <v>405</v>
       </c>
       <c r="F64" t="s">
-        <v>760</v>
+        <v>406</v>
       </c>
       <c r="G64">
         <v>2024</v>
       </c>
       <c r="H64" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I64" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J64" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K64" t="s">
-        <v>1122</v>
+        <v>407</v>
       </c>
       <c r="L64" t="s">
-        <v>1123</v>
-[...1 lines deleted...]
-      <c r="M64" s="11">
+        <v>408</v>
+      </c>
+      <c r="M64" s="1">
         <v>22</v>
       </c>
       <c r="N64" t="s">
-        <v>129</v>
+        <v>409</v>
       </c>
       <c r="O64" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P64">
         <v>2024</v>
       </c>
       <c r="Q64" t="s">
-        <v>1124</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:17" x14ac:dyDescent="0.2">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="65" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
-        <v>1099</v>
+        <v>372</v>
       </c>
       <c r="B65" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C65" t="s">
-        <v>1125</v>
+        <v>411</v>
       </c>
       <c r="D65" t="s">
-        <v>1126</v>
+        <v>412</v>
       </c>
       <c r="F65" t="s">
-        <v>215</v>
+        <v>413</v>
       </c>
       <c r="G65">
         <v>2024</v>
       </c>
       <c r="H65" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I65" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J65" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K65" t="s">
-        <v>1127</v>
+        <v>414</v>
       </c>
       <c r="L65" t="s">
-        <v>1128</v>
-[...1 lines deleted...]
-      <c r="M65" s="11">
+        <v>415</v>
+      </c>
+      <c r="M65" s="1">
         <v>22</v>
       </c>
       <c r="N65" t="s">
-        <v>1129</v>
+        <v>416</v>
       </c>
       <c r="O65" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P65">
         <v>2024</v>
       </c>
       <c r="Q65" t="s">
-        <v>1130</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:17" x14ac:dyDescent="0.2">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="66" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
-        <v>1099</v>
+        <v>372</v>
       </c>
       <c r="B66" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C66" t="s">
-        <v>1131</v>
+        <v>418</v>
       </c>
       <c r="D66" t="s">
-        <v>1132</v>
+        <v>419</v>
       </c>
       <c r="F66" t="s">
-        <v>1133</v>
+        <v>420</v>
       </c>
       <c r="G66">
         <v>2024</v>
       </c>
       <c r="H66" t="s">
-        <v>18</v>
+        <v>84</v>
       </c>
       <c r="I66" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J66" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K66" t="s">
-        <v>1134</v>
+        <v>421</v>
       </c>
       <c r="L66" t="s">
-        <v>1135</v>
-[...1 lines deleted...]
-      <c r="M66" s="11">
+        <v>422</v>
+      </c>
+      <c r="M66" s="1">
         <v>22</v>
       </c>
       <c r="N66" t="s">
-        <v>1136</v>
+        <v>423</v>
       </c>
       <c r="O66" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P66">
         <v>2024</v>
       </c>
       <c r="Q66" t="s">
-        <v>1137</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:17" x14ac:dyDescent="0.2">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="67" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
-        <v>1099</v>
+        <v>372</v>
       </c>
       <c r="B67" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C67" t="s">
-        <v>1138</v>
+        <v>425</v>
       </c>
       <c r="D67" t="s">
-        <v>1139</v>
+        <v>426</v>
       </c>
       <c r="F67" t="s">
-        <v>1140</v>
+        <v>427</v>
       </c>
       <c r="G67">
         <v>2024</v>
       </c>
       <c r="H67" t="s">
-        <v>96</v>
+        <v>35</v>
       </c>
       <c r="I67" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J67" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K67" t="s">
-        <v>1141</v>
+        <v>428</v>
       </c>
       <c r="L67" t="s">
-        <v>1142</v>
-[...1 lines deleted...]
-      <c r="M67" s="11">
+        <v>429</v>
+      </c>
+      <c r="M67" s="1">
         <v>22</v>
       </c>
       <c r="N67" t="s">
-        <v>1143</v>
+        <v>430</v>
       </c>
       <c r="O67" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P67">
         <v>2024</v>
       </c>
       <c r="Q67" t="s">
-        <v>1144</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:17" x14ac:dyDescent="0.2">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="68" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
-        <v>1099</v>
+        <v>372</v>
       </c>
       <c r="B68" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C68" t="s">
-        <v>1145</v>
+        <v>432</v>
       </c>
       <c r="D68" t="s">
-        <v>1146</v>
+        <v>433</v>
       </c>
       <c r="F68" t="s">
-        <v>1147</v>
+        <v>434</v>
       </c>
       <c r="G68">
         <v>2024</v>
       </c>
       <c r="H68" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I68" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J68" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K68" t="s">
-        <v>1148</v>
+        <v>435</v>
       </c>
       <c r="L68" t="s">
-        <v>1149</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>436</v>
+      </c>
+      <c r="M68" s="1">
+        <v>26</v>
       </c>
       <c r="N68" t="s">
-        <v>1150</v>
+        <v>437</v>
       </c>
       <c r="O68" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P68">
         <v>2024</v>
       </c>
       <c r="Q68" t="s">
-        <v>1151</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:17" x14ac:dyDescent="0.2">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="69" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
-        <v>1099</v>
+        <v>372</v>
       </c>
       <c r="B69" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C69" t="s">
-        <v>1152</v>
+        <v>439</v>
       </c>
       <c r="D69" t="s">
-        <v>1153</v>
+        <v>440</v>
       </c>
       <c r="F69" t="s">
-        <v>69</v>
+        <v>190</v>
       </c>
       <c r="G69">
         <v>2024</v>
       </c>
       <c r="H69" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I69" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J69" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K69" t="s">
-        <v>1154</v>
+        <v>441</v>
       </c>
       <c r="L69" t="s">
-        <v>1155</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>442</v>
+      </c>
+      <c r="M69" s="1">
+        <v>22</v>
       </c>
       <c r="N69" t="s">
-        <v>72</v>
+        <v>283</v>
       </c>
       <c r="O69" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P69">
         <v>2024</v>
       </c>
       <c r="Q69" t="s">
-        <v>1156</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:17" x14ac:dyDescent="0.2">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="70" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
-        <v>1099</v>
+        <v>444</v>
       </c>
       <c r="B70" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C70" t="s">
-        <v>1157</v>
+        <v>445</v>
       </c>
       <c r="D70" t="s">
-        <v>1158</v>
+        <v>446</v>
       </c>
       <c r="F70" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="G70">
         <v>2024</v>
       </c>
       <c r="H70" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I70" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J70" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K70" t="s">
-        <v>1159</v>
+        <v>448</v>
       </c>
       <c r="L70" t="s">
-        <v>1160</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>449</v>
+      </c>
+      <c r="M70" s="1">
+        <v>27</v>
       </c>
       <c r="N70" t="s">
-        <v>1019</v>
+        <v>450</v>
       </c>
       <c r="O70" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P70">
         <v>2024</v>
       </c>
       <c r="Q70" t="s">
-        <v>1161</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:17" x14ac:dyDescent="0.2">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="71" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
-        <v>1040</v>
+        <v>444</v>
       </c>
       <c r="B71" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C71" t="s">
-        <v>1041</v>
+        <v>452</v>
       </c>
       <c r="D71" t="s">
-        <v>1042</v>
+        <v>453</v>
       </c>
       <c r="F71" t="s">
-        <v>333</v>
+        <v>454</v>
       </c>
       <c r="G71">
         <v>2024</v>
       </c>
       <c r="H71" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I71" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J71" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K71" t="s">
-        <v>1043</v>
+        <v>455</v>
       </c>
       <c r="L71" t="s">
-        <v>1044</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>456</v>
+      </c>
+      <c r="M71" s="1">
+        <v>38</v>
       </c>
       <c r="N71" t="s">
-        <v>28</v>
+        <v>457</v>
       </c>
       <c r="O71" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P71">
         <v>2024</v>
       </c>
       <c r="Q71" t="s">
-        <v>1045</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:17" x14ac:dyDescent="0.2">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="72" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
-        <v>1040</v>
+        <v>444</v>
       </c>
       <c r="B72" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C72" t="s">
-        <v>1046</v>
+        <v>459</v>
       </c>
       <c r="D72" t="s">
-        <v>1047</v>
+        <v>460</v>
       </c>
       <c r="F72" t="s">
-        <v>163</v>
+        <v>461</v>
       </c>
       <c r="G72">
         <v>2024</v>
       </c>
       <c r="H72" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I72" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J72" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K72" t="s">
-        <v>1048</v>
+        <v>462</v>
       </c>
       <c r="L72" t="s">
-        <v>1049</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>463</v>
+      </c>
+      <c r="M72" s="1">
+        <v>22</v>
       </c>
       <c r="N72" t="s">
-        <v>1050</v>
+        <v>327</v>
       </c>
       <c r="O72" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P72">
         <v>2024</v>
       </c>
       <c r="Q72" t="s">
-        <v>1051</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:17" x14ac:dyDescent="0.2">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="73" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
-        <v>1040</v>
+        <v>444</v>
       </c>
       <c r="B73" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C73" t="s">
-        <v>1052</v>
+        <v>465</v>
       </c>
       <c r="D73" t="s">
-        <v>1053</v>
+        <v>466</v>
       </c>
       <c r="F73" t="s">
-        <v>285</v>
+        <v>467</v>
       </c>
       <c r="G73">
         <v>2024</v>
       </c>
       <c r="H73" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I73" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J73" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K73" t="s">
-        <v>1054</v>
+        <v>468</v>
       </c>
       <c r="L73" t="s">
-        <v>1055</v>
-[...1 lines deleted...]
-      <c r="M73" s="11">
+        <v>469</v>
+      </c>
+      <c r="M73" s="1">
         <v>22</v>
       </c>
       <c r="N73" t="s">
-        <v>25</v>
+        <v>186</v>
       </c>
       <c r="O73" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P73">
         <v>2024</v>
       </c>
       <c r="Q73" t="s">
-        <v>1056</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:17" x14ac:dyDescent="0.2">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="74" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
-        <v>1040</v>
+        <v>444</v>
       </c>
       <c r="B74" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C74" t="s">
-        <v>1057</v>
+        <v>471</v>
       </c>
       <c r="D74" t="s">
-        <v>1058</v>
+        <v>472</v>
       </c>
       <c r="F74" t="s">
-        <v>169</v>
+        <v>473</v>
       </c>
       <c r="G74">
         <v>2024</v>
       </c>
       <c r="H74" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I74" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J74" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K74" t="s">
-        <v>1059</v>
+        <v>474</v>
       </c>
       <c r="L74" t="s">
-        <v>1060</v>
-[...1 lines deleted...]
-      <c r="M74" s="11">
+        <v>475</v>
+      </c>
+      <c r="M74" s="1">
         <v>22</v>
       </c>
       <c r="N74" t="s">
-        <v>35</v>
+        <v>476</v>
       </c>
       <c r="O74" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P74">
         <v>2024</v>
       </c>
       <c r="Q74" t="s">
-        <v>1061</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:17" x14ac:dyDescent="0.2">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="75" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
-        <v>1040</v>
+        <v>444</v>
       </c>
       <c r="B75" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C75" t="s">
-        <v>1062</v>
+        <v>478</v>
       </c>
       <c r="D75" t="s">
-        <v>1063</v>
+        <v>479</v>
       </c>
       <c r="F75" t="s">
-        <v>505</v>
+        <v>480</v>
       </c>
       <c r="G75">
         <v>2024</v>
       </c>
       <c r="H75" t="s">
-        <v>18</v>
+        <v>84</v>
       </c>
       <c r="I75" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J75" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K75" t="s">
-        <v>1064</v>
+        <v>481</v>
       </c>
       <c r="L75" t="s">
-        <v>1065</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>482</v>
+      </c>
+      <c r="M75" s="1">
+        <v>28</v>
       </c>
       <c r="N75" t="s">
-        <v>1066</v>
+        <v>483</v>
       </c>
       <c r="O75" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P75">
         <v>2024</v>
       </c>
       <c r="Q75" t="s">
-        <v>1067</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:17" x14ac:dyDescent="0.2">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="76" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
-        <v>1040</v>
+        <v>444</v>
       </c>
       <c r="B76" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C76" t="s">
-        <v>1068</v>
+        <v>485</v>
       </c>
       <c r="D76" t="s">
-        <v>1069</v>
+        <v>486</v>
       </c>
       <c r="F76" t="s">
-        <v>1070</v>
+        <v>487</v>
       </c>
       <c r="G76">
         <v>2024</v>
       </c>
       <c r="H76" t="s">
-        <v>96</v>
+        <v>35</v>
       </c>
       <c r="I76" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J76" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K76" t="s">
-        <v>1071</v>
+        <v>488</v>
       </c>
       <c r="L76" t="s">
-        <v>1072</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>489</v>
+      </c>
+      <c r="M76" s="1">
+        <v>22</v>
       </c>
       <c r="N76" t="s">
-        <v>1073</v>
+        <v>283</v>
       </c>
       <c r="O76" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P76">
         <v>2024</v>
       </c>
       <c r="Q76" t="s">
-        <v>1074</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:17" x14ac:dyDescent="0.2">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="77" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
-        <v>1040</v>
+        <v>444</v>
       </c>
       <c r="B77" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C77" t="s">
-        <v>1075</v>
+        <v>491</v>
       </c>
       <c r="D77" t="s">
-        <v>1076</v>
+        <v>492</v>
       </c>
       <c r="F77" t="s">
-        <v>1077</v>
+        <v>493</v>
       </c>
       <c r="G77">
         <v>2024</v>
       </c>
       <c r="H77" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I77" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J77" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K77" t="s">
-        <v>1078</v>
+        <v>494</v>
       </c>
       <c r="L77" t="s">
-        <v>1079</v>
-[...1 lines deleted...]
-      <c r="M77" s="11">
+        <v>495</v>
+      </c>
+      <c r="M77" s="1">
         <v>22</v>
       </c>
       <c r="N77" t="s">
-        <v>1019</v>
+        <v>483</v>
       </c>
       <c r="O77" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P77">
         <v>2024</v>
       </c>
       <c r="Q77" t="s">
-        <v>1080</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:17" x14ac:dyDescent="0.2">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="78" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
-        <v>1040</v>
+        <v>444</v>
       </c>
       <c r="B78" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C78" t="s">
-        <v>1081</v>
+        <v>497</v>
       </c>
       <c r="D78" t="s">
-        <v>1082</v>
+        <v>498</v>
       </c>
       <c r="F78" t="s">
-        <v>1083</v>
+        <v>499</v>
       </c>
       <c r="G78">
         <v>2024</v>
       </c>
       <c r="H78" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I78" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J78" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K78" t="s">
-        <v>1084</v>
+        <v>500</v>
       </c>
       <c r="L78" t="s">
-        <v>1085</v>
-[...1 lines deleted...]
-      <c r="M78" s="11">
+        <v>501</v>
+      </c>
+      <c r="M78" s="1">
         <v>22</v>
       </c>
       <c r="N78" t="s">
-        <v>1073</v>
+        <v>502</v>
       </c>
       <c r="O78" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P78">
         <v>2024</v>
       </c>
       <c r="Q78" t="s">
-        <v>1086</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:17" x14ac:dyDescent="0.2">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="79" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
-        <v>1040</v>
+        <v>444</v>
       </c>
       <c r="B79" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C79" t="s">
-        <v>1087</v>
+        <v>504</v>
       </c>
       <c r="D79" t="s">
-        <v>1088</v>
+        <v>505</v>
       </c>
       <c r="F79" t="s">
-        <v>1089</v>
+        <v>506</v>
       </c>
       <c r="G79">
         <v>2024</v>
       </c>
       <c r="H79" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I79" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J79" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K79" t="s">
-        <v>1090</v>
+        <v>507</v>
       </c>
       <c r="L79" t="s">
-        <v>1091</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>508</v>
+      </c>
+      <c r="M79" s="1">
+        <v>23</v>
       </c>
       <c r="N79" t="s">
-        <v>1092</v>
+        <v>319</v>
       </c>
       <c r="O79" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P79">
         <v>2024</v>
       </c>
       <c r="Q79" t="s">
-        <v>1093</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:17" x14ac:dyDescent="0.2">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="80" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
-        <v>1040</v>
+        <v>510</v>
       </c>
       <c r="B80" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C80" t="s">
-        <v>1094</v>
+        <v>511</v>
       </c>
       <c r="D80" t="s">
-        <v>1095</v>
+        <v>512</v>
       </c>
       <c r="F80" t="s">
-        <v>402</v>
+        <v>513</v>
       </c>
       <c r="G80">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="H80" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I80" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J80" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K80" t="s">
-        <v>1096</v>
+        <v>514</v>
       </c>
       <c r="L80" t="s">
-        <v>1097</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>515</v>
+      </c>
+      <c r="M80" s="1">
+        <v>22</v>
       </c>
       <c r="N80" t="s">
-        <v>30</v>
+        <v>186</v>
       </c>
       <c r="O80" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P80">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="Q80" t="s">
-        <v>1098</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:17" x14ac:dyDescent="0.2">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="81" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
-        <v>950</v>
+        <v>510</v>
       </c>
       <c r="B81" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C81" t="s">
-        <v>951</v>
+        <v>517</v>
       </c>
       <c r="D81" t="s">
-        <v>952</v>
+        <v>518</v>
       </c>
       <c r="F81" t="s">
-        <v>953</v>
+        <v>519</v>
       </c>
       <c r="G81">
         <v>2023</v>
       </c>
       <c r="H81" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I81" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J81" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K81" t="s">
-        <v>954</v>
+        <v>520</v>
       </c>
       <c r="L81" t="s">
-        <v>955</v>
-[...1 lines deleted...]
-      <c r="M81" s="11">
+        <v>521</v>
+      </c>
+      <c r="M81" s="1">
         <v>22</v>
       </c>
       <c r="N81" t="s">
-        <v>35</v>
+        <v>377</v>
       </c>
       <c r="O81" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P81">
         <v>2023</v>
       </c>
       <c r="Q81" t="s">
-        <v>956</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:17" x14ac:dyDescent="0.2">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="82" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
-        <v>950</v>
+        <v>510</v>
       </c>
       <c r="B82" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C82" t="s">
-        <v>957</v>
+        <v>523</v>
       </c>
       <c r="D82" t="s">
-        <v>958</v>
+        <v>524</v>
+      </c>
+      <c r="E82" t="s">
+        <v>525</v>
       </c>
       <c r="F82" t="s">
-        <v>959</v>
+        <v>224</v>
       </c>
       <c r="G82">
         <v>2023</v>
       </c>
       <c r="H82" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I82" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J82" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K82" t="s">
-        <v>960</v>
+        <v>526</v>
       </c>
       <c r="L82" t="s">
-        <v>961</v>
-[...1 lines deleted...]
-      <c r="M82" s="11">
+        <v>527</v>
+      </c>
+      <c r="M82" s="1">
         <v>22</v>
       </c>
       <c r="N82" t="s">
-        <v>962</v>
+        <v>130</v>
       </c>
       <c r="O82" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P82">
         <v>2023</v>
       </c>
       <c r="Q82" t="s">
-        <v>963</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:17" x14ac:dyDescent="0.2">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="83" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
-        <v>950</v>
+        <v>510</v>
       </c>
       <c r="B83" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C83" t="s">
-        <v>153</v>
+        <v>529</v>
       </c>
       <c r="D83" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>964</v>
+        <v>530</v>
       </c>
       <c r="F83" t="s">
-        <v>156</v>
+        <v>120</v>
       </c>
       <c r="G83">
         <v>2023</v>
       </c>
       <c r="H83" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I83" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J83" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K83" t="s">
-        <v>965</v>
+        <v>531</v>
       </c>
       <c r="L83" t="s">
-        <v>966</v>
-[...1 lines deleted...]
-      <c r="M83" s="11">
+        <v>532</v>
+      </c>
+      <c r="M83" s="1">
         <v>22</v>
       </c>
       <c r="N83" t="s">
-        <v>39</v>
+        <v>186</v>
       </c>
       <c r="O83" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P83">
         <v>2023</v>
       </c>
       <c r="Q83" t="s">
-        <v>967</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:17" x14ac:dyDescent="0.2">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="84" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
-        <v>950</v>
+        <v>510</v>
       </c>
       <c r="B84" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C84" t="s">
-        <v>968</v>
+        <v>534</v>
       </c>
       <c r="D84" t="s">
-        <v>969</v>
+        <v>535</v>
       </c>
       <c r="F84" t="s">
-        <v>353</v>
+        <v>536</v>
       </c>
       <c r="G84">
         <v>2023</v>
       </c>
       <c r="H84" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I84" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J84" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K84" t="s">
-        <v>970</v>
+        <v>537</v>
       </c>
       <c r="L84" t="s">
-        <v>971</v>
-[...1 lines deleted...]
-      <c r="M84" s="11">
+        <v>538</v>
+      </c>
+      <c r="M84" s="1">
         <v>22</v>
       </c>
       <c r="N84" t="s">
-        <v>35</v>
+        <v>390</v>
       </c>
       <c r="O84" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P84">
         <v>2023</v>
       </c>
       <c r="Q84" t="s">
-        <v>972</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:17" x14ac:dyDescent="0.2">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="85" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
-        <v>950</v>
+        <v>510</v>
       </c>
       <c r="B85" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C85" t="s">
-        <v>973</v>
+        <v>540</v>
       </c>
       <c r="D85" t="s">
-        <v>974</v>
+        <v>541</v>
       </c>
       <c r="F85" t="s">
-        <v>975</v>
+        <v>169</v>
       </c>
       <c r="G85">
         <v>2023</v>
       </c>
       <c r="H85" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I85" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J85" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K85" t="s">
-        <v>976</v>
+        <v>542</v>
       </c>
       <c r="L85" t="s">
-        <v>977</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>543</v>
+      </c>
+      <c r="M85" s="1">
+        <v>50</v>
       </c>
       <c r="N85" t="s">
-        <v>978</v>
+        <v>544</v>
       </c>
       <c r="O85" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P85">
         <v>2023</v>
       </c>
       <c r="Q85" t="s">
-        <v>979</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:17" x14ac:dyDescent="0.2">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="86" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
-        <v>950</v>
+        <v>510</v>
       </c>
       <c r="B86" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C86" t="s">
-        <v>980</v>
+        <v>546</v>
       </c>
       <c r="D86" t="s">
-        <v>981</v>
+        <v>547</v>
       </c>
       <c r="F86" t="s">
-        <v>208</v>
+        <v>548</v>
       </c>
       <c r="G86">
         <v>2023</v>
       </c>
       <c r="H86" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I86" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J86" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K86" t="s">
-        <v>982</v>
+        <v>549</v>
       </c>
       <c r="L86" t="s">
-        <v>983</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>550</v>
+      </c>
+      <c r="M86" s="1">
+        <v>22</v>
       </c>
       <c r="N86" t="s">
-        <v>430</v>
+        <v>551</v>
       </c>
       <c r="O86" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P86">
         <v>2023</v>
       </c>
       <c r="Q86" t="s">
-        <v>984</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:17" x14ac:dyDescent="0.2">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="87" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
-        <v>950</v>
+        <v>510</v>
       </c>
       <c r="B87" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C87" t="s">
-        <v>985</v>
+        <v>553</v>
       </c>
       <c r="D87" t="s">
-        <v>986</v>
+        <v>554</v>
       </c>
       <c r="F87" t="s">
-        <v>987</v>
+        <v>555</v>
       </c>
       <c r="G87">
         <v>2023</v>
       </c>
       <c r="H87" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I87" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J87" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K87" t="s">
-        <v>988</v>
+        <v>556</v>
       </c>
       <c r="L87" t="s">
-        <v>989</v>
-[...1 lines deleted...]
-      <c r="M87" s="11">
+        <v>557</v>
+      </c>
+      <c r="M87" s="1">
         <v>22</v>
       </c>
       <c r="N87" t="s">
-        <v>26</v>
+        <v>558</v>
       </c>
       <c r="O87" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P87">
         <v>2023</v>
       </c>
       <c r="Q87" t="s">
-        <v>990</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:17" x14ac:dyDescent="0.2">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="88" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
-        <v>950</v>
+        <v>510</v>
       </c>
       <c r="B88" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C88" t="s">
-        <v>991</v>
+        <v>560</v>
       </c>
       <c r="D88" t="s">
-        <v>992</v>
+        <v>561</v>
       </c>
       <c r="F88" t="s">
-        <v>993</v>
+        <v>562</v>
       </c>
       <c r="G88">
         <v>2023</v>
       </c>
       <c r="H88" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I88" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J88" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K88" t="s">
-        <v>994</v>
+        <v>563</v>
       </c>
       <c r="L88" t="s">
-        <v>995</v>
-[...1 lines deleted...]
-      <c r="M88" s="11">
+        <v>564</v>
+      </c>
+      <c r="M88" s="1">
         <v>22</v>
       </c>
       <c r="N88" t="s">
-        <v>996</v>
+        <v>565</v>
       </c>
       <c r="O88" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P88">
         <v>2023</v>
       </c>
       <c r="Q88" t="s">
-        <v>997</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:17" x14ac:dyDescent="0.2">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="89" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
-        <v>950</v>
+        <v>510</v>
       </c>
       <c r="B89" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C89" t="s">
-        <v>998</v>
+        <v>567</v>
       </c>
       <c r="D89" t="s">
-        <v>999</v>
+        <v>568</v>
       </c>
       <c r="F89" t="s">
-        <v>1000</v>
+        <v>536</v>
       </c>
       <c r="G89">
         <v>2023</v>
       </c>
       <c r="H89" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I89" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J89" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K89" t="s">
-        <v>1001</v>
+        <v>569</v>
       </c>
       <c r="L89" t="s">
-        <v>1002</v>
-[...1 lines deleted...]
-      <c r="M89" s="11">
+        <v>570</v>
+      </c>
+      <c r="M89" s="1">
         <v>22</v>
       </c>
       <c r="N89" t="s">
-        <v>132</v>
+        <v>390</v>
       </c>
       <c r="O89" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P89">
         <v>2023</v>
       </c>
       <c r="Q89" t="s">
-        <v>1003</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:17" x14ac:dyDescent="0.2">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="90" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
-        <v>950</v>
+        <v>510</v>
       </c>
       <c r="B90" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C90" t="s">
-        <v>1004</v>
+        <v>572</v>
       </c>
       <c r="D90" t="s">
-        <v>1005</v>
+        <v>573</v>
       </c>
       <c r="F90" t="s">
-        <v>975</v>
+        <v>473</v>
       </c>
       <c r="G90">
         <v>2023</v>
       </c>
       <c r="H90" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I90" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J90" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K90" t="s">
-        <v>1006</v>
+        <v>574</v>
       </c>
       <c r="L90" t="s">
-        <v>1007</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>575</v>
+      </c>
+      <c r="M90" s="1">
+        <v>24</v>
       </c>
       <c r="N90" t="s">
-        <v>978</v>
+        <v>200</v>
       </c>
       <c r="O90" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P90">
         <v>2023</v>
       </c>
       <c r="Q90" t="s">
-        <v>1008</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:17" x14ac:dyDescent="0.2">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="91" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
-        <v>950</v>
+        <v>510</v>
       </c>
       <c r="B91" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C91" t="s">
-        <v>1009</v>
+        <v>577</v>
       </c>
       <c r="D91" t="s">
-        <v>1010</v>
+        <v>578</v>
       </c>
       <c r="F91" t="s">
-        <v>505</v>
+        <v>579</v>
       </c>
       <c r="G91">
         <v>2023</v>
       </c>
       <c r="H91" t="s">
-        <v>18</v>
+        <v>84</v>
       </c>
       <c r="I91" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J91" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K91" t="s">
-        <v>1011</v>
+        <v>580</v>
       </c>
       <c r="L91" t="s">
-        <v>1012</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>581</v>
+      </c>
+      <c r="M91" s="1">
+        <v>25</v>
       </c>
       <c r="N91" t="s">
-        <v>21</v>
+        <v>283</v>
       </c>
       <c r="O91" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P91">
         <v>2023</v>
       </c>
       <c r="Q91" t="s">
-        <v>1013</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:17" x14ac:dyDescent="0.2">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="92" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
-        <v>950</v>
+        <v>510</v>
       </c>
       <c r="B92" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C92" t="s">
-        <v>1014</v>
+        <v>583</v>
       </c>
       <c r="D92" t="s">
-        <v>1015</v>
+        <v>584</v>
       </c>
       <c r="F92" t="s">
-        <v>1016</v>
+        <v>288</v>
       </c>
       <c r="G92">
         <v>2023</v>
       </c>
       <c r="H92" t="s">
-        <v>96</v>
+        <v>35</v>
       </c>
       <c r="I92" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J92" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K92" t="s">
-        <v>1017</v>
+        <v>585</v>
       </c>
       <c r="L92" t="s">
-        <v>1018</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>586</v>
+      </c>
+      <c r="M92" s="1">
+        <v>22</v>
       </c>
       <c r="N92" t="s">
-        <v>1019</v>
+        <v>587</v>
       </c>
       <c r="O92" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P92">
         <v>2023</v>
       </c>
       <c r="Q92" t="s">
-        <v>1020</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:17" x14ac:dyDescent="0.2">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="93" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
-        <v>950</v>
+        <v>510</v>
       </c>
       <c r="B93" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C93" t="s">
-        <v>1021</v>
+        <v>589</v>
       </c>
       <c r="D93" t="s">
-        <v>1022</v>
+        <v>590</v>
       </c>
       <c r="F93" t="s">
-        <v>372</v>
+        <v>591</v>
       </c>
       <c r="G93">
         <v>2023</v>
       </c>
       <c r="H93" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I93" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J93" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K93" t="s">
-        <v>1023</v>
+        <v>592</v>
       </c>
       <c r="L93" t="s">
-        <v>1024</v>
-[...1 lines deleted...]
-      <c r="M93" s="11">
+        <v>593</v>
+      </c>
+      <c r="M93" s="1">
         <v>22</v>
       </c>
       <c r="N93" t="s">
-        <v>1025</v>
+        <v>565</v>
       </c>
       <c r="O93" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P93">
         <v>2023</v>
       </c>
       <c r="Q93" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:17" x14ac:dyDescent="0.2">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="94" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
-        <v>950</v>
+        <v>510</v>
       </c>
       <c r="B94" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C94" t="s">
-        <v>1027</v>
+        <v>595</v>
       </c>
       <c r="D94" t="s">
-        <v>1028</v>
+        <v>596</v>
+      </c>
+      <c r="E94" t="s">
+        <v>597</v>
       </c>
       <c r="F94" t="s">
-        <v>1029</v>
+        <v>98</v>
       </c>
       <c r="G94">
         <v>2023</v>
       </c>
       <c r="H94" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I94" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J94" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K94" t="s">
-        <v>1030</v>
+        <v>598</v>
       </c>
       <c r="L94" t="s">
-        <v>1031</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>599</v>
+      </c>
+      <c r="M94" s="1">
+        <v>33</v>
       </c>
       <c r="N94" t="s">
-        <v>132</v>
+        <v>38</v>
       </c>
       <c r="O94" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P94">
         <v>2023</v>
       </c>
       <c r="Q94" t="s">
-        <v>1032</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:17" x14ac:dyDescent="0.2">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="95" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
-        <v>950</v>
+        <v>601</v>
       </c>
       <c r="B95" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C95" t="s">
-        <v>1033</v>
+        <v>602</v>
       </c>
       <c r="D95" t="s">
-        <v>1034</v>
-[...2 lines deleted...]
-        <v>1035</v>
+        <v>603</v>
       </c>
       <c r="F95" t="s">
-        <v>1036</v>
+        <v>604</v>
       </c>
       <c r="G95">
         <v>2023</v>
       </c>
       <c r="H95" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I95" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J95" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K95" t="s">
-        <v>1037</v>
+        <v>605</v>
       </c>
       <c r="L95" t="s">
-        <v>1038</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>606</v>
+      </c>
+      <c r="M95" s="1">
+        <v>23</v>
       </c>
       <c r="N95" t="s">
-        <v>24</v>
+        <v>607</v>
       </c>
       <c r="O95" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P95">
         <v>2023</v>
       </c>
       <c r="Q95" t="s">
-        <v>1039</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:17" x14ac:dyDescent="0.2">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="96" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
-        <v>36</v>
+        <v>601</v>
       </c>
       <c r="B96" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C96" t="s">
-        <v>44</v>
+        <v>609</v>
       </c>
       <c r="D96" t="s">
-        <v>45</v>
+        <v>610</v>
       </c>
       <c r="F96" t="s">
-        <v>46</v>
+        <v>280</v>
       </c>
       <c r="G96">
         <v>2023</v>
       </c>
       <c r="H96" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I96" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J96" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K96" t="s">
-        <v>49</v>
+        <v>611</v>
       </c>
       <c r="L96" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>612</v>
+      </c>
+      <c r="M96" s="1">
+        <v>25</v>
       </c>
       <c r="N96" t="s">
-        <v>23</v>
+        <v>613</v>
       </c>
       <c r="O96" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P96">
         <v>2023</v>
       </c>
       <c r="Q96" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:17" x14ac:dyDescent="0.2">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="97" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
-        <v>36</v>
+        <v>601</v>
       </c>
       <c r="B97" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C97" t="s">
-        <v>52</v>
+        <v>615</v>
       </c>
       <c r="D97" t="s">
-        <v>53</v>
+        <v>616</v>
+      </c>
+      <c r="E97" t="s">
+        <v>617</v>
       </c>
       <c r="F97" t="s">
-        <v>54</v>
+        <v>618</v>
       </c>
       <c r="G97">
         <v>2023</v>
       </c>
       <c r="H97" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I97" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J97" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K97" t="s">
-        <v>55</v>
+        <v>619</v>
       </c>
       <c r="L97" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>620</v>
+      </c>
+      <c r="M97" s="1">
+        <v>29</v>
       </c>
       <c r="N97" t="s">
-        <v>57</v>
+        <v>130</v>
       </c>
       <c r="O97" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P97">
         <v>2023</v>
       </c>
       <c r="Q97" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:17" x14ac:dyDescent="0.2">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="98" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
-        <v>36</v>
+        <v>601</v>
       </c>
       <c r="B98" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C98" t="s">
-        <v>59</v>
+        <v>622</v>
       </c>
       <c r="D98" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>61</v>
+        <v>623</v>
       </c>
       <c r="F98" t="s">
-        <v>62</v>
+        <v>434</v>
       </c>
       <c r="G98">
         <v>2023</v>
       </c>
       <c r="H98" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="I98" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J98" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K98" t="s">
-        <v>64</v>
+        <v>624</v>
       </c>
       <c r="L98" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>625</v>
+      </c>
+      <c r="M98" s="1">
+        <v>22</v>
       </c>
       <c r="N98" t="s">
-        <v>39</v>
+        <v>437</v>
       </c>
       <c r="O98" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P98">
         <v>2023</v>
       </c>
       <c r="Q98" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:17" x14ac:dyDescent="0.2">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="99" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
-        <v>36</v>
+        <v>601</v>
       </c>
       <c r="B99" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C99" t="s">
-        <v>67</v>
+        <v>627</v>
       </c>
       <c r="D99" t="s">
-        <v>68</v>
+        <v>628</v>
       </c>
       <c r="F99" t="s">
-        <v>69</v>
+        <v>629</v>
       </c>
       <c r="G99">
         <v>2023</v>
       </c>
       <c r="H99" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I99" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J99" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K99" t="s">
-        <v>70</v>
+        <v>630</v>
       </c>
       <c r="L99" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="M99" s="11">
+        <v>631</v>
+      </c>
+      <c r="M99" s="1">
         <v>22</v>
       </c>
       <c r="N99" t="s">
-        <v>72</v>
+        <v>632</v>
       </c>
       <c r="O99" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P99">
         <v>2023</v>
       </c>
       <c r="Q99" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:17" x14ac:dyDescent="0.2">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="100" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
-        <v>36</v>
+        <v>601</v>
       </c>
       <c r="B100" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C100" t="s">
-        <v>74</v>
+        <v>634</v>
       </c>
       <c r="D100" t="s">
-        <v>75</v>
+        <v>635</v>
       </c>
       <c r="F100" t="s">
         <v>76</v>
       </c>
       <c r="G100">
         <v>2023</v>
       </c>
       <c r="H100" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I100" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J100" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K100" t="s">
-        <v>77</v>
+        <v>636</v>
       </c>
       <c r="L100" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="M100" s="11">
+        <v>637</v>
+      </c>
+      <c r="M100" s="1">
         <v>22</v>
       </c>
       <c r="N100" t="s">
-        <v>79</v>
+        <v>38</v>
       </c>
       <c r="O100" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P100">
         <v>2023</v>
       </c>
       <c r="Q100" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:17" x14ac:dyDescent="0.2">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="101" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
-        <v>36</v>
+        <v>601</v>
       </c>
       <c r="B101" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C101" t="s">
-        <v>81</v>
+        <v>639</v>
       </c>
       <c r="D101" t="s">
-        <v>82</v>
+        <v>640</v>
       </c>
       <c r="F101" t="s">
-        <v>83</v>
+        <v>641</v>
       </c>
       <c r="G101">
         <v>2023</v>
       </c>
       <c r="H101" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I101" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J101" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K101" t="s">
-        <v>84</v>
+        <v>642</v>
       </c>
       <c r="L101" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="M101" s="11">
+        <v>643</v>
+      </c>
+      <c r="M101" s="1">
         <v>22</v>
       </c>
       <c r="N101" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="O101" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P101">
         <v>2023</v>
       </c>
       <c r="Q101" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:17" x14ac:dyDescent="0.2">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="102" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
-        <v>36</v>
+        <v>601</v>
       </c>
       <c r="B102" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C102" t="s">
-        <v>87</v>
+        <v>645</v>
       </c>
       <c r="D102" t="s">
-        <v>88</v>
+        <v>646</v>
       </c>
       <c r="F102" t="s">
-        <v>89</v>
+        <v>647</v>
       </c>
       <c r="G102">
         <v>2023</v>
       </c>
       <c r="H102" t="s">
-        <v>18</v>
+        <v>84</v>
       </c>
       <c r="I102" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J102" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K102" t="s">
-        <v>90</v>
+        <v>648</v>
       </c>
       <c r="L102" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="M102" s="11">
+        <v>649</v>
+      </c>
+      <c r="M102" s="1">
         <v>22</v>
       </c>
       <c r="N102" t="s">
-        <v>24</v>
+        <v>650</v>
       </c>
       <c r="O102" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P102">
         <v>2023</v>
       </c>
       <c r="Q102" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:17" x14ac:dyDescent="0.2">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="103" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
-        <v>36</v>
+        <v>601</v>
       </c>
       <c r="B103" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C103" t="s">
-        <v>93</v>
+        <v>652</v>
       </c>
       <c r="D103" t="s">
-        <v>94</v>
+        <v>653</v>
       </c>
       <c r="F103" t="s">
-        <v>95</v>
+        <v>654</v>
       </c>
       <c r="G103">
         <v>2023</v>
       </c>
       <c r="H103" t="s">
-        <v>96</v>
+        <v>35</v>
       </c>
       <c r="I103" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J103" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K103" t="s">
-        <v>97</v>
+        <v>655</v>
       </c>
       <c r="L103" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="M103" s="11">
+        <v>656</v>
+      </c>
+      <c r="M103" s="1">
         <v>22</v>
       </c>
       <c r="N103" t="s">
-        <v>37</v>
+        <v>657</v>
       </c>
       <c r="O103" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P103">
         <v>2023</v>
       </c>
       <c r="Q103" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:17" x14ac:dyDescent="0.2">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="104" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
-        <v>36</v>
+        <v>601</v>
       </c>
       <c r="B104" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C104" t="s">
-        <v>100</v>
+        <v>659</v>
       </c>
       <c r="D104" t="s">
-        <v>101</v>
+        <v>660</v>
       </c>
       <c r="F104" t="s">
-        <v>102</v>
+        <v>661</v>
       </c>
       <c r="G104">
         <v>2023</v>
       </c>
       <c r="H104" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I104" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J104" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K104" t="s">
-        <v>103</v>
+        <v>662</v>
       </c>
       <c r="L104" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="M104" s="11">
+        <v>663</v>
+      </c>
+      <c r="M104" s="1">
         <v>22</v>
       </c>
       <c r="N104" t="s">
-        <v>105</v>
+        <v>664</v>
       </c>
       <c r="O104" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P104">
         <v>2023</v>
       </c>
       <c r="Q104" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:17" x14ac:dyDescent="0.2">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="105" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
-        <v>36</v>
+        <v>601</v>
       </c>
       <c r="B105" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C105" t="s">
-        <v>107</v>
+        <v>666</v>
       </c>
       <c r="D105" t="s">
-        <v>108</v>
+        <v>667</v>
       </c>
       <c r="F105" t="s">
-        <v>109</v>
+        <v>604</v>
       </c>
       <c r="G105">
         <v>2023</v>
       </c>
       <c r="H105" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I105" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J105" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K105" t="s">
-        <v>110</v>
+        <v>668</v>
       </c>
       <c r="L105" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="M105" s="11">
+        <v>669</v>
+      </c>
+      <c r="M105" s="1">
         <v>22</v>
       </c>
       <c r="N105" t="s">
-        <v>27</v>
+        <v>200</v>
       </c>
       <c r="O105" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P105">
         <v>2023</v>
       </c>
       <c r="Q105" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:17" x14ac:dyDescent="0.2">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="106" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
-        <v>36</v>
+        <v>601</v>
       </c>
       <c r="B106" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C106" t="s">
-        <v>113</v>
+        <v>671</v>
       </c>
       <c r="D106" t="s">
-        <v>114</v>
+        <v>672</v>
       </c>
       <c r="F106" t="s">
-        <v>46</v>
+        <v>673</v>
       </c>
       <c r="G106">
         <v>2023</v>
       </c>
       <c r="H106" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I106" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J106" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K106" t="s">
-        <v>115</v>
+        <v>674</v>
       </c>
       <c r="L106" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="M106" s="11">
+        <v>675</v>
+      </c>
+      <c r="M106" s="1">
         <v>22</v>
       </c>
       <c r="N106" t="s">
-        <v>21</v>
+        <v>676</v>
       </c>
       <c r="O106" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P106">
         <v>2023</v>
       </c>
       <c r="Q106" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:17" x14ac:dyDescent="0.2">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="107" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
-        <v>36</v>
+        <v>678</v>
       </c>
       <c r="B107" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C107" t="s">
-        <v>118</v>
+        <v>679</v>
       </c>
       <c r="D107" t="s">
-        <v>119</v>
+        <v>680</v>
       </c>
       <c r="F107" t="s">
-        <v>120</v>
+        <v>280</v>
       </c>
       <c r="G107">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="H107" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="I107" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J107" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K107" t="s">
-        <v>121</v>
+        <v>681</v>
       </c>
       <c r="L107" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>682</v>
+      </c>
+      <c r="M107" s="1">
+        <v>32</v>
       </c>
       <c r="N107" t="s">
-        <v>123</v>
+        <v>683</v>
       </c>
       <c r="O107" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P107">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="Q107" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:17" x14ac:dyDescent="0.2">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="108" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
-        <v>146</v>
+        <v>678</v>
       </c>
       <c r="B108" t="s">
-        <v>43</v>
+        <v>685</v>
       </c>
       <c r="C108" t="s">
-        <v>147</v>
+        <v>523</v>
       </c>
       <c r="D108" t="s">
-        <v>148</v>
+        <v>524</v>
+      </c>
+      <c r="E108" t="s">
+        <v>686</v>
       </c>
       <c r="F108" t="s">
-        <v>54</v>
+        <v>224</v>
       </c>
       <c r="G108">
         <v>2022</v>
       </c>
       <c r="H108" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I108" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J108" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K108" t="s">
-        <v>149</v>
+        <v>687</v>
       </c>
       <c r="L108" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>688</v>
+      </c>
+      <c r="M108" s="1">
+        <v>31</v>
       </c>
       <c r="N108" t="s">
-        <v>32</v>
+        <v>130</v>
       </c>
       <c r="O108" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P108">
         <v>2022</v>
       </c>
       <c r="Q108" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:17" x14ac:dyDescent="0.2">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="109" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
-        <v>146</v>
+        <v>678</v>
       </c>
       <c r="B109" t="s">
-        <v>152</v>
+        <v>690</v>
       </c>
       <c r="C109" t="s">
-        <v>153</v>
+        <v>691</v>
       </c>
       <c r="D109" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>692</v>
       </c>
       <c r="F109" t="s">
-        <v>156</v>
+        <v>454</v>
       </c>
       <c r="G109">
         <v>2022</v>
       </c>
       <c r="H109" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I109" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J109" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K109" t="s">
-        <v>157</v>
+        <v>693</v>
       </c>
       <c r="L109" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>694</v>
+      </c>
+      <c r="M109" s="1">
+        <v>25</v>
       </c>
       <c r="N109" t="s">
-        <v>39</v>
+        <v>695</v>
       </c>
       <c r="O109" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P109">
         <v>2022</v>
       </c>
       <c r="Q109" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:17" x14ac:dyDescent="0.2">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="110" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
-        <v>146</v>
+        <v>678</v>
       </c>
       <c r="B110" t="s">
-        <v>160</v>
+        <v>690</v>
       </c>
       <c r="C110" t="s">
-        <v>161</v>
+        <v>697</v>
       </c>
       <c r="D110" t="s">
-        <v>162</v>
+        <v>698</v>
       </c>
       <c r="F110" t="s">
-        <v>163</v>
+        <v>467</v>
       </c>
       <c r="G110">
         <v>2022</v>
       </c>
       <c r="H110" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I110" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J110" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K110" t="s">
-        <v>164</v>
+        <v>699</v>
       </c>
       <c r="L110" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>700</v>
+      </c>
+      <c r="M110" s="1">
+        <v>22</v>
       </c>
       <c r="N110" t="s">
-        <v>135</v>
+        <v>186</v>
       </c>
       <c r="O110" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P110">
         <v>2022</v>
       </c>
       <c r="Q110" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:17" x14ac:dyDescent="0.2">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="111" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
-        <v>146</v>
+        <v>678</v>
       </c>
       <c r="B111" t="s">
-        <v>160</v>
+        <v>690</v>
       </c>
       <c r="C111" t="s">
-        <v>167</v>
+        <v>702</v>
       </c>
       <c r="D111" t="s">
-        <v>168</v>
+        <v>703</v>
       </c>
       <c r="F111" t="s">
-        <v>169</v>
+        <v>704</v>
       </c>
       <c r="G111">
         <v>2022</v>
       </c>
       <c r="H111" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I111" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J111" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K111" t="s">
-        <v>170</v>
+        <v>705</v>
       </c>
       <c r="L111" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="M111" s="11">
+        <v>706</v>
+      </c>
+      <c r="M111" s="1">
         <v>22</v>
       </c>
       <c r="N111" t="s">
-        <v>35</v>
+        <v>707</v>
       </c>
       <c r="O111" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P111">
         <v>2022</v>
       </c>
       <c r="Q111" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:17" x14ac:dyDescent="0.2">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="112" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
-        <v>146</v>
+        <v>678</v>
       </c>
       <c r="B112" t="s">
-        <v>160</v>
+        <v>20</v>
       </c>
       <c r="C112" t="s">
-        <v>173</v>
+        <v>709</v>
       </c>
       <c r="D112" t="s">
-        <v>174</v>
+        <v>710</v>
       </c>
       <c r="F112" t="s">
-        <v>175</v>
+        <v>454</v>
       </c>
       <c r="G112">
         <v>2022</v>
       </c>
       <c r="H112" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I112" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J112" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K112" t="s">
-        <v>176</v>
+        <v>711</v>
       </c>
       <c r="L112" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>712</v>
+      </c>
+      <c r="M112" s="1">
+        <v>30</v>
       </c>
       <c r="N112" t="s">
-        <v>41</v>
+        <v>664</v>
       </c>
       <c r="O112" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P112">
         <v>2022</v>
       </c>
       <c r="Q112" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:17" x14ac:dyDescent="0.2">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="113" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
-        <v>146</v>
+        <v>714</v>
       </c>
       <c r="B113" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C113" t="s">
-        <v>179</v>
+        <v>715</v>
       </c>
       <c r="D113" t="s">
-        <v>180</v>
+        <v>716</v>
       </c>
       <c r="F113" t="s">
-        <v>163</v>
+        <v>717</v>
       </c>
       <c r="G113">
         <v>2022</v>
       </c>
       <c r="H113" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I113" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J113" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K113" t="s">
-        <v>181</v>
+        <v>718</v>
       </c>
       <c r="L113" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>719</v>
+      </c>
+      <c r="M113" s="1">
+        <v>22</v>
       </c>
       <c r="N113" t="s">
-        <v>27</v>
+        <v>720</v>
       </c>
       <c r="O113" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P113">
         <v>2022</v>
       </c>
       <c r="Q113" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:17" x14ac:dyDescent="0.2">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="114" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
-        <v>188</v>
+        <v>714</v>
       </c>
       <c r="B114" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C114" t="s">
-        <v>189</v>
+        <v>722</v>
       </c>
       <c r="D114" t="s">
-        <v>190</v>
+        <v>723</v>
       </c>
       <c r="F114" t="s">
-        <v>191</v>
+        <v>724</v>
       </c>
       <c r="G114">
         <v>2022</v>
       </c>
       <c r="H114" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I114" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J114" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K114" t="s">
-        <v>192</v>
+        <v>725</v>
       </c>
       <c r="L114" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>726</v>
+      </c>
+      <c r="M114" s="1">
+        <v>26</v>
       </c>
       <c r="N114" t="s">
-        <v>128</v>
+        <v>319</v>
       </c>
       <c r="O114" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P114">
         <v>2022</v>
       </c>
       <c r="Q114" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:17" x14ac:dyDescent="0.2">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="115" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
-        <v>188</v>
+        <v>714</v>
       </c>
       <c r="B115" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C115" t="s">
-        <v>195</v>
+        <v>728</v>
       </c>
       <c r="D115" t="s">
-        <v>196</v>
+        <v>729</v>
       </c>
       <c r="F115" t="s">
-        <v>197</v>
+        <v>618</v>
       </c>
       <c r="G115">
         <v>2022</v>
       </c>
       <c r="H115" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I115" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J115" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K115" t="s">
-        <v>198</v>
+        <v>730</v>
       </c>
       <c r="L115" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>731</v>
+      </c>
+      <c r="M115" s="1">
+        <v>34</v>
       </c>
       <c r="N115" t="s">
-        <v>30</v>
+        <v>130</v>
       </c>
       <c r="O115" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P115">
         <v>2022</v>
       </c>
       <c r="Q115" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:17" x14ac:dyDescent="0.2">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="116" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
-        <v>188</v>
+        <v>714</v>
       </c>
       <c r="B116" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C116" t="s">
-        <v>201</v>
+        <v>733</v>
       </c>
       <c r="D116" t="s">
-        <v>202</v>
+        <v>734</v>
       </c>
       <c r="F116" t="s">
-        <v>62</v>
+        <v>169</v>
       </c>
       <c r="G116">
         <v>2022</v>
       </c>
       <c r="H116" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="I116" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J116" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K116" t="s">
-        <v>203</v>
+        <v>735</v>
       </c>
       <c r="L116" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>736</v>
+      </c>
+      <c r="M116" s="1">
+        <v>43</v>
       </c>
       <c r="N116" t="s">
-        <v>39</v>
+        <v>172</v>
       </c>
       <c r="O116" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P116">
         <v>2022</v>
       </c>
       <c r="Q116" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:17" x14ac:dyDescent="0.2">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="117" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
-        <v>188</v>
+        <v>714</v>
       </c>
       <c r="B117" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C117" t="s">
-        <v>206</v>
+        <v>738</v>
       </c>
       <c r="D117" t="s">
-        <v>207</v>
+        <v>739</v>
       </c>
       <c r="F117" t="s">
-        <v>208</v>
+        <v>406</v>
       </c>
       <c r="G117">
         <v>2022</v>
       </c>
       <c r="H117" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I117" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J117" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K117" t="s">
-        <v>209</v>
+        <v>740</v>
       </c>
       <c r="L117" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>741</v>
+      </c>
+      <c r="M117" s="1">
+        <v>23</v>
       </c>
       <c r="N117" t="s">
-        <v>211</v>
+        <v>742</v>
       </c>
       <c r="O117" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P117">
         <v>2022</v>
       </c>
       <c r="Q117" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:17" x14ac:dyDescent="0.2">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="118" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
-        <v>188</v>
+        <v>714</v>
       </c>
       <c r="B118" t="s">
-        <v>43</v>
+        <v>744</v>
       </c>
       <c r="C118" t="s">
-        <v>213</v>
+        <v>745</v>
       </c>
       <c r="D118" t="s">
-        <v>214</v>
+        <v>746</v>
       </c>
       <c r="F118" t="s">
-        <v>215</v>
+        <v>747</v>
       </c>
       <c r="G118">
         <v>2022</v>
       </c>
       <c r="H118" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I118" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J118" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K118" t="s">
-        <v>216</v>
+        <v>748</v>
       </c>
       <c r="L118" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>749</v>
+      </c>
+      <c r="M118" s="1">
+        <v>33</v>
       </c>
       <c r="N118" t="s">
-        <v>218</v>
+        <v>750</v>
       </c>
       <c r="O118" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P118">
         <v>2022</v>
       </c>
       <c r="Q118" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:17" x14ac:dyDescent="0.2">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="119" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A119" t="s">
-        <v>188</v>
+        <v>714</v>
       </c>
       <c r="B119" t="s">
-        <v>220</v>
+        <v>20</v>
       </c>
       <c r="C119" t="s">
-        <v>221</v>
+        <v>752</v>
       </c>
       <c r="D119" t="s">
-        <v>222</v>
+        <v>753</v>
       </c>
       <c r="F119" t="s">
-        <v>223</v>
+        <v>316</v>
       </c>
       <c r="G119">
         <v>2022</v>
       </c>
       <c r="H119" t="s">
-        <v>18</v>
+        <v>84</v>
       </c>
       <c r="I119" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J119" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K119" t="s">
-        <v>224</v>
+        <v>754</v>
       </c>
       <c r="L119" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>755</v>
+      </c>
+      <c r="M119" s="1">
+        <v>29</v>
       </c>
       <c r="N119" t="s">
-        <v>187</v>
+        <v>450</v>
       </c>
       <c r="O119" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P119">
         <v>2022</v>
       </c>
       <c r="Q119" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:17" x14ac:dyDescent="0.2">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="120" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A120" t="s">
-        <v>188</v>
+        <v>714</v>
       </c>
       <c r="B120" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C120" t="s">
-        <v>227</v>
+        <v>757</v>
       </c>
       <c r="D120" t="s">
-        <v>228</v>
+        <v>758</v>
       </c>
       <c r="F120" t="s">
-        <v>229</v>
+        <v>759</v>
       </c>
       <c r="G120">
         <v>2022</v>
       </c>
       <c r="H120" t="s">
-        <v>96</v>
+        <v>35</v>
       </c>
       <c r="I120" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J120" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K120" t="s">
-        <v>230</v>
+        <v>760</v>
       </c>
       <c r="L120" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>761</v>
+      </c>
+      <c r="M120" s="1">
+        <v>33</v>
       </c>
       <c r="N120" t="s">
-        <v>28</v>
+        <v>762</v>
       </c>
       <c r="O120" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P120">
         <v>2022</v>
       </c>
       <c r="Q120" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:17" x14ac:dyDescent="0.2">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="121" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A121" t="s">
-        <v>188</v>
+        <v>714</v>
       </c>
       <c r="B121" t="s">
-        <v>43</v>
+        <v>764</v>
       </c>
       <c r="C121" t="s">
-        <v>233</v>
+        <v>765</v>
       </c>
       <c r="D121" t="s">
-        <v>234</v>
+        <v>766</v>
       </c>
       <c r="F121" t="s">
-        <v>235</v>
+        <v>767</v>
       </c>
       <c r="G121">
         <v>2022</v>
       </c>
       <c r="H121" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I121" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J121" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K121" t="s">
-        <v>236</v>
+        <v>768</v>
       </c>
       <c r="L121" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>769</v>
+      </c>
+      <c r="M121" s="1">
+        <v>36</v>
       </c>
       <c r="N121" t="s">
-        <v>238</v>
+        <v>607</v>
       </c>
       <c r="O121" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P121">
         <v>2022</v>
       </c>
       <c r="Q121" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:17" x14ac:dyDescent="0.2">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="122" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A122" t="s">
-        <v>188</v>
+        <v>714</v>
       </c>
       <c r="B122" t="s">
-        <v>240</v>
+        <v>690</v>
       </c>
       <c r="C122" t="s">
-        <v>241</v>
+        <v>771</v>
       </c>
       <c r="D122" t="s">
-        <v>242</v>
+        <v>772</v>
       </c>
       <c r="F122" t="s">
-        <v>243</v>
+        <v>280</v>
       </c>
       <c r="G122">
         <v>2022</v>
       </c>
       <c r="H122" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I122" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J122" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K122" t="s">
-        <v>244</v>
+        <v>773</v>
       </c>
       <c r="L122" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>774</v>
+      </c>
+      <c r="M122" s="1">
+        <v>53</v>
       </c>
       <c r="N122" t="s">
-        <v>23</v>
+        <v>775</v>
       </c>
       <c r="O122" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P122">
         <v>2022</v>
       </c>
       <c r="Q122" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:17" x14ac:dyDescent="0.2">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="123" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A123" t="s">
-        <v>188</v>
+        <v>714</v>
       </c>
       <c r="B123" t="s">
-        <v>160</v>
+        <v>744</v>
       </c>
       <c r="C123" t="s">
-        <v>247</v>
+        <v>777</v>
       </c>
       <c r="D123" t="s">
-        <v>248</v>
+        <v>778</v>
       </c>
       <c r="F123" t="s">
-        <v>54</v>
+        <v>779</v>
       </c>
       <c r="G123">
         <v>2022</v>
       </c>
       <c r="H123" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I123" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J123" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K123" t="s">
-        <v>249</v>
+        <v>780</v>
       </c>
       <c r="L123" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>781</v>
+      </c>
+      <c r="M123" s="1">
+        <v>23</v>
       </c>
       <c r="N123" t="s">
-        <v>138</v>
+        <v>123</v>
       </c>
       <c r="O123" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P123">
         <v>2022</v>
       </c>
       <c r="Q123" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:17" x14ac:dyDescent="0.2">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="124" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A124" t="s">
-        <v>188</v>
+        <v>714</v>
       </c>
       <c r="B124" t="s">
-        <v>220</v>
+        <v>685</v>
       </c>
       <c r="C124" t="s">
-        <v>252</v>
+        <v>783</v>
       </c>
       <c r="D124" t="s">
-        <v>253</v>
+        <v>784</v>
       </c>
       <c r="F124" t="s">
-        <v>254</v>
+        <v>162</v>
       </c>
       <c r="G124">
         <v>2022</v>
       </c>
       <c r="H124" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I124" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J124" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K124" t="s">
-        <v>255</v>
+        <v>785</v>
       </c>
       <c r="L124" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>786</v>
+      </c>
+      <c r="M124" s="1">
+        <v>22</v>
       </c>
       <c r="N124" t="s">
-        <v>257</v>
+        <v>165</v>
       </c>
       <c r="O124" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P124">
         <v>2022</v>
       </c>
       <c r="Q124" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:17" x14ac:dyDescent="0.2">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="125" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A125" t="s">
-        <v>188</v>
+        <v>714</v>
       </c>
       <c r="B125" t="s">
-        <v>152</v>
+        <v>20</v>
       </c>
       <c r="C125" t="s">
-        <v>259</v>
+        <v>788</v>
       </c>
       <c r="D125" t="s">
-        <v>260</v>
+        <v>789</v>
       </c>
       <c r="F125" t="s">
-        <v>261</v>
+        <v>790</v>
       </c>
       <c r="G125">
         <v>2022</v>
       </c>
       <c r="H125" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I125" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J125" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K125" t="s">
-        <v>262</v>
+        <v>791</v>
       </c>
       <c r="L125" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>792</v>
+      </c>
+      <c r="M125" s="1">
+        <v>24</v>
       </c>
       <c r="N125" t="s">
-        <v>184</v>
+        <v>793</v>
       </c>
       <c r="O125" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P125">
         <v>2022</v>
       </c>
       <c r="Q125" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:17" x14ac:dyDescent="0.2">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="126" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A126" t="s">
-        <v>188</v>
+        <v>714</v>
       </c>
       <c r="B126" t="s">
-        <v>43</v>
+        <v>795</v>
       </c>
       <c r="C126" t="s">
-        <v>265</v>
+        <v>796</v>
       </c>
       <c r="D126" t="s">
-        <v>266</v>
+        <v>797</v>
       </c>
       <c r="F126" t="s">
-        <v>267</v>
+        <v>798</v>
       </c>
       <c r="G126">
         <v>2022</v>
       </c>
       <c r="H126" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I126" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J126" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K126" t="s">
-        <v>268</v>
+        <v>799</v>
       </c>
       <c r="L126" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>800</v>
+      </c>
+      <c r="M126" s="1">
+        <v>22</v>
       </c>
       <c r="N126" t="s">
-        <v>42</v>
+        <v>158</v>
       </c>
       <c r="O126" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P126">
         <v>2022</v>
       </c>
       <c r="Q126" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:17" x14ac:dyDescent="0.2">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="127" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A127" t="s">
-        <v>188</v>
+        <v>714</v>
       </c>
       <c r="B127" t="s">
-        <v>271</v>
+        <v>20</v>
       </c>
       <c r="C127" t="s">
-        <v>272</v>
+        <v>802</v>
       </c>
       <c r="D127" t="s">
-        <v>273</v>
+        <v>803</v>
       </c>
       <c r="F127" t="s">
-        <v>274</v>
+        <v>169</v>
       </c>
       <c r="G127">
         <v>2022</v>
       </c>
       <c r="H127" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I127" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J127" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K127" t="s">
-        <v>275</v>
+        <v>804</v>
       </c>
       <c r="L127" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>805</v>
+      </c>
+      <c r="M127" s="1">
+        <v>100</v>
       </c>
       <c r="N127" t="s">
-        <v>131</v>
+        <v>720</v>
       </c>
       <c r="O127" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P127">
         <v>2022</v>
       </c>
       <c r="Q127" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:17" x14ac:dyDescent="0.2">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="128" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A128" t="s">
-        <v>188</v>
+        <v>714</v>
       </c>
       <c r="B128" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C128" t="s">
-        <v>278</v>
+        <v>807</v>
       </c>
       <c r="D128" t="s">
-        <v>279</v>
+        <v>808</v>
       </c>
       <c r="F128" t="s">
-        <v>208</v>
+        <v>461</v>
       </c>
       <c r="G128">
         <v>2022</v>
       </c>
       <c r="H128" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I128" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J128" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K128" t="s">
-        <v>280</v>
+        <v>809</v>
       </c>
       <c r="L128" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>810</v>
+      </c>
+      <c r="M128" s="1">
+        <v>23</v>
       </c>
       <c r="N128" t="s">
-        <v>128</v>
+        <v>327</v>
       </c>
       <c r="O128" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P128">
         <v>2022</v>
       </c>
       <c r="Q128" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:17" x14ac:dyDescent="0.2">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="129" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A129" t="s">
-        <v>188</v>
+        <v>812</v>
       </c>
       <c r="B129" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C129" t="s">
-        <v>283</v>
+        <v>813</v>
       </c>
       <c r="D129" t="s">
-        <v>284</v>
+        <v>814</v>
       </c>
       <c r="F129" t="s">
-        <v>285</v>
+        <v>815</v>
       </c>
       <c r="G129">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="H129" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I129" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J129" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K129" t="s">
-        <v>286</v>
+        <v>816</v>
       </c>
       <c r="L129" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>817</v>
+      </c>
+      <c r="M129" s="1">
+        <v>20</v>
       </c>
       <c r="N129" t="s">
-        <v>25</v>
+        <v>565</v>
       </c>
       <c r="O129" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P129">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="Q129" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:17" x14ac:dyDescent="0.2">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="130" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A130" t="s">
-        <v>291</v>
+        <v>812</v>
       </c>
       <c r="B130" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C130" t="s">
-        <v>292</v>
+        <v>819</v>
       </c>
       <c r="D130" t="s">
-        <v>293</v>
+        <v>820</v>
       </c>
       <c r="F130" t="s">
-        <v>294</v>
+        <v>62</v>
       </c>
       <c r="G130">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H130" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="I130" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J130" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K130" t="s">
-        <v>295</v>
+        <v>821</v>
       </c>
       <c r="L130" t="s">
-        <v>296</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>822</v>
+      </c>
+      <c r="M130" s="1">
+        <v>24</v>
       </c>
       <c r="N130" t="s">
-        <v>132</v>
+        <v>65</v>
       </c>
       <c r="O130" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P130">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="Q130" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:17" x14ac:dyDescent="0.2">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="131" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A131" t="s">
-        <v>291</v>
+        <v>812</v>
       </c>
       <c r="B131" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C131" t="s">
-        <v>298</v>
+        <v>824</v>
       </c>
       <c r="D131" t="s">
-        <v>299</v>
+        <v>825</v>
       </c>
       <c r="F131" t="s">
-        <v>300</v>
+        <v>434</v>
       </c>
       <c r="G131">
         <v>2021</v>
       </c>
       <c r="H131" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I131" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J131" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K131" t="s">
-        <v>301</v>
+        <v>826</v>
       </c>
       <c r="L131" t="s">
-        <v>302</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>827</v>
+      </c>
+      <c r="M131" s="1">
+        <v>25</v>
       </c>
       <c r="N131" t="s">
-        <v>186</v>
+        <v>437</v>
       </c>
       <c r="O131" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P131">
         <v>2021</v>
       </c>
       <c r="Q131" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:17" x14ac:dyDescent="0.2">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="132" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A132" t="s">
-        <v>291</v>
+        <v>812</v>
       </c>
       <c r="B132" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C132" t="s">
-        <v>304</v>
+        <v>829</v>
       </c>
       <c r="D132" t="s">
-        <v>305</v>
+        <v>830</v>
       </c>
       <c r="F132" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="G132">
         <v>2021</v>
       </c>
       <c r="H132" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I132" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J132" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K132" t="s">
-        <v>306</v>
+        <v>831</v>
       </c>
       <c r="L132" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>832</v>
+      </c>
+      <c r="M132" s="1">
+        <v>20</v>
       </c>
       <c r="N132" t="s">
-        <v>72</v>
+        <v>38</v>
       </c>
       <c r="O132" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P132">
         <v>2021</v>
       </c>
       <c r="Q132" t="s">
-        <v>308</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:17" x14ac:dyDescent="0.2">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="133" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A133" t="s">
-        <v>291</v>
+        <v>812</v>
       </c>
       <c r="B133" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C133" t="s">
-        <v>309</v>
+        <v>834</v>
       </c>
       <c r="D133" t="s">
-        <v>310</v>
+        <v>835</v>
       </c>
       <c r="F133" t="s">
-        <v>83</v>
+        <v>836</v>
       </c>
       <c r="G133">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H133" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="I133" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J133" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K133" t="s">
-        <v>311</v>
+        <v>837</v>
       </c>
       <c r="L133" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="M133" s="11">
+        <v>838</v>
+      </c>
+      <c r="M133" s="1">
         <v>20</v>
       </c>
       <c r="N133" t="s">
-        <v>24</v>
+        <v>839</v>
       </c>
       <c r="O133" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P133">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="Q133" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:17" x14ac:dyDescent="0.2">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="134" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
-        <v>291</v>
+        <v>812</v>
       </c>
       <c r="B134" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C134" t="s">
-        <v>314</v>
+        <v>841</v>
       </c>
       <c r="D134" t="s">
-        <v>315</v>
+        <v>842</v>
       </c>
       <c r="F134" t="s">
-        <v>316</v>
+        <v>169</v>
       </c>
       <c r="G134">
         <v>2019</v>
       </c>
       <c r="H134" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I134" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J134" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K134" t="s">
-        <v>317</v>
+        <v>843</v>
       </c>
       <c r="L134" t="s">
-        <v>318</v>
-[...1 lines deleted...]
-      <c r="M134" s="11">
+        <v>844</v>
+      </c>
+      <c r="M134" s="1">
         <v>20</v>
       </c>
       <c r="N134" t="s">
-        <v>319</v>
+        <v>845</v>
       </c>
       <c r="O134" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P134">
         <v>2019</v>
       </c>
       <c r="Q134" t="s">
-        <v>320</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:17" x14ac:dyDescent="0.2">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="135" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A135" t="s">
-        <v>291</v>
+        <v>812</v>
       </c>
       <c r="B135" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C135" t="s">
-        <v>321</v>
+        <v>847</v>
       </c>
       <c r="D135" t="s">
-        <v>322</v>
+        <v>848</v>
       </c>
       <c r="F135" t="s">
-        <v>208</v>
+        <v>849</v>
       </c>
       <c r="G135">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="H135" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I135" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J135" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K135" t="s">
-        <v>323</v>
+        <v>850</v>
       </c>
       <c r="L135" t="s">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="M135" s="11">
+        <v>851</v>
+      </c>
+      <c r="M135" s="1">
         <v>20</v>
       </c>
       <c r="N135" t="s">
-        <v>185</v>
+        <v>852</v>
       </c>
       <c r="O135" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P135">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="Q135" t="s">
-        <v>325</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:17" x14ac:dyDescent="0.2">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="136" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
-        <v>291</v>
+        <v>812</v>
       </c>
       <c r="B136" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C136" t="s">
-        <v>326</v>
+        <v>854</v>
       </c>
       <c r="D136" t="s">
-        <v>327</v>
+        <v>855</v>
       </c>
       <c r="F136" t="s">
-        <v>328</v>
+        <v>447</v>
       </c>
       <c r="G136">
+        <v>2022</v>
+      </c>
+      <c r="H136" t="s">
+        <v>99</v>
+      </c>
+      <c r="I136" t="s">
+        <v>26</v>
+      </c>
+      <c r="J136" t="s">
+        <v>27</v>
+      </c>
+      <c r="K136" t="s">
+        <v>856</v>
+      </c>
+      <c r="L136" t="s">
+        <v>857</v>
+      </c>
+      <c r="M136" s="1">
+        <v>25</v>
+      </c>
+      <c r="N136" t="s">
+        <v>319</v>
+      </c>
+      <c r="O136" t="s">
+        <v>20</v>
+      </c>
+      <c r="P136">
+        <v>2022</v>
+      </c>
+      <c r="Q136" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="137" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A137" t="s">
+        <v>859</v>
+      </c>
+      <c r="B137" t="s">
+        <v>20</v>
+      </c>
+      <c r="C137" t="s">
+        <v>860</v>
+      </c>
+      <c r="D137" t="s">
+        <v>861</v>
+      </c>
+      <c r="F137" t="s">
+        <v>862</v>
+      </c>
+      <c r="G137">
         <v>2021</v>
       </c>
-      <c r="H136" t="s">
-[...23 lines deleted...]
-      <c r="P136">
+      <c r="H137" t="s">
+        <v>99</v>
+      </c>
+      <c r="I137" t="s">
+        <v>26</v>
+      </c>
+      <c r="J137" t="s">
+        <v>27</v>
+      </c>
+      <c r="K137" t="s">
+        <v>863</v>
+      </c>
+      <c r="L137" t="s">
+        <v>864</v>
+      </c>
+      <c r="M137" s="1">
+        <v>20</v>
+      </c>
+      <c r="N137" t="s">
+        <v>865</v>
+      </c>
+      <c r="O137" t="s">
+        <v>20</v>
+      </c>
+      <c r="P137">
         <v>2021</v>
       </c>
-      <c r="Q136" t="s">
-[...48 lines deleted...]
-      </c>
       <c r="Q137" t="s">
-        <v>336</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:17" x14ac:dyDescent="0.2">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="138" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
-        <v>338</v>
+        <v>859</v>
       </c>
       <c r="B138" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C138" t="s">
-        <v>339</v>
+        <v>867</v>
       </c>
       <c r="D138" t="s">
-        <v>340</v>
+        <v>868</v>
       </c>
       <c r="F138" t="s">
-        <v>341</v>
+        <v>169</v>
       </c>
       <c r="G138">
         <v>2021</v>
       </c>
       <c r="H138" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="I138" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J138" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K138" t="s">
-        <v>342</v>
+        <v>869</v>
       </c>
       <c r="L138" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>870</v>
+      </c>
+      <c r="M138" s="1">
+        <v>24</v>
       </c>
       <c r="N138" t="s">
-        <v>344</v>
+        <v>845</v>
       </c>
       <c r="O138" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P138">
         <v>2021</v>
       </c>
       <c r="Q138" t="s">
-        <v>345</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:17" x14ac:dyDescent="0.2">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="139" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
-        <v>338</v>
+        <v>859</v>
       </c>
       <c r="B139" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C139" t="s">
-        <v>346</v>
+        <v>872</v>
       </c>
       <c r="D139" t="s">
-        <v>347</v>
+        <v>873</v>
       </c>
       <c r="F139" t="s">
-        <v>208</v>
+        <v>120</v>
       </c>
       <c r="G139">
         <v>2021</v>
       </c>
       <c r="H139" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I139" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J139" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K139" t="s">
-        <v>348</v>
+        <v>874</v>
       </c>
       <c r="L139" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>875</v>
+      </c>
+      <c r="M139" s="1">
+        <v>20</v>
       </c>
       <c r="N139" t="s">
-        <v>185</v>
+        <v>793</v>
       </c>
       <c r="O139" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P139">
         <v>2021</v>
       </c>
       <c r="Q139" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:17" x14ac:dyDescent="0.2">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="140" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A140" t="s">
-        <v>338</v>
+        <v>859</v>
       </c>
       <c r="B140" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C140" t="s">
-        <v>351</v>
+        <v>877</v>
       </c>
       <c r="D140" t="s">
-        <v>352</v>
+        <v>878</v>
       </c>
       <c r="F140" t="s">
-        <v>353</v>
+        <v>268</v>
       </c>
       <c r="G140">
         <v>2021</v>
       </c>
       <c r="H140" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I140" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J140" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K140" t="s">
-        <v>354</v>
+        <v>879</v>
       </c>
       <c r="L140" t="s">
-        <v>355</v>
-[...1 lines deleted...]
-      <c r="M140" s="11">
+        <v>880</v>
+      </c>
+      <c r="M140" s="1">
         <v>20</v>
       </c>
       <c r="N140" t="s">
-        <v>42</v>
+        <v>881</v>
       </c>
       <c r="O140" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P140">
         <v>2021</v>
       </c>
       <c r="Q140" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:17" x14ac:dyDescent="0.2">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="141" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
-        <v>338</v>
+        <v>859</v>
       </c>
       <c r="B141" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C141" t="s">
-        <v>357</v>
+        <v>883</v>
       </c>
       <c r="D141" t="s">
-        <v>358</v>
+        <v>884</v>
       </c>
       <c r="F141" t="s">
-        <v>359</v>
+        <v>885</v>
       </c>
       <c r="G141">
         <v>2021</v>
       </c>
       <c r="H141" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I141" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J141" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K141" t="s">
-        <v>360</v>
+        <v>886</v>
       </c>
       <c r="L141" t="s">
-        <v>361</v>
-[...1 lines deleted...]
-      <c r="M141" s="11">
+        <v>887</v>
+      </c>
+      <c r="M141" s="1">
         <v>20</v>
       </c>
       <c r="N141" t="s">
-        <v>362</v>
+        <v>450</v>
       </c>
       <c r="O141" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P141">
         <v>2021</v>
       </c>
       <c r="Q141" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:17" x14ac:dyDescent="0.2">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="142" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
-        <v>338</v>
+        <v>859</v>
       </c>
       <c r="B142" t="s">
-        <v>43</v>
+        <v>795</v>
       </c>
       <c r="C142" t="s">
-        <v>364</v>
+        <v>889</v>
       </c>
       <c r="D142" t="s">
-        <v>365</v>
+        <v>890</v>
       </c>
       <c r="F142" t="s">
-        <v>366</v>
+        <v>288</v>
       </c>
       <c r="G142">
         <v>2021</v>
       </c>
       <c r="H142" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I142" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J142" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K142" t="s">
-        <v>367</v>
+        <v>891</v>
       </c>
       <c r="L142" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="M142" s="11">
+        <v>892</v>
+      </c>
+      <c r="M142" s="1">
         <v>20</v>
       </c>
       <c r="N142" t="s">
-        <v>28</v>
+        <v>291</v>
       </c>
       <c r="O142" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P142">
         <v>2021</v>
       </c>
       <c r="Q142" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:17" x14ac:dyDescent="0.2">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="143" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A143" t="s">
-        <v>338</v>
+        <v>859</v>
       </c>
       <c r="B143" t="s">
-        <v>271</v>
+        <v>20</v>
       </c>
       <c r="C143" t="s">
-        <v>370</v>
+        <v>894</v>
       </c>
       <c r="D143" t="s">
-        <v>371</v>
+        <v>895</v>
       </c>
       <c r="F143" t="s">
-        <v>372</v>
+        <v>896</v>
       </c>
       <c r="G143">
         <v>2021</v>
       </c>
       <c r="H143" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I143" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J143" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K143" t="s">
-        <v>373</v>
+        <v>897</v>
       </c>
       <c r="L143" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>898</v>
+      </c>
+      <c r="M143" s="1">
+        <v>23</v>
       </c>
       <c r="N143" t="s">
-        <v>34</v>
+        <v>327</v>
       </c>
       <c r="O143" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P143">
         <v>2021</v>
       </c>
       <c r="Q143" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:17" x14ac:dyDescent="0.2">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="144" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A144" t="s">
-        <v>338</v>
+        <v>859</v>
       </c>
       <c r="B144" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C144" t="s">
-        <v>376</v>
+        <v>900</v>
       </c>
       <c r="D144" t="s">
-        <v>377</v>
+        <v>901</v>
       </c>
       <c r="F144" t="s">
-        <v>378</v>
+        <v>454</v>
       </c>
       <c r="G144">
         <v>2021</v>
       </c>
       <c r="H144" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I144" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J144" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K144" t="s">
-        <v>379</v>
+        <v>902</v>
       </c>
       <c r="L144" t="s">
-        <v>380</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>903</v>
+      </c>
+      <c r="M144" s="1">
+        <v>20</v>
       </c>
       <c r="N144" t="s">
-        <v>25</v>
+        <v>695</v>
       </c>
       <c r="O144" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P144">
         <v>2021</v>
       </c>
       <c r="Q144" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:17" x14ac:dyDescent="0.2">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="145" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A145" t="s">
-        <v>338</v>
+        <v>859</v>
       </c>
       <c r="B145" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C145" t="s">
-        <v>382</v>
+        <v>905</v>
       </c>
       <c r="D145" t="s">
-        <v>383</v>
+        <v>906</v>
       </c>
       <c r="F145" t="s">
-        <v>163</v>
+        <v>907</v>
       </c>
       <c r="G145">
         <v>2021</v>
       </c>
       <c r="H145" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I145" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J145" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K145" t="s">
-        <v>384</v>
+        <v>908</v>
       </c>
       <c r="L145" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="M145" s="11">
+        <v>909</v>
+      </c>
+      <c r="M145" s="1">
         <v>20</v>
       </c>
       <c r="N145" t="s">
-        <v>135</v>
+        <v>910</v>
       </c>
       <c r="O145" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P145">
         <v>2021</v>
       </c>
       <c r="Q145" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:17" x14ac:dyDescent="0.2">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="146" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A146" t="s">
-        <v>338</v>
+        <v>912</v>
       </c>
       <c r="B146" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C146" t="s">
-        <v>387</v>
+        <v>913</v>
       </c>
       <c r="D146" t="s">
-        <v>388</v>
+        <v>914</v>
       </c>
       <c r="F146" t="s">
-        <v>389</v>
+        <v>618</v>
       </c>
       <c r="G146">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H146" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I146" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J146" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K146" t="s">
-        <v>390</v>
+        <v>915</v>
       </c>
       <c r="L146" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>916</v>
+      </c>
+      <c r="M146" s="1">
+        <v>38</v>
       </c>
       <c r="N146" t="s">
-        <v>20</v>
+        <v>917</v>
       </c>
       <c r="O146" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P146">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="Q146" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:17" x14ac:dyDescent="0.2">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="147" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A147" t="s">
-        <v>393</v>
+        <v>912</v>
       </c>
       <c r="B147" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C147" t="s">
-        <v>394</v>
+        <v>919</v>
       </c>
       <c r="D147" t="s">
-        <v>395</v>
+        <v>920</v>
+      </c>
+      <c r="E147" t="s">
+        <v>921</v>
       </c>
       <c r="F147" t="s">
-        <v>62</v>
+        <v>506</v>
       </c>
       <c r="G147">
         <v>2020</v>
       </c>
       <c r="H147" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="I147" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J147" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K147" t="s">
-        <v>396</v>
+        <v>922</v>
       </c>
       <c r="L147" t="s">
-        <v>397</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>923</v>
+      </c>
+      <c r="M147" s="1">
+        <v>34</v>
       </c>
       <c r="N147" t="s">
-        <v>290</v>
+        <v>924</v>
       </c>
       <c r="O147" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P147">
         <v>2020</v>
       </c>
       <c r="Q147" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:17" x14ac:dyDescent="0.2">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="148" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A148" t="s">
-        <v>393</v>
+        <v>912</v>
       </c>
       <c r="B148" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C148" t="s">
-        <v>399</v>
+        <v>919</v>
       </c>
       <c r="D148" t="s">
-        <v>400</v>
+        <v>920</v>
       </c>
       <c r="E148" t="s">
-        <v>401</v>
+        <v>926</v>
       </c>
       <c r="F148" t="s">
-        <v>402</v>
+        <v>506</v>
       </c>
       <c r="G148">
         <v>2020</v>
       </c>
       <c r="H148" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I148" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J148" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K148" t="s">
-        <v>403</v>
+        <v>927</v>
       </c>
       <c r="L148" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>928</v>
+      </c>
+      <c r="M148" s="1">
+        <v>35</v>
       </c>
       <c r="N148" t="s">
-        <v>405</v>
+        <v>929</v>
       </c>
       <c r="O148" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P148">
         <v>2020</v>
       </c>
       <c r="Q148" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:17" x14ac:dyDescent="0.2">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="149" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A149" t="s">
-        <v>393</v>
+        <v>912</v>
       </c>
       <c r="B149" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C149" t="s">
-        <v>399</v>
+        <v>919</v>
       </c>
       <c r="D149" t="s">
-        <v>400</v>
+        <v>920</v>
       </c>
       <c r="E149" t="s">
-        <v>407</v>
+        <v>931</v>
       </c>
       <c r="F149" t="s">
-        <v>402</v>
+        <v>506</v>
       </c>
       <c r="G149">
         <v>2020</v>
       </c>
       <c r="H149" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I149" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J149" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K149" t="s">
-        <v>408</v>
+        <v>932</v>
       </c>
       <c r="L149" t="s">
-        <v>409</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>933</v>
+      </c>
+      <c r="M149" s="1">
+        <v>38</v>
       </c>
       <c r="N149" t="s">
-        <v>410</v>
+        <v>934</v>
       </c>
       <c r="O149" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P149">
         <v>2020</v>
       </c>
       <c r="Q149" t="s">
-        <v>411</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:17" x14ac:dyDescent="0.2">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="150" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A150" t="s">
-        <v>393</v>
+        <v>912</v>
       </c>
       <c r="B150" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C150" t="s">
-        <v>399</v>
+        <v>919</v>
       </c>
       <c r="D150" t="s">
-        <v>400</v>
+        <v>920</v>
       </c>
       <c r="E150" t="s">
-        <v>412</v>
+        <v>936</v>
       </c>
       <c r="F150" t="s">
-        <v>402</v>
+        <v>506</v>
       </c>
       <c r="G150">
         <v>2020</v>
       </c>
       <c r="H150" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I150" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J150" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K150" t="s">
-        <v>413</v>
+        <v>937</v>
       </c>
       <c r="L150" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>938</v>
+      </c>
+      <c r="M150" s="1">
+        <v>36</v>
       </c>
       <c r="N150" t="s">
-        <v>415</v>
+        <v>939</v>
       </c>
       <c r="O150" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P150">
         <v>2020</v>
       </c>
       <c r="Q150" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:17" x14ac:dyDescent="0.2">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="151" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A151" t="s">
-        <v>393</v>
+        <v>912</v>
       </c>
       <c r="B151" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C151" t="s">
-        <v>399</v>
+        <v>919</v>
       </c>
       <c r="D151" t="s">
-        <v>400</v>
+        <v>920</v>
       </c>
       <c r="E151" t="s">
-        <v>417</v>
+        <v>941</v>
       </c>
       <c r="F151" t="s">
-        <v>402</v>
+        <v>506</v>
       </c>
       <c r="G151">
         <v>2020</v>
       </c>
       <c r="H151" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I151" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J151" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K151" t="s">
-        <v>418</v>
+        <v>942</v>
       </c>
       <c r="L151" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>943</v>
+      </c>
+      <c r="M151" s="1">
+        <v>37</v>
       </c>
       <c r="N151" t="s">
-        <v>420</v>
+        <v>944</v>
       </c>
       <c r="O151" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P151">
         <v>2020</v>
       </c>
       <c r="Q151" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:17" x14ac:dyDescent="0.2">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="152" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A152" t="s">
-        <v>393</v>
+        <v>912</v>
       </c>
       <c r="B152" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C152" t="s">
-        <v>399</v>
+        <v>919</v>
       </c>
       <c r="D152" t="s">
-        <v>400</v>
+        <v>920</v>
       </c>
       <c r="E152" t="s">
-        <v>422</v>
+        <v>946</v>
       </c>
       <c r="F152" t="s">
-        <v>402</v>
+        <v>506</v>
       </c>
       <c r="G152">
         <v>2020</v>
       </c>
       <c r="H152" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I152" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J152" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K152" t="s">
-        <v>423</v>
+        <v>947</v>
       </c>
       <c r="L152" t="s">
-        <v>424</v>
-[...1 lines deleted...]
-      <c r="M152" s="11">
+        <v>948</v>
+      </c>
+      <c r="M152" s="1">
         <v>37</v>
       </c>
       <c r="N152" t="s">
-        <v>425</v>
+        <v>544</v>
       </c>
       <c r="O152" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P152">
         <v>2020</v>
       </c>
       <c r="Q152" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:17" x14ac:dyDescent="0.2">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="153" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A153" t="s">
-        <v>393</v>
+        <v>912</v>
       </c>
       <c r="B153" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C153" t="s">
-        <v>399</v>
+        <v>919</v>
       </c>
       <c r="D153" t="s">
-        <v>400</v>
+        <v>920</v>
       </c>
       <c r="E153" t="s">
-        <v>427</v>
+        <v>950</v>
       </c>
       <c r="F153" t="s">
-        <v>402</v>
+        <v>506</v>
       </c>
       <c r="G153">
         <v>2020</v>
       </c>
       <c r="H153" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I153" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J153" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K153" t="s">
-        <v>428</v>
+        <v>951</v>
       </c>
       <c r="L153" t="s">
-        <v>429</v>
-[...1 lines deleted...]
-      <c r="M153" s="11">
+        <v>952</v>
+      </c>
+      <c r="M153" s="1">
         <v>37</v>
       </c>
       <c r="N153" t="s">
-        <v>430</v>
+        <v>953</v>
       </c>
       <c r="O153" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P153">
         <v>2020</v>
       </c>
       <c r="Q153" t="s">
-        <v>431</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:17" x14ac:dyDescent="0.2">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="154" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A154" t="s">
-        <v>393</v>
+        <v>912</v>
       </c>
       <c r="B154" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C154" t="s">
-        <v>399</v>
+        <v>523</v>
       </c>
       <c r="D154" t="s">
-        <v>400</v>
+        <v>524</v>
       </c>
       <c r="E154" t="s">
-        <v>432</v>
+        <v>955</v>
       </c>
       <c r="F154" t="s">
-        <v>402</v>
+        <v>224</v>
       </c>
       <c r="G154">
         <v>2020</v>
       </c>
       <c r="H154" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I154" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J154" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K154" t="s">
-        <v>433</v>
+        <v>956</v>
       </c>
       <c r="L154" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>957</v>
+      </c>
+      <c r="M154" s="1">
+        <v>20</v>
       </c>
       <c r="N154" t="s">
-        <v>435</v>
+        <v>130</v>
       </c>
       <c r="O154" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P154">
         <v>2020</v>
       </c>
       <c r="Q154" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:17" x14ac:dyDescent="0.2">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="155" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A155" t="s">
-        <v>393</v>
+        <v>912</v>
       </c>
       <c r="B155" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C155" t="s">
-        <v>153</v>
+        <v>959</v>
       </c>
       <c r="D155" t="s">
-        <v>154</v>
+        <v>960</v>
       </c>
       <c r="E155" t="s">
-        <v>437</v>
+        <v>961</v>
       </c>
       <c r="F155" t="s">
-        <v>156</v>
+        <v>190</v>
       </c>
       <c r="G155">
         <v>2020</v>
       </c>
       <c r="H155" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I155" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J155" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K155" t="s">
-        <v>438</v>
+        <v>962</v>
       </c>
       <c r="L155" t="s">
-        <v>439</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>963</v>
+      </c>
+      <c r="M155" s="1">
+        <v>23</v>
       </c>
       <c r="N155" t="s">
-        <v>39</v>
+        <v>450</v>
       </c>
       <c r="O155" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P155">
         <v>2020</v>
       </c>
       <c r="Q155" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:17" x14ac:dyDescent="0.2">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="156" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A156" t="s">
-        <v>393</v>
+        <v>912</v>
       </c>
       <c r="B156" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C156" t="s">
-        <v>441</v>
+        <v>965</v>
       </c>
       <c r="D156" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-        <v>443</v>
+        <v>966</v>
       </c>
       <c r="F156" t="s">
-        <v>444</v>
+        <v>967</v>
       </c>
       <c r="G156">
         <v>2020</v>
       </c>
       <c r="H156" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I156" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J156" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K156" t="s">
-        <v>445</v>
+        <v>968</v>
       </c>
       <c r="L156" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>969</v>
+      </c>
+      <c r="M156" s="1">
+        <v>33</v>
       </c>
       <c r="N156" t="s">
-        <v>28</v>
+        <v>186</v>
       </c>
       <c r="O156" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P156">
         <v>2020</v>
       </c>
       <c r="Q156" t="s">
-        <v>447</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:17" x14ac:dyDescent="0.2">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="157" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A157" t="s">
-        <v>393</v>
+        <v>912</v>
       </c>
       <c r="B157" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C157" t="s">
-        <v>448</v>
+        <v>971</v>
       </c>
       <c r="D157" t="s">
-        <v>449</v>
+        <v>972</v>
       </c>
       <c r="F157" t="s">
-        <v>450</v>
+        <v>973</v>
       </c>
       <c r="G157">
         <v>2020</v>
       </c>
       <c r="H157" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I157" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J157" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K157" t="s">
-        <v>451</v>
+        <v>974</v>
       </c>
       <c r="L157" t="s">
-        <v>452</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>975</v>
+      </c>
+      <c r="M157" s="1">
+        <v>20</v>
       </c>
       <c r="N157" t="s">
-        <v>35</v>
+        <v>976</v>
       </c>
       <c r="O157" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P157">
         <v>2020</v>
       </c>
       <c r="Q157" t="s">
-        <v>453</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:17" x14ac:dyDescent="0.2">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="158" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A158" t="s">
-        <v>393</v>
+        <v>912</v>
       </c>
       <c r="B158" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C158" t="s">
-        <v>454</v>
+        <v>978</v>
       </c>
       <c r="D158" t="s">
-        <v>455</v>
+        <v>979</v>
       </c>
       <c r="F158" t="s">
-        <v>456</v>
+        <v>980</v>
       </c>
       <c r="G158">
         <v>2020</v>
       </c>
       <c r="H158" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I158" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J158" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K158" t="s">
-        <v>457</v>
+        <v>981</v>
       </c>
       <c r="L158" t="s">
-        <v>458</v>
-[...1 lines deleted...]
-      <c r="M158" s="11">
+        <v>982</v>
+      </c>
+      <c r="M158" s="1">
         <v>20</v>
       </c>
       <c r="N158" t="s">
-        <v>126</v>
+        <v>152</v>
       </c>
       <c r="O158" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P158">
         <v>2020</v>
       </c>
       <c r="Q158" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:17" x14ac:dyDescent="0.2">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="159" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A159" t="s">
-        <v>393</v>
+        <v>912</v>
       </c>
       <c r="B159" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C159" t="s">
-        <v>460</v>
+        <v>984</v>
       </c>
       <c r="D159" t="s">
-        <v>461</v>
+        <v>985</v>
       </c>
       <c r="F159" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="G159">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H159" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I159" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J159" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K159" t="s">
-        <v>463</v>
+        <v>986</v>
       </c>
       <c r="L159" t="s">
-        <v>464</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>987</v>
+      </c>
+      <c r="M159" s="1">
+        <v>26</v>
       </c>
       <c r="N159" t="s">
-        <v>31</v>
+        <v>186</v>
       </c>
       <c r="O159" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P159">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="Q159" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:17" x14ac:dyDescent="0.2">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="160" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A160" t="s">
-        <v>393</v>
+        <v>912</v>
       </c>
       <c r="B160" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C160" t="s">
-        <v>466</v>
+        <v>989</v>
       </c>
       <c r="D160" t="s">
-        <v>467</v>
+        <v>990</v>
       </c>
       <c r="F160" t="s">
-        <v>169</v>
+        <v>991</v>
       </c>
       <c r="G160">
         <v>2021</v>
       </c>
       <c r="H160" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I160" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J160" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K160" t="s">
-        <v>468</v>
+        <v>992</v>
       </c>
       <c r="L160" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>993</v>
+      </c>
+      <c r="M160" s="1">
+        <v>20</v>
       </c>
       <c r="N160" t="s">
-        <v>35</v>
+        <v>607</v>
       </c>
       <c r="O160" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P160">
         <v>2021</v>
       </c>
       <c r="Q160" t="s">
-        <v>470</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:17" x14ac:dyDescent="0.2">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="161" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A161" t="s">
-        <v>393</v>
+        <v>912</v>
       </c>
       <c r="B161" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C161" t="s">
-        <v>471</v>
+        <v>995</v>
       </c>
       <c r="D161" t="s">
-        <v>472</v>
+        <v>996</v>
       </c>
       <c r="F161" t="s">
-        <v>473</v>
+        <v>747</v>
       </c>
       <c r="G161">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H161" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I161" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J161" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K161" t="s">
-        <v>474</v>
+        <v>997</v>
       </c>
       <c r="L161" t="s">
-        <v>475</v>
-[...1 lines deleted...]
-      <c r="M161" s="11">
+        <v>998</v>
+      </c>
+      <c r="M161" s="1">
         <v>20</v>
       </c>
       <c r="N161" t="s">
-        <v>23</v>
+        <v>999</v>
       </c>
       <c r="O161" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P161">
         <v>2021</v>
       </c>
       <c r="Q161" t="s">
-        <v>476</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="162" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A162" t="s">
-        <v>393</v>
+        <v>912</v>
       </c>
       <c r="B162" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C162" t="s">
-        <v>477</v>
+        <v>1001</v>
       </c>
       <c r="D162" t="s">
-        <v>478</v>
+        <v>1002</v>
       </c>
       <c r="F162" t="s">
-        <v>223</v>
+        <v>1003</v>
       </c>
       <c r="G162">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H162" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I162" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J162" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K162" t="s">
-        <v>479</v>
+        <v>1004</v>
       </c>
       <c r="L162" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="M162" s="11">
+        <v>1005</v>
+      </c>
+      <c r="M162" s="1">
         <v>20</v>
       </c>
       <c r="N162" t="s">
-        <v>481</v>
+        <v>1006</v>
       </c>
       <c r="O162" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P162">
         <v>2021</v>
       </c>
       <c r="Q162" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="163" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A163" t="s">
-        <v>393</v>
+        <v>912</v>
       </c>
       <c r="B163" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C163" t="s">
-        <v>483</v>
+        <v>1008</v>
       </c>
       <c r="D163" t="s">
-        <v>484</v>
+        <v>1009</v>
       </c>
       <c r="F163" t="s">
-        <v>485</v>
+        <v>1010</v>
       </c>
       <c r="G163">
         <v>2021</v>
       </c>
       <c r="H163" t="s">
-        <v>18</v>
+        <v>84</v>
       </c>
       <c r="I163" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J163" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K163" t="s">
-        <v>486</v>
+        <v>1011</v>
       </c>
       <c r="L163" t="s">
-        <v>487</v>
-[...1 lines deleted...]
-      <c r="M163" s="11">
+        <v>1012</v>
+      </c>
+      <c r="M163" s="1">
         <v>20</v>
       </c>
       <c r="N163" t="s">
-        <v>145</v>
+        <v>1013</v>
       </c>
       <c r="O163" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P163">
         <v>2021</v>
       </c>
       <c r="Q163" t="s">
-        <v>488</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="164" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A164" t="s">
-        <v>393</v>
+        <v>912</v>
       </c>
       <c r="B164" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C164" t="s">
-        <v>489</v>
+        <v>1015</v>
       </c>
       <c r="D164" t="s">
-        <v>490</v>
+        <v>1016</v>
       </c>
       <c r="F164" t="s">
-        <v>491</v>
+        <v>1017</v>
       </c>
       <c r="G164">
         <v>2021</v>
       </c>
       <c r="H164" t="s">
-        <v>96</v>
+        <v>35</v>
       </c>
       <c r="I164" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J164" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K164" t="s">
-        <v>492</v>
+        <v>1018</v>
       </c>
       <c r="L164" t="s">
-        <v>493</v>
-[...1 lines deleted...]
-      <c r="M164" s="11">
+        <v>1019</v>
+      </c>
+      <c r="M164" s="1">
         <v>20</v>
       </c>
       <c r="N164" t="s">
-        <v>494</v>
+        <v>1020</v>
       </c>
       <c r="O164" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P164">
         <v>2021</v>
       </c>
       <c r="Q164" t="s">
-        <v>495</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="165" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A165" t="s">
-        <v>393</v>
+        <v>912</v>
       </c>
       <c r="B165" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C165" t="s">
-        <v>496</v>
+        <v>1022</v>
       </c>
       <c r="D165" t="s">
-        <v>497</v>
+        <v>1023</v>
       </c>
       <c r="F165" t="s">
-        <v>498</v>
+        <v>473</v>
       </c>
       <c r="G165">
         <v>2021</v>
       </c>
       <c r="H165" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I165" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J165" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K165" t="s">
-        <v>499</v>
+        <v>1024</v>
       </c>
       <c r="L165" t="s">
-        <v>500</v>
-[...1 lines deleted...]
-      <c r="M165" s="11">
+        <v>1025</v>
+      </c>
+      <c r="M165" s="1">
         <v>20</v>
       </c>
       <c r="N165" t="s">
-        <v>501</v>
+        <v>607</v>
       </c>
       <c r="O165" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P165">
         <v>2021</v>
       </c>
       <c r="Q165" t="s">
-        <v>502</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="166" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A166" t="s">
-        <v>393</v>
+        <v>912</v>
       </c>
       <c r="B166" t="s">
-        <v>43</v>
+        <v>1027</v>
       </c>
       <c r="C166" t="s">
-        <v>503</v>
+        <v>1028</v>
       </c>
       <c r="D166" t="s">
-        <v>504</v>
+        <v>1029</v>
       </c>
       <c r="F166" t="s">
-        <v>505</v>
+        <v>1030</v>
       </c>
       <c r="G166">
         <v>2021</v>
       </c>
       <c r="H166" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I166" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J166" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K166" t="s">
-        <v>506</v>
+        <v>1031</v>
       </c>
       <c r="L166" t="s">
-        <v>507</v>
-[...1 lines deleted...]
-      <c r="M166" s="11">
+        <v>1032</v>
+      </c>
+      <c r="M166" s="1">
         <v>20</v>
       </c>
       <c r="N166" t="s">
-        <v>23</v>
+        <v>1033</v>
       </c>
       <c r="O166" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P166">
         <v>2021</v>
       </c>
       <c r="Q166" t="s">
-        <v>508</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="167" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A167" t="s">
-        <v>393</v>
+        <v>912</v>
       </c>
       <c r="B167" t="s">
-        <v>509</v>
+        <v>20</v>
       </c>
       <c r="C167" t="s">
-        <v>510</v>
+        <v>1035</v>
       </c>
       <c r="D167" t="s">
-        <v>511</v>
+        <v>1036</v>
       </c>
       <c r="F167" t="s">
-        <v>512</v>
+        <v>1037</v>
       </c>
       <c r="G167">
         <v>2021</v>
       </c>
       <c r="H167" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I167" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J167" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K167" t="s">
-        <v>513</v>
+        <v>1038</v>
       </c>
       <c r="L167" t="s">
-        <v>514</v>
-[...1 lines deleted...]
-      <c r="M167" s="11">
+        <v>1039</v>
+      </c>
+      <c r="M167" s="1">
         <v>20</v>
       </c>
       <c r="N167" t="s">
-        <v>125</v>
+        <v>1040</v>
       </c>
       <c r="O167" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P167">
         <v>2021</v>
       </c>
       <c r="Q167" t="s">
-        <v>515</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="168" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A168" t="s">
-        <v>393</v>
+        <v>1042</v>
       </c>
       <c r="B168" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C168" t="s">
-        <v>516</v>
+        <v>1043</v>
       </c>
       <c r="D168" t="s">
-        <v>517</v>
+        <v>1044</v>
+      </c>
+      <c r="E168" t="s">
+        <v>1045</v>
       </c>
       <c r="F168" t="s">
-        <v>518</v>
+        <v>618</v>
       </c>
       <c r="G168">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="H168" t="s">
-        <v>63</v>
+        <v>99</v>
       </c>
       <c r="I168" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J168" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K168" t="s">
-        <v>519</v>
+        <v>1046</v>
       </c>
       <c r="L168" t="s">
-        <v>520</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1047</v>
+      </c>
+      <c r="M168" s="1">
+        <v>38</v>
       </c>
       <c r="N168" t="s">
-        <v>521</v>
+        <v>130</v>
       </c>
       <c r="O168" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P168">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="Q168" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="169" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A169" t="s">
-        <v>524</v>
+        <v>1042</v>
       </c>
       <c r="B169" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C169" t="s">
-        <v>525</v>
+        <v>1049</v>
       </c>
       <c r="D169" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>527</v>
+        <v>1050</v>
       </c>
       <c r="F169" t="s">
-        <v>62</v>
+        <v>1051</v>
       </c>
       <c r="G169">
         <v>2020</v>
       </c>
       <c r="H169" t="s">
-        <v>63</v>
+        <v>99</v>
       </c>
       <c r="I169" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J169" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K169" t="s">
-        <v>528</v>
+        <v>1052</v>
       </c>
       <c r="L169" t="s">
-        <v>529</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>1053</v>
+      </c>
+      <c r="M169" s="1">
+        <v>20</v>
       </c>
       <c r="N169" t="s">
-        <v>39</v>
+        <v>707</v>
       </c>
       <c r="O169" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P169">
         <v>2020</v>
       </c>
       <c r="Q169" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="170" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A170" t="s">
-        <v>524</v>
+        <v>1042</v>
       </c>
       <c r="B170" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C170" t="s">
-        <v>531</v>
+        <v>1055</v>
       </c>
       <c r="D170" t="s">
-        <v>532</v>
+        <v>1056</v>
       </c>
       <c r="F170" t="s">
-        <v>533</v>
+        <v>454</v>
       </c>
       <c r="G170">
         <v>2020</v>
       </c>
       <c r="H170" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="I170" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J170" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K170" t="s">
-        <v>534</v>
+        <v>1057</v>
       </c>
       <c r="L170" t="s">
-        <v>535</v>
-[...1 lines deleted...]
-      <c r="M170" s="11">
+        <v>1058</v>
+      </c>
+      <c r="M170" s="1">
         <v>20</v>
       </c>
       <c r="N170" t="s">
-        <v>41</v>
+        <v>1059</v>
       </c>
       <c r="O170" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P170">
         <v>2020</v>
       </c>
       <c r="Q170" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="171" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A171" t="s">
-        <v>524</v>
+        <v>1042</v>
       </c>
       <c r="B171" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C171" t="s">
-        <v>537</v>
+        <v>1061</v>
       </c>
       <c r="D171" t="s">
-        <v>538</v>
+        <v>1062</v>
       </c>
       <c r="F171" t="s">
-        <v>163</v>
+        <v>647</v>
       </c>
       <c r="G171">
         <v>2020</v>
       </c>
       <c r="H171" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I171" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J171" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K171" t="s">
-        <v>539</v>
+        <v>1063</v>
       </c>
       <c r="L171" t="s">
-        <v>540</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1064</v>
+      </c>
+      <c r="M171" s="1">
+        <v>33</v>
       </c>
       <c r="N171" t="s">
-        <v>19</v>
+        <v>650</v>
       </c>
       <c r="O171" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P171">
         <v>2020</v>
       </c>
       <c r="Q171" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="172" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A172" t="s">
-        <v>524</v>
+        <v>1042</v>
       </c>
       <c r="B172" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C172" t="s">
-        <v>542</v>
+        <v>1066</v>
       </c>
       <c r="D172" t="s">
-        <v>543</v>
+        <v>1067</v>
       </c>
       <c r="F172" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="G172">
         <v>2020</v>
       </c>
       <c r="H172" t="s">
-        <v>18</v>
+        <v>84</v>
       </c>
       <c r="I172" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J172" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K172" t="s">
-        <v>544</v>
+        <v>1068</v>
       </c>
       <c r="L172" t="s">
-        <v>545</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>1069</v>
+      </c>
+      <c r="M172" s="1">
+        <v>20</v>
       </c>
       <c r="N172" t="s">
-        <v>37</v>
+        <v>450</v>
       </c>
       <c r="O172" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P172">
         <v>2020</v>
       </c>
       <c r="Q172" t="s">
-        <v>546</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="173" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A173" t="s">
-        <v>524</v>
+        <v>1042</v>
       </c>
       <c r="B173" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C173" t="s">
-        <v>547</v>
+        <v>1071</v>
       </c>
       <c r="D173" t="s">
-        <v>548</v>
+        <v>1072</v>
       </c>
       <c r="F173" t="s">
-        <v>549</v>
+        <v>1073</v>
       </c>
       <c r="G173">
         <v>2020</v>
       </c>
       <c r="H173" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="I173" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J173" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K173" t="s">
-        <v>550</v>
+        <v>1074</v>
       </c>
       <c r="L173" t="s">
-        <v>551</v>
-[...1 lines deleted...]
-      <c r="M173" s="11">
+        <v>1075</v>
+      </c>
+      <c r="M173" s="1">
         <v>20</v>
       </c>
       <c r="N173" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="O173" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P173">
         <v>2020</v>
       </c>
       <c r="Q173" t="s">
-        <v>552</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="174" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A174" t="s">
-        <v>524</v>
+        <v>1042</v>
       </c>
       <c r="B174" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C174" t="s">
-        <v>553</v>
+        <v>1077</v>
       </c>
       <c r="D174" t="s">
-        <v>554</v>
+        <v>1078</v>
       </c>
       <c r="F174" t="s">
-        <v>555</v>
+        <v>1079</v>
       </c>
       <c r="G174">
         <v>2020</v>
       </c>
       <c r="H174" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="I174" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J174" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K174" t="s">
-        <v>556</v>
+        <v>1080</v>
       </c>
       <c r="L174" t="s">
-        <v>557</v>
-[...1 lines deleted...]
-      <c r="M174" s="11">
+        <v>1081</v>
+      </c>
+      <c r="M174" s="1">
         <v>20</v>
       </c>
       <c r="N174" t="s">
-        <v>24</v>
+        <v>186</v>
       </c>
       <c r="O174" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P174">
         <v>2020</v>
       </c>
       <c r="Q174" t="s">
-        <v>558</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="175" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A175" t="s">
-        <v>524</v>
+        <v>1042</v>
       </c>
       <c r="B175" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C175" t="s">
-        <v>559</v>
+        <v>1083</v>
       </c>
       <c r="D175" t="s">
-        <v>560</v>
+        <v>1084</v>
       </c>
       <c r="F175" t="s">
-        <v>561</v>
+        <v>169</v>
       </c>
       <c r="G175">
         <v>2020</v>
       </c>
       <c r="H175" t="s">
-        <v>18</v>
+        <v>84</v>
       </c>
       <c r="I175" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J175" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K175" t="s">
-        <v>562</v>
+        <v>1085</v>
       </c>
       <c r="L175" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1086</v>
+      </c>
+      <c r="M175" s="1">
+        <v>27</v>
       </c>
       <c r="N175" t="s">
-        <v>35</v>
+        <v>845</v>
       </c>
       <c r="O175" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P175">
         <v>2020</v>
       </c>
       <c r="Q175" t="s">
-        <v>564</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="176" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A176" t="s">
-        <v>524</v>
+        <v>1042</v>
       </c>
       <c r="B176" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C176" t="s">
-        <v>565</v>
+        <v>266</v>
       </c>
       <c r="D176" t="s">
-        <v>566</v>
+        <v>267</v>
       </c>
       <c r="F176" t="s">
-        <v>208</v>
+        <v>268</v>
       </c>
       <c r="G176">
         <v>2020</v>
       </c>
       <c r="H176" t="s">
-        <v>96</v>
+        <v>35</v>
       </c>
       <c r="I176" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J176" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K176" t="s">
-        <v>567</v>
+        <v>1088</v>
       </c>
       <c r="L176" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>1089</v>
+      </c>
+      <c r="M176" s="1">
+        <v>20</v>
       </c>
       <c r="N176" t="s">
-        <v>185</v>
+        <v>1090</v>
       </c>
       <c r="O176" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P176">
         <v>2020</v>
       </c>
       <c r="Q176" t="s">
-        <v>569</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="177" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A177" t="s">
-        <v>524</v>
+        <v>1042</v>
       </c>
       <c r="B177" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C177" t="s">
-        <v>570</v>
+        <v>1092</v>
       </c>
       <c r="D177" t="s">
-        <v>571</v>
+        <v>1093</v>
       </c>
       <c r="F177" t="s">
-        <v>359</v>
+        <v>467</v>
       </c>
       <c r="G177">
         <v>2020</v>
       </c>
       <c r="H177" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I177" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J177" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K177" t="s">
-        <v>572</v>
+        <v>1094</v>
       </c>
       <c r="L177" t="s">
-        <v>573</v>
-[...1 lines deleted...]
-      <c r="M177" s="11">
+        <v>1095</v>
+      </c>
+      <c r="M177" s="1">
         <v>20</v>
       </c>
       <c r="N177" t="s">
-        <v>574</v>
+        <v>186</v>
       </c>
       <c r="O177" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P177">
         <v>2020</v>
       </c>
       <c r="Q177" t="s">
-        <v>575</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="178" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A178" t="s">
-        <v>524</v>
+        <v>1042</v>
       </c>
       <c r="B178" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C178" t="s">
-        <v>576</v>
+        <v>1097</v>
       </c>
       <c r="D178" t="s">
-        <v>577</v>
+        <v>1098</v>
       </c>
       <c r="F178" t="s">
-        <v>169</v>
+        <v>1099</v>
       </c>
       <c r="G178">
         <v>2020</v>
       </c>
       <c r="H178" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I178" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J178" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K178" t="s">
-        <v>578</v>
+        <v>1100</v>
       </c>
       <c r="L178" t="s">
-        <v>579</v>
-[...1 lines deleted...]
-      <c r="M178" s="11">
+        <v>1101</v>
+      </c>
+      <c r="M178" s="1">
         <v>20</v>
       </c>
       <c r="N178" t="s">
-        <v>35</v>
+        <v>186</v>
       </c>
       <c r="O178" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P178">
         <v>2020</v>
       </c>
       <c r="Q178" t="s">
-        <v>580</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="179" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A179" t="s">
-        <v>524</v>
+        <v>1042</v>
       </c>
       <c r="B179" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C179" t="s">
-        <v>581</v>
+        <v>1103</v>
       </c>
       <c r="D179" t="s">
-        <v>582</v>
+        <v>1104</v>
       </c>
       <c r="F179" t="s">
-        <v>583</v>
+        <v>1105</v>
       </c>
       <c r="G179">
         <v>2020</v>
       </c>
       <c r="H179" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="I179" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J179" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K179" t="s">
-        <v>584</v>
+        <v>1106</v>
       </c>
       <c r="L179" t="s">
-        <v>585</v>
-[...1 lines deleted...]
-      <c r="M179" s="11">
+        <v>1107</v>
+      </c>
+      <c r="M179" s="1">
         <v>20</v>
       </c>
       <c r="N179" t="s">
-        <v>35</v>
+        <v>402</v>
       </c>
       <c r="O179" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P179">
         <v>2020</v>
       </c>
       <c r="Q179" t="s">
-        <v>586</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="180" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A180" t="s">
-        <v>524</v>
+        <v>1042</v>
       </c>
       <c r="B180" t="s">
-        <v>43</v>
+        <v>1109</v>
       </c>
       <c r="C180" t="s">
-        <v>587</v>
+        <v>1110</v>
       </c>
       <c r="D180" t="s">
-        <v>588</v>
+        <v>1111</v>
+      </c>
+      <c r="E180" t="s">
+        <v>1112</v>
       </c>
       <c r="F180" t="s">
-        <v>589</v>
+        <v>1113</v>
       </c>
       <c r="G180">
         <v>2020</v>
       </c>
       <c r="H180" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I180" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J180" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K180" t="s">
-        <v>590</v>
+        <v>1114</v>
       </c>
       <c r="L180" t="s">
-        <v>591</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1115</v>
+      </c>
+      <c r="M180" s="1">
+        <v>26</v>
       </c>
       <c r="N180" t="s">
-        <v>129</v>
+        <v>1013</v>
       </c>
       <c r="O180" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P180">
         <v>2020</v>
       </c>
       <c r="Q180" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="181" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A181" t="s">
-        <v>524</v>
+        <v>1042</v>
       </c>
       <c r="B181" t="s">
-        <v>593</v>
+        <v>20</v>
       </c>
       <c r="C181" t="s">
-        <v>594</v>
+        <v>1117</v>
       </c>
       <c r="D181" t="s">
-        <v>595</v>
-[...2 lines deleted...]
-        <v>596</v>
+        <v>1118</v>
       </c>
       <c r="F181" t="s">
-        <v>597</v>
+        <v>1119</v>
       </c>
       <c r="G181">
         <v>2020</v>
       </c>
       <c r="H181" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I181" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J181" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K181" t="s">
-        <v>598</v>
+        <v>1120</v>
       </c>
       <c r="L181" t="s">
-        <v>599</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>1121</v>
+      </c>
+      <c r="M181" s="1">
+        <v>20</v>
       </c>
       <c r="N181" t="s">
-        <v>494</v>
+        <v>1122</v>
       </c>
       <c r="O181" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P181">
         <v>2020</v>
       </c>
       <c r="Q181" t="s">
-        <v>600</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="182" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A182" t="s">
-        <v>524</v>
+        <v>1042</v>
       </c>
       <c r="B182" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C182" t="s">
-        <v>601</v>
+        <v>1124</v>
       </c>
       <c r="D182" t="s">
-        <v>602</v>
+        <v>1125</v>
       </c>
       <c r="F182" t="s">
-        <v>603</v>
+        <v>190</v>
       </c>
       <c r="G182">
         <v>2020</v>
       </c>
       <c r="H182" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I182" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J182" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K182" t="s">
-        <v>604</v>
+        <v>1126</v>
       </c>
       <c r="L182" t="s">
-        <v>605</v>
-[...1 lines deleted...]
-      <c r="M182" s="11">
+        <v>1127</v>
+      </c>
+      <c r="M182" s="1">
         <v>20</v>
       </c>
       <c r="N182" t="s">
-        <v>127</v>
+        <v>450</v>
       </c>
       <c r="O182" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P182">
         <v>2020</v>
       </c>
       <c r="Q182" t="s">
-        <v>606</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="183" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A183" t="s">
-        <v>524</v>
+        <v>1042</v>
       </c>
       <c r="B183" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C183" t="s">
-        <v>607</v>
+        <v>1129</v>
       </c>
       <c r="D183" t="s">
-        <v>608</v>
+        <v>1130</v>
       </c>
       <c r="F183" t="s">
-        <v>444</v>
+        <v>1131</v>
       </c>
       <c r="G183">
         <v>2020</v>
       </c>
       <c r="H183" t="s">
-        <v>18</v>
+        <v>84</v>
       </c>
       <c r="I183" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J183" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K183" t="s">
-        <v>609</v>
+        <v>1132</v>
       </c>
       <c r="L183" t="s">
-        <v>610</v>
-[...1 lines deleted...]
-      <c r="M183" s="11">
+        <v>1133</v>
+      </c>
+      <c r="M183" s="1">
         <v>20</v>
       </c>
       <c r="N183" t="s">
-        <v>28</v>
+        <v>1134</v>
       </c>
       <c r="O183" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P183">
         <v>2020</v>
       </c>
       <c r="Q183" t="s">
-        <v>611</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="184" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A184" t="s">
-        <v>524</v>
+        <v>1042</v>
       </c>
       <c r="B184" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C184" t="s">
-        <v>612</v>
+        <v>1136</v>
       </c>
       <c r="D184" t="s">
-        <v>613</v>
+        <v>1137</v>
       </c>
       <c r="F184" t="s">
-        <v>614</v>
+        <v>1131</v>
       </c>
       <c r="G184">
         <v>2020</v>
       </c>
       <c r="H184" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="I184" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J184" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K184" t="s">
-        <v>615</v>
+        <v>1138</v>
       </c>
       <c r="L184" t="s">
-        <v>616</v>
-[...1 lines deleted...]
-      <c r="M184" s="11">
+        <v>1139</v>
+      </c>
+      <c r="M184" s="1">
         <v>20</v>
       </c>
       <c r="N184" t="s">
-        <v>22</v>
+        <v>1134</v>
       </c>
       <c r="O184" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P184">
         <v>2020</v>
       </c>
       <c r="Q184" t="s">
-        <v>617</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="185" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A185" t="s">
-        <v>524</v>
+        <v>1141</v>
       </c>
       <c r="B185" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C185" t="s">
-        <v>618</v>
+        <v>959</v>
       </c>
       <c r="D185" t="s">
-        <v>619</v>
+        <v>960</v>
+      </c>
+      <c r="E185" t="s">
+        <v>1142</v>
       </c>
       <c r="F185" t="s">
-        <v>614</v>
+        <v>190</v>
       </c>
       <c r="G185">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="H185" t="s">
-        <v>96</v>
+        <v>35</v>
       </c>
       <c r="I185" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J185" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K185" t="s">
-        <v>620</v>
+        <v>1143</v>
       </c>
       <c r="L185" t="s">
-        <v>621</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1144</v>
+      </c>
+      <c r="M185" s="1">
+        <v>30</v>
       </c>
       <c r="N185" t="s">
-        <v>22</v>
+        <v>450</v>
       </c>
       <c r="O185" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P185">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="Q185" t="s">
-        <v>622</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="186" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A186" t="s">
-        <v>623</v>
+        <v>1141</v>
       </c>
       <c r="B186" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C186" t="s">
-        <v>441</v>
+        <v>1146</v>
       </c>
       <c r="D186" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-        <v>624</v>
+        <v>1147</v>
       </c>
       <c r="F186" t="s">
-        <v>444</v>
+        <v>454</v>
       </c>
       <c r="G186">
         <v>2019</v>
       </c>
       <c r="H186" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I186" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J186" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K186" t="s">
-        <v>625</v>
+        <v>1148</v>
       </c>
       <c r="L186" t="s">
-        <v>626</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>1149</v>
+      </c>
+      <c r="M186" s="1">
+        <v>20</v>
       </c>
       <c r="N186" t="s">
-        <v>28</v>
+        <v>695</v>
       </c>
       <c r="O186" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P186">
         <v>2019</v>
       </c>
       <c r="Q186" t="s">
-        <v>627</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="187" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A187" t="s">
-        <v>623</v>
+        <v>1141</v>
       </c>
       <c r="B187" t="s">
-        <v>43</v>
+        <v>1151</v>
       </c>
       <c r="C187" t="s">
-        <v>628</v>
+        <v>1152</v>
       </c>
       <c r="D187" t="s">
-        <v>629</v>
+        <v>1153</v>
       </c>
       <c r="F187" t="s">
-        <v>163</v>
+        <v>249</v>
       </c>
       <c r="G187">
         <v>2019</v>
       </c>
       <c r="H187" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I187" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J187" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K187" t="s">
-        <v>630</v>
+        <v>1154</v>
       </c>
       <c r="L187" t="s">
-        <v>631</v>
-[...1 lines deleted...]
-      <c r="M187" s="11">
+        <v>1155</v>
+      </c>
+      <c r="M187" s="1">
         <v>20</v>
       </c>
       <c r="N187" t="s">
-        <v>135</v>
+        <v>1156</v>
       </c>
       <c r="O187" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P187">
         <v>2019</v>
       </c>
       <c r="Q187" t="s">
-        <v>632</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="188" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A188" t="s">
-        <v>623</v>
+        <v>1141</v>
       </c>
       <c r="B188" t="s">
-        <v>1162</v>
+        <v>20</v>
       </c>
       <c r="C188" t="s">
-        <v>633</v>
+        <v>1158</v>
       </c>
       <c r="D188" t="s">
-        <v>634</v>
+        <v>1159</v>
       </c>
       <c r="F188" t="s">
-        <v>635</v>
+        <v>1160</v>
       </c>
       <c r="G188">
         <v>2019</v>
       </c>
       <c r="H188" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I188" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J188" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K188" t="s">
-        <v>636</v>
+        <v>1161</v>
       </c>
       <c r="L188" t="s">
-        <v>637</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1162</v>
+      </c>
+      <c r="M188" s="1">
+        <v>43</v>
       </c>
       <c r="N188" t="s">
-        <v>289</v>
+        <v>1163</v>
       </c>
       <c r="O188" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P188">
         <v>2019</v>
       </c>
       <c r="Q188" t="s">
-        <v>638</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="189" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A189" t="s">
-        <v>623</v>
+        <v>1141</v>
       </c>
       <c r="B189" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C189" t="s">
-        <v>639</v>
+        <v>1165</v>
       </c>
       <c r="D189" t="s">
-        <v>640</v>
+        <v>1166</v>
       </c>
       <c r="F189" t="s">
-        <v>641</v>
+        <v>467</v>
       </c>
       <c r="G189">
         <v>2019</v>
       </c>
       <c r="H189" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I189" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J189" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K189" t="s">
-        <v>642</v>
+        <v>1167</v>
       </c>
       <c r="L189" t="s">
-        <v>643</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>1168</v>
+      </c>
+      <c r="M189" s="1">
+        <v>20</v>
       </c>
       <c r="N189" t="s">
-        <v>644</v>
+        <v>186</v>
       </c>
       <c r="O189" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P189">
         <v>2019</v>
       </c>
       <c r="Q189" t="s">
-        <v>645</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="190" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A190" t="s">
-        <v>623</v>
+        <v>1141</v>
       </c>
       <c r="B190" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C190" t="s">
-        <v>646</v>
+        <v>1170</v>
       </c>
       <c r="D190" t="s">
-        <v>647</v>
+        <v>1171</v>
       </c>
       <c r="F190" t="s">
-        <v>169</v>
+        <v>1172</v>
       </c>
       <c r="G190">
         <v>2019</v>
       </c>
       <c r="H190" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I190" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J190" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K190" t="s">
-        <v>648</v>
+        <v>1173</v>
       </c>
       <c r="L190" t="s">
-        <v>649</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1174</v>
+      </c>
+      <c r="M190" s="1">
+        <v>26</v>
       </c>
       <c r="N190" t="s">
-        <v>35</v>
+        <v>1175</v>
       </c>
       <c r="O190" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P190">
         <v>2019</v>
       </c>
       <c r="Q190" t="s">
-        <v>650</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="191" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A191" t="s">
-        <v>623</v>
+        <v>1141</v>
       </c>
       <c r="B191" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C191" t="s">
-        <v>651</v>
+        <v>1177</v>
       </c>
       <c r="D191" t="s">
-        <v>652</v>
+        <v>1178</v>
       </c>
       <c r="F191" t="s">
-        <v>653</v>
+        <v>1179</v>
       </c>
       <c r="G191">
         <v>2019</v>
       </c>
       <c r="H191" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I191" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J191" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K191" t="s">
-        <v>654</v>
+        <v>1180</v>
       </c>
       <c r="L191" t="s">
-        <v>655</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>1181</v>
+      </c>
+      <c r="M191" s="1">
+        <v>20</v>
       </c>
       <c r="N191" t="s">
-        <v>143</v>
+        <v>720</v>
       </c>
       <c r="O191" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P191">
         <v>2019</v>
       </c>
       <c r="Q191" t="s">
-        <v>656</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="192" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A192" t="s">
-        <v>623</v>
+        <v>1183</v>
       </c>
       <c r="B192" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C192" t="s">
-        <v>657</v>
+        <v>1184</v>
       </c>
       <c r="D192" t="s">
-        <v>658</v>
+        <v>1185</v>
       </c>
       <c r="F192" t="s">
-        <v>659</v>
+        <v>647</v>
       </c>
       <c r="G192">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="H192" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I192" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J192" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K192" t="s">
-        <v>660</v>
+        <v>1186</v>
       </c>
       <c r="L192" t="s">
-        <v>661</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1187</v>
+      </c>
+      <c r="M192" s="1">
+        <v>35</v>
       </c>
       <c r="N192" t="s">
-        <v>128</v>
+        <v>384</v>
       </c>
       <c r="O192" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P192">
         <v>2019</v>
       </c>
       <c r="Q192" t="s">
-        <v>662</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="193" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A193" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B193" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C193" t="s">
-        <v>664</v>
+        <v>1189</v>
       </c>
       <c r="D193" t="s">
-        <v>665</v>
+        <v>1190</v>
       </c>
       <c r="F193" t="s">
-        <v>95</v>
+        <v>1003</v>
       </c>
       <c r="G193">
         <v>2016</v>
       </c>
       <c r="H193" t="s">
+        <v>35</v>
+      </c>
+      <c r="I193" t="s">
+        <v>26</v>
+      </c>
+      <c r="J193" t="s">
+        <v>27</v>
+      </c>
+      <c r="K193" t="s">
+        <v>1191</v>
+      </c>
+      <c r="L193" t="s">
+        <v>1192</v>
+      </c>
+      <c r="M193" s="1">
         <v>18</v>
       </c>
-      <c r="I193" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N193" t="s">
-        <v>139</v>
+        <v>1193</v>
       </c>
       <c r="O193" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P193">
         <v>2019</v>
       </c>
       <c r="Q193" t="s">
-        <v>668</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="194" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A194" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B194" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C194" t="s">
-        <v>669</v>
+        <v>1195</v>
       </c>
       <c r="D194" t="s">
-        <v>670</v>
+        <v>1196</v>
+      </c>
+      <c r="E194" t="s">
+        <v>1197</v>
       </c>
       <c r="F194" t="s">
-        <v>485</v>
+        <v>618</v>
       </c>
       <c r="G194">
         <v>2016</v>
       </c>
       <c r="H194" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I194" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J194" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K194" t="s">
-        <v>671</v>
+        <v>1198</v>
       </c>
       <c r="L194" t="s">
-        <v>672</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1199</v>
+      </c>
+      <c r="M194" s="1">
+        <v>34</v>
       </c>
       <c r="N194" t="s">
-        <v>673</v>
+        <v>130</v>
       </c>
       <c r="O194" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P194">
         <v>2019</v>
       </c>
       <c r="Q194" t="s">
-        <v>674</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="195" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A195" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B195" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C195" t="s">
-        <v>675</v>
+        <v>1201</v>
       </c>
       <c r="D195" t="s">
-        <v>676</v>
+        <v>1202</v>
       </c>
       <c r="E195" t="s">
-        <v>677</v>
+        <v>1203</v>
       </c>
       <c r="F195" t="s">
-        <v>62</v>
+        <v>815</v>
       </c>
       <c r="G195">
         <v>2016</v>
       </c>
       <c r="H195" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="I195" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J195" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K195" t="s">
-        <v>678</v>
+        <v>1204</v>
       </c>
       <c r="L195" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>1205</v>
+      </c>
+      <c r="M195" s="1">
+        <v>24.4</v>
       </c>
       <c r="N195" t="s">
-        <v>39</v>
+        <v>565</v>
       </c>
       <c r="O195" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P195">
         <v>2019</v>
       </c>
       <c r="Q195" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="196" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A196" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B196" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C196" t="s">
-        <v>681</v>
+        <v>1201</v>
       </c>
       <c r="D196" t="s">
-        <v>682</v>
+        <v>1202</v>
       </c>
       <c r="E196" t="s">
-        <v>523</v>
+        <v>1207</v>
       </c>
       <c r="F196" t="s">
-        <v>294</v>
+        <v>815</v>
       </c>
       <c r="G196">
         <v>2016</v>
       </c>
       <c r="H196" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I196" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J196" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K196" t="s">
-        <v>683</v>
+        <v>1208</v>
       </c>
       <c r="L196" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>24.4</v>
+        <v>1209</v>
+      </c>
+      <c r="M196" s="1">
+        <v>21</v>
       </c>
       <c r="N196" t="s">
-        <v>132</v>
+        <v>565</v>
       </c>
       <c r="O196" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P196">
         <v>2019</v>
       </c>
       <c r="Q196" t="s">
-        <v>685</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="197" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A197" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B197" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C197" t="s">
-        <v>681</v>
+        <v>1211</v>
       </c>
       <c r="D197" t="s">
-        <v>682</v>
+        <v>1212</v>
       </c>
       <c r="E197" t="s">
-        <v>337</v>
+        <v>1213</v>
       </c>
       <c r="F197" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="G197">
         <v>2016</v>
       </c>
       <c r="H197" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I197" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J197" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K197" t="s">
-        <v>686</v>
+        <v>1214</v>
       </c>
       <c r="L197" t="s">
-        <v>687</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>1215</v>
+      </c>
+      <c r="M197" s="1">
+        <v>25</v>
       </c>
       <c r="N197" t="s">
-        <v>132</v>
+        <v>450</v>
       </c>
       <c r="O197" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P197">
         <v>2019</v>
       </c>
       <c r="Q197" t="s">
-        <v>688</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="198" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A198" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B198" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C198" t="s">
-        <v>689</v>
+        <v>1211</v>
       </c>
       <c r="D198" t="s">
-        <v>690</v>
+        <v>1212</v>
       </c>
       <c r="E198" t="s">
-        <v>38</v>
+        <v>1217</v>
       </c>
       <c r="F198" t="s">
-        <v>54</v>
+        <v>280</v>
       </c>
       <c r="G198">
         <v>2016</v>
       </c>
       <c r="H198" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I198" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J198" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K198" t="s">
-        <v>691</v>
+        <v>1218</v>
       </c>
       <c r="L198" t="s">
-        <v>692</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>1219</v>
+      </c>
+      <c r="M198" s="1">
+        <v>17</v>
       </c>
       <c r="N198" t="s">
-        <v>28</v>
+        <v>450</v>
       </c>
       <c r="O198" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P198">
         <v>2019</v>
       </c>
       <c r="Q198" t="s">
-        <v>693</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="199" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A199" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B199" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C199" t="s">
-        <v>689</v>
+        <v>1195</v>
       </c>
       <c r="D199" t="s">
-        <v>690</v>
+        <v>1196</v>
       </c>
       <c r="E199" t="s">
-        <v>40</v>
+        <v>1221</v>
       </c>
       <c r="F199" t="s">
-        <v>54</v>
+        <v>618</v>
       </c>
       <c r="G199">
         <v>2016</v>
       </c>
       <c r="H199" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I199" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J199" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K199" t="s">
-        <v>694</v>
+        <v>1222</v>
       </c>
       <c r="L199" t="s">
-        <v>695</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1223</v>
+      </c>
+      <c r="M199" s="1">
+        <v>36</v>
       </c>
       <c r="N199" t="s">
-        <v>28</v>
+        <v>130</v>
       </c>
       <c r="O199" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P199">
         <v>2019</v>
       </c>
       <c r="Q199" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="200" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A200" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B200" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C200" t="s">
-        <v>675</v>
+        <v>1225</v>
       </c>
       <c r="D200" t="s">
-        <v>676</v>
+        <v>1226</v>
       </c>
       <c r="E200" t="s">
-        <v>697</v>
+        <v>1227</v>
       </c>
       <c r="F200" t="s">
-        <v>62</v>
+        <v>618</v>
       </c>
       <c r="G200">
         <v>2016</v>
       </c>
       <c r="H200" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="I200" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J200" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K200" t="s">
-        <v>698</v>
+        <v>1228</v>
       </c>
       <c r="L200" t="s">
-        <v>699</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>1229</v>
+      </c>
+      <c r="M200" s="1">
+        <v>31</v>
       </c>
       <c r="N200" t="s">
-        <v>39</v>
+        <v>130</v>
       </c>
       <c r="O200" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P200">
         <v>2019</v>
       </c>
       <c r="Q200" t="s">
-        <v>700</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="201" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A201" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B201" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C201" t="s">
-        <v>701</v>
+        <v>1231</v>
       </c>
       <c r="D201" t="s">
-        <v>702</v>
-[...2 lines deleted...]
-        <v>703</v>
+        <v>1232</v>
       </c>
       <c r="F201" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="G201">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="H201" t="s">
+        <v>99</v>
+      </c>
+      <c r="I201" t="s">
+        <v>26</v>
+      </c>
+      <c r="J201" t="s">
+        <v>27</v>
+      </c>
+      <c r="K201" t="s">
+        <v>1233</v>
+      </c>
+      <c r="L201" t="s">
+        <v>1234</v>
+      </c>
+      <c r="M201" s="1">
         <v>18</v>
       </c>
-      <c r="I201" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N201" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="O201" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P201">
         <v>2019</v>
       </c>
       <c r="Q201" t="s">
-        <v>706</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="202" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A202" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B202" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C202" t="s">
-        <v>707</v>
+        <v>1236</v>
       </c>
       <c r="D202" t="s">
-        <v>708</v>
+        <v>1237</v>
+      </c>
+      <c r="E202" t="s">
+        <v>1238</v>
       </c>
       <c r="F202" t="s">
-        <v>83</v>
+        <v>618</v>
       </c>
       <c r="G202">
         <v>2017</v>
       </c>
       <c r="H202" t="s">
-        <v>63</v>
+        <v>99</v>
       </c>
       <c r="I202" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J202" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K202" t="s">
-        <v>709</v>
+        <v>1239</v>
       </c>
       <c r="L202" t="s">
-        <v>710</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1240</v>
+      </c>
+      <c r="M202" s="1">
+        <v>45</v>
       </c>
       <c r="N202" t="s">
-        <v>24</v>
+        <v>130</v>
       </c>
       <c r="O202" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P202">
         <v>2019</v>
       </c>
       <c r="Q202" t="s">
-        <v>711</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1241</v>
+      </c>
+    </row>
+    <row r="203" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A203" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B203" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C203" t="s">
-        <v>712</v>
+        <v>1242</v>
       </c>
       <c r="D203" t="s">
-        <v>713</v>
-[...2 lines deleted...]
-        <v>714</v>
+        <v>1243</v>
       </c>
       <c r="F203" t="s">
-        <v>62</v>
+        <v>1244</v>
       </c>
       <c r="G203">
         <v>2017</v>
       </c>
       <c r="H203" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="I203" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J203" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K203" t="s">
-        <v>715</v>
+        <v>1245</v>
       </c>
       <c r="L203" t="s">
-        <v>716</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>1246</v>
+      </c>
+      <c r="M203" s="1">
+        <v>21</v>
       </c>
       <c r="N203" t="s">
-        <v>39</v>
+        <v>1247</v>
       </c>
       <c r="O203" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P203">
         <v>2019</v>
       </c>
       <c r="Q203" t="s">
-        <v>717</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="204" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A204" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B204" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C204" t="s">
-        <v>718</v>
+        <v>1249</v>
       </c>
       <c r="D204" t="s">
-        <v>719</v>
+        <v>1250</v>
       </c>
       <c r="F204" t="s">
-        <v>720</v>
+        <v>1251</v>
       </c>
       <c r="G204">
         <v>2017</v>
       </c>
       <c r="H204" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I204" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J204" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K204" t="s">
-        <v>721</v>
+        <v>1252</v>
       </c>
       <c r="L204" t="s">
-        <v>722</v>
-[...1 lines deleted...]
-      <c r="M204" s="11">
+        <v>1253</v>
+      </c>
+      <c r="M204" s="1">
         <v>21</v>
       </c>
       <c r="N204" t="s">
-        <v>144</v>
+        <v>632</v>
       </c>
       <c r="O204" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P204">
         <v>2019</v>
       </c>
       <c r="Q204" t="s">
-        <v>723</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="205" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A205" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B205" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C205" t="s">
-        <v>724</v>
+        <v>1255</v>
       </c>
       <c r="D205" t="s">
-        <v>725</v>
+        <v>1256</v>
       </c>
       <c r="F205" t="s">
-        <v>726</v>
+        <v>268</v>
       </c>
       <c r="G205">
         <v>2017</v>
       </c>
       <c r="H205" t="s">
+        <v>35</v>
+      </c>
+      <c r="I205" t="s">
+        <v>26</v>
+      </c>
+      <c r="J205" t="s">
+        <v>27</v>
+      </c>
+      <c r="K205" t="s">
+        <v>1257</v>
+      </c>
+      <c r="L205" t="s">
+        <v>1258</v>
+      </c>
+      <c r="M205" s="1">
         <v>18</v>
       </c>
-      <c r="I205" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N205" t="s">
-        <v>79</v>
+        <v>1090</v>
       </c>
       <c r="O205" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P205">
         <v>2019</v>
       </c>
       <c r="Q205" t="s">
-        <v>729</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="206" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A206" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B206" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C206" t="s">
-        <v>730</v>
+        <v>1260</v>
       </c>
       <c r="D206" t="s">
-        <v>731</v>
+        <v>1261</v>
       </c>
       <c r="F206" t="s">
-        <v>359</v>
+        <v>1262</v>
       </c>
       <c r="G206">
         <v>2017</v>
       </c>
       <c r="H206" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I206" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J206" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K206" t="s">
-        <v>732</v>
+        <v>1263</v>
       </c>
       <c r="L206" t="s">
-        <v>733</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1264</v>
+      </c>
+      <c r="M206" s="1">
+        <v>22</v>
       </c>
       <c r="N206" t="s">
-        <v>574</v>
+        <v>402</v>
       </c>
       <c r="O206" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P206">
         <v>2019</v>
       </c>
       <c r="Q206" t="s">
-        <v>734</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="207" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A207" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B207" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C207" t="s">
-        <v>735</v>
+        <v>1266</v>
       </c>
       <c r="D207" t="s">
-        <v>736</v>
+        <v>1267</v>
       </c>
       <c r="F207" t="s">
-        <v>737</v>
+        <v>1268</v>
       </c>
       <c r="G207">
         <v>2017</v>
       </c>
       <c r="H207" t="s">
+        <v>35</v>
+      </c>
+      <c r="I207" t="s">
+        <v>26</v>
+      </c>
+      <c r="J207" t="s">
+        <v>27</v>
+      </c>
+      <c r="K207" t="s">
+        <v>1269</v>
+      </c>
+      <c r="L207" t="s">
+        <v>1270</v>
+      </c>
+      <c r="M207" s="1">
         <v>18</v>
       </c>
-      <c r="I207" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N207" t="s">
-        <v>129</v>
+        <v>1271</v>
       </c>
       <c r="O207" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P207">
         <v>2019</v>
       </c>
       <c r="Q207" t="s">
-        <v>740</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="208" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A208" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B208" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C208" t="s">
-        <v>741</v>
+        <v>1273</v>
       </c>
       <c r="D208" t="s">
-        <v>742</v>
+        <v>1274</v>
       </c>
       <c r="F208" t="s">
-        <v>743</v>
+        <v>224</v>
       </c>
       <c r="G208">
         <v>2017</v>
       </c>
       <c r="H208" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I208" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J208" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K208" t="s">
-        <v>744</v>
+        <v>1275</v>
       </c>
       <c r="L208" t="s">
-        <v>745</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1276</v>
+      </c>
+      <c r="M208" s="1">
+        <v>19</v>
       </c>
       <c r="N208" t="s">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="O208" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P208">
         <v>2019</v>
       </c>
       <c r="Q208" t="s">
-        <v>746</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="209" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A209" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B209" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C209" t="s">
-        <v>747</v>
+        <v>1278</v>
       </c>
       <c r="D209" t="s">
-        <v>748</v>
+        <v>1279</v>
       </c>
       <c r="F209" t="s">
-        <v>156</v>
+        <v>1280</v>
       </c>
       <c r="G209">
         <v>2017</v>
       </c>
       <c r="H209" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I209" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J209" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K209" t="s">
-        <v>749</v>
+        <v>1281</v>
       </c>
       <c r="L209" t="s">
-        <v>750</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>1282</v>
+      </c>
+      <c r="M209" s="1">
+        <v>38</v>
       </c>
       <c r="N209" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="O209" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P209">
         <v>2019</v>
       </c>
       <c r="Q209" t="s">
-        <v>751</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1283</v>
+      </c>
+    </row>
+    <row r="210" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A210" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B210" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C210" t="s">
-        <v>752</v>
+        <v>1284</v>
       </c>
       <c r="D210" t="s">
-        <v>753</v>
+        <v>1285</v>
       </c>
       <c r="F210" t="s">
-        <v>754</v>
+        <v>399</v>
       </c>
       <c r="G210">
         <v>2017</v>
       </c>
       <c r="H210" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I210" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J210" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K210" t="s">
-        <v>755</v>
+        <v>1286</v>
       </c>
       <c r="L210" t="s">
-        <v>756</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>1287</v>
+      </c>
+      <c r="M210" s="1">
+        <v>31</v>
       </c>
       <c r="N210" t="s">
-        <v>24</v>
+        <v>664</v>
       </c>
       <c r="O210" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P210">
         <v>2019</v>
       </c>
       <c r="Q210" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1288</v>
+      </c>
+    </row>
+    <row r="211" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A211" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B211" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C211" t="s">
-        <v>758</v>
+        <v>1289</v>
       </c>
       <c r="D211" t="s">
-        <v>759</v>
+        <v>1290</v>
       </c>
       <c r="F211" t="s">
-        <v>760</v>
+        <v>1291</v>
       </c>
       <c r="G211">
         <v>2017</v>
       </c>
       <c r="H211" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I211" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J211" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K211" t="s">
-        <v>761</v>
+        <v>1292</v>
       </c>
       <c r="L211" t="s">
-        <v>762</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>1293</v>
+      </c>
+      <c r="M211" s="1">
+        <v>29</v>
       </c>
       <c r="N211" t="s">
-        <v>27</v>
+        <v>384</v>
       </c>
       <c r="O211" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P211">
         <v>2019</v>
       </c>
       <c r="Q211" t="s">
-        <v>763</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="212" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A212" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B212" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C212" t="s">
-        <v>764</v>
+        <v>1295</v>
       </c>
       <c r="D212" t="s">
-        <v>765</v>
+        <v>1296</v>
       </c>
       <c r="F212" t="s">
-        <v>766</v>
+        <v>1297</v>
       </c>
       <c r="G212">
         <v>2017</v>
       </c>
       <c r="H212" t="s">
+        <v>35</v>
+      </c>
+      <c r="I212" t="s">
+        <v>26</v>
+      </c>
+      <c r="J212" t="s">
+        <v>27</v>
+      </c>
+      <c r="K212" t="s">
+        <v>1298</v>
+      </c>
+      <c r="L212" t="s">
+        <v>1299</v>
+      </c>
+      <c r="M212" s="1">
         <v>18</v>
       </c>
-      <c r="I212" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N212" t="s">
-        <v>139</v>
+        <v>1300</v>
       </c>
       <c r="O212" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P212">
         <v>2019</v>
       </c>
       <c r="Q212" t="s">
-        <v>769</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="213" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A213" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B213" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C213" t="s">
-        <v>770</v>
+        <v>1225</v>
       </c>
       <c r="D213" t="s">
-        <v>771</v>
+        <v>1226</v>
+      </c>
+      <c r="E213" t="s">
+        <v>1302</v>
       </c>
       <c r="F213" t="s">
-        <v>772</v>
+        <v>618</v>
       </c>
       <c r="G213">
         <v>2017</v>
       </c>
       <c r="H213" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I213" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J213" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K213" t="s">
-        <v>773</v>
+        <v>1303</v>
       </c>
       <c r="L213" t="s">
-        <v>774</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1304</v>
+      </c>
+      <c r="M213" s="1">
+        <v>33</v>
       </c>
       <c r="N213" t="s">
-        <v>142</v>
+        <v>1305</v>
       </c>
       <c r="O213" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P213">
         <v>2019</v>
       </c>
       <c r="Q213" t="s">
-        <v>775</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="214" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A214" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B214" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C214" t="s">
-        <v>701</v>
+        <v>1236</v>
       </c>
       <c r="D214" t="s">
-        <v>702</v>
+        <v>1237</v>
       </c>
       <c r="E214" t="s">
-        <v>776</v>
+        <v>1307</v>
       </c>
       <c r="F214" t="s">
-        <v>62</v>
+        <v>618</v>
       </c>
       <c r="G214">
         <v>2017</v>
       </c>
       <c r="H214" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I214" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J214" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K214" t="s">
-        <v>777</v>
+        <v>1308</v>
       </c>
       <c r="L214" t="s">
-        <v>778</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>1309</v>
+      </c>
+      <c r="M214" s="1">
+        <v>28</v>
       </c>
       <c r="N214" t="s">
-        <v>779</v>
+        <v>130</v>
       </c>
       <c r="O214" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P214">
         <v>2019</v>
       </c>
       <c r="Q214" t="s">
-        <v>780</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="215" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A215" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B215" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C215" t="s">
-        <v>712</v>
+        <v>1311</v>
       </c>
       <c r="D215" t="s">
-        <v>713</v>
-[...2 lines deleted...]
-        <v>781</v>
+        <v>1312</v>
       </c>
       <c r="F215" t="s">
-        <v>62</v>
+        <v>1313</v>
       </c>
       <c r="G215">
         <v>2017</v>
       </c>
       <c r="H215" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="I215" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J215" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K215" t="s">
-        <v>782</v>
+        <v>1314</v>
       </c>
       <c r="L215" t="s">
-        <v>783</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1315</v>
+      </c>
+      <c r="M215" s="1">
+        <v>18</v>
       </c>
       <c r="N215" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="O215" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P215">
         <v>2019</v>
       </c>
       <c r="Q215" t="s">
-        <v>784</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="216" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A216" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B216" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C216" t="s">
-        <v>785</v>
+        <v>1317</v>
       </c>
       <c r="D216" t="s">
-        <v>786</v>
+        <v>1318</v>
       </c>
       <c r="F216" t="s">
-        <v>787</v>
+        <v>1319</v>
       </c>
       <c r="G216">
         <v>2017</v>
       </c>
       <c r="H216" t="s">
+        <v>35</v>
+      </c>
+      <c r="I216" t="s">
+        <v>26</v>
+      </c>
+      <c r="J216" t="s">
+        <v>27</v>
+      </c>
+      <c r="K216" t="s">
+        <v>1320</v>
+      </c>
+      <c r="L216" t="s">
+        <v>1321</v>
+      </c>
+      <c r="M216" s="1">
         <v>18</v>
       </c>
-      <c r="I216" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N216" t="s">
-        <v>24</v>
+        <v>1322</v>
       </c>
       <c r="O216" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P216">
         <v>2019</v>
       </c>
       <c r="Q216" t="s">
-        <v>790</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="217" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A217" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B217" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C217" t="s">
-        <v>791</v>
+        <v>1236</v>
       </c>
       <c r="D217" t="s">
-        <v>792</v>
+        <v>1237</v>
+      </c>
+      <c r="E217" t="s">
+        <v>1324</v>
       </c>
       <c r="F217" t="s">
-        <v>793</v>
+        <v>618</v>
       </c>
       <c r="G217">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="H217" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I217" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J217" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K217" t="s">
-        <v>794</v>
+        <v>1325</v>
       </c>
       <c r="L217" t="s">
-        <v>795</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1326</v>
+      </c>
+      <c r="M217" s="1">
+        <v>33</v>
       </c>
       <c r="N217" t="s">
-        <v>796</v>
+        <v>130</v>
       </c>
       <c r="O217" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P217">
         <v>2019</v>
       </c>
       <c r="Q217" t="s">
-        <v>797</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1327</v>
+      </c>
+    </row>
+    <row r="218" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A218" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B218" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C218" t="s">
-        <v>712</v>
+        <v>1328</v>
       </c>
       <c r="D218" t="s">
-        <v>713</v>
-[...2 lines deleted...]
-        <v>798</v>
+        <v>1329</v>
       </c>
       <c r="F218" t="s">
-        <v>62</v>
+        <v>113</v>
       </c>
       <c r="G218">
         <v>2018</v>
       </c>
       <c r="H218" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="I218" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J218" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K218" t="s">
-        <v>799</v>
+        <v>1330</v>
       </c>
       <c r="L218" t="s">
-        <v>800</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>1331</v>
+      </c>
+      <c r="M218" s="1">
+        <v>18</v>
       </c>
       <c r="N218" t="s">
-        <v>39</v>
+        <v>551</v>
       </c>
       <c r="O218" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P218">
         <v>2019</v>
       </c>
       <c r="Q218" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="219" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A219" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B219" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C219" t="s">
-        <v>802</v>
+        <v>1333</v>
       </c>
       <c r="D219" t="s">
-        <v>803</v>
+        <v>1333</v>
       </c>
       <c r="F219" t="s">
-        <v>549</v>
+        <v>1334</v>
       </c>
       <c r="G219">
         <v>2018</v>
       </c>
       <c r="H219" t="s">
-        <v>18</v>
+        <v>1335</v>
       </c>
       <c r="I219" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J219" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K219" t="s">
-        <v>804</v>
+        <v>1336</v>
       </c>
       <c r="L219" t="s">
-        <v>805</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1337</v>
+      </c>
+      <c r="M219" s="1">
+        <v>28</v>
       </c>
       <c r="N219" t="s">
-        <v>26</v>
+        <v>551</v>
       </c>
       <c r="O219" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P219">
         <v>2019</v>
       </c>
       <c r="Q219" t="s">
-        <v>806</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="220" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A220" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B220" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C220" t="s">
-        <v>807</v>
+        <v>1339</v>
       </c>
       <c r="D220" t="s">
-        <v>807</v>
+        <v>1340</v>
       </c>
       <c r="F220" t="s">
-        <v>808</v>
+        <v>236</v>
       </c>
       <c r="G220">
         <v>2018</v>
       </c>
       <c r="H220" t="s">
-        <v>133</v>
+        <v>35</v>
       </c>
       <c r="I220" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J220" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K220" t="s">
-        <v>809</v>
+        <v>1341</v>
       </c>
       <c r="L220" t="s">
-        <v>810</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1342</v>
+      </c>
+      <c r="M220" s="1">
+        <v>18</v>
       </c>
       <c r="N220" t="s">
-        <v>26</v>
+        <v>200</v>
       </c>
       <c r="O220" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P220">
         <v>2019</v>
       </c>
       <c r="Q220" t="s">
-        <v>811</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="221" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A221" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B221" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C221" t="s">
-        <v>812</v>
+        <v>1344</v>
       </c>
       <c r="D221" t="s">
-        <v>813</v>
+        <v>1345</v>
       </c>
       <c r="F221" t="s">
-        <v>814</v>
+        <v>447</v>
       </c>
       <c r="G221">
         <v>2018</v>
       </c>
       <c r="H221" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I221" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J221" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K221" t="s">
-        <v>815</v>
+        <v>1346</v>
       </c>
       <c r="L221" t="s">
-        <v>816</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1347</v>
+      </c>
+      <c r="M221" s="1">
+        <v>30</v>
       </c>
       <c r="N221" t="s">
-        <v>21</v>
+        <v>551</v>
       </c>
       <c r="O221" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P221">
         <v>2019</v>
       </c>
       <c r="Q221" t="s">
-        <v>817</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1348</v>
+      </c>
+    </row>
+    <row r="222" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A222" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B222" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C222" t="s">
-        <v>818</v>
+        <v>1349</v>
       </c>
       <c r="D222" t="s">
-        <v>819</v>
+        <v>1350</v>
       </c>
       <c r="F222" t="s">
-        <v>333</v>
+        <v>1351</v>
       </c>
       <c r="G222">
         <v>2018</v>
       </c>
       <c r="H222" t="s">
+        <v>35</v>
+      </c>
+      <c r="I222" t="s">
+        <v>26</v>
+      </c>
+      <c r="J222" t="s">
+        <v>27</v>
+      </c>
+      <c r="K222" t="s">
+        <v>1352</v>
+      </c>
+      <c r="L222" t="s">
+        <v>1353</v>
+      </c>
+      <c r="M222" s="1">
         <v>18</v>
       </c>
-      <c r="I222" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N222" t="s">
-        <v>26</v>
+        <v>1354</v>
       </c>
       <c r="O222" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P222">
         <v>2019</v>
       </c>
       <c r="Q222" t="s">
-        <v>822</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="223" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A223" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B223" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C223" t="s">
-        <v>823</v>
+        <v>1356</v>
       </c>
       <c r="D223" t="s">
-        <v>824</v>
+        <v>1357</v>
       </c>
       <c r="F223" t="s">
-        <v>825</v>
+        <v>885</v>
       </c>
       <c r="G223">
         <v>2018</v>
       </c>
       <c r="H223" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I223" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J223" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K223" t="s">
-        <v>826</v>
+        <v>1358</v>
       </c>
       <c r="L223" t="s">
-        <v>827</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1359</v>
+      </c>
+      <c r="M223" s="1">
+        <v>31</v>
       </c>
       <c r="N223" t="s">
-        <v>29</v>
+        <v>1360</v>
       </c>
       <c r="O223" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P223">
         <v>2019</v>
       </c>
       <c r="Q223" t="s">
-        <v>828</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1361</v>
+      </c>
+    </row>
+    <row r="224" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A224" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B224" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C224" t="s">
-        <v>829</v>
+        <v>1362</v>
       </c>
       <c r="D224" t="s">
-        <v>830</v>
+        <v>1363</v>
       </c>
       <c r="F224" t="s">
-        <v>366</v>
+        <v>1073</v>
       </c>
       <c r="G224">
         <v>2018</v>
       </c>
       <c r="H224" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I224" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J224" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K224" t="s">
-        <v>831</v>
+        <v>1364</v>
       </c>
       <c r="L224" t="s">
-        <v>832</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>1365</v>
+      </c>
+      <c r="M224" s="1">
+        <v>22</v>
       </c>
       <c r="N224" t="s">
-        <v>33</v>
+        <v>1366</v>
       </c>
       <c r="O224" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P224">
         <v>2019</v>
       </c>
       <c r="Q224" t="s">
-        <v>833</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="225" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A225" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B225" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C225" t="s">
-        <v>834</v>
+        <v>1368</v>
       </c>
       <c r="D225" t="s">
-        <v>835</v>
+        <v>1369</v>
       </c>
       <c r="F225" t="s">
-        <v>555</v>
+        <v>76</v>
       </c>
       <c r="G225">
         <v>2018</v>
       </c>
       <c r="H225" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I225" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J225" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K225" t="s">
-        <v>836</v>
+        <v>1370</v>
       </c>
       <c r="L225" t="s">
-        <v>837</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>1371</v>
+      </c>
+      <c r="M225" s="1">
+        <v>28</v>
       </c>
       <c r="N225" t="s">
-        <v>838</v>
+        <v>1372</v>
       </c>
       <c r="O225" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P225">
         <v>2019</v>
       </c>
       <c r="Q225" t="s">
-        <v>839</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1373</v>
+      </c>
+    </row>
+    <row r="226" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A226" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B226" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C226" t="s">
-        <v>840</v>
+        <v>1374</v>
       </c>
       <c r="D226" t="s">
-        <v>841</v>
+        <v>1375</v>
       </c>
       <c r="F226" t="s">
-        <v>83</v>
+        <v>1376</v>
       </c>
       <c r="G226">
         <v>2018</v>
       </c>
       <c r="H226" t="s">
-        <v>18</v>
+        <v>84</v>
       </c>
       <c r="I226" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J226" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K226" t="s">
-        <v>842</v>
+        <v>1377</v>
       </c>
       <c r="L226" t="s">
-        <v>843</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1378</v>
+      </c>
+      <c r="M226" s="1">
+        <v>36</v>
       </c>
       <c r="N226" t="s">
-        <v>844</v>
+        <v>46</v>
       </c>
       <c r="O226" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P226">
         <v>2019</v>
       </c>
       <c r="Q226" t="s">
-        <v>845</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1379</v>
+      </c>
+    </row>
+    <row r="227" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A227" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B227" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C227" t="s">
-        <v>846</v>
+        <v>1380</v>
       </c>
       <c r="D227" t="s">
-        <v>847</v>
+        <v>1381</v>
       </c>
       <c r="F227" t="s">
-        <v>848</v>
+        <v>967</v>
       </c>
       <c r="G227">
         <v>2018</v>
       </c>
       <c r="H227" t="s">
-        <v>96</v>
+        <v>35</v>
       </c>
       <c r="I227" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J227" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K227" t="s">
-        <v>849</v>
+        <v>1382</v>
       </c>
       <c r="L227" t="s">
-        <v>850</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>1383</v>
+      </c>
+      <c r="M227" s="1">
+        <v>18</v>
       </c>
       <c r="N227" t="s">
-        <v>134</v>
+        <v>186</v>
       </c>
       <c r="O227" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P227">
         <v>2019</v>
       </c>
       <c r="Q227" t="s">
-        <v>851</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1384</v>
+      </c>
+    </row>
+    <row r="228" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A228" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B228" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C228" t="s">
-        <v>852</v>
+        <v>1385</v>
       </c>
       <c r="D228" t="s">
-        <v>853</v>
+        <v>1386</v>
       </c>
       <c r="F228" t="s">
-        <v>450</v>
+        <v>1387</v>
       </c>
       <c r="G228">
         <v>2018</v>
       </c>
       <c r="H228" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I228" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J228" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K228" t="s">
-        <v>854</v>
+        <v>1388</v>
       </c>
       <c r="L228" t="s">
-        <v>855</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1389</v>
+      </c>
+      <c r="M228" s="1">
+        <v>22</v>
       </c>
       <c r="N228" t="s">
-        <v>35</v>
+        <v>1390</v>
       </c>
       <c r="O228" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P228">
         <v>2019</v>
       </c>
       <c r="Q228" t="s">
-        <v>856</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="229" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A229" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B229" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C229" t="s">
-        <v>857</v>
+        <v>1392</v>
       </c>
       <c r="D229" t="s">
-        <v>858</v>
+        <v>1393</v>
       </c>
       <c r="F229" t="s">
-        <v>859</v>
+        <v>316</v>
       </c>
       <c r="G229">
         <v>2018</v>
       </c>
       <c r="H229" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I229" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J229" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K229" t="s">
-        <v>860</v>
+        <v>1394</v>
       </c>
       <c r="L229" t="s">
-        <v>861</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>1395</v>
+      </c>
+      <c r="M229" s="1">
+        <v>20</v>
       </c>
       <c r="N229" t="s">
-        <v>862</v>
+        <v>450</v>
       </c>
       <c r="O229" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P229">
         <v>2019</v>
       </c>
       <c r="Q229" t="s">
-        <v>863</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="230" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A230" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B230" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C230" t="s">
-        <v>864</v>
+        <v>1397</v>
       </c>
       <c r="D230" t="s">
-        <v>865</v>
+        <v>1398</v>
       </c>
       <c r="F230" t="s">
-        <v>229</v>
+        <v>1399</v>
       </c>
       <c r="G230">
         <v>2018</v>
       </c>
       <c r="H230" t="s">
+        <v>35</v>
+      </c>
+      <c r="I230" t="s">
+        <v>26</v>
+      </c>
+      <c r="J230" t="s">
+        <v>27</v>
+      </c>
+      <c r="K230" t="s">
+        <v>1400</v>
+      </c>
+      <c r="L230" t="s">
+        <v>1401</v>
+      </c>
+      <c r="M230" s="1">
         <v>18</v>
       </c>
-      <c r="I230" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N230" t="s">
-        <v>28</v>
+        <v>102</v>
       </c>
       <c r="O230" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P230">
         <v>2019</v>
       </c>
       <c r="Q230" t="s">
-        <v>868</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="231" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A231" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B231" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C231" t="s">
-        <v>869</v>
+        <v>1403</v>
       </c>
       <c r="D231" t="s">
-        <v>870</v>
+        <v>1404</v>
       </c>
       <c r="F231" t="s">
-        <v>871</v>
+        <v>1405</v>
       </c>
       <c r="G231">
         <v>2018</v>
       </c>
       <c r="H231" t="s">
+        <v>35</v>
+      </c>
+      <c r="I231" t="s">
+        <v>26</v>
+      </c>
+      <c r="J231" t="s">
+        <v>27</v>
+      </c>
+      <c r="K231" t="s">
+        <v>1406</v>
+      </c>
+      <c r="L231" t="s">
+        <v>1407</v>
+      </c>
+      <c r="M231" s="1">
         <v>18</v>
       </c>
-      <c r="I231" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N231" t="s">
-        <v>130</v>
+        <v>683</v>
       </c>
       <c r="O231" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P231">
         <v>2019</v>
       </c>
       <c r="Q231" t="s">
-        <v>874</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="232" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A232" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B232" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C232" t="s">
-        <v>875</v>
+        <v>1043</v>
       </c>
       <c r="D232" t="s">
-        <v>876</v>
+        <v>1044</v>
+      </c>
+      <c r="E232" t="s">
+        <v>1409</v>
       </c>
       <c r="F232" t="s">
-        <v>877</v>
+        <v>618</v>
       </c>
       <c r="G232">
         <v>2018</v>
       </c>
       <c r="H232" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I232" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J232" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K232" t="s">
-        <v>878</v>
+        <v>1410</v>
       </c>
       <c r="L232" t="s">
-        <v>879</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1411</v>
+      </c>
+      <c r="M232" s="1">
+        <v>44</v>
       </c>
       <c r="N232" t="s">
-        <v>32</v>
+        <v>130</v>
       </c>
       <c r="O232" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P232">
         <v>2019</v>
       </c>
       <c r="Q232" t="s">
-        <v>880</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="233" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A233" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B233" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C233" t="s">
-        <v>525</v>
+        <v>1413</v>
       </c>
       <c r="D233" t="s">
-        <v>526</v>
+        <v>1414</v>
       </c>
       <c r="E233" t="s">
-        <v>881</v>
+        <v>1415</v>
       </c>
       <c r="F233" t="s">
-        <v>62</v>
+        <v>1416</v>
       </c>
       <c r="G233">
         <v>2018</v>
       </c>
       <c r="H233" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="I233" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J233" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K233" t="s">
-        <v>882</v>
+        <v>1417</v>
       </c>
       <c r="L233" t="s">
-        <v>883</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>1418</v>
+      </c>
+      <c r="M233" s="1">
+        <v>22</v>
       </c>
       <c r="N233" t="s">
-        <v>39</v>
+        <v>116</v>
       </c>
       <c r="O233" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P233">
         <v>2019</v>
       </c>
       <c r="Q233" t="s">
-        <v>884</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1419</v>
+      </c>
+    </row>
+    <row r="234" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A234" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B234" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C234" t="s">
-        <v>885</v>
+        <v>959</v>
       </c>
       <c r="D234" t="s">
-        <v>886</v>
+        <v>960</v>
       </c>
       <c r="E234" t="s">
-        <v>887</v>
+        <v>1420</v>
       </c>
       <c r="F234" t="s">
-        <v>136</v>
+        <v>190</v>
       </c>
       <c r="G234">
         <v>2018</v>
       </c>
       <c r="H234" t="s">
-        <v>96</v>
+        <v>35</v>
       </c>
       <c r="I234" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J234" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K234" t="s">
-        <v>888</v>
+        <v>1421</v>
       </c>
       <c r="L234" t="s">
-        <v>889</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>1422</v>
+      </c>
+      <c r="M234" s="1">
+        <v>43</v>
       </c>
       <c r="N234" t="s">
-        <v>141</v>
+        <v>327</v>
       </c>
       <c r="O234" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P234">
         <v>2019</v>
       </c>
       <c r="Q234" t="s">
-        <v>890</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1423</v>
+      </c>
+    </row>
+    <row r="235" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A235" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B235" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C235" t="s">
-        <v>441</v>
+        <v>959</v>
       </c>
       <c r="D235" t="s">
-        <v>442</v>
+        <v>960</v>
       </c>
       <c r="E235" t="s">
-        <v>891</v>
+        <v>1424</v>
       </c>
       <c r="F235" t="s">
-        <v>444</v>
+        <v>190</v>
       </c>
       <c r="G235">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="H235" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I235" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J235" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K235" t="s">
-        <v>892</v>
+        <v>1425</v>
       </c>
       <c r="L235" t="s">
-        <v>893</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>1426</v>
+      </c>
+      <c r="M235" s="1">
+        <v>35</v>
       </c>
       <c r="N235" t="s">
-        <v>25</v>
+        <v>551</v>
       </c>
       <c r="O235" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P235">
         <v>2019</v>
       </c>
       <c r="Q235" t="s">
-        <v>894</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="236" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A236" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B236" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C236" t="s">
-        <v>441</v>
+        <v>1428</v>
       </c>
       <c r="D236" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-        <v>895</v>
+        <v>1429</v>
       </c>
       <c r="F236" t="s">
-        <v>444</v>
+        <v>1073</v>
       </c>
       <c r="G236">
         <v>2019</v>
       </c>
       <c r="H236" t="s">
+        <v>35</v>
+      </c>
+      <c r="I236" t="s">
+        <v>26</v>
+      </c>
+      <c r="J236" t="s">
+        <v>27</v>
+      </c>
+      <c r="K236" t="s">
+        <v>1430</v>
+      </c>
+      <c r="L236" t="s">
+        <v>1431</v>
+      </c>
+      <c r="M236" s="1">
         <v>18</v>
       </c>
-      <c r="I236" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N236" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="O236" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P236">
         <v>2019</v>
       </c>
       <c r="Q236" t="s">
-        <v>898</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="237" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A237" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B237" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C237" t="s">
-        <v>899</v>
+        <v>1433</v>
       </c>
       <c r="D237" t="s">
-        <v>900</v>
+        <v>1434</v>
       </c>
       <c r="F237" t="s">
-        <v>555</v>
+        <v>1435</v>
       </c>
       <c r="G237">
         <v>2019</v>
       </c>
       <c r="H237" t="s">
+        <v>35</v>
+      </c>
+      <c r="I237" t="s">
+        <v>26</v>
+      </c>
+      <c r="J237" t="s">
+        <v>27</v>
+      </c>
+      <c r="K237" t="s">
+        <v>1436</v>
+      </c>
+      <c r="L237" t="s">
+        <v>1437</v>
+      </c>
+      <c r="M237" s="1">
         <v>18</v>
       </c>
-      <c r="I237" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N237" t="s">
-        <v>24</v>
+        <v>450</v>
       </c>
       <c r="O237" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P237">
         <v>2019</v>
       </c>
       <c r="Q237" t="s">
-        <v>903</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1438</v>
+      </c>
+    </row>
+    <row r="238" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A238" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B238" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C238" t="s">
-        <v>904</v>
+        <v>1043</v>
       </c>
       <c r="D238" t="s">
-        <v>905</v>
+        <v>1044</v>
+      </c>
+      <c r="E238" t="s">
+        <v>1439</v>
       </c>
       <c r="F238" t="s">
-        <v>906</v>
+        <v>618</v>
       </c>
       <c r="G238">
         <v>2019</v>
       </c>
       <c r="H238" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="I238" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J238" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K238" t="s">
-        <v>907</v>
+        <v>1440</v>
       </c>
       <c r="L238" t="s">
-        <v>908</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>1441</v>
+      </c>
+      <c r="M238" s="1">
+        <v>41</v>
       </c>
       <c r="N238" t="s">
-        <v>28</v>
+        <v>130</v>
       </c>
       <c r="O238" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P238">
         <v>2019</v>
       </c>
       <c r="Q238" t="s">
-        <v>909</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="239" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A239" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B239" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C239" t="s">
-        <v>525</v>
+        <v>959</v>
       </c>
       <c r="D239" t="s">
-        <v>526</v>
+        <v>960</v>
       </c>
       <c r="E239" t="s">
-        <v>910</v>
+        <v>1443</v>
       </c>
       <c r="F239" t="s">
-        <v>62</v>
+        <v>190</v>
       </c>
       <c r="G239">
         <v>2019</v>
       </c>
       <c r="H239" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="I239" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J239" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K239" t="s">
-        <v>911</v>
+        <v>1444</v>
       </c>
       <c r="L239" t="s">
-        <v>912</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>1445</v>
+      </c>
+      <c r="M239" s="1">
+        <v>35</v>
       </c>
       <c r="N239" t="s">
-        <v>39</v>
+        <v>450</v>
       </c>
       <c r="O239" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P239">
         <v>2019</v>
       </c>
       <c r="Q239" t="s">
-        <v>913</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="240" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A240" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B240" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C240" t="s">
-        <v>441</v>
+        <v>523</v>
       </c>
       <c r="D240" t="s">
-        <v>442</v>
+        <v>524</v>
       </c>
       <c r="E240" t="s">
-        <v>914</v>
+        <v>1447</v>
       </c>
       <c r="F240" t="s">
-        <v>444</v>
+        <v>224</v>
       </c>
       <c r="G240">
         <v>2019</v>
       </c>
       <c r="H240" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I240" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J240" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K240" t="s">
-        <v>915</v>
+        <v>1448</v>
       </c>
       <c r="L240" t="s">
-        <v>916</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>1449</v>
+      </c>
+      <c r="M240" s="1">
+        <v>27</v>
       </c>
       <c r="N240" t="s">
-        <v>28</v>
+        <v>130</v>
       </c>
       <c r="O240" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P240">
         <v>2019</v>
       </c>
       <c r="Q240" t="s">
-        <v>917</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="241" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A241" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B241" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C241" t="s">
-        <v>153</v>
+        <v>1451</v>
       </c>
       <c r="D241" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>918</v>
+        <v>1452</v>
       </c>
       <c r="F241" t="s">
-        <v>156</v>
+        <v>1453</v>
       </c>
       <c r="G241">
         <v>2019</v>
       </c>
       <c r="H241" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I241" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J241" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K241" t="s">
-        <v>919</v>
+        <v>1454</v>
       </c>
       <c r="L241" t="s">
-        <v>920</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>1455</v>
+      </c>
+      <c r="M241" s="1">
+        <v>31</v>
       </c>
       <c r="N241" t="s">
-        <v>39</v>
+        <v>402</v>
       </c>
       <c r="O241" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P241">
         <v>2019</v>
       </c>
       <c r="Q241" t="s">
-        <v>921</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1456</v>
+      </c>
+    </row>
+    <row r="242" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A242" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B242" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C242" t="s">
-        <v>922</v>
+        <v>1457</v>
       </c>
       <c r="D242" t="s">
-        <v>923</v>
+        <v>1458</v>
       </c>
       <c r="F242" t="s">
-        <v>924</v>
+        <v>1459</v>
       </c>
       <c r="G242">
         <v>2019</v>
       </c>
       <c r="H242" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I242" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J242" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K242" t="s">
-        <v>925</v>
+        <v>1460</v>
       </c>
       <c r="L242" t="s">
-        <v>926</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>1461</v>
+      </c>
+      <c r="M242" s="1">
+        <v>22</v>
       </c>
       <c r="N242" t="s">
-        <v>129</v>
+        <v>38</v>
       </c>
       <c r="O242" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P242">
         <v>2019</v>
       </c>
       <c r="Q242" t="s">
-        <v>927</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="243" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A243" t="s">
-        <v>663</v>
+        <v>1183</v>
       </c>
       <c r="B243" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C243" t="s">
-        <v>928</v>
+        <v>1463</v>
       </c>
       <c r="D243" t="s">
-        <v>929</v>
+        <v>1464</v>
       </c>
       <c r="F243" t="s">
-        <v>930</v>
+        <v>381</v>
       </c>
       <c r="G243">
         <v>2019</v>
       </c>
       <c r="H243" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I243" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J243" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K243" t="s">
-        <v>931</v>
+        <v>1465</v>
       </c>
       <c r="L243" t="s">
-        <v>932</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>1466</v>
+      </c>
+      <c r="M243" s="1">
+        <v>24</v>
       </c>
       <c r="N243" t="s">
-        <v>24</v>
+        <v>1467</v>
       </c>
       <c r="O243" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="P243">
         <v>2019</v>
       </c>
       <c r="Q243" t="s">
-        <v>933</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1468</v>
+      </c>
+    </row>
+    <row r="244" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A244" t="s">
-        <v>663</v>
+        <v>1469</v>
       </c>
       <c r="B244" t="s">
-        <v>43</v>
+        <v>1470</v>
       </c>
       <c r="C244" t="s">
-        <v>934</v>
+        <v>1471</v>
       </c>
       <c r="D244" t="s">
-        <v>935</v>
+        <v>1472</v>
       </c>
       <c r="F244" t="s">
-        <v>936</v>
+        <v>1473</v>
       </c>
       <c r="G244">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="H244" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="I244" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="J244" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="K244" t="s">
-        <v>937</v>
+        <v>1474</v>
       </c>
       <c r="L244" t="s">
-        <v>938</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>1475</v>
+      </c>
+      <c r="M244" s="1">
+        <v>25.13</v>
       </c>
       <c r="N244" t="s">
-        <v>939</v>
+        <v>1476</v>
       </c>
       <c r="O244" t="s">
-        <v>43</v>
+        <v>1470</v>
       </c>
       <c r="P244">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="Q244" t="s">
-        <v>940</v>
-[...49 lines deleted...]
-        <v>948</v>
+        <v>1477</v>
       </c>
     </row>
   </sheetData>
-  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-[...1 lines deleted...]
-  <headerFooter alignWithMargins="0"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>main</vt:lpstr>
+      <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Морозова Надежда</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>