--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -3,92 +3,92 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\Websites\eastview.com\Products\8_Product Title Lists\Ebook title lists\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A3821CCE-6CE0-4441-9AAB-08482C4F4E2E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{07F412FF-54B1-4DC6-B6AB-418234A51DD1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="27180" windowHeight="16440" xr2:uid="{06B9DD43-B8E4-8A44-B3C9-E486FED924F2}"/>
+    <workbookView xWindow="-98" yWindow="-98" windowWidth="21376" windowHeight="14595" xr2:uid="{06B9DD43-B8E4-8A44-B3C9-E486FED924F2}"/>
   </bookViews>
   <sheets>
     <sheet name="ALL PDF" sheetId="2" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="5" r:id="rId2"/>
     <sheet name="Sheet4" sheetId="4" state="hidden" r:id="rId3"/>
     <sheet name="Sheet3" sheetId="3" state="hidden" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ALL PDF'!$B$6:$K$498</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ALL PDF'!$B$6:$J$498</definedName>
   </definedNames>
   <calcPr calcId="191029" refMode="R1C1"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6462" uniqueCount="3433">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6461" uniqueCount="3432">
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Book Subject</t>
   </si>
   <si>
     <t xml:space="preserve">Year of Publication </t>
   </si>
   <si>
     <t>Mustafa Youssef</t>
   </si>
   <si>
     <t>Saad Maslouh</t>
   </si>
   <si>
     <t>Abdel Aal Salem Makram</t>
   </si>
   <si>
     <t>Mohamed Eid</t>
   </si>
   <si>
     <t>Abdul Aal Salem Makram</t>
   </si>
   <si>
@@ -7364,53 +7364,50 @@
     <t>Book Subject in English</t>
   </si>
   <si>
     <t>Islamic Studies</t>
   </si>
   <si>
     <t>Social Sciences</t>
   </si>
   <si>
     <t>Philology / Linguistics</t>
   </si>
   <si>
     <t>Literature</t>
   </si>
   <si>
     <t>Mass Media / Journalism</t>
   </si>
   <si>
     <t>literature</t>
   </si>
   <si>
     <t>Middle Eastern Studies</t>
   </si>
   <si>
     <t>Law</t>
-  </si>
-[...1 lines deleted...]
-    <t>PRICE $</t>
   </si>
   <si>
     <t>Translit</t>
   </si>
   <si>
     <t>al-fn al-jdārā ( al-khāmah – al-ghrḍ – al-mwḍwʿāt )</t>
   </si>
   <si>
     <t>al-fkāhah al-mrah ʿrḍ lnshʾaah wtṭwr al-rsm al-kārykātyrā</t>
   </si>
   <si>
     <t>rwāʾiʿ al-fn al-āslāmā</t>
   </si>
   <si>
     <t>āṣwl wjdhwr " drāsah kshfyah llāṣwl al-āslāmyah llfn al-tshkylā al-mʿāṣr "</t>
   </si>
   <si>
     <t>al-tṣwyr al-jmālā fā al-qrʾān al-krym</t>
   </si>
   <si>
     <t>flsfah al-fn wāljmāl fā al-fkr al-āslāmā</t>
   </si>
   <si>
     <t>al-shʿār fā al-fn al-tshkylā</t>
   </si>
@@ -10500,98 +10497,95 @@
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="33">
+  <cellXfs count="32">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="1" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -10998,27241 +10992,25585 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2B6735A8-CEBE-3048-984B-ABF947AE0C2C}">
-  <dimension ref="A2:K692"/>
+  <dimension ref="A2:J692"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="31.125" defaultRowHeight="23.25" x14ac:dyDescent="0.5"/>
+  <sheetFormatPr defaultColWidth="31.125" defaultRowHeight="24" x14ac:dyDescent="1.05"/>
   <cols>
     <col min="1" max="1" width="21.5" style="9" customWidth="1"/>
     <col min="2" max="2" width="31.125" style="9"/>
     <col min="3" max="3" width="20.5" style="10" customWidth="1"/>
     <col min="4" max="4" width="42.25" style="8" customWidth="1"/>
     <col min="5" max="5" width="52.75" style="9" customWidth="1"/>
     <col min="6" max="6" width="37.5" style="8" customWidth="1"/>
     <col min="7" max="7" width="19.375" style="9" customWidth="1"/>
     <col min="8" max="8" width="32.875" style="11" customWidth="1"/>
-    <col min="9" max="9" width="24" style="9" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:11" ht="25.5" x14ac:dyDescent="0.5">
-[...5 lines deleted...]
-      <c r="C3" s="29" t="s">
+    <row r="2" spans="1:10" ht="25.9" x14ac:dyDescent="1.05">
+      <c r="C2" s="27" t="s">
         <v>3431</v>
       </c>
     </row>
-    <row r="5" spans="1:11" s="1" customFormat="1" ht="55.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A5" s="30" t="s">
+    <row r="3" spans="1:10" x14ac:dyDescent="1.05">
+      <c r="C3" s="28" t="s">
+        <v>3430</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" s="1" customFormat="1" ht="55.5" customHeight="1" x14ac:dyDescent="0.75">
+      <c r="A5" s="29" t="s">
+        <v>3424</v>
+      </c>
+      <c r="B5" s="29" t="s">
+        <v>2427</v>
+      </c>
+      <c r="C5" s="29" t="s">
+        <v>0</v>
+      </c>
+      <c r="D5" s="29" t="s">
+        <v>831</v>
+      </c>
+      <c r="E5" s="29" t="s">
+        <v>832</v>
+      </c>
+      <c r="F5" s="29" t="s">
+        <v>2436</v>
+      </c>
+      <c r="G5" s="29" t="s">
+        <v>830</v>
+      </c>
+      <c r="H5" s="30" t="s">
+        <v>829</v>
+      </c>
+      <c r="I5" s="31" t="s">
+        <v>2</v>
+      </c>
+      <c r="J5" s="29" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" ht="35.65" x14ac:dyDescent="1.05">
+      <c r="A6" s="5" t="s">
+        <v>2931</v>
+      </c>
+      <c r="B6" s="13" t="s">
         <v>3425</v>
-      </c>
-[...36 lines deleted...]
-        <v>3426</v>
       </c>
       <c r="C6" s="14" t="s">
         <v>158</v>
       </c>
       <c r="D6" s="15" t="s">
         <v>1924</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>551</v>
       </c>
       <c r="F6" s="16" t="s">
-        <v>2438</v>
+        <v>2437</v>
       </c>
       <c r="G6" s="15" t="s">
         <v>1635</v>
       </c>
       <c r="H6" s="17" t="s">
         <v>1126</v>
       </c>
       <c r="I6" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J6" s="19">
         <v>2008</v>
       </c>
-      <c r="K6" s="20" t="s">
+      <c r="J6" s="19" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="7" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="7" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A7" s="5" t="s">
-        <v>2933</v>
+        <v>2932</v>
       </c>
       <c r="B7" s="13" t="s">
-        <v>3426</v>
+        <v>3425</v>
       </c>
       <c r="C7" s="14">
         <v>9789777802321</v>
       </c>
       <c r="D7" s="15" t="s">
         <v>2017</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>361</v>
       </c>
       <c r="F7" s="16" t="s">
-        <v>2439</v>
+        <v>2438</v>
       </c>
       <c r="G7" s="15" t="s">
         <v>1435</v>
       </c>
       <c r="H7" s="17" t="s">
         <v>877</v>
       </c>
       <c r="I7" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J7" s="19">
         <v>2021</v>
       </c>
-      <c r="K7" s="20" t="s">
+      <c r="J7" s="19" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="8" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="8" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A8" s="5" t="s">
-        <v>2934</v>
+        <v>2933</v>
       </c>
       <c r="B8" s="13" t="s">
-        <v>3426</v>
+        <v>3425</v>
       </c>
       <c r="C8" s="14" t="s">
         <v>248</v>
       </c>
       <c r="D8" s="15" t="s">
         <v>2100</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>641</v>
       </c>
       <c r="F8" s="16" t="s">
-        <v>2440</v>
+        <v>2439</v>
       </c>
       <c r="G8" s="15" t="s">
         <v>1713</v>
       </c>
       <c r="H8" s="17" t="s">
         <v>1208</v>
       </c>
       <c r="I8" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J8" s="19">
         <v>2003</v>
       </c>
-      <c r="K8" s="20" t="s">
+      <c r="J8" s="19" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="9" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="9" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A9" s="5" t="s">
-        <v>2935</v>
+        <v>2934</v>
       </c>
       <c r="B9" s="13" t="s">
-        <v>3426</v>
+        <v>3425</v>
       </c>
       <c r="C9" s="14">
         <v>9789777800761</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>2256</v>
       </c>
       <c r="E9" s="5" t="s">
         <v>439</v>
       </c>
       <c r="F9" s="16" t="s">
-        <v>2441</v>
+        <v>2440</v>
       </c>
       <c r="G9" s="15" t="s">
         <v>1389</v>
       </c>
       <c r="H9" s="17" t="s">
         <v>954</v>
       </c>
       <c r="I9" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J9" s="19">
         <v>2017</v>
       </c>
-      <c r="K9" s="20" t="s">
+      <c r="J9" s="19" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="10" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="10" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A10" s="5" t="s">
-        <v>2936</v>
+        <v>2935</v>
       </c>
       <c r="B10" s="13" t="s">
-        <v>3426</v>
+        <v>3425</v>
       </c>
       <c r="C10" s="14" t="s">
         <v>209</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>2257</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>602</v>
       </c>
       <c r="F10" s="16" t="s">
-        <v>2442</v>
+        <v>2441</v>
       </c>
       <c r="G10" s="15" t="s">
         <v>1389</v>
       </c>
       <c r="H10" s="17" t="s">
         <v>954</v>
       </c>
       <c r="I10" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J10" s="19">
         <v>2006</v>
       </c>
-      <c r="K10" s="21" t="s">
+      <c r="J10" s="20" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="11" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="11" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A11" s="5" t="s">
-        <v>2937</v>
+        <v>2936</v>
       </c>
       <c r="B11" s="13" t="s">
-        <v>3426</v>
+        <v>3425</v>
       </c>
       <c r="C11" s="14" t="s">
         <v>57</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>2258</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>451</v>
       </c>
       <c r="F11" s="16" t="s">
-        <v>2443</v>
+        <v>2442</v>
       </c>
       <c r="G11" s="15" t="s">
         <v>1505</v>
       </c>
       <c r="H11" s="17" t="s">
         <v>982</v>
       </c>
       <c r="I11" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J11" s="19">
         <v>2015</v>
       </c>
-      <c r="K11" s="20" t="s">
+      <c r="J11" s="19" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="12" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="12" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A12" s="5" t="s">
-        <v>2938</v>
+        <v>2937</v>
       </c>
       <c r="B12" s="13" t="s">
-        <v>3426</v>
+        <v>3425</v>
       </c>
       <c r="C12" s="14" t="s">
         <v>76</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>2281</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>474</v>
       </c>
       <c r="F12" s="16" t="s">
-        <v>2444</v>
+        <v>2443</v>
       </c>
       <c r="G12" s="15" t="s">
         <v>1561</v>
       </c>
       <c r="H12" s="17" t="s">
         <v>1051</v>
       </c>
       <c r="I12" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J12" s="19">
         <v>2011</v>
       </c>
-      <c r="K12" s="20" t="s">
+      <c r="J12" s="19" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="13" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="13" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A13" s="5" t="s">
-        <v>2939</v>
+        <v>2938</v>
       </c>
       <c r="B13" s="13" t="s">
-        <v>3426</v>
+        <v>3425</v>
       </c>
       <c r="C13" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>2282</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>748</v>
       </c>
       <c r="F13" s="16" t="s">
-        <v>2445</v>
+        <v>2444</v>
       </c>
       <c r="G13" s="15" t="s">
         <v>1781</v>
       </c>
       <c r="H13" s="17" t="s">
         <v>1291</v>
       </c>
       <c r="I13" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J13" s="19">
         <v>1983</v>
       </c>
-      <c r="K13" s="21" t="s">
+      <c r="J13" s="20" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="14" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="14" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A14" s="5" t="s">
-        <v>2940</v>
+        <v>2939</v>
       </c>
       <c r="B14" s="13" t="s">
-        <v>3426</v>
+        <v>3425</v>
       </c>
       <c r="C14" s="14" t="s">
         <v>213</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>2366</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>606</v>
       </c>
       <c r="F14" s="16" t="s">
-        <v>2446</v>
+        <v>2445</v>
       </c>
       <c r="G14" s="15" t="s">
         <v>1677</v>
       </c>
       <c r="H14" s="17" t="s">
         <v>1171</v>
       </c>
       <c r="I14" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J14" s="19">
         <v>2006</v>
       </c>
-      <c r="K14" s="20" t="s">
+      <c r="J14" s="19" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="15" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="15" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A15" s="5" t="s">
-        <v>2941</v>
+        <v>2940</v>
       </c>
       <c r="B15" s="13" t="s">
-        <v>3426</v>
+        <v>3425</v>
       </c>
       <c r="C15" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>2367</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>724</v>
       </c>
       <c r="F15" s="16" t="s">
-        <v>2447</v>
+        <v>2446</v>
       </c>
       <c r="G15" s="15" t="s">
         <v>1677</v>
       </c>
       <c r="H15" s="17" t="s">
         <v>1171</v>
       </c>
       <c r="I15" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J15" s="19">
         <v>1992</v>
       </c>
-      <c r="K15" s="21" t="s">
+      <c r="J15" s="20" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="16" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="16" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A16" s="5" t="s">
-        <v>2942</v>
+        <v>2941</v>
       </c>
       <c r="B16" s="13" t="s">
-        <v>3426</v>
+        <v>3425</v>
       </c>
       <c r="C16" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>2368</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>746</v>
       </c>
       <c r="F16" s="16" t="s">
-        <v>2448</v>
+        <v>2447</v>
       </c>
       <c r="G16" s="15" t="s">
         <v>1677</v>
       </c>
       <c r="H16" s="17" t="s">
         <v>1171</v>
       </c>
       <c r="I16" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J16" s="19">
         <v>1985</v>
       </c>
-      <c r="K16" s="21" t="s">
+      <c r="J16" s="20" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="17" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="17" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A17" s="5" t="s">
-        <v>2943</v>
+        <v>2942</v>
       </c>
       <c r="B17" s="13" t="s">
-        <v>3426</v>
+        <v>3425</v>
       </c>
       <c r="C17" s="14" t="s">
         <v>67</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>2371</v>
       </c>
       <c r="E17" s="5" t="s">
         <v>464</v>
       </c>
       <c r="F17" s="16" t="s">
-        <v>2449</v>
+        <v>2448</v>
       </c>
       <c r="G17" s="15" t="s">
         <v>1526</v>
       </c>
       <c r="H17" s="17" t="s">
         <v>1013</v>
       </c>
       <c r="I17" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J17" s="19">
         <v>2014</v>
       </c>
-      <c r="K17" s="22" t="s">
+      <c r="J17" s="21" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="18" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="18" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A18" s="5" t="s">
-        <v>2944</v>
+        <v>2943</v>
       </c>
       <c r="B18" s="13" t="s">
-        <v>3426</v>
+        <v>3425</v>
       </c>
       <c r="C18" s="14">
         <v>9789777803243</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>2402</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>333</v>
       </c>
       <c r="F18" s="16" t="s">
-        <v>2450</v>
+        <v>2449</v>
       </c>
       <c r="G18" s="15" t="s">
         <v>1414</v>
       </c>
       <c r="H18" s="17" t="s">
         <v>833</v>
       </c>
       <c r="I18" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J18" s="19">
         <v>2024</v>
       </c>
-      <c r="K18" s="20" t="s">
+      <c r="J18" s="19" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="19" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="19" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A19" s="5" t="s">
-        <v>2945</v>
+        <v>2944</v>
       </c>
       <c r="B19" s="13" t="s">
-        <v>3426</v>
+        <v>3425</v>
       </c>
       <c r="C19" s="14">
         <v>9789777803267</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>2403</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>334</v>
       </c>
       <c r="F19" s="16" t="s">
-        <v>2451</v>
+        <v>2450</v>
       </c>
       <c r="G19" s="15" t="s">
         <v>1414</v>
       </c>
       <c r="H19" s="17" t="s">
         <v>833</v>
       </c>
       <c r="I19" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J19" s="19">
         <v>2024</v>
       </c>
-      <c r="K19" s="20" t="s">
+      <c r="J19" s="19" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="20" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="20" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A20" s="5" t="s">
-        <v>2946</v>
+        <v>2945</v>
       </c>
       <c r="B20" s="13" t="s">
-        <v>3426</v>
+        <v>3425</v>
       </c>
       <c r="C20" s="14">
         <v>9789777803335</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>2404</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>335</v>
       </c>
       <c r="F20" s="16" t="s">
-        <v>2452</v>
+        <v>2451</v>
       </c>
       <c r="G20" s="15" t="s">
         <v>1414</v>
       </c>
       <c r="H20" s="17" t="s">
         <v>833</v>
       </c>
       <c r="I20" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J20" s="19">
         <v>2024</v>
       </c>
-      <c r="K20" s="20" t="s">
+      <c r="J20" s="19" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="21" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="21" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A21" s="5" t="s">
-        <v>2947</v>
+        <v>2946</v>
       </c>
       <c r="B21" s="13" t="s">
-        <v>3426</v>
+        <v>3425</v>
       </c>
       <c r="C21" s="14">
         <v>9789777803274</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>2405</v>
       </c>
       <c r="E21" s="5" t="s">
         <v>336</v>
       </c>
       <c r="F21" s="16" t="s">
-        <v>2453</v>
+        <v>2452</v>
       </c>
       <c r="G21" s="15" t="s">
         <v>1414</v>
       </c>
       <c r="H21" s="17" t="s">
         <v>833</v>
       </c>
       <c r="I21" s="18">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="J21" s="19">
         <v>2024</v>
       </c>
-      <c r="K21" s="20" t="s">
+      <c r="J21" s="19" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="22" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="22" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A22" s="5" t="s">
-        <v>2948</v>
+        <v>2947</v>
       </c>
       <c r="B22" s="13" t="s">
-        <v>3426</v>
+        <v>3425</v>
       </c>
       <c r="C22" s="14">
         <v>9789777803250</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>2406</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>337</v>
       </c>
       <c r="F22" s="16" t="s">
-        <v>2454</v>
+        <v>2453</v>
       </c>
       <c r="G22" s="15" t="s">
         <v>1414</v>
       </c>
       <c r="H22" s="17" t="s">
         <v>833</v>
       </c>
       <c r="I22" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J22" s="19">
         <v>2024</v>
       </c>
-      <c r="K22" s="20" t="s">
+      <c r="J22" s="19" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="23" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="23" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A23" s="5" t="s">
-        <v>2949</v>
+        <v>2948</v>
       </c>
       <c r="B23" s="13" t="s">
-        <v>3426</v>
+        <v>3425</v>
       </c>
       <c r="C23" s="14">
         <v>9789777803328</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>2407</v>
       </c>
       <c r="E23" s="5" t="s">
         <v>339</v>
       </c>
       <c r="F23" s="16" t="s">
-        <v>2455</v>
+        <v>2454</v>
       </c>
       <c r="G23" s="15" t="s">
         <v>1414</v>
       </c>
       <c r="H23" s="17" t="s">
         <v>833</v>
       </c>
       <c r="I23" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J23" s="19">
         <v>2024</v>
       </c>
-      <c r="K23" s="20" t="s">
+      <c r="J23" s="19" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="24" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="24" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A24" s="5" t="s">
-        <v>2950</v>
+        <v>2949</v>
       </c>
       <c r="B24" s="13" t="s">
-        <v>3426</v>
+        <v>3425</v>
       </c>
       <c r="C24" s="14">
         <v>9789777803236</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>2408</v>
       </c>
       <c r="E24" s="5" t="s">
         <v>340</v>
       </c>
       <c r="F24" s="16" t="s">
-        <v>2456</v>
+        <v>2455</v>
       </c>
       <c r="G24" s="15" t="s">
         <v>1414</v>
       </c>
       <c r="H24" s="17" t="s">
         <v>833</v>
       </c>
       <c r="I24" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J24" s="19">
         <v>2024</v>
       </c>
-      <c r="K24" s="20" t="s">
+      <c r="J24" s="19" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="25" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="25" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A25" s="5" t="s">
-        <v>2951</v>
+        <v>2950</v>
       </c>
       <c r="B25" s="13" t="s">
-        <v>3426</v>
+        <v>3425</v>
       </c>
       <c r="C25" s="14">
         <v>9789777803205</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>2409</v>
       </c>
       <c r="E25" s="5" t="s">
         <v>341</v>
       </c>
       <c r="F25" s="16" t="s">
-        <v>2457</v>
+        <v>2456</v>
       </c>
       <c r="G25" s="15" t="s">
         <v>1414</v>
       </c>
       <c r="H25" s="17" t="s">
         <v>833</v>
       </c>
       <c r="I25" s="18">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="J25" s="19">
         <v>2024</v>
       </c>
-      <c r="K25" s="20" t="s">
+      <c r="J25" s="19" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="26" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="26" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A26" s="5" t="s">
-        <v>2952</v>
+        <v>2951</v>
       </c>
       <c r="B26" s="13" t="s">
-        <v>3426</v>
+        <v>3425</v>
       </c>
       <c r="C26" s="14">
         <v>9789777803229</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>2410</v>
       </c>
       <c r="E26" s="5" t="s">
         <v>342</v>
       </c>
       <c r="F26" s="16" t="s">
-        <v>2458</v>
+        <v>2457</v>
       </c>
       <c r="G26" s="15" t="s">
         <v>1414</v>
       </c>
       <c r="H26" s="17" t="s">
         <v>833</v>
       </c>
       <c r="I26" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J26" s="19">
         <v>2024</v>
       </c>
-      <c r="K26" s="20" t="s">
+      <c r="J26" s="19" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="27" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="27" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A27" s="5" t="s">
-        <v>2953</v>
+        <v>2952</v>
       </c>
       <c r="B27" s="13" t="s">
-        <v>3426</v>
+        <v>3425</v>
       </c>
       <c r="C27" s="14">
         <v>9789777803311</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>2411</v>
       </c>
       <c r="E27" s="5" t="s">
         <v>343</v>
       </c>
       <c r="F27" s="16" t="s">
-        <v>2459</v>
+        <v>2458</v>
       </c>
       <c r="G27" s="15" t="s">
         <v>1414</v>
       </c>
       <c r="H27" s="17" t="s">
         <v>833</v>
       </c>
       <c r="I27" s="18">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="J27" s="19">
         <v>2024</v>
       </c>
-      <c r="K27" s="20" t="s">
+      <c r="J27" s="19" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="28" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="28" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A28" s="5" t="s">
-        <v>2954</v>
+        <v>2953</v>
       </c>
       <c r="B28" s="13" t="s">
-        <v>3426</v>
+        <v>3425</v>
       </c>
       <c r="C28" s="14">
         <v>9789777803151</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>2412</v>
       </c>
       <c r="E28" s="5" t="s">
         <v>344</v>
       </c>
       <c r="F28" s="16" t="s">
-        <v>2460</v>
+        <v>2459</v>
       </c>
       <c r="G28" s="15" t="s">
         <v>1414</v>
       </c>
       <c r="H28" s="17" t="s">
         <v>833</v>
       </c>
       <c r="I28" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J28" s="19">
         <v>2024</v>
       </c>
-      <c r="K28" s="20" t="s">
+      <c r="J28" s="19" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="29" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="29" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A29" s="5" t="s">
-        <v>2955</v>
+        <v>2954</v>
       </c>
       <c r="B29" s="13" t="s">
-        <v>3426</v>
+        <v>3425</v>
       </c>
       <c r="C29" s="14">
         <v>9789777803168</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>2413</v>
       </c>
       <c r="E29" s="5" t="s">
         <v>345</v>
       </c>
       <c r="F29" s="16" t="s">
-        <v>2461</v>
+        <v>2460</v>
       </c>
       <c r="G29" s="15" t="s">
         <v>1414</v>
       </c>
       <c r="H29" s="17" t="s">
         <v>833</v>
       </c>
       <c r="I29" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J29" s="19">
         <v>2024</v>
       </c>
-      <c r="K29" s="20" t="s">
+      <c r="J29" s="19" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="30" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="30" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A30" s="5" t="s">
-        <v>2956</v>
+        <v>2955</v>
       </c>
       <c r="B30" s="13" t="s">
-        <v>3426</v>
+        <v>3425</v>
       </c>
       <c r="C30" s="14">
         <v>9789777803212</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>2414</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>346</v>
       </c>
       <c r="F30" s="16" t="s">
-        <v>2462</v>
+        <v>2461</v>
       </c>
       <c r="G30" s="15" t="s">
         <v>1414</v>
       </c>
       <c r="H30" s="17" t="s">
         <v>833</v>
       </c>
       <c r="I30" s="18">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="J30" s="19">
         <v>2024</v>
       </c>
-      <c r="K30" s="20" t="s">
+      <c r="J30" s="19" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="31" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="31" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A31" s="5" t="s">
-        <v>2957</v>
+        <v>2956</v>
       </c>
       <c r="B31" s="13" t="s">
-        <v>3426</v>
+        <v>3425</v>
       </c>
       <c r="C31" s="14">
         <v>9789777801591</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>2415</v>
       </c>
       <c r="E31" s="5" t="s">
         <v>402</v>
       </c>
       <c r="F31" s="16" t="s">
-        <v>2463</v>
+        <v>2462</v>
       </c>
       <c r="G31" s="15" t="s">
         <v>1414</v>
       </c>
       <c r="H31" s="17" t="s">
         <v>833</v>
       </c>
       <c r="I31" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J31" s="19">
         <v>2024</v>
       </c>
-      <c r="K31" s="20" t="s">
+      <c r="J31" s="19" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="32" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="32" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A32" s="5" t="s">
-        <v>2958</v>
+        <v>2957</v>
       </c>
       <c r="B32" s="13" t="s">
-        <v>3426</v>
+        <v>3425</v>
       </c>
       <c r="C32" s="14" t="s">
         <v>179</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>2416</v>
       </c>
       <c r="E32" s="5" t="s">
         <v>572</v>
       </c>
       <c r="F32" s="16" t="s">
-        <v>2464</v>
+        <v>2463</v>
       </c>
       <c r="G32" s="15" t="s">
         <v>1414</v>
       </c>
       <c r="H32" s="17" t="s">
         <v>833</v>
       </c>
       <c r="I32" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J32" s="19">
         <v>2024</v>
       </c>
-      <c r="K32" s="20" t="s">
+      <c r="J32" s="19" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="33" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="33" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A33" s="5" t="s">
-        <v>2959</v>
-[...2 lines deleted...]
-        <v>3427</v>
+        <v>2958</v>
+      </c>
+      <c r="B33" s="22" t="s">
+        <v>3426</v>
       </c>
       <c r="C33" s="14" t="s">
         <v>224</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>1863</v>
       </c>
       <c r="E33" s="5" t="s">
         <v>617</v>
       </c>
       <c r="F33" s="16" t="s">
-        <v>2465</v>
+        <v>2464</v>
       </c>
       <c r="G33" s="15" t="s">
         <v>1693</v>
       </c>
       <c r="H33" s="17" t="s">
         <v>1187</v>
       </c>
       <c r="I33" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J33" s="19">
         <v>2005</v>
       </c>
-      <c r="K33" s="24" t="s">
+      <c r="J33" s="23" t="s">
         <v>816</v>
       </c>
     </row>
-    <row r="34" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="34" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A34" s="5" t="s">
-        <v>2960</v>
-[...2 lines deleted...]
-        <v>3427</v>
+        <v>2959</v>
+      </c>
+      <c r="B34" s="22" t="s">
+        <v>3426</v>
       </c>
       <c r="C34" s="14" t="s">
         <v>250</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>1884</v>
       </c>
       <c r="E34" s="5" t="s">
         <v>643</v>
       </c>
       <c r="F34" s="16" t="s">
-        <v>2466</v>
+        <v>2465</v>
       </c>
       <c r="G34" s="15" t="s">
         <v>1715</v>
       </c>
       <c r="H34" s="17" t="s">
         <v>1210</v>
       </c>
       <c r="I34" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J34" s="19">
         <v>2003</v>
       </c>
-      <c r="K34" s="21" t="s">
+      <c r="J34" s="20" t="s">
         <v>816</v>
       </c>
     </row>
-    <row r="35" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="35" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A35" s="5" t="s">
-        <v>2961</v>
-[...2 lines deleted...]
-        <v>3427</v>
+        <v>2960</v>
+      </c>
+      <c r="B35" s="22" t="s">
+        <v>3426</v>
       </c>
       <c r="C35" s="14" t="s">
         <v>251</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>1885</v>
       </c>
       <c r="E35" s="5" t="s">
         <v>644</v>
       </c>
       <c r="F35" s="16" t="s">
-        <v>2467</v>
+        <v>2466</v>
       </c>
       <c r="G35" s="15" t="s">
         <v>1715</v>
       </c>
       <c r="H35" s="17" t="s">
         <v>1210</v>
       </c>
       <c r="I35" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J35" s="19">
         <v>2003</v>
       </c>
-      <c r="K35" s="21" t="s">
+      <c r="J35" s="20" t="s">
         <v>816</v>
       </c>
     </row>
-    <row r="36" spans="1:11" ht="69.75" x14ac:dyDescent="0.5">
+    <row r="36" spans="1:10" ht="72" x14ac:dyDescent="1.05">
       <c r="A36" s="5" t="s">
-        <v>2962</v>
-[...2 lines deleted...]
-        <v>3427</v>
+        <v>2961</v>
+      </c>
+      <c r="B36" s="22" t="s">
+        <v>3426</v>
       </c>
       <c r="C36" s="14" t="s">
         <v>107</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>1899</v>
       </c>
       <c r="E36" s="5" t="s">
         <v>505</v>
       </c>
       <c r="F36" s="16" t="s">
-        <v>2468</v>
+        <v>2467</v>
       </c>
       <c r="G36" s="15" t="s">
         <v>1596</v>
       </c>
       <c r="H36" s="17" t="s">
         <v>1086</v>
       </c>
       <c r="I36" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J36" s="19">
         <v>2009</v>
       </c>
-      <c r="K36" s="22" t="s">
+      <c r="J36" s="21" t="s">
         <v>816</v>
       </c>
     </row>
-    <row r="37" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="37" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A37" s="5" t="s">
-        <v>2963</v>
-[...2 lines deleted...]
-        <v>3427</v>
+        <v>2962</v>
+      </c>
+      <c r="B37" s="22" t="s">
+        <v>3426</v>
       </c>
       <c r="C37" s="14" t="s">
         <v>90</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>2165</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>488</v>
       </c>
       <c r="F37" s="16" t="s">
-        <v>2469</v>
+        <v>2468</v>
       </c>
       <c r="G37" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="H37" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="I37" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J37" s="19">
         <v>2010</v>
       </c>
-      <c r="K37" s="22" t="s">
+      <c r="J37" s="21" t="s">
         <v>816</v>
       </c>
     </row>
-    <row r="38" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="38" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A38" s="5" t="s">
-        <v>2964</v>
-[...2 lines deleted...]
-        <v>3427</v>
+        <v>2963</v>
+      </c>
+      <c r="B38" s="22" t="s">
+        <v>3426</v>
       </c>
       <c r="C38" s="14" t="s">
         <v>91</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>2124</v>
       </c>
       <c r="E38" s="5" t="s">
         <v>489</v>
       </c>
       <c r="F38" s="16" t="s">
-        <v>2470</v>
+        <v>2469</v>
       </c>
       <c r="G38" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="H38" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="I38" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J38" s="19">
         <v>2010</v>
       </c>
-      <c r="K38" s="22" t="s">
+      <c r="J38" s="21" t="s">
         <v>816</v>
       </c>
     </row>
-    <row r="39" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="39" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A39" s="5" t="s">
-        <v>2965</v>
-[...2 lines deleted...]
-        <v>3427</v>
+        <v>2964</v>
+      </c>
+      <c r="B39" s="22" t="s">
+        <v>3426</v>
       </c>
       <c r="C39" s="14" t="s">
         <v>228</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>2342</v>
       </c>
       <c r="E39" s="5" t="s">
         <v>621</v>
       </c>
       <c r="F39" s="16" t="s">
-        <v>2471</v>
+        <v>2470</v>
       </c>
       <c r="G39" s="15" t="s">
         <v>1699</v>
       </c>
       <c r="H39" s="17" t="s">
         <v>1194</v>
       </c>
       <c r="I39" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J39" s="19">
         <v>2008</v>
       </c>
-      <c r="K39" s="24" t="s">
+      <c r="J39" s="23" t="s">
         <v>816</v>
       </c>
     </row>
-    <row r="40" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="40" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A40" s="5" t="s">
-        <v>2966</v>
-[...2 lines deleted...]
-        <v>3427</v>
+        <v>2965</v>
+      </c>
+      <c r="B40" s="22" t="s">
+        <v>3426</v>
       </c>
       <c r="C40" s="14" t="s">
         <v>304</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>2350</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>697</v>
       </c>
       <c r="F40" s="16" t="s">
-        <v>2472</v>
+        <v>2471</v>
       </c>
       <c r="G40" s="15" t="s">
         <v>1699</v>
       </c>
       <c r="H40" s="17" t="s">
         <v>1234</v>
       </c>
       <c r="I40" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J40" s="19">
         <v>1999</v>
       </c>
-      <c r="K40" s="21" t="s">
+      <c r="J40" s="20" t="s">
         <v>816</v>
       </c>
     </row>
-    <row r="41" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="41" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A41" s="5" t="s">
-        <v>2967</v>
-[...2 lines deleted...]
-        <v>3427</v>
+        <v>2966</v>
+      </c>
+      <c r="B41" s="22" t="s">
+        <v>3426</v>
       </c>
       <c r="C41" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>2397</v>
       </c>
       <c r="E41" s="5" t="s">
         <v>795</v>
       </c>
       <c r="F41" s="16" t="s">
-        <v>2473</v>
+        <v>2472</v>
       </c>
       <c r="G41" s="15" t="s">
         <v>1773</v>
       </c>
       <c r="H41" s="17" t="s">
         <v>1282</v>
       </c>
       <c r="I41" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J41" s="19">
         <v>1984</v>
       </c>
-      <c r="K41" s="21" t="s">
+      <c r="J41" s="20" t="s">
         <v>816</v>
       </c>
     </row>
-    <row r="42" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="42" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A42" s="5" t="s">
-        <v>2968</v>
-[...2 lines deleted...]
-        <v>3428</v>
+        <v>2967</v>
+      </c>
+      <c r="B42" s="24" t="s">
+        <v>3427</v>
       </c>
       <c r="C42" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>1860</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>793</v>
       </c>
       <c r="F42" s="16" t="s">
-        <v>2474</v>
+        <v>2473</v>
       </c>
       <c r="G42" s="15" t="s">
         <v>1834</v>
       </c>
       <c r="H42" s="17" t="s">
         <v>1348</v>
       </c>
       <c r="I42" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J42" s="19">
         <v>1967</v>
       </c>
-      <c r="K42" s="21" t="s">
+      <c r="J42" s="20" t="s">
         <v>806</v>
       </c>
     </row>
-    <row r="43" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="43" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A43" s="5" t="s">
-        <v>2969</v>
-[...2 lines deleted...]
-        <v>3428</v>
+        <v>2968</v>
+      </c>
+      <c r="B43" s="24" t="s">
+        <v>3427</v>
       </c>
       <c r="C43" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>2009</v>
       </c>
       <c r="E43" s="5" t="s">
         <v>775</v>
       </c>
       <c r="F43" s="16" t="s">
-        <v>2475</v>
+        <v>2474</v>
       </c>
       <c r="G43" s="15" t="s">
         <v>1801</v>
       </c>
       <c r="H43" s="17" t="s">
         <v>1314</v>
       </c>
       <c r="I43" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J43" s="19">
         <v>1979</v>
       </c>
-      <c r="K43" s="21" t="s">
+      <c r="J43" s="20" t="s">
         <v>806</v>
       </c>
     </row>
-    <row r="44" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="44" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A44" s="5" t="s">
-        <v>2970</v>
-[...2 lines deleted...]
-        <v>3428</v>
+        <v>2969</v>
+      </c>
+      <c r="B44" s="24" t="s">
+        <v>3427</v>
       </c>
       <c r="C44" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>2008</v>
       </c>
       <c r="E44" s="5" t="s">
         <v>769</v>
       </c>
       <c r="F44" s="16" t="s">
-        <v>2476</v>
+        <v>2475</v>
       </c>
       <c r="G44" s="15" t="s">
         <v>1801</v>
       </c>
       <c r="H44" s="17" t="s">
         <v>1314</v>
       </c>
       <c r="I44" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J44" s="19">
         <v>1978</v>
       </c>
-      <c r="K44" s="21" t="s">
+      <c r="J44" s="20" t="s">
         <v>806</v>
       </c>
     </row>
-    <row r="45" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="45" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A45" s="5" t="s">
-        <v>2971</v>
-[...1 lines deleted...]
-      <c r="B45" s="26" t="s">
+        <v>2970</v>
+      </c>
+      <c r="B45" s="25" t="s">
         <v>2428</v>
       </c>
       <c r="C45" s="14" t="s">
         <v>139</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>2000</v>
       </c>
       <c r="E45" s="5" t="s">
         <v>533</v>
       </c>
       <c r="F45" s="16" t="s">
-        <v>2477</v>
+        <v>2476</v>
       </c>
       <c r="G45" s="15" t="s">
         <v>1488</v>
       </c>
       <c r="H45" s="17" t="s">
         <v>961</v>
       </c>
       <c r="I45" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J45" s="19">
         <v>2009</v>
       </c>
-      <c r="K45" s="24" t="s">
+      <c r="J45" s="23" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="46" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="46" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A46" s="5" t="s">
-        <v>2972</v>
-[...1 lines deleted...]
-      <c r="B46" s="26" t="s">
+        <v>2971</v>
+      </c>
+      <c r="B46" s="25" t="s">
         <v>2428</v>
       </c>
       <c r="C46" s="14" t="s">
         <v>241</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>2001</v>
       </c>
       <c r="E46" s="5" t="s">
         <v>634</v>
       </c>
       <c r="F46" s="16" t="s">
-        <v>2478</v>
+        <v>2477</v>
       </c>
       <c r="G46" s="15" t="s">
         <v>1488</v>
       </c>
       <c r="H46" s="17" t="s">
         <v>961</v>
       </c>
       <c r="I46" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J46" s="19">
         <v>2003</v>
       </c>
-      <c r="K46" s="21" t="s">
+      <c r="J46" s="20" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="47" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="47" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A47" s="5" t="s">
-        <v>2973</v>
-[...1 lines deleted...]
-      <c r="B47" s="26" t="s">
+        <v>2972</v>
+      </c>
+      <c r="B47" s="25" t="s">
         <v>2428</v>
       </c>
       <c r="C47" s="14" t="s">
         <v>242</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>2002</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>635</v>
       </c>
       <c r="F47" s="16" t="s">
-        <v>2479</v>
+        <v>2478</v>
       </c>
       <c r="G47" s="15" t="s">
         <v>1488</v>
       </c>
       <c r="H47" s="17" t="s">
         <v>961</v>
       </c>
       <c r="I47" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J47" s="19">
         <v>2003</v>
       </c>
-      <c r="K47" s="21" t="s">
+      <c r="J47" s="20" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="48" spans="1:11" ht="69.75" x14ac:dyDescent="0.5">
+    <row r="48" spans="1:10" ht="72" x14ac:dyDescent="1.05">
       <c r="A48" s="5" t="s">
-        <v>2974</v>
-[...1 lines deleted...]
-      <c r="B48" s="26" t="s">
+        <v>2973</v>
+      </c>
+      <c r="B48" s="25" t="s">
         <v>2428</v>
       </c>
       <c r="C48" s="14" t="s">
         <v>64</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>2011</v>
       </c>
       <c r="E48" s="5" t="s">
         <v>459</v>
       </c>
       <c r="F48" s="16" t="s">
-        <v>2480</v>
+        <v>2479</v>
       </c>
       <c r="G48" s="15" t="s">
         <v>1513</v>
       </c>
       <c r="H48" s="17" t="s">
         <v>998</v>
       </c>
       <c r="I48" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J48" s="19">
         <v>2013</v>
       </c>
-      <c r="K48" s="22" t="s">
+      <c r="J48" s="21" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="49" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="49" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A49" s="5" t="s">
-        <v>2975</v>
-[...1 lines deleted...]
-      <c r="B49" s="26" t="s">
+        <v>2974</v>
+      </c>
+      <c r="B49" s="25" t="s">
         <v>2428</v>
       </c>
       <c r="C49" s="14" t="s">
         <v>85</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>2012</v>
       </c>
       <c r="E49" s="5" t="s">
         <v>483</v>
       </c>
       <c r="F49" s="16" t="s">
-        <v>2481</v>
+        <v>2480</v>
       </c>
       <c r="G49" s="15" t="s">
         <v>1513</v>
       </c>
       <c r="H49" s="17" t="s">
         <v>998</v>
       </c>
       <c r="I49" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J49" s="19">
         <v>2013</v>
       </c>
-      <c r="K49" s="22" t="s">
+      <c r="J49" s="21" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="50" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="50" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A50" s="5" t="s">
-        <v>2976</v>
-[...1 lines deleted...]
-      <c r="B50" s="26" t="s">
+        <v>2975</v>
+      </c>
+      <c r="B50" s="25" t="s">
         <v>2428</v>
       </c>
       <c r="C50" s="14" t="s">
         <v>86</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>2013</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>484</v>
       </c>
       <c r="F50" s="16" t="s">
-        <v>2482</v>
+        <v>2481</v>
       </c>
       <c r="G50" s="15" t="s">
         <v>1513</v>
       </c>
       <c r="H50" s="17" t="s">
         <v>998</v>
       </c>
       <c r="I50" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J50" s="19">
         <v>2013</v>
       </c>
-      <c r="K50" s="22" t="s">
+      <c r="J50" s="21" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="51" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="51" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A51" s="5" t="s">
-        <v>2977</v>
-[...1 lines deleted...]
-      <c r="B51" s="26" t="s">
+        <v>2976</v>
+      </c>
+      <c r="B51" s="25" t="s">
         <v>2428</v>
       </c>
       <c r="C51" s="14" t="s">
         <v>87</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>2014</v>
       </c>
       <c r="E51" s="5" t="s">
         <v>485</v>
       </c>
       <c r="F51" s="16" t="s">
-        <v>2483</v>
+        <v>2482</v>
       </c>
       <c r="G51" s="15" t="s">
         <v>1513</v>
       </c>
       <c r="H51" s="17" t="s">
         <v>998</v>
       </c>
       <c r="I51" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J51" s="19">
         <v>2013</v>
       </c>
-      <c r="K51" s="22" t="s">
+      <c r="J51" s="21" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="52" spans="1:11" ht="69.75" x14ac:dyDescent="0.5">
+    <row r="52" spans="1:10" ht="72" x14ac:dyDescent="1.05">
       <c r="A52" s="5" t="s">
-        <v>2978</v>
-[...1 lines deleted...]
-      <c r="B52" s="26" t="s">
+        <v>2977</v>
+      </c>
+      <c r="B52" s="25" t="s">
         <v>2428</v>
       </c>
       <c r="C52" s="14" t="s">
         <v>88</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>2015</v>
       </c>
       <c r="E52" s="5" t="s">
         <v>486</v>
       </c>
       <c r="F52" s="16" t="s">
-        <v>2484</v>
+        <v>2483</v>
       </c>
       <c r="G52" s="15" t="s">
         <v>1513</v>
       </c>
       <c r="H52" s="17" t="s">
         <v>998</v>
       </c>
       <c r="I52" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J52" s="19">
         <v>2013</v>
       </c>
-      <c r="K52" s="22" t="s">
+      <c r="J52" s="21" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="53" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="53" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A53" s="5" t="s">
-        <v>2979</v>
-[...1 lines deleted...]
-      <c r="B53" s="25" t="s">
+        <v>2978</v>
+      </c>
+      <c r="B53" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C53" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>2033</v>
       </c>
       <c r="E53" s="5" t="s">
         <v>740</v>
       </c>
       <c r="F53" s="16" t="s">
-        <v>2485</v>
+        <v>2484</v>
       </c>
       <c r="G53" s="15" t="s">
         <v>1769</v>
       </c>
       <c r="H53" s="17" t="s">
         <v>1278</v>
       </c>
       <c r="I53" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J53" s="19">
         <v>1987</v>
       </c>
-      <c r="K53" s="21" t="s">
+      <c r="J53" s="20" t="s">
         <v>806</v>
       </c>
     </row>
-    <row r="54" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="54" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A54" s="5" t="s">
-        <v>2980</v>
-[...1 lines deleted...]
-      <c r="B54" s="25" t="s">
+        <v>2979</v>
+      </c>
+      <c r="B54" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C54" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>2160</v>
       </c>
       <c r="E54" s="5" t="s">
         <v>761</v>
       </c>
       <c r="F54" s="16" t="s">
-        <v>2486</v>
+        <v>2485</v>
       </c>
       <c r="G54" s="15" t="s">
         <v>1794</v>
       </c>
       <c r="H54" s="17" t="s">
         <v>1306</v>
       </c>
       <c r="I54" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J54" s="19">
         <v>1981</v>
       </c>
-      <c r="K54" s="21" t="s">
+      <c r="J54" s="20" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="55" spans="1:11" ht="35.25" x14ac:dyDescent="0.5">
+    <row r="55" spans="1:10" ht="35.65" x14ac:dyDescent="1.05">
       <c r="A55" s="5" t="s">
-        <v>2981</v>
-[...1 lines deleted...]
-      <c r="B55" s="25" t="s">
+        <v>2980</v>
+      </c>
+      <c r="B55" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C55" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>2099</v>
       </c>
       <c r="E55" s="5" t="s">
         <v>772</v>
       </c>
       <c r="F55" s="16" t="s">
-        <v>2487</v>
+        <v>2486</v>
       </c>
       <c r="G55" s="15" t="s">
         <v>1805</v>
       </c>
       <c r="H55" s="17" t="s">
         <v>1318</v>
       </c>
       <c r="I55" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J55" s="19">
         <v>1979</v>
       </c>
-      <c r="K55" s="21" t="s">
+      <c r="J55" s="20" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="56" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="56" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A56" s="5" t="s">
-        <v>2982</v>
-[...1 lines deleted...]
-      <c r="B56" s="25" t="s">
+        <v>2981</v>
+      </c>
+      <c r="B56" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C56" s="14" t="s">
         <v>160</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>2126</v>
       </c>
       <c r="E56" s="5" t="s">
         <v>553</v>
       </c>
       <c r="F56" s="16" t="s">
-        <v>2488</v>
+        <v>2487</v>
       </c>
       <c r="G56" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="H56" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="I56" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J56" s="19">
         <v>2008</v>
       </c>
-      <c r="K56" s="21" t="s">
+      <c r="J56" s="20" t="s">
         <v>820</v>
       </c>
     </row>
-    <row r="57" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="57" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A57" s="5" t="s">
-        <v>2983</v>
-[...1 lines deleted...]
-      <c r="B57" s="25" t="s">
+        <v>2982</v>
+      </c>
+      <c r="B57" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C57" s="14" t="s">
         <v>161</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>2167</v>
       </c>
       <c r="E57" s="5" t="s">
         <v>554</v>
       </c>
       <c r="F57" s="16" t="s">
-        <v>2489</v>
+        <v>2488</v>
       </c>
       <c r="G57" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="H57" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="I57" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J57" s="19">
         <v>2008</v>
       </c>
-      <c r="K57" s="20" t="s">
+      <c r="J57" s="19" t="s">
         <v>800</v>
       </c>
     </row>
-    <row r="58" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="58" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A58" s="5" t="s">
-        <v>2984</v>
-[...1 lines deleted...]
-      <c r="B58" s="25" t="s">
+        <v>2983</v>
+      </c>
+      <c r="B58" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C58" s="14" t="s">
         <v>186</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>2128</v>
       </c>
       <c r="E58" s="5" t="s">
         <v>579</v>
       </c>
       <c r="F58" s="16" t="s">
-        <v>2490</v>
+        <v>2489</v>
       </c>
       <c r="G58" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="H58" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="I58" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J58" s="19">
         <v>2007</v>
       </c>
-      <c r="K58" s="21" t="s">
+      <c r="J58" s="20" t="s">
         <v>820</v>
       </c>
     </row>
-    <row r="59" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="59" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A59" s="5" t="s">
-        <v>2985</v>
-[...1 lines deleted...]
-      <c r="B59" s="25" t="s">
+        <v>2984</v>
+      </c>
+      <c r="B59" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C59" s="14" t="s">
         <v>187</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>2168</v>
       </c>
       <c r="E59" s="5" t="s">
         <v>580</v>
       </c>
       <c r="F59" s="16" t="s">
-        <v>2491</v>
+        <v>2490</v>
       </c>
       <c r="G59" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="H59" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="I59" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J59" s="19">
         <v>2007</v>
       </c>
-      <c r="K59" s="21" t="s">
+      <c r="J59" s="20" t="s">
         <v>820</v>
       </c>
     </row>
-    <row r="60" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="60" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A60" s="5" t="s">
-        <v>2986</v>
-[...1 lines deleted...]
-      <c r="B60" s="25" t="s">
+        <v>2985</v>
+      </c>
+      <c r="B60" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C60" s="14" t="s">
         <v>188</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>2130</v>
       </c>
       <c r="E60" s="5" t="s">
         <v>581</v>
       </c>
       <c r="F60" s="16" t="s">
-        <v>2492</v>
+        <v>2491</v>
       </c>
       <c r="G60" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="H60" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="I60" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J60" s="19">
         <v>2007</v>
       </c>
-      <c r="K60" s="21" t="s">
+      <c r="J60" s="20" t="s">
         <v>820</v>
       </c>
     </row>
-    <row r="61" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="61" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A61" s="5" t="s">
-        <v>2987</v>
-[...1 lines deleted...]
-      <c r="B61" s="25" t="s">
+        <v>2986</v>
+      </c>
+      <c r="B61" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C61" s="14" t="s">
         <v>189</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>2169</v>
       </c>
       <c r="E61" s="5" t="s">
         <v>582</v>
       </c>
       <c r="F61" s="16" t="s">
-        <v>2493</v>
+        <v>2492</v>
       </c>
       <c r="G61" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="H61" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="I61" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J61" s="19">
         <v>2007</v>
       </c>
-      <c r="K61" s="21" t="s">
+      <c r="J61" s="20" t="s">
         <v>820</v>
       </c>
     </row>
-    <row r="62" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="62" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A62" s="5" t="s">
-        <v>2988</v>
-[...1 lines deleted...]
-      <c r="B62" s="25" t="s">
+        <v>2987</v>
+      </c>
+      <c r="B62" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C62" s="14" t="s">
         <v>195</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>2132</v>
       </c>
       <c r="E62" s="5" t="s">
         <v>588</v>
       </c>
       <c r="F62" s="16" t="s">
-        <v>2494</v>
+        <v>2493</v>
       </c>
       <c r="G62" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="H62" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="I62" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J62" s="19">
         <v>2007</v>
       </c>
-      <c r="K62" s="21" t="s">
+      <c r="J62" s="20" t="s">
         <v>816</v>
       </c>
     </row>
-    <row r="63" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="63" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A63" s="5" t="s">
-        <v>2989</v>
-[...1 lines deleted...]
-      <c r="B63" s="25" t="s">
+        <v>2988</v>
+      </c>
+      <c r="B63" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C63" s="14" t="s">
         <v>220</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>2170</v>
       </c>
       <c r="E63" s="5" t="s">
         <v>613</v>
       </c>
       <c r="F63" s="16" t="s">
-        <v>2495</v>
+        <v>2494</v>
       </c>
       <c r="G63" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="H63" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="I63" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J63" s="19">
         <v>2005</v>
       </c>
-      <c r="K63" s="21" t="s">
+      <c r="J63" s="20" t="s">
         <v>825</v>
       </c>
     </row>
-    <row r="64" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="64" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A64" s="5" t="s">
-        <v>2990</v>
-[...1 lines deleted...]
-      <c r="B64" s="25" t="s">
+        <v>2989</v>
+      </c>
+      <c r="B64" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C64" s="14" t="s">
         <v>221</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>2171</v>
       </c>
       <c r="E64" s="5" t="s">
         <v>614</v>
       </c>
       <c r="F64" s="16" t="s">
-        <v>2496</v>
+        <v>2495</v>
       </c>
       <c r="G64" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="H64" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="I64" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J64" s="19">
         <v>2005</v>
       </c>
-      <c r="K64" s="21" t="s">
+      <c r="J64" s="20" t="s">
         <v>825</v>
       </c>
     </row>
-    <row r="65" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="65" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A65" s="5" t="s">
-        <v>2991</v>
-[...1 lines deleted...]
-      <c r="B65" s="25" t="s">
+        <v>2990</v>
+      </c>
+      <c r="B65" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C65" s="14" t="s">
         <v>222</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>2172</v>
       </c>
       <c r="E65" s="5" t="s">
         <v>615</v>
       </c>
       <c r="F65" s="16" t="s">
-        <v>2497</v>
+        <v>2496</v>
       </c>
       <c r="G65" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="H65" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="I65" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J65" s="19">
         <v>2005</v>
       </c>
-      <c r="K65" s="21" t="s">
+      <c r="J65" s="20" t="s">
         <v>825</v>
       </c>
     </row>
-    <row r="66" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="66" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A66" s="5" t="s">
-        <v>2992</v>
-[...1 lines deleted...]
-      <c r="B66" s="25" t="s">
+        <v>2991</v>
+      </c>
+      <c r="B66" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C66" s="14" t="s">
         <v>223</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>2173</v>
       </c>
       <c r="E66" s="5" t="s">
         <v>616</v>
       </c>
       <c r="F66" s="16" t="s">
-        <v>2498</v>
+        <v>2497</v>
       </c>
       <c r="G66" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="H66" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="I66" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J66" s="19">
         <v>2005</v>
       </c>
-      <c r="K66" s="21" t="s">
+      <c r="J66" s="20" t="s">
         <v>825</v>
       </c>
     </row>
-    <row r="67" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="67" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A67" s="5" t="s">
-        <v>2993</v>
-[...1 lines deleted...]
-      <c r="B67" s="25" t="s">
+        <v>2992</v>
+      </c>
+      <c r="B67" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C67" s="14" t="s">
         <v>230</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>2174</v>
       </c>
       <c r="E67" s="5" t="s">
         <v>623</v>
       </c>
       <c r="F67" s="16" t="s">
-        <v>2499</v>
+        <v>2498</v>
       </c>
       <c r="G67" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="H67" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="I67" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J67" s="19">
         <v>2004</v>
       </c>
-      <c r="K67" s="24" t="s">
+      <c r="J67" s="23" t="s">
         <v>825</v>
       </c>
     </row>
-    <row r="68" spans="1:11" ht="69.75" x14ac:dyDescent="0.5">
+    <row r="68" spans="1:10" ht="72" x14ac:dyDescent="1.05">
       <c r="A68" s="5" t="s">
-        <v>2994</v>
-[...1 lines deleted...]
-      <c r="B68" s="25" t="s">
+        <v>2993</v>
+      </c>
+      <c r="B68" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C68" s="14" t="s">
         <v>231</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>2175</v>
       </c>
       <c r="E68" s="5" t="s">
         <v>624</v>
       </c>
       <c r="F68" s="16" t="s">
-        <v>2500</v>
+        <v>2499</v>
       </c>
       <c r="G68" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="H68" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="I68" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J68" s="19">
         <v>2008</v>
       </c>
-      <c r="K68" s="24" t="s">
+      <c r="J68" s="23" t="s">
         <v>825</v>
       </c>
     </row>
-    <row r="69" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="69" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A69" s="5" t="s">
-        <v>2995</v>
-[...1 lines deleted...]
-      <c r="B69" s="25" t="s">
+        <v>2994</v>
+      </c>
+      <c r="B69" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C69" s="14" t="s">
         <v>232</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>2176</v>
       </c>
       <c r="E69" s="5" t="s">
         <v>625</v>
       </c>
       <c r="F69" s="16" t="s">
-        <v>2501</v>
+        <v>2500</v>
       </c>
       <c r="G69" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="H69" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="I69" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J69" s="19">
         <v>2004</v>
       </c>
-      <c r="K69" s="24" t="s">
+      <c r="J69" s="23" t="s">
         <v>825</v>
       </c>
     </row>
-    <row r="70" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="70" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A70" s="5" t="s">
-        <v>2996</v>
-[...1 lines deleted...]
-      <c r="B70" s="25" t="s">
+        <v>2995</v>
+      </c>
+      <c r="B70" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C70" s="14" t="s">
         <v>260</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>2177</v>
       </c>
       <c r="E70" s="5" t="s">
         <v>652</v>
       </c>
       <c r="F70" s="16" t="s">
-        <v>2502</v>
+        <v>2501</v>
       </c>
       <c r="G70" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="H70" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="I70" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J70" s="19">
         <v>2002</v>
       </c>
-      <c r="K70" s="24" t="s">
+      <c r="J70" s="23" t="s">
         <v>825</v>
       </c>
     </row>
-    <row r="71" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="71" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A71" s="5" t="s">
-        <v>2997</v>
-[...1 lines deleted...]
-      <c r="B71" s="25" t="s">
+        <v>2996</v>
+      </c>
+      <c r="B71" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C71" s="14" t="s">
         <v>261</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>2178</v>
       </c>
       <c r="E71" s="5" t="s">
         <v>653</v>
       </c>
       <c r="F71" s="16" t="s">
-        <v>2503</v>
+        <v>2502</v>
       </c>
       <c r="G71" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="H71" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="I71" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J71" s="19">
         <v>2002</v>
       </c>
-      <c r="K71" s="24" t="s">
+      <c r="J71" s="23" t="s">
         <v>825</v>
       </c>
     </row>
-    <row r="72" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="72" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A72" s="5" t="s">
-        <v>2998</v>
-[...1 lines deleted...]
-      <c r="B72" s="25" t="s">
+        <v>2997</v>
+      </c>
+      <c r="B72" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C72" s="14" t="s">
         <v>262</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>2179</v>
       </c>
       <c r="E72" s="5" t="s">
         <v>654</v>
       </c>
       <c r="F72" s="16" t="s">
-        <v>2504</v>
+        <v>2503</v>
       </c>
       <c r="G72" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="H72" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="I72" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J72" s="19">
         <v>2002</v>
       </c>
-      <c r="K72" s="24" t="s">
+      <c r="J72" s="23" t="s">
         <v>825</v>
       </c>
     </row>
-    <row r="73" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="73" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A73" s="5" t="s">
-        <v>2999</v>
-[...1 lines deleted...]
-      <c r="B73" s="25" t="s">
+        <v>2998</v>
+      </c>
+      <c r="B73" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C73" s="14" t="s">
         <v>263</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>2180</v>
       </c>
       <c r="E73" s="5" t="s">
         <v>655</v>
       </c>
       <c r="F73" s="16" t="s">
-        <v>2505</v>
+        <v>2504</v>
       </c>
       <c r="G73" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="H73" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="I73" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J73" s="19">
         <v>2002</v>
       </c>
-      <c r="K73" s="24" t="s">
+      <c r="J73" s="23" t="s">
         <v>825</v>
       </c>
     </row>
-    <row r="74" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="74" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A74" s="5" t="s">
-        <v>3000</v>
-[...1 lines deleted...]
-      <c r="B74" s="25" t="s">
+        <v>2999</v>
+      </c>
+      <c r="B74" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C74" s="14" t="s">
         <v>296</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>2181</v>
       </c>
       <c r="E74" s="5" t="s">
         <v>689</v>
       </c>
       <c r="F74" s="16" t="s">
-        <v>2506</v>
+        <v>2505</v>
       </c>
       <c r="G74" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="H74" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="I74" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J74" s="19">
         <v>2000</v>
       </c>
-      <c r="K74" s="21" t="s">
+      <c r="J74" s="20" t="s">
         <v>825</v>
       </c>
     </row>
-    <row r="75" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="75" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A75" s="5" t="s">
-        <v>3001</v>
-[...1 lines deleted...]
-      <c r="B75" s="25" t="s">
+        <v>3000</v>
+      </c>
+      <c r="B75" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C75" s="14" t="s">
         <v>297</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>2182</v>
       </c>
       <c r="E75" s="5" t="s">
         <v>690</v>
       </c>
       <c r="F75" s="16" t="s">
-        <v>2507</v>
+        <v>2506</v>
       </c>
       <c r="G75" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="H75" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="I75" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J75" s="19">
         <v>2000</v>
       </c>
-      <c r="K75" s="21" t="s">
+      <c r="J75" s="20" t="s">
         <v>825</v>
       </c>
     </row>
-    <row r="76" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="76" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A76" s="5" t="s">
-        <v>3002</v>
-[...1 lines deleted...]
-      <c r="B76" s="25" t="s">
+        <v>3001</v>
+      </c>
+      <c r="B76" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C76" s="14" t="s">
         <v>298</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>2183</v>
       </c>
       <c r="E76" s="5" t="s">
         <v>691</v>
       </c>
       <c r="F76" s="16" t="s">
-        <v>2508</v>
+        <v>2507</v>
       </c>
       <c r="G76" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="H76" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="I76" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J76" s="19">
         <v>2000</v>
       </c>
-      <c r="K76" s="21" t="s">
+      <c r="J76" s="20" t="s">
         <v>825</v>
       </c>
     </row>
-    <row r="77" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="77" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A77" s="5" t="s">
-        <v>3003</v>
-[...1 lines deleted...]
-      <c r="B77" s="25" t="s">
+        <v>3002</v>
+      </c>
+      <c r="B77" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C77" s="14" t="s">
         <v>182</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>2184</v>
       </c>
       <c r="E77" s="5" t="s">
         <v>575</v>
       </c>
       <c r="F77" s="16" t="s">
-        <v>2509</v>
+        <v>2508</v>
       </c>
       <c r="G77" s="15" t="s">
         <v>1519</v>
       </c>
       <c r="H77" s="17" t="s">
         <v>1005</v>
       </c>
       <c r="I77" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J77" s="19">
         <v>2007</v>
       </c>
-      <c r="K77" s="24" t="s">
+      <c r="J77" s="23" t="s">
         <v>822</v>
       </c>
     </row>
-    <row r="78" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="78" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A78" s="5" t="s">
-        <v>3004</v>
-[...1 lines deleted...]
-      <c r="B78" s="25" t="s">
+        <v>3003</v>
+      </c>
+      <c r="B78" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C78" s="14" t="s">
         <v>299</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>2185</v>
       </c>
       <c r="E78" s="5" t="s">
         <v>692</v>
       </c>
       <c r="F78" s="16" t="s">
-        <v>2510</v>
+        <v>2509</v>
       </c>
       <c r="G78" s="15" t="s">
         <v>1519</v>
       </c>
       <c r="H78" s="17" t="s">
         <v>1005</v>
       </c>
       <c r="I78" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J78" s="19">
         <v>2008</v>
       </c>
-      <c r="K78" s="21" t="s">
+      <c r="J78" s="20" t="s">
         <v>827</v>
       </c>
     </row>
-    <row r="79" spans="1:11" ht="69.75" x14ac:dyDescent="0.5">
+    <row r="79" spans="1:10" ht="72" x14ac:dyDescent="1.05">
       <c r="A79" s="5" t="s">
-        <v>3005</v>
-[...1 lines deleted...]
-      <c r="B79" s="25" t="s">
+        <v>3004</v>
+      </c>
+      <c r="B79" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C79" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>2192</v>
       </c>
       <c r="E79" s="5" t="s">
         <v>767</v>
       </c>
       <c r="F79" s="16" t="s">
-        <v>2511</v>
+        <v>2510</v>
       </c>
       <c r="G79" s="15" t="s">
         <v>1798</v>
       </c>
       <c r="H79" s="17" t="s">
         <v>1311</v>
       </c>
       <c r="I79" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J79" s="19">
         <v>1980</v>
       </c>
-      <c r="K79" s="21" t="s">
+      <c r="J79" s="20" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="80" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="80" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A80" s="5" t="s">
-        <v>3006</v>
-[...1 lines deleted...]
-      <c r="B80" s="23" t="s">
+        <v>3005</v>
+      </c>
+      <c r="B80" s="22" t="s">
         <v>2428</v>
       </c>
       <c r="C80" s="14" t="s">
         <v>183</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>2217</v>
       </c>
       <c r="E80" s="5" t="s">
         <v>576</v>
       </c>
       <c r="F80" s="16" t="s">
-        <v>2512</v>
+        <v>2511</v>
       </c>
       <c r="G80" s="15" t="s">
         <v>1652</v>
       </c>
       <c r="H80" s="17" t="s">
         <v>1144</v>
       </c>
       <c r="I80" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J80" s="19">
         <v>2007</v>
       </c>
-      <c r="K80" s="24" t="s">
+      <c r="J80" s="23" t="s">
         <v>823</v>
       </c>
     </row>
-    <row r="81" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="81" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A81" s="5" t="s">
-        <v>3007</v>
-[...1 lines deleted...]
-      <c r="B81" s="25" t="s">
+        <v>3006</v>
+      </c>
+      <c r="B81" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C81" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>1919</v>
       </c>
       <c r="E81" s="5" t="s">
         <v>745</v>
       </c>
       <c r="F81" s="16" t="s">
-        <v>2513</v>
+        <v>2512</v>
       </c>
       <c r="G81" s="15" t="s">
         <v>1779</v>
       </c>
       <c r="H81" s="17" t="s">
         <v>1288</v>
       </c>
       <c r="I81" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J81" s="19">
         <v>1985</v>
       </c>
-      <c r="K81" s="21" t="s">
+      <c r="J81" s="20" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="82" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="82" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A82" s="5" t="s">
-        <v>3008</v>
-[...1 lines deleted...]
-      <c r="B82" s="25" t="s">
+        <v>3007</v>
+      </c>
+      <c r="B82" s="24" t="s">
         <v>2428</v>
       </c>
       <c r="C82" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>1918</v>
       </c>
       <c r="E82" s="5" t="s">
         <v>744</v>
       </c>
       <c r="F82" s="16" t="s">
-        <v>2514</v>
+        <v>2513</v>
       </c>
       <c r="G82" s="15" t="s">
         <v>1770</v>
       </c>
       <c r="H82" s="17" t="s">
         <v>1279</v>
       </c>
       <c r="I82" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J82" s="19">
         <v>1986</v>
       </c>
-      <c r="K82" s="21" t="s">
+      <c r="J82" s="20" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="83" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="83" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A83" s="5" t="s">
-        <v>3009</v>
-[...1 lines deleted...]
-      <c r="B83" s="25" t="s">
+        <v>3008</v>
+      </c>
+      <c r="B83" s="24" t="s">
         <v>2435</v>
       </c>
       <c r="C83" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>1986</v>
       </c>
       <c r="E83" s="5" t="s">
         <v>759</v>
       </c>
       <c r="F83" s="16" t="s">
-        <v>2515</v>
+        <v>2514</v>
       </c>
       <c r="G83" s="15" t="s">
         <v>1791</v>
       </c>
       <c r="H83" s="17" t="s">
         <v>1303</v>
       </c>
       <c r="I83" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J83" s="19">
         <v>1981</v>
       </c>
-      <c r="K83" s="21" t="s">
+      <c r="J83" s="20" t="s">
         <v>821</v>
       </c>
     </row>
-    <row r="84" spans="1:11" ht="69.75" x14ac:dyDescent="0.5">
+    <row r="84" spans="1:10" ht="72" x14ac:dyDescent="1.05">
       <c r="A84" s="5" t="s">
-        <v>3010</v>
-[...1 lines deleted...]
-      <c r="B84" s="25" t="s">
+        <v>3009</v>
+      </c>
+      <c r="B84" s="24" t="s">
         <v>2435</v>
       </c>
       <c r="C84" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>2037</v>
       </c>
       <c r="E84" s="5" t="s">
         <v>782</v>
       </c>
       <c r="F84" s="16" t="s">
-        <v>2516</v>
+        <v>2515</v>
       </c>
       <c r="G84" s="15" t="s">
         <v>1817</v>
       </c>
       <c r="H84" s="17" t="s">
         <v>1331</v>
       </c>
       <c r="I84" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J84" s="19">
         <v>1976</v>
       </c>
-      <c r="K84" s="21" t="s">
+      <c r="J84" s="20" t="s">
         <v>821</v>
       </c>
     </row>
-    <row r="85" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="85" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A85" s="5" t="s">
-        <v>3011</v>
-[...1 lines deleted...]
-      <c r="B85" s="25" t="s">
+        <v>3010</v>
+      </c>
+      <c r="B85" s="24" t="s">
         <v>2435</v>
       </c>
       <c r="C85" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>2069</v>
       </c>
       <c r="E85" s="5" t="s">
         <v>731</v>
       </c>
       <c r="F85" s="16" t="s">
-        <v>2517</v>
+        <v>2516</v>
       </c>
       <c r="G85" s="15" t="s">
         <v>1759</v>
       </c>
       <c r="H85" s="17" t="s">
         <v>1267</v>
       </c>
       <c r="I85" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J85" s="19">
         <v>1991</v>
       </c>
-      <c r="K85" s="21" t="s">
+      <c r="J85" s="20" t="s">
         <v>821</v>
       </c>
     </row>
-    <row r="86" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="86" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A86" s="5" t="s">
-        <v>3011</v>
-[...1 lines deleted...]
-      <c r="B86" s="25" t="s">
+        <v>3010</v>
+      </c>
+      <c r="B86" s="24" t="s">
         <v>2435</v>
       </c>
       <c r="C86" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>2069</v>
       </c>
       <c r="E86" s="5" t="s">
         <v>731</v>
       </c>
       <c r="F86" s="16" t="s">
-        <v>2517</v>
+        <v>2516</v>
       </c>
       <c r="G86" s="15" t="s">
         <v>1759</v>
       </c>
       <c r="H86" s="17" t="s">
         <v>1267</v>
       </c>
       <c r="I86" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J86" s="19">
         <v>1991</v>
       </c>
-      <c r="K86" s="21" t="s">
+      <c r="J86" s="20" t="s">
         <v>821</v>
       </c>
     </row>
-    <row r="87" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="87" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A87" s="5" t="s">
-        <v>3013</v>
-[...1 lines deleted...]
-      <c r="B87" s="25" t="s">
+        <v>3012</v>
+      </c>
+      <c r="B87" s="24" t="s">
         <v>2435</v>
       </c>
       <c r="C87" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>2232</v>
       </c>
       <c r="E87" s="5" t="s">
         <v>747</v>
       </c>
       <c r="F87" s="16" t="s">
-        <v>2518</v>
+        <v>2517</v>
       </c>
       <c r="G87" s="15" t="s">
         <v>1782</v>
       </c>
       <c r="H87" s="17" t="s">
         <v>1292</v>
       </c>
       <c r="I87" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J87" s="19">
         <v>1984</v>
       </c>
-      <c r="K87" s="21" t="s">
+      <c r="J87" s="20" t="s">
         <v>821</v>
       </c>
     </row>
-    <row r="88" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="88" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A88" s="5" t="s">
-        <v>3014</v>
-[...1 lines deleted...]
-      <c r="B88" s="25" t="s">
+        <v>3013</v>
+      </c>
+      <c r="B88" s="24" t="s">
         <v>2435</v>
       </c>
       <c r="C88" s="14" t="s">
         <v>284</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>2254</v>
       </c>
       <c r="E88" s="5" t="s">
         <v>676</v>
       </c>
       <c r="F88" s="16" t="s">
-        <v>2519</v>
+        <v>2518</v>
       </c>
       <c r="G88" s="15" t="s">
         <v>1730</v>
       </c>
       <c r="H88" s="17" t="s">
         <v>1226</v>
       </c>
       <c r="I88" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J88" s="19">
         <v>2001</v>
       </c>
-      <c r="K88" s="21" t="s">
+      <c r="J88" s="20" t="s">
         <v>818</v>
       </c>
     </row>
-    <row r="89" spans="1:11" ht="69.75" x14ac:dyDescent="0.5">
+    <row r="89" spans="1:10" ht="72" x14ac:dyDescent="1.05">
       <c r="A89" s="5" t="s">
-        <v>3015</v>
-[...1 lines deleted...]
-      <c r="B89" s="25" t="s">
+        <v>3014</v>
+      </c>
+      <c r="B89" s="24" t="s">
         <v>2435</v>
       </c>
       <c r="C89" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>2279</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>750</v>
       </c>
       <c r="F89" s="16" t="s">
-        <v>2520</v>
+        <v>2519</v>
       </c>
       <c r="G89" s="15" t="s">
         <v>1784</v>
       </c>
       <c r="H89" s="17" t="s">
         <v>1294</v>
       </c>
       <c r="I89" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J89" s="19">
         <v>1983</v>
       </c>
-      <c r="K89" s="21" t="s">
+      <c r="J89" s="20" t="s">
         <v>821</v>
       </c>
     </row>
-    <row r="90" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="90" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A90" s="5" t="s">
-        <v>3016</v>
-[...1 lines deleted...]
-      <c r="B90" s="25" t="s">
+        <v>3015</v>
+      </c>
+      <c r="B90" s="24" t="s">
         <v>2435</v>
       </c>
       <c r="C90" s="14" t="s">
         <v>329</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>2290</v>
       </c>
       <c r="E90" s="5" t="s">
         <v>727</v>
       </c>
       <c r="F90" s="16" t="s">
-        <v>2521</v>
+        <v>2520</v>
       </c>
       <c r="G90" s="15" t="s">
         <v>1755</v>
       </c>
       <c r="H90" s="17" t="s">
         <v>1261</v>
       </c>
       <c r="I90" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J90" s="19">
         <v>1991</v>
       </c>
-      <c r="K90" s="21" t="s">
+      <c r="J90" s="20" t="s">
         <v>818</v>
       </c>
     </row>
-    <row r="91" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="91" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A91" s="5" t="s">
-        <v>3017</v>
-[...1 lines deleted...]
-      <c r="B91" s="25" t="s">
+        <v>3016</v>
+      </c>
+      <c r="B91" s="24" t="s">
         <v>2435</v>
       </c>
       <c r="C91" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>2291</v>
       </c>
       <c r="E91" s="5" t="s">
         <v>768</v>
       </c>
       <c r="F91" s="16" t="s">
-        <v>2522</v>
+        <v>2521</v>
       </c>
       <c r="G91" s="15" t="s">
         <v>1800</v>
       </c>
       <c r="H91" s="17" t="s">
         <v>1313</v>
       </c>
       <c r="I91" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J91" s="19">
         <v>1980</v>
       </c>
-      <c r="K91" s="21" t="s">
+      <c r="J91" s="20" t="s">
         <v>821</v>
       </c>
     </row>
-    <row r="92" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="92" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A92" s="5" t="s">
-        <v>3018</v>
-[...1 lines deleted...]
-      <c r="B92" s="25" t="s">
+        <v>3017</v>
+      </c>
+      <c r="B92" s="24" t="s">
         <v>2435</v>
       </c>
       <c r="C92" s="14" t="s">
         <v>265</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>2295</v>
       </c>
       <c r="E92" s="5" t="s">
         <v>657</v>
       </c>
       <c r="F92" s="16" t="s">
-        <v>2523</v>
+        <v>2522</v>
       </c>
       <c r="G92" s="15" t="s">
         <v>1723</v>
       </c>
       <c r="H92" s="17" t="s">
         <v>1219</v>
       </c>
       <c r="I92" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J92" s="19">
         <v>2002</v>
       </c>
-      <c r="K92" s="24" t="s">
+      <c r="J92" s="23" t="s">
         <v>818</v>
       </c>
     </row>
-    <row r="93" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="93" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A93" s="5" t="s">
-        <v>3019</v>
-[...1 lines deleted...]
-      <c r="B93" s="25" t="s">
+        <v>3018</v>
+      </c>
+      <c r="B93" s="24" t="s">
         <v>2435</v>
       </c>
       <c r="C93" s="14" t="s">
         <v>283</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>2296</v>
       </c>
       <c r="E93" s="5" t="s">
         <v>675</v>
       </c>
       <c r="F93" s="16" t="s">
-        <v>2524</v>
+        <v>2523</v>
       </c>
       <c r="G93" s="15" t="s">
         <v>1723</v>
       </c>
       <c r="H93" s="17" t="s">
         <v>1219</v>
       </c>
       <c r="I93" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J93" s="19">
         <v>2002</v>
       </c>
-      <c r="K93" s="21" t="s">
+      <c r="J93" s="20" t="s">
         <v>818</v>
       </c>
     </row>
-    <row r="94" spans="1:11" ht="69.75" x14ac:dyDescent="0.5">
+    <row r="94" spans="1:10" ht="72" x14ac:dyDescent="1.05">
       <c r="A94" s="5" t="s">
-        <v>3020</v>
-[...1 lines deleted...]
-      <c r="B94" s="25" t="s">
+        <v>3019</v>
+      </c>
+      <c r="B94" s="24" t="s">
         <v>2435</v>
       </c>
       <c r="C94" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>2297</v>
       </c>
       <c r="E94" s="5" t="s">
         <v>733</v>
       </c>
       <c r="F94" s="16" t="s">
-        <v>2525</v>
+        <v>2524</v>
       </c>
       <c r="G94" s="15" t="s">
         <v>1723</v>
       </c>
       <c r="H94" s="17" t="s">
         <v>1219</v>
       </c>
       <c r="I94" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J94" s="19">
         <v>1989</v>
       </c>
-      <c r="K94" s="21" t="s">
+      <c r="J94" s="20" t="s">
         <v>821</v>
       </c>
     </row>
-    <row r="95" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="95" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A95" s="5" t="s">
-        <v>3021</v>
-[...1 lines deleted...]
-      <c r="B95" s="25" t="s">
+        <v>3020</v>
+      </c>
+      <c r="B95" s="24" t="s">
         <v>2435</v>
       </c>
       <c r="C95" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>2298</v>
       </c>
       <c r="E95" s="5" t="s">
         <v>754</v>
       </c>
       <c r="F95" s="16" t="s">
-        <v>2526</v>
+        <v>2525</v>
       </c>
       <c r="G95" s="15" t="s">
         <v>1788</v>
       </c>
       <c r="H95" s="17" t="s">
         <v>1298</v>
       </c>
       <c r="I95" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J95" s="19">
         <v>1983</v>
       </c>
-      <c r="K95" s="21" t="s">
+      <c r="J95" s="20" t="s">
         <v>821</v>
       </c>
     </row>
-    <row r="96" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="96" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A96" s="5" t="s">
-        <v>3022</v>
-[...1 lines deleted...]
-      <c r="B96" s="25" t="s">
+        <v>3021</v>
+      </c>
+      <c r="B96" s="24" t="s">
         <v>2435</v>
       </c>
       <c r="C96" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>2299</v>
       </c>
       <c r="E96" s="5" t="s">
         <v>739</v>
       </c>
       <c r="F96" s="16" t="s">
-        <v>2527</v>
+        <v>2526</v>
       </c>
       <c r="G96" s="15" t="s">
         <v>1849</v>
       </c>
       <c r="H96" s="17" t="s">
         <v>1298</v>
       </c>
       <c r="I96" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J96" s="19">
         <v>1987</v>
       </c>
-      <c r="K96" s="21" t="s">
+      <c r="J96" s="20" t="s">
         <v>821</v>
       </c>
     </row>
-    <row r="97" spans="1:11" ht="69.75" x14ac:dyDescent="0.5">
+    <row r="97" spans="1:10" ht="72" x14ac:dyDescent="1.05">
       <c r="A97" s="5" t="s">
-        <v>3023</v>
-[...1 lines deleted...]
-      <c r="B97" s="25" t="s">
+        <v>3022</v>
+      </c>
+      <c r="B97" s="24" t="s">
         <v>2435</v>
       </c>
       <c r="C97" s="14" t="s">
         <v>148</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>2310</v>
       </c>
       <c r="E97" s="5" t="s">
         <v>542</v>
       </c>
       <c r="F97" s="16" t="s">
-        <v>2528</v>
+        <v>2527</v>
       </c>
       <c r="G97" s="15" t="s">
         <v>1396</v>
       </c>
       <c r="H97" s="17" t="s">
         <v>983</v>
       </c>
       <c r="I97" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J97" s="19">
         <v>2008</v>
       </c>
-      <c r="K97" s="21" t="s">
+      <c r="J97" s="20" t="s">
         <v>818</v>
       </c>
     </row>
-    <row r="98" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="98" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A98" s="5" t="s">
-        <v>3024</v>
-[...1 lines deleted...]
-      <c r="B98" s="25" t="s">
+        <v>3023</v>
+      </c>
+      <c r="B98" s="24" t="s">
         <v>2435</v>
       </c>
       <c r="C98" s="14" t="s">
         <v>175</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>2312</v>
       </c>
       <c r="E98" s="5" t="s">
         <v>567</v>
       </c>
       <c r="F98" s="16" t="s">
-        <v>2529</v>
+        <v>2528</v>
       </c>
       <c r="G98" s="15" t="s">
         <v>1396</v>
       </c>
       <c r="H98" s="17" t="s">
         <v>983</v>
       </c>
       <c r="I98" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J98" s="19">
         <v>2008</v>
       </c>
-      <c r="K98" s="21" t="s">
+      <c r="J98" s="20" t="s">
         <v>821</v>
       </c>
     </row>
-    <row r="99" spans="1:11" ht="69.75" x14ac:dyDescent="0.5">
+    <row r="99" spans="1:10" ht="72" x14ac:dyDescent="1.05">
       <c r="A99" s="5" t="s">
-        <v>3025</v>
-[...1 lines deleted...]
-      <c r="B99" s="25" t="s">
+        <v>3024</v>
+      </c>
+      <c r="B99" s="24" t="s">
         <v>2435</v>
       </c>
       <c r="C99" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>2316</v>
       </c>
       <c r="E99" s="5" t="s">
         <v>752</v>
       </c>
       <c r="F99" s="16" t="s">
-        <v>2530</v>
+        <v>2529</v>
       </c>
       <c r="G99" s="15" t="s">
         <v>1786</v>
       </c>
       <c r="H99" s="17" t="s">
         <v>1296</v>
       </c>
       <c r="I99" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J99" s="19">
         <v>2001</v>
       </c>
-      <c r="K99" s="21" t="s">
+      <c r="J99" s="20" t="s">
         <v>821</v>
       </c>
     </row>
-    <row r="100" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="100" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A100" s="5" t="s">
-        <v>3026</v>
-[...1 lines deleted...]
-      <c r="B100" s="25" t="s">
+        <v>3025</v>
+      </c>
+      <c r="B100" s="24" t="s">
         <v>2435</v>
       </c>
       <c r="C100" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>2320</v>
       </c>
       <c r="E100" s="5" t="s">
         <v>751</v>
       </c>
       <c r="F100" s="16" t="s">
-        <v>2531</v>
+        <v>2530</v>
       </c>
       <c r="G100" s="15" t="s">
         <v>1785</v>
       </c>
       <c r="H100" s="17" t="s">
         <v>1301</v>
       </c>
       <c r="I100" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J100" s="19">
         <v>1982</v>
       </c>
-      <c r="K100" s="21" t="s">
+      <c r="J100" s="20" t="s">
         <v>821</v>
       </c>
     </row>
-    <row r="101" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="101" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A101" s="5" t="s">
-        <v>3027</v>
-[...1 lines deleted...]
-      <c r="B101" s="25" t="s">
+        <v>3026</v>
+      </c>
+      <c r="B101" s="24" t="s">
         <v>2435</v>
       </c>
       <c r="C101" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>2323</v>
       </c>
       <c r="E101" s="5" t="s">
         <v>753</v>
       </c>
       <c r="F101" s="16" t="s">
-        <v>2532</v>
+        <v>2531</v>
       </c>
       <c r="G101" s="15" t="s">
         <v>1787</v>
       </c>
       <c r="H101" s="17" t="s">
         <v>1297</v>
       </c>
       <c r="I101" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J101" s="19">
         <v>1980</v>
       </c>
-      <c r="K101" s="21" t="s">
+      <c r="J101" s="20" t="s">
         <v>821</v>
       </c>
     </row>
-    <row r="102" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="102" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A102" s="5" t="s">
-        <v>3028</v>
-[...1 lines deleted...]
-      <c r="B102" s="25" t="s">
+        <v>3027</v>
+      </c>
+      <c r="B102" s="24" t="s">
         <v>2435</v>
       </c>
       <c r="C102" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>2324</v>
       </c>
       <c r="E102" s="5" t="s">
         <v>760</v>
       </c>
       <c r="F102" s="16" t="s">
-        <v>2533</v>
+        <v>2532</v>
       </c>
       <c r="G102" s="15" t="s">
         <v>1793</v>
       </c>
       <c r="H102" s="17" t="s">
         <v>1305</v>
       </c>
       <c r="I102" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J102" s="19">
         <v>1983</v>
       </c>
-      <c r="K102" s="21" t="s">
+      <c r="J102" s="20" t="s">
         <v>821</v>
       </c>
     </row>
-    <row r="103" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="103" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A103" s="5" t="s">
-        <v>3029</v>
-[...1 lines deleted...]
-      <c r="B103" s="25" t="s">
+        <v>3028</v>
+      </c>
+      <c r="B103" s="24" t="s">
         <v>2435</v>
       </c>
       <c r="C103" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>2352</v>
       </c>
       <c r="E103" s="5" t="s">
         <v>749</v>
       </c>
       <c r="F103" s="16" t="s">
-        <v>2534</v>
+        <v>2533</v>
       </c>
       <c r="G103" s="15" t="s">
         <v>1783</v>
       </c>
       <c r="H103" s="17" t="s">
         <v>1293</v>
       </c>
       <c r="I103" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J103" s="19">
         <v>1989</v>
       </c>
-      <c r="K103" s="21" t="s">
+      <c r="J103" s="20" t="s">
         <v>821</v>
       </c>
     </row>
-    <row r="104" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="104" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A104" s="5" t="s">
-        <v>3030</v>
-[...1 lines deleted...]
-      <c r="B104" s="25" t="s">
+        <v>3029</v>
+      </c>
+      <c r="B104" s="24" t="s">
         <v>2435</v>
       </c>
       <c r="C104" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>2356</v>
       </c>
       <c r="E104" s="5" t="s">
         <v>732</v>
       </c>
       <c r="F104" s="16" t="s">
-        <v>2535</v>
+        <v>2534</v>
       </c>
       <c r="G104" s="15" t="s">
         <v>1761</v>
       </c>
       <c r="H104" s="17" t="s">
         <v>1269</v>
       </c>
       <c r="I104" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J104" s="19">
         <v>1989</v>
       </c>
-      <c r="K104" s="21" t="s">
+      <c r="J104" s="20" t="s">
         <v>821</v>
       </c>
     </row>
-    <row r="105" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="105" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A105" s="5" t="s">
-        <v>3031</v>
-[...1 lines deleted...]
-      <c r="B105" s="25" t="s">
+        <v>3030</v>
+      </c>
+      <c r="B105" s="24" t="s">
         <v>2435</v>
       </c>
       <c r="C105" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>2357</v>
       </c>
       <c r="E105" s="5" t="s">
         <v>734</v>
       </c>
       <c r="F105" s="16" t="s">
-        <v>2536</v>
+        <v>2535</v>
       </c>
       <c r="G105" s="15" t="s">
         <v>1761</v>
       </c>
       <c r="H105" s="17" t="s">
         <v>1271</v>
       </c>
       <c r="I105" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J105" s="19">
         <v>1971</v>
       </c>
-      <c r="K105" s="21" t="s">
+      <c r="J105" s="20" t="s">
         <v>821</v>
       </c>
     </row>
-    <row r="106" spans="1:11" ht="69.75" x14ac:dyDescent="0.5">
+    <row r="106" spans="1:10" ht="72" x14ac:dyDescent="1.05">
       <c r="A106" s="5" t="s">
-        <v>3032</v>
-[...1 lines deleted...]
-      <c r="B106" s="25" t="s">
+        <v>3031</v>
+      </c>
+      <c r="B106" s="24" t="s">
         <v>2435</v>
       </c>
       <c r="C106" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>2370</v>
       </c>
       <c r="E106" s="5" t="s">
         <v>788</v>
       </c>
       <c r="F106" s="16" t="s">
-        <v>2537</v>
+        <v>2536</v>
       </c>
       <c r="G106" s="15" t="s">
         <v>1824</v>
       </c>
       <c r="H106" s="17" t="s">
         <v>1338</v>
       </c>
       <c r="I106" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J106" s="19">
         <v>2002</v>
       </c>
-      <c r="K106" s="21" t="s">
+      <c r="J106" s="20" t="s">
         <v>821</v>
       </c>
     </row>
-    <row r="107" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="107" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A107" s="5" t="s">
-        <v>3033</v>
-[...1 lines deleted...]
-      <c r="B107" s="25" t="s">
+        <v>3032</v>
+      </c>
+      <c r="B107" s="24" t="s">
         <v>2435</v>
       </c>
       <c r="C107" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>2222</v>
       </c>
       <c r="E107" s="5" t="s">
         <v>777</v>
       </c>
       <c r="F107" s="16" t="s">
-        <v>2538</v>
+        <v>2537</v>
       </c>
       <c r="G107" s="15" t="s">
         <v>1808</v>
       </c>
       <c r="H107" s="17" t="s">
         <v>1322</v>
       </c>
       <c r="I107" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J107" s="19">
         <v>1979</v>
       </c>
-      <c r="K107" s="21" t="s">
+      <c r="J107" s="20" t="s">
         <v>821</v>
       </c>
     </row>
-    <row r="108" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="108" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A108" s="5" t="s">
-        <v>3034</v>
-[...1 lines deleted...]
-      <c r="B108" s="25" t="s">
+        <v>3033</v>
+      </c>
+      <c r="B108" s="24" t="s">
         <v>2435</v>
       </c>
       <c r="C108" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>2385</v>
       </c>
       <c r="E108" s="5" t="s">
         <v>787</v>
       </c>
       <c r="F108" s="16" t="s">
-        <v>2539</v>
+        <v>2538</v>
       </c>
       <c r="G108" s="15" t="s">
         <v>1822</v>
       </c>
       <c r="H108" s="17" t="s">
         <v>1336</v>
       </c>
       <c r="I108" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J108" s="19">
         <v>1982</v>
       </c>
-      <c r="K108" s="21" t="s">
+      <c r="J108" s="20" t="s">
         <v>821</v>
       </c>
     </row>
-    <row r="109" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="109" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A109" s="5" t="s">
-        <v>3035</v>
-[...2 lines deleted...]
-        <v>3429</v>
+        <v>3034</v>
+      </c>
+      <c r="B109" s="24" t="s">
+        <v>3428</v>
       </c>
       <c r="C109" s="14" t="s">
         <v>275</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>2223</v>
       </c>
       <c r="E109" s="5" t="s">
         <v>667</v>
       </c>
       <c r="F109" s="16" t="s">
-        <v>2540</v>
+        <v>2539</v>
       </c>
       <c r="G109" s="15" t="s">
         <v>1726</v>
       </c>
       <c r="H109" s="17" t="s">
         <v>1222</v>
       </c>
       <c r="I109" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J109" s="19">
         <v>2002</v>
       </c>
-      <c r="K109" s="21" t="s">
+      <c r="J109" s="20" t="s">
         <v>826</v>
       </c>
     </row>
-    <row r="110" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="110" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A110" s="5" t="s">
-        <v>3036</v>
-[...2 lines deleted...]
-        <v>3429</v>
+        <v>3035</v>
+      </c>
+      <c r="B110" s="24" t="s">
+        <v>3428</v>
       </c>
       <c r="C110" s="14" t="s">
         <v>276</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>2224</v>
       </c>
       <c r="E110" s="5" t="s">
         <v>668</v>
       </c>
       <c r="F110" s="16" t="s">
-        <v>2541</v>
+        <v>2540</v>
       </c>
       <c r="G110" s="15" t="s">
         <v>1726</v>
       </c>
       <c r="H110" s="17" t="s">
         <v>1222</v>
       </c>
       <c r="I110" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J110" s="19">
         <v>1998</v>
       </c>
-      <c r="K110" s="21" t="s">
+      <c r="J110" s="20" t="s">
         <v>826</v>
       </c>
     </row>
-    <row r="111" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="111" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A111" s="5" t="s">
-        <v>3037</v>
-[...2 lines deleted...]
-        <v>3429</v>
+        <v>3036</v>
+      </c>
+      <c r="B111" s="24" t="s">
+        <v>3428</v>
       </c>
       <c r="C111" s="14" t="s">
         <v>311</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>2225</v>
       </c>
       <c r="E111" s="5" t="s">
         <v>704</v>
       </c>
       <c r="F111" s="16" t="s">
-        <v>2542</v>
+        <v>2541</v>
       </c>
       <c r="G111" s="15" t="s">
         <v>1726</v>
       </c>
       <c r="H111" s="17" t="s">
         <v>1222</v>
       </c>
       <c r="I111" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J111" s="19">
         <v>1996</v>
       </c>
-      <c r="K111" s="21" t="s">
+      <c r="J111" s="20" t="s">
         <v>826</v>
       </c>
     </row>
-    <row r="112" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="112" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A112" s="5" t="s">
-        <v>3038</v>
-[...2 lines deleted...]
-        <v>3429</v>
+        <v>3037</v>
+      </c>
+      <c r="B112" s="24" t="s">
+        <v>3428</v>
       </c>
       <c r="C112" s="14" t="s">
         <v>318</v>
       </c>
       <c r="D112" s="15" t="s">
         <v>2226</v>
       </c>
       <c r="E112" s="5" t="s">
         <v>711</v>
       </c>
       <c r="F112" s="16" t="s">
-        <v>2543</v>
+        <v>2542</v>
       </c>
       <c r="G112" s="15" t="s">
         <v>1726</v>
       </c>
       <c r="H112" s="17" t="s">
         <v>1222</v>
       </c>
       <c r="I112" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J112" s="19">
         <v>1996</v>
       </c>
-      <c r="K112" s="24" t="s">
+      <c r="J112" s="23" t="s">
         <v>826</v>
       </c>
     </row>
-    <row r="113" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="113" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A113" s="5" t="s">
-        <v>3039</v>
-[...2 lines deleted...]
-        <v>3429</v>
+        <v>3038</v>
+      </c>
+      <c r="B113" s="24" t="s">
+        <v>3428</v>
       </c>
       <c r="C113" s="14" t="s">
         <v>319</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>2227</v>
       </c>
       <c r="E113" s="5" t="s">
         <v>712</v>
       </c>
       <c r="F113" s="16" t="s">
-        <v>2544</v>
+        <v>2543</v>
       </c>
       <c r="G113" s="15" t="s">
         <v>1726</v>
       </c>
       <c r="H113" s="17" t="s">
         <v>1222</v>
       </c>
       <c r="I113" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J113" s="19">
         <v>1996</v>
       </c>
-      <c r="K113" s="24" t="s">
+      <c r="J113" s="23" t="s">
         <v>826</v>
       </c>
     </row>
-    <row r="114" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="114" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A114" s="5" t="s">
-        <v>3040</v>
-[...2 lines deleted...]
-        <v>3429</v>
+        <v>3039</v>
+      </c>
+      <c r="B114" s="24" t="s">
+        <v>3428</v>
       </c>
       <c r="C114" s="14" t="s">
         <v>320</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>2228</v>
       </c>
       <c r="E114" s="5" t="s">
         <v>713</v>
       </c>
       <c r="F114" s="16" t="s">
-        <v>2545</v>
+        <v>2544</v>
       </c>
       <c r="G114" s="15" t="s">
         <v>1726</v>
       </c>
       <c r="H114" s="17" t="s">
         <v>1222</v>
       </c>
       <c r="I114" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J114" s="19">
         <v>1996</v>
       </c>
-      <c r="K114" s="24" t="s">
+      <c r="J114" s="23" t="s">
         <v>826</v>
       </c>
     </row>
-    <row r="115" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="115" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A115" s="5" t="s">
-        <v>3041</v>
-[...2 lines deleted...]
-        <v>3429</v>
+        <v>3040</v>
+      </c>
+      <c r="B115" s="24" t="s">
+        <v>3428</v>
       </c>
       <c r="C115" s="14" t="s">
         <v>321</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>2229</v>
       </c>
       <c r="E115" s="5" t="s">
         <v>714</v>
       </c>
       <c r="F115" s="16" t="s">
-        <v>2546</v>
+        <v>2545</v>
       </c>
       <c r="G115" s="15" t="s">
         <v>1726</v>
       </c>
       <c r="H115" s="17" t="s">
         <v>1222</v>
       </c>
       <c r="I115" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J115" s="19">
         <v>1996</v>
       </c>
-      <c r="K115" s="21" t="s">
+      <c r="J115" s="20" t="s">
         <v>826</v>
       </c>
     </row>
-    <row r="116" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="116" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A116" s="5" t="s">
-        <v>3042</v>
-[...2 lines deleted...]
-        <v>3429</v>
+        <v>3041</v>
+      </c>
+      <c r="B116" s="24" t="s">
+        <v>3428</v>
       </c>
       <c r="C116" s="14" t="s">
         <v>320</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>2230</v>
       </c>
       <c r="E116" s="5" t="s">
         <v>715</v>
       </c>
       <c r="F116" s="16" t="s">
-        <v>2547</v>
+        <v>2546</v>
       </c>
       <c r="G116" s="15" t="s">
         <v>1726</v>
       </c>
       <c r="H116" s="17" t="s">
         <v>1222</v>
       </c>
       <c r="I116" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J116" s="19">
         <v>2002</v>
       </c>
-      <c r="K116" s="21" t="s">
+      <c r="J116" s="20" t="s">
         <v>826</v>
       </c>
     </row>
-    <row r="117" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="117" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A117" s="5" t="s">
-        <v>3043</v>
-[...2 lines deleted...]
-        <v>3429</v>
+        <v>3042</v>
+      </c>
+      <c r="B117" s="24" t="s">
+        <v>3428</v>
       </c>
       <c r="C117" s="14" t="s">
         <v>324</v>
       </c>
       <c r="D117" s="15" t="s">
         <v>2231</v>
       </c>
       <c r="E117" s="5" t="s">
         <v>718</v>
       </c>
       <c r="F117" s="16" t="s">
-        <v>2548</v>
+        <v>2547</v>
       </c>
       <c r="G117" s="15" t="s">
         <v>1726</v>
       </c>
       <c r="H117" s="17" t="s">
         <v>1222</v>
       </c>
       <c r="I117" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J117" s="19">
         <v>2017</v>
       </c>
-      <c r="K117" s="21" t="s">
+      <c r="J117" s="20" t="s">
         <v>826</v>
       </c>
     </row>
-    <row r="118" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="118" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A118" s="5" t="s">
-        <v>3044</v>
-[...2 lines deleted...]
-        <v>3429</v>
+        <v>3043</v>
+      </c>
+      <c r="B118" s="24" t="s">
+        <v>3428</v>
       </c>
       <c r="C118" s="14" t="s">
         <v>264</v>
       </c>
       <c r="D118" s="15" t="s">
         <v>2372</v>
       </c>
       <c r="E118" s="5" t="s">
         <v>656</v>
       </c>
       <c r="F118" s="16" t="s">
-        <v>2549</v>
+        <v>2548</v>
       </c>
       <c r="G118" s="15" t="s">
         <v>1848</v>
       </c>
       <c r="H118" s="17" t="s">
         <v>1218</v>
       </c>
       <c r="I118" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J118" s="19">
         <v>2020</v>
       </c>
-      <c r="K118" s="21" t="s">
+      <c r="J118" s="20" t="s">
         <v>826</v>
       </c>
     </row>
-    <row r="119" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="119" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A119" s="5" t="s">
-        <v>3045</v>
-[...1 lines deleted...]
-      <c r="B119" s="25" t="s">
+        <v>3044</v>
+      </c>
+      <c r="B119" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C119" s="14">
         <v>9789777800969</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>1868</v>
       </c>
       <c r="E119" s="5" t="s">
         <v>428</v>
       </c>
       <c r="F119" s="16" t="s">
-        <v>2550</v>
+        <v>2549</v>
       </c>
       <c r="G119" s="15" t="s">
         <v>1471</v>
       </c>
       <c r="H119" s="17" t="s">
         <v>938</v>
       </c>
       <c r="I119" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J119" s="19">
         <v>1967</v>
       </c>
-      <c r="K119" s="20" t="s">
+      <c r="J119" s="19" t="s">
         <v>807</v>
       </c>
     </row>
-    <row r="120" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="120" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A120" s="5" t="s">
-        <v>3046</v>
-[...1 lines deleted...]
-      <c r="B120" s="25" t="s">
+        <v>3045</v>
+      </c>
+      <c r="B120" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C120" s="14">
         <v>9789777802079</v>
       </c>
       <c r="D120" s="15" t="s">
         <v>1912</v>
       </c>
       <c r="E120" s="5" t="s">
         <v>372</v>
       </c>
       <c r="F120" s="16" t="s">
-        <v>2551</v>
+        <v>2550</v>
       </c>
       <c r="G120" s="15" t="s">
         <v>1442</v>
       </c>
       <c r="H120" s="17" t="s">
         <v>891</v>
       </c>
       <c r="I120" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J120" s="19">
         <v>1987</v>
       </c>
-      <c r="K120" s="20" t="s">
+      <c r="J120" s="19" t="s">
         <v>807</v>
       </c>
     </row>
-    <row r="121" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="121" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A121" s="5" t="s">
-        <v>3047</v>
-[...1 lines deleted...]
-      <c r="B121" s="25" t="s">
+        <v>3046</v>
+      </c>
+      <c r="B121" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C121" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>1915</v>
       </c>
       <c r="E121" s="5" t="s">
         <v>792</v>
       </c>
       <c r="F121" s="16" t="s">
-        <v>2552</v>
+        <v>2551</v>
       </c>
       <c r="G121" s="15" t="s">
         <v>1833</v>
       </c>
       <c r="H121" s="17" t="s">
         <v>1347</v>
       </c>
       <c r="I121" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J121" s="19">
         <v>1967</v>
       </c>
-      <c r="K121" s="21" t="s">
+      <c r="J121" s="20" t="s">
         <v>824</v>
       </c>
     </row>
-    <row r="122" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="122" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A122" s="5" t="s">
-        <v>3048</v>
-[...1 lines deleted...]
-      <c r="B122" s="25" t="s">
+        <v>3047</v>
+      </c>
+      <c r="B122" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C122" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>1917</v>
       </c>
       <c r="E122" s="5" t="s">
         <v>741</v>
       </c>
       <c r="F122" s="16" t="s">
-        <v>2553</v>
+        <v>2552</v>
       </c>
       <c r="G122" s="15" t="s">
         <v>1770</v>
       </c>
       <c r="H122" s="17" t="s">
         <v>1279</v>
       </c>
       <c r="I122" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J122" s="19">
         <v>2009</v>
       </c>
-      <c r="K122" s="21" t="s">
+      <c r="J122" s="20" t="s">
         <v>811</v>
       </c>
     </row>
-    <row r="123" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="123" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A123" s="5" t="s">
-        <v>3049</v>
-[...1 lines deleted...]
-      <c r="B123" s="25" t="s">
+        <v>3048</v>
+      </c>
+      <c r="B123" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C123" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>1932</v>
       </c>
       <c r="E123" s="5" t="s">
         <v>791</v>
       </c>
       <c r="F123" s="16" t="s">
-        <v>2554</v>
+        <v>2553</v>
       </c>
       <c r="G123" s="15" t="s">
         <v>1832</v>
       </c>
       <c r="H123" s="17" t="s">
         <v>1346</v>
       </c>
       <c r="I123" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J123" s="19">
         <v>2009</v>
       </c>
-      <c r="K123" s="21" t="s">
+      <c r="J123" s="20" t="s">
         <v>811</v>
       </c>
     </row>
-    <row r="124" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="124" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A124" s="5" t="s">
-        <v>3050</v>
-[...1 lines deleted...]
-      <c r="B124" s="25" t="s">
+        <v>3049</v>
+      </c>
+      <c r="B124" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C124" s="14" t="s">
         <v>121</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>1936</v>
       </c>
       <c r="E124" s="5" t="s">
         <v>517</v>
       </c>
       <c r="F124" s="16" t="s">
-        <v>2555</v>
+        <v>2554</v>
       </c>
       <c r="G124" s="15" t="s">
         <v>1612</v>
       </c>
       <c r="H124" s="17" t="s">
         <v>1102</v>
       </c>
       <c r="I124" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J124" s="19">
         <v>2009</v>
       </c>
-      <c r="K124" s="21" t="s">
+      <c r="J124" s="20" t="s">
         <v>817</v>
       </c>
     </row>
-    <row r="125" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="125" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A125" s="5" t="s">
-        <v>3051</v>
-[...1 lines deleted...]
-      <c r="B125" s="25" t="s">
+        <v>3050</v>
+      </c>
+      <c r="B125" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C125" s="14" t="s">
         <v>122</v>
       </c>
       <c r="D125" s="15" t="s">
         <v>1937</v>
       </c>
       <c r="E125" s="5" t="s">
         <v>518</v>
       </c>
       <c r="F125" s="16" t="s">
-        <v>2556</v>
+        <v>2555</v>
       </c>
       <c r="G125" s="15" t="s">
         <v>1612</v>
       </c>
       <c r="H125" s="17" t="s">
         <v>1102</v>
       </c>
       <c r="I125" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J125" s="19">
         <v>2009</v>
       </c>
-      <c r="K125" s="21" t="s">
+      <c r="J125" s="20" t="s">
         <v>817</v>
       </c>
     </row>
-    <row r="126" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="126" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A126" s="5" t="s">
-        <v>3052</v>
-[...1 lines deleted...]
-      <c r="B126" s="25" t="s">
+        <v>3051</v>
+      </c>
+      <c r="B126" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C126" s="14" t="s">
         <v>123</v>
       </c>
       <c r="D126" s="15" t="s">
         <v>1938</v>
       </c>
       <c r="E126" s="5" t="s">
         <v>519</v>
       </c>
       <c r="F126" s="16" t="s">
-        <v>2557</v>
+        <v>2556</v>
       </c>
       <c r="G126" s="15" t="s">
         <v>1612</v>
       </c>
       <c r="H126" s="17" t="s">
         <v>1102</v>
       </c>
       <c r="I126" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J126" s="19">
         <v>2009</v>
       </c>
-      <c r="K126" s="21" t="s">
+      <c r="J126" s="20" t="s">
         <v>817</v>
       </c>
     </row>
-    <row r="127" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="127" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A127" s="5" t="s">
-        <v>3053</v>
-[...1 lines deleted...]
-      <c r="B127" s="25" t="s">
+        <v>3052</v>
+      </c>
+      <c r="B127" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C127" s="14" t="s">
         <v>124</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>1939</v>
       </c>
       <c r="E127" s="5" t="s">
         <v>520</v>
       </c>
       <c r="F127" s="16" t="s">
-        <v>2558</v>
+        <v>2557</v>
       </c>
       <c r="G127" s="15" t="s">
         <v>1612</v>
       </c>
       <c r="H127" s="17" t="s">
         <v>1102</v>
       </c>
       <c r="I127" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J127" s="19">
         <v>2009</v>
       </c>
-      <c r="K127" s="21" t="s">
+      <c r="J127" s="20" t="s">
         <v>817</v>
       </c>
     </row>
-    <row r="128" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="128" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A128" s="5" t="s">
-        <v>3054</v>
-[...1 lines deleted...]
-      <c r="B128" s="25" t="s">
+        <v>3053</v>
+      </c>
+      <c r="B128" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C128" s="14" t="s">
         <v>125</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>1940</v>
       </c>
       <c r="E128" s="5" t="s">
         <v>521</v>
       </c>
       <c r="F128" s="16" t="s">
-        <v>2559</v>
+        <v>2558</v>
       </c>
       <c r="G128" s="15" t="s">
         <v>1612</v>
       </c>
       <c r="H128" s="17" t="s">
         <v>1102</v>
       </c>
       <c r="I128" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J128" s="19">
         <v>2009</v>
       </c>
-      <c r="K128" s="21" t="s">
+      <c r="J128" s="20" t="s">
         <v>817</v>
       </c>
     </row>
-    <row r="129" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="129" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A129" s="5" t="s">
-        <v>3055</v>
-[...1 lines deleted...]
-      <c r="B129" s="25" t="s">
+        <v>3054</v>
+      </c>
+      <c r="B129" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C129" s="14" t="s">
         <v>126</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>1941</v>
       </c>
       <c r="E129" s="5" t="s">
         <v>522</v>
       </c>
       <c r="F129" s="16" t="s">
-        <v>2560</v>
+        <v>2559</v>
       </c>
       <c r="G129" s="15" t="s">
         <v>1612</v>
       </c>
       <c r="H129" s="17" t="s">
         <v>1102</v>
       </c>
       <c r="I129" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J129" s="19">
         <v>2009</v>
       </c>
-      <c r="K129" s="21" t="s">
+      <c r="J129" s="20" t="s">
         <v>817</v>
       </c>
     </row>
-    <row r="130" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="130" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A130" s="5" t="s">
-        <v>3056</v>
-[...1 lines deleted...]
-      <c r="B130" s="25" t="s">
+        <v>3055</v>
+      </c>
+      <c r="B130" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C130" s="14" t="s">
         <v>127</v>
       </c>
       <c r="D130" s="15" t="s">
         <v>1942</v>
       </c>
       <c r="E130" s="5" t="s">
         <v>523</v>
       </c>
       <c r="F130" s="16" t="s">
-        <v>2561</v>
+        <v>2560</v>
       </c>
       <c r="G130" s="15" t="s">
         <v>1612</v>
       </c>
       <c r="H130" s="17" t="s">
         <v>1102</v>
       </c>
       <c r="I130" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J130" s="19">
         <v>2009</v>
       </c>
-      <c r="K130" s="21" t="s">
+      <c r="J130" s="20" t="s">
         <v>817</v>
       </c>
     </row>
-    <row r="131" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="131" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A131" s="5" t="s">
-        <v>3057</v>
-[...1 lines deleted...]
-      <c r="B131" s="25" t="s">
+        <v>3056</v>
+      </c>
+      <c r="B131" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C131" s="14" t="s">
         <v>128</v>
       </c>
       <c r="D131" s="15" t="s">
         <v>1943</v>
       </c>
       <c r="E131" s="5" t="s">
         <v>524</v>
       </c>
       <c r="F131" s="16" t="s">
-        <v>2562</v>
+        <v>2561</v>
       </c>
       <c r="G131" s="15" t="s">
         <v>1612</v>
       </c>
       <c r="H131" s="17" t="s">
         <v>1102</v>
       </c>
       <c r="I131" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J131" s="19">
         <v>2009</v>
       </c>
-      <c r="K131" s="21" t="s">
+      <c r="J131" s="20" t="s">
         <v>817</v>
       </c>
     </row>
-    <row r="132" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="132" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A132" s="5" t="s">
-        <v>3058</v>
-[...1 lines deleted...]
-      <c r="B132" s="25" t="s">
+        <v>3057</v>
+      </c>
+      <c r="B132" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C132" s="14" t="s">
         <v>129</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>1944</v>
       </c>
       <c r="E132" s="5" t="s">
         <v>525</v>
       </c>
       <c r="F132" s="16" t="s">
-        <v>2563</v>
+        <v>2562</v>
       </c>
       <c r="G132" s="15" t="s">
         <v>1612</v>
       </c>
       <c r="H132" s="17" t="s">
         <v>1102</v>
       </c>
       <c r="I132" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J132" s="19">
         <v>2009</v>
       </c>
-      <c r="K132" s="21" t="s">
+      <c r="J132" s="20" t="s">
         <v>817</v>
       </c>
     </row>
-    <row r="133" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="133" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A133" s="5" t="s">
-        <v>3059</v>
-[...1 lines deleted...]
-      <c r="B133" s="25" t="s">
+        <v>3058</v>
+      </c>
+      <c r="B133" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C133" s="14" t="s">
         <v>130</v>
       </c>
       <c r="D133" s="15" t="s">
         <v>1945</v>
       </c>
       <c r="E133" s="5" t="s">
         <v>526</v>
       </c>
       <c r="F133" s="16" t="s">
-        <v>2564</v>
+        <v>2563</v>
       </c>
       <c r="G133" s="15" t="s">
         <v>1612</v>
       </c>
       <c r="H133" s="17" t="s">
         <v>1102</v>
       </c>
       <c r="I133" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J133" s="19">
         <v>2009</v>
       </c>
-      <c r="K133" s="21" t="s">
+      <c r="J133" s="20" t="s">
         <v>817</v>
       </c>
     </row>
-    <row r="134" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="134" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A134" s="5" t="s">
-        <v>3060</v>
-[...1 lines deleted...]
-      <c r="B134" s="25" t="s">
+        <v>3059</v>
+      </c>
+      <c r="B134" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C134" s="14" t="s">
         <v>131</v>
       </c>
       <c r="D134" s="15" t="s">
         <v>1946</v>
       </c>
       <c r="E134" s="5" t="s">
         <v>527</v>
       </c>
       <c r="F134" s="16" t="s">
-        <v>2565</v>
+        <v>2564</v>
       </c>
       <c r="G134" s="15" t="s">
         <v>1612</v>
       </c>
       <c r="H134" s="17" t="s">
         <v>1102</v>
       </c>
       <c r="I134" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J134" s="19">
         <v>2009</v>
       </c>
-      <c r="K134" s="21" t="s">
+      <c r="J134" s="20" t="s">
         <v>817</v>
       </c>
     </row>
-    <row r="135" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="135" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A135" s="5" t="s">
-        <v>3061</v>
-[...1 lines deleted...]
-      <c r="B135" s="25" t="s">
+        <v>3060</v>
+      </c>
+      <c r="B135" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C135" s="14" t="s">
         <v>132</v>
       </c>
       <c r="D135" s="15" t="s">
         <v>1947</v>
       </c>
       <c r="E135" s="5" t="s">
         <v>528</v>
       </c>
       <c r="F135" s="16" t="s">
-        <v>2566</v>
+        <v>2565</v>
       </c>
       <c r="G135" s="15" t="s">
         <v>1612</v>
       </c>
       <c r="H135" s="17" t="s">
         <v>1102</v>
       </c>
       <c r="I135" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J135" s="19">
         <v>2009</v>
       </c>
-      <c r="K135" s="21" t="s">
+      <c r="J135" s="20" t="s">
         <v>817</v>
       </c>
     </row>
-    <row r="136" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="136" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A136" s="5" t="s">
-        <v>3062</v>
-[...1 lines deleted...]
-      <c r="B136" s="25" t="s">
+        <v>3061</v>
+      </c>
+      <c r="B136" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C136" s="14" t="s">
         <v>133</v>
       </c>
       <c r="D136" s="15" t="s">
         <v>1948</v>
       </c>
       <c r="E136" s="5" t="s">
         <v>529</v>
       </c>
       <c r="F136" s="16" t="s">
-        <v>2567</v>
+        <v>2566</v>
       </c>
       <c r="G136" s="15" t="s">
         <v>1612</v>
       </c>
       <c r="H136" s="17" t="s">
         <v>1102</v>
       </c>
       <c r="I136" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J136" s="19">
         <v>2009</v>
       </c>
-      <c r="K136" s="21" t="s">
+      <c r="J136" s="20" t="s">
         <v>817</v>
       </c>
     </row>
-    <row r="137" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="137" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A137" s="5" t="s">
-        <v>3063</v>
-[...1 lines deleted...]
-      <c r="B137" s="25" t="s">
+        <v>3062</v>
+      </c>
+      <c r="B137" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C137" s="14" t="s">
         <v>134</v>
       </c>
       <c r="D137" s="15" t="s">
         <v>1949</v>
       </c>
       <c r="E137" s="5" t="s">
         <v>530</v>
       </c>
       <c r="F137" s="16" t="s">
-        <v>2568</v>
+        <v>2567</v>
       </c>
       <c r="G137" s="15" t="s">
         <v>1612</v>
       </c>
       <c r="H137" s="17" t="s">
         <v>1102</v>
       </c>
       <c r="I137" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J137" s="19">
         <v>2002</v>
       </c>
-      <c r="K137" s="21" t="s">
+      <c r="J137" s="20" t="s">
         <v>817</v>
       </c>
     </row>
-    <row r="138" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="138" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A138" s="5" t="s">
-        <v>3064</v>
-[...1 lines deleted...]
-      <c r="B138" s="25" t="s">
+        <v>3063</v>
+      </c>
+      <c r="B138" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C138" s="14" t="s">
         <v>135</v>
       </c>
       <c r="D138" s="15" t="s">
         <v>1950</v>
       </c>
       <c r="E138" s="5" t="s">
         <v>531</v>
       </c>
       <c r="F138" s="16" t="s">
-        <v>2569</v>
+        <v>2568</v>
       </c>
       <c r="G138" s="15" t="s">
         <v>1612</v>
       </c>
       <c r="H138" s="17" t="s">
         <v>1102</v>
       </c>
       <c r="I138" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J138" s="19">
         <v>1963</v>
       </c>
-      <c r="K138" s="21" t="s">
+      <c r="J138" s="20" t="s">
         <v>817</v>
       </c>
     </row>
-    <row r="139" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="139" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A139" s="5" t="s">
-        <v>3065</v>
-[...1 lines deleted...]
-      <c r="B139" s="25" t="s">
+        <v>3064</v>
+      </c>
+      <c r="B139" s="24" t="s">
         <v>2433</v>
       </c>
       <c r="C139" s="14" t="s">
         <v>267</v>
       </c>
       <c r="D139" s="15" t="s">
         <v>1963</v>
       </c>
       <c r="E139" s="5" t="s">
         <v>659</v>
       </c>
       <c r="F139" s="16" t="s">
-        <v>2570</v>
+        <v>2569</v>
       </c>
       <c r="G139" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H139" s="17" t="s">
         <v>1040</v>
       </c>
       <c r="I139" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J139" s="19">
         <v>2018</v>
       </c>
-      <c r="K139" s="21" t="s">
+      <c r="J139" s="20" t="s">
         <v>824</v>
       </c>
     </row>
-    <row r="140" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="140" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A140" s="5" t="s">
-        <v>3066</v>
-[...1 lines deleted...]
-      <c r="B140" s="25" t="s">
+        <v>3065</v>
+      </c>
+      <c r="B140" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C140" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D140" s="15" t="s">
         <v>1964</v>
       </c>
       <c r="E140" s="5" t="s">
         <v>796</v>
       </c>
       <c r="F140" s="16" t="s">
-        <v>2571</v>
+        <v>2570</v>
       </c>
       <c r="G140" s="15" t="s">
         <v>1837</v>
       </c>
       <c r="H140" s="17" t="s">
         <v>1351</v>
       </c>
       <c r="I140" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J140" s="19">
         <v>2018</v>
       </c>
-      <c r="K140" s="21" t="s">
+      <c r="J140" s="20" t="s">
         <v>811</v>
       </c>
     </row>
-    <row r="141" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="141" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A141" s="5" t="s">
-        <v>3067</v>
-[...1 lines deleted...]
-      <c r="B141" s="25" t="s">
+        <v>3066</v>
+      </c>
+      <c r="B141" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C141" s="14">
         <v>9789777801331</v>
       </c>
       <c r="D141" s="15" t="s">
         <v>1974</v>
       </c>
       <c r="E141" s="5" t="s">
         <v>407</v>
       </c>
       <c r="F141" s="16" t="s">
-        <v>2572</v>
+        <v>2571</v>
       </c>
       <c r="G141" s="15" t="s">
         <v>1462</v>
       </c>
       <c r="H141" s="17" t="s">
         <v>928</v>
       </c>
       <c r="I141" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J141" s="19">
         <v>2018</v>
       </c>
-      <c r="K141" s="20" t="s">
+      <c r="J141" s="19" t="s">
         <v>807</v>
       </c>
     </row>
-    <row r="142" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="142" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A142" s="5" t="s">
-        <v>3068</v>
-[...1 lines deleted...]
-      <c r="B142" s="25" t="s">
+        <v>3067</v>
+      </c>
+      <c r="B142" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C142" s="14">
         <v>9789777801300</v>
       </c>
       <c r="D142" s="15" t="s">
         <v>1975</v>
       </c>
       <c r="E142" s="5" t="s">
         <v>408</v>
       </c>
       <c r="F142" s="16" t="s">
-        <v>2573</v>
+        <v>2572</v>
       </c>
       <c r="G142" s="15" t="s">
         <v>1462</v>
       </c>
       <c r="H142" s="17" t="s">
         <v>928</v>
       </c>
       <c r="I142" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J142" s="19">
         <v>2018</v>
       </c>
-      <c r="K142" s="20" t="s">
+      <c r="J142" s="19" t="s">
         <v>807</v>
       </c>
     </row>
-    <row r="143" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="143" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A143" s="5" t="s">
-        <v>3069</v>
-[...1 lines deleted...]
-      <c r="B143" s="25" t="s">
+        <v>3068</v>
+      </c>
+      <c r="B143" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C143" s="14">
         <v>9789777801324</v>
       </c>
       <c r="D143" s="15" t="s">
         <v>1976</v>
       </c>
       <c r="E143" s="5" t="s">
         <v>409</v>
       </c>
       <c r="F143" s="16" t="s">
-        <v>2574</v>
+        <v>2573</v>
       </c>
       <c r="G143" s="15" t="s">
         <v>1462</v>
       </c>
       <c r="H143" s="17" t="s">
         <v>928</v>
       </c>
       <c r="I143" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J143" s="19">
         <v>2018</v>
       </c>
-      <c r="K143" s="20" t="s">
+      <c r="J143" s="19" t="s">
         <v>807</v>
       </c>
     </row>
-    <row r="144" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="144" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A144" s="5" t="s">
-        <v>3070</v>
-[...1 lines deleted...]
-      <c r="B144" s="25" t="s">
+        <v>3069</v>
+      </c>
+      <c r="B144" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C144" s="14">
         <v>9789777801294</v>
       </c>
       <c r="D144" s="15" t="s">
         <v>1977</v>
       </c>
       <c r="E144" s="5" t="s">
         <v>410</v>
       </c>
       <c r="F144" s="16" t="s">
-        <v>2575</v>
+        <v>2574</v>
       </c>
       <c r="G144" s="15" t="s">
         <v>1462</v>
       </c>
       <c r="H144" s="17" t="s">
         <v>928</v>
       </c>
       <c r="I144" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J144" s="19">
         <v>2018</v>
       </c>
-      <c r="K144" s="20" t="s">
+      <c r="J144" s="19" t="s">
         <v>807</v>
       </c>
     </row>
-    <row r="145" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="145" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A145" s="5" t="s">
-        <v>3071</v>
-[...1 lines deleted...]
-      <c r="B145" s="25" t="s">
+        <v>3070</v>
+      </c>
+      <c r="B145" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C145" s="14">
         <v>9789777801270</v>
       </c>
       <c r="D145" s="15" t="s">
         <v>1978</v>
       </c>
       <c r="E145" s="5" t="s">
         <v>411</v>
       </c>
       <c r="F145" s="16" t="s">
-        <v>2576</v>
+        <v>2575</v>
       </c>
       <c r="G145" s="15" t="s">
         <v>1462</v>
       </c>
       <c r="H145" s="17" t="s">
         <v>928</v>
       </c>
       <c r="I145" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J145" s="19">
         <v>2018</v>
       </c>
-      <c r="K145" s="20" t="s">
+      <c r="J145" s="19" t="s">
         <v>807</v>
       </c>
     </row>
-    <row r="146" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="146" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A146" s="5" t="s">
-        <v>3072</v>
-[...1 lines deleted...]
-      <c r="B146" s="25" t="s">
+        <v>3071</v>
+      </c>
+      <c r="B146" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C146" s="14">
         <v>9789777801287</v>
       </c>
       <c r="D146" s="15" t="s">
         <v>1979</v>
       </c>
       <c r="E146" s="5" t="s">
         <v>412</v>
       </c>
       <c r="F146" s="16" t="s">
-        <v>2577</v>
+        <v>2576</v>
       </c>
       <c r="G146" s="15" t="s">
         <v>1462</v>
       </c>
       <c r="H146" s="17" t="s">
         <v>928</v>
       </c>
       <c r="I146" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J146" s="19">
         <v>2016</v>
       </c>
-      <c r="K146" s="20" t="s">
+      <c r="J146" s="19" t="s">
         <v>807</v>
       </c>
     </row>
-    <row r="147" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="147" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A147" s="5" t="s">
-        <v>3073</v>
-[...1 lines deleted...]
-      <c r="B147" s="25" t="s">
+        <v>3072</v>
+      </c>
+      <c r="B147" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C147" s="14">
         <v>9789777801263</v>
       </c>
       <c r="D147" s="15" t="s">
         <v>1980</v>
       </c>
       <c r="E147" s="5" t="s">
         <v>413</v>
       </c>
       <c r="F147" s="16" t="s">
-        <v>2578</v>
+        <v>2577</v>
       </c>
       <c r="G147" s="15" t="s">
         <v>1462</v>
       </c>
       <c r="H147" s="17" t="s">
         <v>928</v>
       </c>
       <c r="I147" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J147" s="19">
         <v>2016</v>
       </c>
-      <c r="K147" s="20" t="s">
+      <c r="J147" s="19" t="s">
         <v>807</v>
       </c>
     </row>
-    <row r="148" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="148" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A148" s="5" t="s">
-        <v>3074</v>
+        <v>3073</v>
       </c>
       <c r="B148" s="13" t="s">
         <v>2431</v>
       </c>
       <c r="C148" s="14">
         <v>9789777800396</v>
       </c>
       <c r="D148" s="15" t="s">
         <v>1981</v>
       </c>
       <c r="E148" s="5" t="s">
         <v>444</v>
       </c>
       <c r="F148" s="16" t="s">
-        <v>2579</v>
+        <v>2578</v>
       </c>
       <c r="G148" s="15" t="s">
         <v>1391</v>
       </c>
       <c r="H148" s="17" t="s">
         <v>960</v>
       </c>
       <c r="I148" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J148" s="19">
         <v>2016</v>
       </c>
-      <c r="K148" s="20" t="s">
+      <c r="J148" s="19" t="s">
         <v>810</v>
       </c>
     </row>
-    <row r="149" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="149" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A149" s="5" t="s">
-        <v>3075</v>
-[...1 lines deleted...]
-      <c r="B149" s="25" t="s">
+        <v>3074</v>
+      </c>
+      <c r="B149" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C149" s="14">
         <v>9789777800235</v>
       </c>
       <c r="D149" s="15" t="s">
         <v>1982</v>
       </c>
       <c r="E149" s="5" t="s">
         <v>445</v>
       </c>
       <c r="F149" s="16" t="s">
-        <v>2580</v>
+        <v>2579</v>
       </c>
       <c r="G149" s="15" t="s">
         <v>1391</v>
       </c>
       <c r="H149" s="17" t="s">
         <v>960</v>
       </c>
       <c r="I149" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J149" s="19">
         <v>2001</v>
       </c>
-      <c r="K149" s="20" t="s">
+      <c r="J149" s="19" t="s">
         <v>811</v>
       </c>
     </row>
-    <row r="150" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="150" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A150" s="5" t="s">
-        <v>3076</v>
+        <v>3075</v>
       </c>
       <c r="B150" s="13" t="s">
         <v>2431</v>
       </c>
       <c r="C150" s="14">
         <v>9789777800419</v>
       </c>
       <c r="D150" s="15" t="s">
         <v>1983</v>
       </c>
       <c r="E150" s="5" t="s">
         <v>446</v>
       </c>
       <c r="F150" s="16" t="s">
-        <v>2581</v>
+        <v>2580</v>
       </c>
       <c r="G150" s="15" t="s">
         <v>1391</v>
       </c>
       <c r="H150" s="17" t="s">
         <v>960</v>
       </c>
       <c r="I150" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J150" s="19">
         <v>2023</v>
       </c>
-      <c r="K150" s="20" t="s">
+      <c r="J150" s="19" t="s">
         <v>810</v>
       </c>
     </row>
-    <row r="151" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="151" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A151" s="5" t="s">
-        <v>3077</v>
-[...1 lines deleted...]
-      <c r="B151" s="25" t="s">
+        <v>3076</v>
+      </c>
+      <c r="B151" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C151" s="14" t="s">
         <v>285</v>
       </c>
       <c r="D151" s="15" t="s">
         <v>2003</v>
       </c>
       <c r="E151" s="5" t="s">
         <v>677</v>
       </c>
       <c r="F151" s="16" t="s">
-        <v>2582</v>
+        <v>2581</v>
       </c>
       <c r="G151" s="15" t="s">
         <v>1488</v>
       </c>
       <c r="H151" s="17" t="s">
         <v>1227</v>
       </c>
       <c r="I151" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J151" s="19">
         <v>2017</v>
       </c>
-      <c r="K151" s="21" t="s">
+      <c r="J151" s="20" t="s">
         <v>824</v>
       </c>
     </row>
-    <row r="152" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="152" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A152" s="5" t="s">
-        <v>3078</v>
+        <v>3077</v>
       </c>
       <c r="B152" s="13" t="s">
         <v>2431</v>
       </c>
       <c r="C152" s="14">
         <v>9789777803069</v>
       </c>
       <c r="D152" s="15" t="s">
         <v>2006</v>
       </c>
       <c r="E152" s="5" t="s">
         <v>25</v>
       </c>
       <c r="F152" s="16" t="s">
-        <v>2583</v>
+        <v>2582</v>
       </c>
       <c r="G152" s="15" t="s">
         <v>50</v>
       </c>
       <c r="H152" s="17" t="s">
         <v>844</v>
       </c>
       <c r="I152" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J152" s="19">
         <v>1975</v>
       </c>
-      <c r="K152" s="20" t="s">
+      <c r="J152" s="19" t="s">
         <v>802</v>
       </c>
     </row>
-    <row r="153" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="153" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A153" s="5" t="s">
-        <v>3079</v>
+        <v>3078</v>
       </c>
       <c r="B153" s="13" t="s">
         <v>2431</v>
       </c>
       <c r="C153" s="14">
         <v>9789777800730</v>
       </c>
       <c r="D153" s="15" t="s">
         <v>2016</v>
       </c>
       <c r="E153" s="5" t="s">
         <v>431</v>
       </c>
       <c r="F153" s="16" t="s">
-        <v>2584</v>
+        <v>2583</v>
       </c>
       <c r="G153" s="15" t="s">
         <v>1475</v>
       </c>
       <c r="H153" s="17" t="s">
         <v>944</v>
       </c>
       <c r="I153" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J153" s="19">
         <v>1975</v>
       </c>
-      <c r="K153" s="20" t="s">
+      <c r="J153" s="19" t="s">
         <v>809</v>
       </c>
     </row>
-    <row r="154" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="154" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A154" s="5" t="s">
-        <v>3080</v>
-[...1 lines deleted...]
-      <c r="B154" s="25" t="s">
+        <v>3079</v>
+      </c>
+      <c r="B154" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C154" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D154" s="15" t="s">
         <v>2020</v>
       </c>
       <c r="E154" s="5" t="s">
         <v>778</v>
       </c>
       <c r="F154" s="16" t="s">
-        <v>2585</v>
+        <v>2584</v>
       </c>
       <c r="G154" s="15" t="s">
         <v>1809</v>
       </c>
       <c r="H154" s="17" t="s">
         <v>1323</v>
       </c>
       <c r="I154" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J154" s="19">
         <v>1975</v>
       </c>
-      <c r="K154" s="21" t="s">
+      <c r="J154" s="20" t="s">
         <v>811</v>
       </c>
     </row>
-    <row r="155" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="155" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A155" s="5" t="s">
-        <v>3081</v>
-[...1 lines deleted...]
-      <c r="B155" s="25" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B155" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C155" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D155" s="15" t="s">
         <v>2021</v>
       </c>
       <c r="E155" s="5" t="s">
         <v>779</v>
       </c>
       <c r="F155" s="16" t="s">
-        <v>2586</v>
+        <v>2585</v>
       </c>
       <c r="G155" s="15" t="s">
         <v>1809</v>
       </c>
       <c r="H155" s="17" t="s">
         <v>1323</v>
       </c>
       <c r="I155" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J155" s="19">
         <v>1963</v>
       </c>
-      <c r="K155" s="21" t="s">
+      <c r="J155" s="20" t="s">
         <v>811</v>
       </c>
     </row>
-    <row r="156" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="156" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A156" s="5" t="s">
-        <v>3082</v>
-[...1 lines deleted...]
-      <c r="B156" s="25" t="s">
+        <v>3081</v>
+      </c>
+      <c r="B156" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C156" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D156" s="15" t="s">
         <v>2022</v>
       </c>
       <c r="E156" s="5" t="s">
         <v>784</v>
       </c>
       <c r="F156" s="16" t="s">
-        <v>2587</v>
+        <v>2586</v>
       </c>
       <c r="G156" s="15" t="s">
         <v>1809</v>
       </c>
       <c r="H156" s="17" t="s">
         <v>1323</v>
       </c>
       <c r="I156" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J156" s="19">
         <v>1993</v>
       </c>
-      <c r="K156" s="21" t="s">
+      <c r="J156" s="20" t="s">
         <v>811</v>
       </c>
     </row>
-    <row r="157" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="157" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A157" s="5" t="s">
-        <v>3083</v>
-[...1 lines deleted...]
-      <c r="B157" s="25" t="s">
+        <v>3082</v>
+      </c>
+      <c r="B157" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C157" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D157" s="15" t="s">
         <v>2300</v>
       </c>
       <c r="E157" s="5" t="s">
         <v>797</v>
       </c>
       <c r="F157" s="16" t="s">
-        <v>2588</v>
+        <v>2587</v>
       </c>
       <c r="G157" s="15" t="s">
         <v>1838</v>
       </c>
       <c r="H157" s="17" t="s">
         <v>1352</v>
       </c>
       <c r="I157" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J157" s="19">
         <v>2006</v>
       </c>
-      <c r="K157" s="21" t="s">
+      <c r="J157" s="20" t="s">
         <v>811</v>
       </c>
     </row>
-    <row r="158" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="158" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A158" s="5" t="s">
-        <v>3084</v>
-[...1 lines deleted...]
-      <c r="B158" s="25" t="s">
+        <v>3083</v>
+      </c>
+      <c r="B158" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C158" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D158" s="15" t="s">
         <v>2314</v>
       </c>
       <c r="E158" s="5" t="s">
         <v>723</v>
       </c>
       <c r="F158" s="16" t="s">
-        <v>2589</v>
+        <v>2588</v>
       </c>
       <c r="G158" s="15" t="s">
         <v>1740</v>
       </c>
       <c r="H158" s="17" t="s">
         <v>1258</v>
       </c>
       <c r="I158" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J158" s="19">
         <v>1973</v>
       </c>
-      <c r="K158" s="21" t="s">
+      <c r="J158" s="20" t="s">
         <v>824</v>
       </c>
     </row>
-    <row r="159" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="159" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A159" s="5" t="s">
-        <v>3085</v>
-[...1 lines deleted...]
-      <c r="B159" s="25" t="s">
+        <v>3084</v>
+      </c>
+      <c r="B159" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C159" s="14" t="s">
         <v>211</v>
       </c>
       <c r="D159" s="15" t="s">
         <v>2315</v>
       </c>
       <c r="E159" s="5" t="s">
         <v>604</v>
       </c>
       <c r="F159" s="16" t="s">
-        <v>2590</v>
+        <v>2589</v>
       </c>
       <c r="G159" s="15" t="s">
         <v>1403</v>
       </c>
       <c r="H159" s="17" t="s">
         <v>1169</v>
       </c>
       <c r="I159" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J159" s="19">
         <v>1998</v>
       </c>
-      <c r="K159" s="21" t="s">
+      <c r="J159" s="20" t="s">
         <v>824</v>
       </c>
     </row>
-    <row r="160" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="160" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A160" s="5" t="s">
-        <v>3086</v>
-[...1 lines deleted...]
-      <c r="B160" s="25" t="s">
+        <v>3085</v>
+      </c>
+      <c r="B160" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C160" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D160" s="15" t="s">
         <v>2333</v>
       </c>
       <c r="E160" s="5" t="s">
         <v>765</v>
       </c>
       <c r="F160" s="16" t="s">
-        <v>2591</v>
+        <v>2590</v>
       </c>
       <c r="G160" s="15" t="s">
         <v>1797</v>
       </c>
       <c r="H160" s="17" t="s">
         <v>1310</v>
       </c>
       <c r="I160" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J160" s="19">
         <v>1976</v>
       </c>
-      <c r="K160" s="21" t="s">
+      <c r="J160" s="20" t="s">
         <v>824</v>
       </c>
     </row>
-    <row r="161" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="161" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A161" s="5" t="s">
-        <v>3087</v>
-[...1 lines deleted...]
-      <c r="B161" s="25" t="s">
+        <v>3086</v>
+      </c>
+      <c r="B161" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C161" s="14" t="s">
         <v>312</v>
       </c>
       <c r="D161" s="15" t="s">
         <v>2351</v>
       </c>
       <c r="E161" s="5" t="s">
         <v>705</v>
       </c>
       <c r="F161" s="16" t="s">
-        <v>2592</v>
+        <v>2591</v>
       </c>
       <c r="G161" s="15" t="s">
         <v>1699</v>
       </c>
       <c r="H161" s="17" t="s">
         <v>1238</v>
       </c>
       <c r="I161" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J161" s="19">
         <v>2020</v>
       </c>
-      <c r="K161" s="27" t="s">
+      <c r="J161" s="26" t="s">
         <v>807</v>
       </c>
     </row>
-    <row r="162" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="162" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A162" s="5" t="s">
-        <v>3088</v>
-[...1 lines deleted...]
-      <c r="B162" s="25" t="s">
+        <v>3087</v>
+      </c>
+      <c r="B162" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C162" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D162" s="15" t="s">
         <v>2355</v>
       </c>
       <c r="E162" s="5" t="s">
         <v>783</v>
       </c>
       <c r="F162" s="16" t="s">
-        <v>2593</v>
+        <v>2592</v>
       </c>
       <c r="G162" s="15" t="s">
         <v>1812</v>
       </c>
       <c r="H162" s="17" t="s">
         <v>1326</v>
       </c>
       <c r="I162" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J162" s="19">
         <v>2023</v>
       </c>
-      <c r="K162" s="21" t="s">
+      <c r="J162" s="20" t="s">
         <v>824</v>
       </c>
     </row>
-    <row r="163" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="163" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A163" s="5" t="s">
-        <v>3089</v>
-[...1 lines deleted...]
-      <c r="B163" s="25" t="s">
+        <v>3088</v>
+      </c>
+      <c r="B163" s="24" t="s">
         <v>2431</v>
       </c>
       <c r="C163" s="14" t="s">
         <v>302</v>
       </c>
       <c r="D163" s="15" t="s">
         <v>2325</v>
       </c>
       <c r="E163" s="5" t="s">
         <v>695</v>
       </c>
       <c r="F163" s="16" t="s">
-        <v>2594</v>
+        <v>2593</v>
       </c>
       <c r="G163" s="15" t="s">
         <v>1735</v>
       </c>
       <c r="H163" s="17" t="s">
         <v>1232</v>
       </c>
       <c r="I163" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J163" s="19">
         <v>1999</v>
       </c>
-      <c r="K163" s="24" t="s">
+      <c r="J163" s="23" t="s">
         <v>824</v>
       </c>
     </row>
-    <row r="164" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="164" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A164" s="5" t="s">
-        <v>3090</v>
+        <v>3089</v>
       </c>
       <c r="B164" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C164" s="14">
         <v>9789777802031</v>
       </c>
       <c r="D164" s="15" t="s">
         <v>1862</v>
       </c>
       <c r="E164" s="5" t="s">
         <v>370</v>
       </c>
       <c r="F164" s="16" t="s">
-        <v>2595</v>
+        <v>2594</v>
       </c>
       <c r="G164" s="15" t="s">
         <v>1441</v>
       </c>
       <c r="H164" s="17" t="s">
         <v>888</v>
       </c>
       <c r="I164" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J164" s="19">
         <v>2021</v>
       </c>
-      <c r="K164" s="20" t="s">
+      <c r="J164" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="165" spans="1:11" ht="69.75" x14ac:dyDescent="0.5">
+    <row r="165" spans="1:10" ht="72" x14ac:dyDescent="1.05">
       <c r="A165" s="5" t="s">
-        <v>3091</v>
+        <v>3090</v>
       </c>
       <c r="B165" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C165" s="14">
         <v>9789777803014</v>
       </c>
       <c r="D165" s="15" t="s">
         <v>1865</v>
       </c>
       <c r="E165" s="5" t="s">
         <v>347</v>
       </c>
       <c r="F165" s="16" t="s">
-        <v>2596</v>
+        <v>2595</v>
       </c>
       <c r="G165" s="15" t="s">
         <v>1362</v>
       </c>
       <c r="H165" s="17" t="s">
         <v>839</v>
       </c>
       <c r="I165" s="18">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="J165" s="19">
         <v>2010</v>
       </c>
-      <c r="K165" s="20" t="s">
+      <c r="J165" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="166" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="166" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A166" s="5" t="s">
-        <v>3092</v>
+        <v>3091</v>
       </c>
       <c r="B166" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C166" s="14">
         <v>9789777802437</v>
       </c>
       <c r="D166" s="15" t="s">
         <v>1866</v>
       </c>
       <c r="E166" s="5" t="s">
         <v>360</v>
       </c>
       <c r="F166" s="16" t="s">
-        <v>2597</v>
+        <v>2596</v>
       </c>
       <c r="G166" s="15" t="s">
         <v>1362</v>
       </c>
       <c r="H166" s="17" t="s">
         <v>839</v>
       </c>
       <c r="I166" s="18">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="J166" s="19">
         <v>2019</v>
       </c>
-      <c r="K166" s="20" t="s">
+      <c r="J166" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="167" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="167" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A167" s="5" t="s">
-        <v>3093</v>
+        <v>3092</v>
       </c>
       <c r="B167" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C167" s="14" t="s">
         <v>92</v>
       </c>
       <c r="D167" s="15" t="s">
         <v>1867</v>
       </c>
       <c r="E167" s="5" t="s">
         <v>490</v>
       </c>
       <c r="F167" s="16" t="s">
-        <v>2598</v>
+        <v>2597</v>
       </c>
       <c r="G167" s="15" t="s">
         <v>1550</v>
       </c>
       <c r="H167" s="17" t="s">
         <v>1039</v>
       </c>
       <c r="I167" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J167" s="19">
         <v>2022</v>
       </c>
-      <c r="K167" s="22" t="s">
+      <c r="J167" s="21" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="168" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="168" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A168" s="5" t="s">
-        <v>3094</v>
+        <v>3093</v>
       </c>
       <c r="B168" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C168" s="14">
         <v>9789777801546</v>
       </c>
       <c r="D168" s="15" t="s">
         <v>1895</v>
       </c>
       <c r="E168" s="5" t="s">
         <v>386</v>
       </c>
       <c r="F168" s="16" t="s">
-        <v>2599</v>
+        <v>2598</v>
       </c>
       <c r="G168" s="15" t="s">
         <v>1425</v>
       </c>
       <c r="H168" s="17" t="s">
         <v>856</v>
       </c>
       <c r="I168" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J168" s="19">
         <v>2022</v>
       </c>
-      <c r="K168" s="20" t="s">
+      <c r="J168" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="169" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="169" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A169" s="5" t="s">
-        <v>3095</v>
+        <v>3094</v>
       </c>
       <c r="B169" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C169" s="14" t="s">
         <v>54</v>
       </c>
       <c r="D169" s="15" t="s">
         <v>1896</v>
       </c>
       <c r="E169" s="5" t="s">
         <v>353</v>
       </c>
       <c r="F169" s="16" t="s">
-        <v>2600</v>
+        <v>2599</v>
       </c>
       <c r="G169" s="15" t="s">
         <v>1425</v>
       </c>
       <c r="H169" s="17" t="s">
         <v>856</v>
       </c>
       <c r="I169" s="18">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="J169" s="19">
         <v>2022</v>
       </c>
-      <c r="K169" s="20" t="s">
+      <c r="J169" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="170" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="170" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A170" s="5" t="s">
-        <v>3096</v>
+        <v>3095</v>
       </c>
       <c r="B170" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C170" s="14" t="s">
         <v>71</v>
       </c>
       <c r="D170" s="15" t="s">
         <v>1897</v>
       </c>
       <c r="E170" s="5" t="s">
         <v>469</v>
       </c>
       <c r="F170" s="16" t="s">
-        <v>2601</v>
+        <v>2600</v>
       </c>
       <c r="G170" s="15" t="s">
         <v>1425</v>
       </c>
       <c r="H170" s="17" t="s">
         <v>856</v>
       </c>
       <c r="I170" s="18">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="J170" s="19">
         <v>2022</v>
       </c>
-      <c r="K170" s="20" t="s">
+      <c r="J170" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="171" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="171" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A171" s="5" t="s">
-        <v>3097</v>
+        <v>3096</v>
       </c>
       <c r="B171" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C171" s="14" t="s">
         <v>95</v>
       </c>
       <c r="D171" s="15" t="s">
         <v>1898</v>
       </c>
       <c r="E171" s="5" t="s">
         <v>493</v>
       </c>
       <c r="F171" s="16" t="s">
-        <v>2602</v>
+        <v>2601</v>
       </c>
       <c r="G171" s="15" t="s">
         <v>1425</v>
       </c>
       <c r="H171" s="17" t="s">
         <v>856</v>
       </c>
       <c r="I171" s="18">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="J171" s="19">
         <v>2022</v>
       </c>
-      <c r="K171" s="20" t="s">
+      <c r="J171" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="172" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="172" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A172" s="5" t="s">
-        <v>3098</v>
+        <v>3097</v>
       </c>
       <c r="B172" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C172" s="14">
         <v>9789777801584</v>
       </c>
       <c r="D172" s="15" t="s">
         <v>1900</v>
       </c>
       <c r="E172" s="5" t="s">
         <v>387</v>
       </c>
       <c r="F172" s="16" t="s">
-        <v>2603</v>
+        <v>2602</v>
       </c>
       <c r="G172" s="15" t="s">
         <v>1380</v>
       </c>
       <c r="H172" s="17" t="s">
         <v>911</v>
       </c>
       <c r="I172" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J172" s="19">
         <v>2020</v>
       </c>
-      <c r="K172" s="20" t="s">
+      <c r="J172" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="173" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="173" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A173" s="5" t="s">
-        <v>3099</v>
+        <v>3098</v>
       </c>
       <c r="B173" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C173" s="14">
         <v>9789777801577</v>
       </c>
       <c r="D173" s="15" t="s">
         <v>1901</v>
       </c>
       <c r="E173" s="5" t="s">
         <v>388</v>
       </c>
       <c r="F173" s="16" t="s">
-        <v>2604</v>
+        <v>2603</v>
       </c>
       <c r="G173" s="15" t="s">
         <v>1380</v>
       </c>
       <c r="H173" s="17" t="s">
         <v>911</v>
       </c>
       <c r="I173" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J173" s="19">
         <v>2023</v>
       </c>
-      <c r="K173" s="20" t="s">
+      <c r="J173" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="174" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="174" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A174" s="5" t="s">
-        <v>3100</v>
+        <v>3099</v>
       </c>
       <c r="B174" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C174" s="14">
         <v>9789777802635</v>
       </c>
       <c r="D174" s="15" t="s">
         <v>1905</v>
       </c>
       <c r="E174" s="5" t="s">
         <v>354</v>
       </c>
       <c r="F174" s="16" t="s">
-        <v>2605</v>
+        <v>2604</v>
       </c>
       <c r="G174" s="15" t="s">
         <v>1361</v>
       </c>
       <c r="H174" s="17" t="s">
         <v>858</v>
       </c>
       <c r="I174" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J174" s="19">
         <v>2018</v>
       </c>
-      <c r="K174" s="20" t="s">
+      <c r="J174" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="175" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="175" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A175" s="5" t="s">
-        <v>3101</v>
+        <v>3100</v>
       </c>
       <c r="B175" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C175" s="14">
         <v>9789777802017</v>
       </c>
       <c r="D175" s="15" t="s">
         <v>1906</v>
       </c>
       <c r="E175" s="5" t="s">
         <v>371</v>
       </c>
       <c r="F175" s="16" t="s">
-        <v>2606</v>
+        <v>2605</v>
       </c>
       <c r="G175" s="15" t="s">
         <v>1361</v>
       </c>
       <c r="H175" s="17" t="s">
         <v>858</v>
       </c>
       <c r="I175" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J175" s="19">
         <v>2005</v>
       </c>
-      <c r="K175" s="20" t="s">
+      <c r="J175" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="176" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="176" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A176" s="5" t="s">
-        <v>3102</v>
+        <v>3101</v>
       </c>
       <c r="B176" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C176" s="14">
         <v>9789777801645</v>
       </c>
       <c r="D176" s="15" t="s">
         <v>1907</v>
       </c>
       <c r="E176" s="5" t="s">
         <v>389</v>
       </c>
       <c r="F176" s="16" t="s">
-        <v>2607</v>
+        <v>2606</v>
       </c>
       <c r="G176" s="15" t="s">
         <v>1361</v>
       </c>
       <c r="H176" s="17" t="s">
         <v>858</v>
       </c>
       <c r="I176" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J176" s="19">
         <v>2006</v>
       </c>
-      <c r="K176" s="20" t="s">
+      <c r="J176" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="177" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="177" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A177" s="5" t="s">
-        <v>3103</v>
+        <v>3102</v>
       </c>
       <c r="B177" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C177" s="14">
         <v>9789777801034</v>
       </c>
       <c r="D177" s="15" t="s">
         <v>1908</v>
       </c>
       <c r="E177" s="5" t="s">
         <v>406</v>
       </c>
       <c r="F177" s="16" t="s">
-        <v>2608</v>
+        <v>2607</v>
       </c>
       <c r="G177" s="15" t="s">
         <v>1361</v>
       </c>
       <c r="H177" s="17" t="s">
         <v>858</v>
       </c>
       <c r="I177" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J177" s="19">
         <v>2024</v>
       </c>
-      <c r="K177" s="20" t="s">
+      <c r="J177" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="178" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="178" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A178" s="5" t="s">
-        <v>3104</v>
+        <v>3103</v>
       </c>
       <c r="B178" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C178" s="14" t="s">
         <v>214</v>
       </c>
       <c r="D178" s="15" t="s">
         <v>1909</v>
       </c>
       <c r="E178" s="5" t="s">
         <v>607</v>
       </c>
       <c r="F178" s="16" t="s">
-        <v>2609</v>
+        <v>2608</v>
       </c>
       <c r="G178" s="15" t="s">
         <v>1682</v>
       </c>
       <c r="H178" s="17" t="s">
         <v>1176</v>
       </c>
       <c r="I178" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J178" s="19">
         <v>2023</v>
       </c>
-      <c r="K178" s="20" t="s">
+      <c r="J178" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="179" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="179" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A179" s="5" t="s">
-        <v>3105</v>
+        <v>3104</v>
       </c>
       <c r="B179" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C179" s="14" t="s">
         <v>226</v>
       </c>
       <c r="D179" s="15" t="s">
         <v>1910</v>
       </c>
       <c r="E179" s="5" t="s">
         <v>619</v>
       </c>
       <c r="F179" s="16" t="s">
-        <v>2610</v>
+        <v>2609</v>
       </c>
       <c r="G179" s="15" t="s">
         <v>1682</v>
       </c>
       <c r="H179" s="17" t="s">
         <v>1176</v>
       </c>
       <c r="I179" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J179" s="19">
         <v>2023</v>
       </c>
-      <c r="K179" s="21" t="s">
+      <c r="J179" s="20" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="180" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="180" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A180" s="5" t="s">
-        <v>3106</v>
+        <v>3105</v>
       </c>
       <c r="B180" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C180" s="14">
         <v>9789777803199</v>
       </c>
       <c r="D180" s="15" t="s">
         <v>1921</v>
       </c>
       <c r="E180" s="5" t="s">
         <v>338</v>
       </c>
       <c r="F180" s="16" t="s">
-        <v>2611</v>
+        <v>2610</v>
       </c>
       <c r="G180" s="15" t="s">
         <v>1361</v>
       </c>
       <c r="H180" s="17" t="s">
         <v>834</v>
       </c>
       <c r="I180" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J180" s="19">
         <v>2013</v>
       </c>
-      <c r="K180" s="20" t="s">
+      <c r="J180" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="181" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="181" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A181" s="5" t="s">
-        <v>3107</v>
+        <v>3106</v>
       </c>
       <c r="B181" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C181" s="14">
         <v>9789777802994</v>
       </c>
       <c r="D181" s="15" t="s">
         <v>1922</v>
       </c>
       <c r="E181" s="5" t="s">
         <v>349</v>
       </c>
       <c r="F181" s="16" t="s">
-        <v>2612</v>
+        <v>2611</v>
       </c>
       <c r="G181" s="15" t="s">
         <v>1361</v>
       </c>
       <c r="H181" s="17" t="s">
         <v>834</v>
       </c>
       <c r="I181" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J181" s="19">
         <v>2008</v>
       </c>
-      <c r="K181" s="20" t="s">
+      <c r="J181" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="182" spans="1:11" ht="69.75" x14ac:dyDescent="0.5">
+    <row r="182" spans="1:10" ht="72" x14ac:dyDescent="1.05">
       <c r="A182" s="5" t="s">
-        <v>3108</v>
+        <v>3107</v>
       </c>
       <c r="B182" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C182" s="14">
         <v>9789777802963</v>
       </c>
       <c r="D182" s="15" t="s">
         <v>1923</v>
       </c>
       <c r="E182" s="5" t="s">
         <v>350</v>
       </c>
       <c r="F182" s="16" t="s">
-        <v>2613</v>
+        <v>2612</v>
       </c>
       <c r="G182" s="15" t="s">
         <v>1361</v>
       </c>
       <c r="H182" s="17" t="s">
         <v>834</v>
       </c>
       <c r="I182" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J182" s="19">
         <v>2008</v>
       </c>
-      <c r="K182" s="20" t="s">
+      <c r="J182" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="183" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="183" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A183" s="5" t="s">
-        <v>3109</v>
+        <v>3108</v>
       </c>
       <c r="B183" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C183" s="14" t="s">
         <v>68</v>
       </c>
       <c r="D183" s="15" t="s">
         <v>1926</v>
       </c>
       <c r="E183" s="5" t="s">
         <v>466</v>
       </c>
       <c r="F183" s="16" t="s">
-        <v>2614</v>
+        <v>2613</v>
       </c>
       <c r="G183" s="15" t="s">
         <v>1533</v>
       </c>
       <c r="H183" s="17" t="s">
         <v>1021</v>
       </c>
       <c r="I183" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J183" s="19">
         <v>2005</v>
       </c>
-      <c r="K183" s="20" t="s">
+      <c r="J183" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="184" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="184" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A184" s="5" t="s">
-        <v>3110</v>
+        <v>3109</v>
       </c>
       <c r="B184" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C184" s="14" t="s">
         <v>165</v>
       </c>
       <c r="D184" s="15" t="s">
         <v>1927</v>
       </c>
       <c r="E184" s="5" t="s">
         <v>557</v>
       </c>
       <c r="F184" s="16" t="s">
-        <v>2615</v>
+        <v>2614</v>
       </c>
       <c r="G184" s="15" t="s">
         <v>1533</v>
       </c>
       <c r="H184" s="17" t="s">
         <v>1021</v>
       </c>
       <c r="I184" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J184" s="19">
         <v>2005</v>
       </c>
-      <c r="K184" s="20" t="s">
+      <c r="J184" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="185" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="185" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A185" s="5" t="s">
-        <v>3111</v>
+        <v>3110</v>
       </c>
       <c r="B185" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C185" s="14" t="s">
         <v>166</v>
       </c>
       <c r="D185" s="15" t="s">
         <v>1928</v>
       </c>
       <c r="E185" s="5" t="s">
         <v>558</v>
       </c>
       <c r="F185" s="16" t="s">
-        <v>2616</v>
+        <v>2615</v>
       </c>
       <c r="G185" s="15" t="s">
         <v>1533</v>
       </c>
       <c r="H185" s="17" t="s">
         <v>1131</v>
       </c>
       <c r="I185" s="18">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="J185" s="19">
         <v>2019</v>
       </c>
-      <c r="K185" s="20" t="s">
+      <c r="J185" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="186" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="186" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A186" s="5" t="s">
-        <v>3112</v>
+        <v>3111</v>
       </c>
       <c r="B186" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C186" s="14" t="s">
         <v>217</v>
       </c>
       <c r="D186" s="15" t="s">
         <v>1965</v>
       </c>
       <c r="E186" s="5" t="s">
         <v>610</v>
       </c>
       <c r="F186" s="16" t="s">
-        <v>2617</v>
+        <v>2616</v>
       </c>
       <c r="G186" s="15" t="s">
         <v>1689</v>
       </c>
       <c r="H186" s="17" t="s">
         <v>1183</v>
       </c>
       <c r="I186" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J186" s="19">
         <v>2020</v>
       </c>
-      <c r="K186" s="20" t="s">
+      <c r="J186" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="187" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="187" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A187" s="5" t="s">
-        <v>3113</v>
+        <v>3112</v>
       </c>
       <c r="B187" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C187" s="14" t="s">
         <v>227</v>
       </c>
       <c r="D187" s="15" t="s">
         <v>1966</v>
       </c>
       <c r="E187" s="5" t="s">
         <v>620</v>
       </c>
       <c r="F187" s="16" t="s">
-        <v>2618</v>
+        <v>2617</v>
       </c>
       <c r="G187" s="15" t="s">
         <v>1689</v>
       </c>
       <c r="H187" s="17" t="s">
         <v>1183</v>
       </c>
       <c r="I187" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J187" s="19">
         <v>1988</v>
       </c>
-      <c r="K187" s="20" t="s">
+      <c r="J187" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="188" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="188" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A188" s="5" t="s">
-        <v>3114</v>
+        <v>3113</v>
       </c>
       <c r="B188" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C188" s="14">
         <v>9789777801386</v>
       </c>
       <c r="D188" s="15" t="s">
         <v>1967</v>
       </c>
       <c r="E188" s="5" t="s">
         <v>390</v>
       </c>
       <c r="F188" s="16" t="s">
-        <v>2619</v>
+        <v>2618</v>
       </c>
       <c r="G188" s="15" t="s">
         <v>1451</v>
       </c>
       <c r="H188" s="17" t="s">
         <v>912</v>
       </c>
       <c r="I188" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J188" s="19">
         <v>2010</v>
       </c>
-      <c r="K188" s="20" t="s">
+      <c r="J188" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="189" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="189" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A189" s="5" t="s">
-        <v>3115</v>
+        <v>3114</v>
       </c>
       <c r="B189" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C189" s="14">
         <v>9789777802062</v>
       </c>
       <c r="D189" s="15" t="s">
         <v>1999</v>
       </c>
       <c r="E189" s="5" t="s">
         <v>373</v>
       </c>
       <c r="F189" s="16" t="s">
-        <v>2620</v>
+        <v>2619</v>
       </c>
       <c r="G189" s="15" t="s">
         <v>1376</v>
       </c>
       <c r="H189" s="17" t="s">
         <v>894</v>
       </c>
       <c r="I189" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J189" s="19">
         <v>1997</v>
       </c>
-      <c r="K189" s="20" t="s">
+      <c r="J189" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="190" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="190" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A190" s="5" t="s">
-        <v>3116</v>
+        <v>3115</v>
       </c>
       <c r="B190" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C190" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D190" s="15" t="s">
         <v>2019</v>
       </c>
       <c r="E190" s="5" t="s">
         <v>738</v>
       </c>
       <c r="F190" s="16" t="s">
-        <v>2621</v>
+        <v>2620</v>
       </c>
       <c r="G190" s="15" t="s">
         <v>1767</v>
       </c>
       <c r="H190" s="17" t="s">
         <v>1276</v>
       </c>
       <c r="I190" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J190" s="19">
         <v>2013</v>
       </c>
-      <c r="K190" s="21" t="s">
+      <c r="J190" s="20" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="191" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="191" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A191" s="5" t="s">
-        <v>3117</v>
+        <v>3116</v>
       </c>
       <c r="B191" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C191" s="14" t="s">
         <v>101</v>
       </c>
       <c r="D191" s="15" t="s">
         <v>2035</v>
       </c>
       <c r="E191" s="5" t="s">
         <v>499</v>
       </c>
       <c r="F191" s="16" t="s">
-        <v>2622</v>
+        <v>2621</v>
       </c>
       <c r="G191" s="15" t="s">
         <v>1588</v>
       </c>
       <c r="H191" s="17" t="s">
         <v>1078</v>
       </c>
       <c r="I191" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J191" s="19">
         <v>2010</v>
       </c>
-      <c r="K191" s="20" t="s">
+      <c r="J191" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="192" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="192" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A192" s="5" t="s">
-        <v>3118</v>
+        <v>3117</v>
       </c>
       <c r="B192" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C192" s="14" t="s">
         <v>313</v>
       </c>
       <c r="D192" s="15" t="s">
         <v>2036</v>
       </c>
       <c r="E192" s="5" t="s">
         <v>706</v>
       </c>
       <c r="F192" s="16" t="s">
-        <v>2623</v>
+        <v>2622</v>
       </c>
       <c r="G192" s="15" t="s">
         <v>1588</v>
       </c>
       <c r="H192" s="17" t="s">
         <v>1078</v>
       </c>
       <c r="I192" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J192" s="19">
         <v>2002</v>
       </c>
-      <c r="K192" s="20" t="s">
+      <c r="J192" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="193" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="193" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A193" s="5" t="s">
-        <v>3119</v>
+        <v>3118</v>
       </c>
       <c r="B193" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C193" s="14" t="s">
         <v>69</v>
       </c>
       <c r="D193" s="15" t="s">
         <v>2154</v>
       </c>
       <c r="E193" s="5" t="s">
         <v>467</v>
       </c>
       <c r="F193" s="16" t="s">
-        <v>2624</v>
+        <v>2623</v>
       </c>
       <c r="G193" s="15" t="s">
         <v>1541</v>
       </c>
       <c r="H193" s="17" t="s">
         <v>1029</v>
       </c>
       <c r="I193" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J193" s="19">
         <v>1998</v>
       </c>
-      <c r="K193" s="20" t="s">
+      <c r="J193" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="194" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="194" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A194" s="5" t="s">
-        <v>3120</v>
+        <v>3119</v>
       </c>
       <c r="B194" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C194" s="14" t="s">
         <v>89</v>
       </c>
       <c r="D194" s="15" t="s">
         <v>2155</v>
       </c>
       <c r="E194" s="5" t="s">
         <v>487</v>
       </c>
       <c r="F194" s="16" t="s">
-        <v>2625</v>
+        <v>2624</v>
       </c>
       <c r="G194" s="15" t="s">
         <v>1541</v>
       </c>
       <c r="H194" s="17" t="s">
         <v>1029</v>
       </c>
       <c r="I194" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J194" s="19">
         <v>2021</v>
       </c>
-      <c r="K194" s="20" t="s">
+      <c r="J194" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="195" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="195" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A195" s="5" t="s">
-        <v>3121</v>
+        <v>3120</v>
       </c>
       <c r="B195" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C195" s="14" t="s">
         <v>271</v>
       </c>
       <c r="D195" s="15" t="s">
         <v>2156</v>
       </c>
       <c r="E195" s="5" t="s">
         <v>663</v>
       </c>
       <c r="F195" s="16" t="s">
-        <v>2626</v>
+        <v>2625</v>
       </c>
       <c r="G195" s="15" t="s">
         <v>1541</v>
       </c>
       <c r="H195" s="17" t="s">
         <v>1029</v>
       </c>
       <c r="I195" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J195" s="19">
         <v>2017</v>
       </c>
-      <c r="K195" s="20" t="s">
+      <c r="J195" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="196" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="196" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A196" s="5" t="s">
-        <v>3122</v>
+        <v>3121</v>
       </c>
       <c r="B196" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C196" s="14" t="s">
         <v>307</v>
       </c>
       <c r="D196" s="15" t="s">
         <v>2157</v>
       </c>
       <c r="E196" s="5" t="s">
         <v>700</v>
       </c>
       <c r="F196" s="16" t="s">
-        <v>2627</v>
+        <v>2626</v>
       </c>
       <c r="G196" s="15" t="s">
         <v>1541</v>
       </c>
       <c r="H196" s="17" t="s">
         <v>1029</v>
       </c>
       <c r="I196" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J196" s="19">
         <v>2017</v>
       </c>
-      <c r="K196" s="21" t="s">
+      <c r="J196" s="20" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="197" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="197" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A197" s="5" t="s">
-        <v>3123</v>
+        <v>3122</v>
       </c>
       <c r="B197" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C197" s="14">
         <v>9789777802406</v>
       </c>
       <c r="D197" s="15" t="s">
         <v>2158</v>
       </c>
       <c r="E197" s="5" t="s">
         <v>362</v>
       </c>
       <c r="F197" s="16" t="s">
-        <v>2628</v>
+        <v>2627</v>
       </c>
       <c r="G197" s="15" t="s">
         <v>1436</v>
       </c>
       <c r="H197" s="17" t="s">
         <v>878</v>
       </c>
       <c r="I197" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J197" s="19">
         <v>2013</v>
       </c>
-      <c r="K197" s="20" t="s">
+      <c r="J197" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="198" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="198" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A198" s="5" t="s">
-        <v>3124</v>
+        <v>3123</v>
       </c>
       <c r="B198" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C198" s="14">
         <v>9789777800884</v>
       </c>
       <c r="D198" s="15" t="s">
         <v>2159</v>
       </c>
       <c r="E198" s="5" t="s">
         <v>434</v>
       </c>
       <c r="F198" s="16" t="s">
-        <v>2629</v>
+        <v>2628</v>
       </c>
       <c r="G198" s="15" t="s">
         <v>1479</v>
       </c>
       <c r="H198" s="17" t="s">
         <v>948</v>
       </c>
       <c r="I198" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J198" s="19">
         <v>2012</v>
       </c>
-      <c r="K198" s="20" t="s">
+      <c r="J198" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="199" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="199" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A199" s="5" t="s">
-        <v>3125</v>
+        <v>3124</v>
       </c>
       <c r="B199" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C199" s="14">
         <v>9789777800907</v>
       </c>
       <c r="D199" s="15" t="s">
         <v>2098</v>
       </c>
       <c r="E199" s="5" t="s">
         <v>435</v>
       </c>
       <c r="F199" s="16" t="s">
-        <v>2630</v>
+        <v>2629</v>
       </c>
       <c r="G199" s="15" t="s">
         <v>1388</v>
       </c>
       <c r="H199" s="17" t="s">
         <v>949</v>
       </c>
       <c r="I199" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J199" s="19">
         <v>2004</v>
       </c>
-      <c r="K199" s="20" t="s">
+      <c r="J199" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="200" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="200" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A200" s="5" t="s">
-        <v>3126</v>
+        <v>3125</v>
       </c>
       <c r="B200" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C200" s="14" t="s">
         <v>70</v>
       </c>
       <c r="D200" s="15" t="s">
         <v>2189</v>
       </c>
       <c r="E200" s="5" t="s">
         <v>468</v>
       </c>
       <c r="F200" s="16" t="s">
-        <v>2631</v>
+        <v>2630</v>
       </c>
       <c r="G200" s="15" t="s">
         <v>1542</v>
       </c>
       <c r="H200" s="17" t="s">
         <v>1030</v>
       </c>
       <c r="I200" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J200" s="19">
         <v>2017</v>
       </c>
-      <c r="K200" s="22" t="s">
+      <c r="J200" s="21" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="201" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="201" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A201" s="5" t="s">
-        <v>3127</v>
+        <v>3126</v>
       </c>
       <c r="B201" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C201" s="14" t="s">
         <v>72</v>
       </c>
       <c r="D201" s="15" t="s">
         <v>2190</v>
       </c>
       <c r="E201" s="5" t="s">
         <v>470</v>
       </c>
       <c r="F201" s="16" t="s">
-        <v>2632</v>
+        <v>2631</v>
       </c>
       <c r="G201" s="15" t="s">
         <v>1542</v>
       </c>
       <c r="H201" s="17" t="s">
         <v>1030</v>
       </c>
       <c r="I201" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J201" s="19">
         <v>2008</v>
       </c>
-      <c r="K201" s="20" t="s">
+      <c r="J201" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="202" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="202" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A202" s="5" t="s">
-        <v>3128</v>
+        <v>3127</v>
       </c>
       <c r="B202" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C202" s="14" t="s">
         <v>236</v>
       </c>
       <c r="D202" s="15" t="s">
         <v>2214</v>
       </c>
       <c r="E202" s="5" t="s">
         <v>629</v>
       </c>
       <c r="F202" s="16" t="s">
-        <v>2633</v>
+        <v>2632</v>
       </c>
       <c r="G202" s="15" t="s">
         <v>1704</v>
       </c>
       <c r="H202" s="17" t="s">
         <v>1199</v>
       </c>
       <c r="I202" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J202" s="19">
         <v>2014</v>
       </c>
-      <c r="K202" s="20" t="s">
+      <c r="J202" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="203" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="203" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A203" s="5" t="s">
-        <v>3129</v>
+        <v>3128</v>
       </c>
       <c r="B203" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C203" s="14">
         <v>9789777800846</v>
       </c>
       <c r="D203" s="15" t="s">
         <v>2239</v>
       </c>
       <c r="E203" s="5" t="s">
         <v>438</v>
       </c>
       <c r="F203" s="16" t="s">
-        <v>2634</v>
+        <v>2633</v>
       </c>
       <c r="G203" s="15" t="s">
         <v>1483</v>
       </c>
       <c r="H203" s="17" t="s">
         <v>953</v>
       </c>
       <c r="I203" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J203" s="19">
         <v>2009</v>
       </c>
-      <c r="K203" s="20" t="s">
+      <c r="J203" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="204" spans="1:11" ht="35.25" x14ac:dyDescent="0.5">
+    <row r="204" spans="1:10" ht="35.65" x14ac:dyDescent="1.05">
       <c r="A204" s="5" t="s">
-        <v>3130</v>
+        <v>3129</v>
       </c>
       <c r="B204" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C204" s="14" t="s">
         <v>169</v>
       </c>
       <c r="D204" s="15" t="s">
         <v>2241</v>
       </c>
       <c r="E204" s="5" t="s">
         <v>561</v>
       </c>
       <c r="F204" s="16" t="s">
-        <v>2635</v>
+        <v>2634</v>
       </c>
       <c r="G204" s="15" t="s">
         <v>1644</v>
       </c>
       <c r="H204" s="17" t="s">
         <v>1136</v>
       </c>
       <c r="I204" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J204" s="19">
         <v>2008</v>
       </c>
-      <c r="K204" s="20" t="s">
+      <c r="J204" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="205" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="205" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A205" s="5" t="s">
-        <v>3131</v>
+        <v>3130</v>
       </c>
       <c r="B205" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C205" s="14" t="s">
         <v>60</v>
       </c>
       <c r="D205" s="15" t="s">
         <v>2244</v>
       </c>
       <c r="E205" s="5" t="s">
         <v>455</v>
       </c>
       <c r="F205" s="16" t="s">
-        <v>2636</v>
+        <v>2635</v>
       </c>
       <c r="G205" s="15" t="s">
         <v>1509</v>
       </c>
       <c r="H205" s="17" t="s">
         <v>988</v>
       </c>
       <c r="I205" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J205" s="19">
         <v>2001</v>
       </c>
-      <c r="K205" s="20" t="s">
+      <c r="J205" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="206" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="206" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A206" s="5" t="s">
-        <v>3132</v>
+        <v>3131</v>
       </c>
       <c r="B206" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C206" s="14" t="s">
         <v>146</v>
       </c>
       <c r="D206" s="15" t="s">
         <v>2245</v>
       </c>
       <c r="E206" s="5" t="s">
         <v>540</v>
       </c>
       <c r="F206" s="16" t="s">
-        <v>2637</v>
+        <v>2636</v>
       </c>
       <c r="G206" s="15" t="s">
         <v>1509</v>
       </c>
       <c r="H206" s="17" t="s">
         <v>988</v>
       </c>
       <c r="I206" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J206" s="19">
         <v>2021</v>
       </c>
-      <c r="K206" s="20" t="s">
+      <c r="J206" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="207" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="207" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A207" s="5" t="s">
-        <v>3133</v>
+        <v>3132</v>
       </c>
       <c r="B207" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C207" s="14" t="s">
         <v>170</v>
       </c>
       <c r="D207" s="15" t="s">
         <v>2246</v>
       </c>
       <c r="E207" s="5" t="s">
         <v>562</v>
       </c>
       <c r="F207" s="16" t="s">
-        <v>2638</v>
+        <v>2637</v>
       </c>
       <c r="G207" s="15" t="s">
         <v>1509</v>
       </c>
       <c r="H207" s="17" t="s">
         <v>988</v>
       </c>
       <c r="I207" s="18">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="J207" s="19">
         <v>2021</v>
       </c>
-      <c r="K207" s="20" t="s">
+      <c r="J207" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="208" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="208" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A208" s="5" t="s">
-        <v>3134</v>
+        <v>3133</v>
       </c>
       <c r="B208" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C208" s="14" t="s">
         <v>289</v>
       </c>
       <c r="D208" s="15" t="s">
         <v>2247</v>
       </c>
       <c r="E208" s="5" t="s">
         <v>682</v>
       </c>
       <c r="F208" s="16" t="s">
-        <v>2639</v>
+        <v>2638</v>
       </c>
       <c r="G208" s="15" t="s">
         <v>1509</v>
       </c>
       <c r="H208" s="17" t="s">
         <v>988</v>
       </c>
       <c r="I208" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J208" s="19">
         <v>2019</v>
       </c>
-      <c r="K208" s="24" t="s">
+      <c r="J208" s="23" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="209" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="209" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A209" s="5" t="s">
-        <v>3135</v>
+        <v>3134</v>
       </c>
       <c r="B209" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C209" s="14">
         <v>9789777802246</v>
       </c>
       <c r="D209" s="15" t="s">
         <v>2248</v>
       </c>
       <c r="E209" s="5" t="s">
         <v>365</v>
       </c>
       <c r="F209" s="16" t="s">
-        <v>2640</v>
+        <v>2639</v>
       </c>
       <c r="G209" s="15" t="s">
         <v>1440</v>
       </c>
       <c r="H209" s="17" t="s">
         <v>882</v>
       </c>
       <c r="I209" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J209" s="19">
         <v>2019</v>
       </c>
-      <c r="K209" s="20" t="s">
+      <c r="J209" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="210" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="210" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A210" s="5" t="s">
-        <v>3136</v>
+        <v>3135</v>
       </c>
       <c r="B210" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C210" s="14">
         <v>9789777802239</v>
       </c>
       <c r="D210" s="15" t="s">
         <v>2249</v>
       </c>
       <c r="E210" s="5" t="s">
         <v>366</v>
       </c>
       <c r="F210" s="16" t="s">
-        <v>2641</v>
+        <v>2640</v>
       </c>
       <c r="G210" s="15" t="s">
         <v>1440</v>
       </c>
       <c r="H210" s="17" t="s">
         <v>882</v>
       </c>
       <c r="I210" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J210" s="19">
         <v>2019</v>
       </c>
-      <c r="K210" s="20" t="s">
+      <c r="J210" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="211" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="211" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A211" s="5" t="s">
-        <v>3137</v>
+        <v>3136</v>
       </c>
       <c r="B211" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C211" s="14">
         <v>9789777801638</v>
       </c>
       <c r="D211" s="15" t="s">
         <v>2250</v>
       </c>
       <c r="E211" s="5" t="s">
         <v>393</v>
       </c>
       <c r="F211" s="16" t="s">
-        <v>2642</v>
+        <v>2641</v>
       </c>
       <c r="G211" s="15" t="s">
         <v>1455</v>
       </c>
       <c r="H211" s="17" t="s">
         <v>918</v>
       </c>
       <c r="I211" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J211" s="19">
         <v>2018</v>
       </c>
-      <c r="K211" s="20" t="s">
+      <c r="J211" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="212" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="212" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A212" s="5" t="s">
-        <v>3138</v>
+        <v>3137</v>
       </c>
       <c r="B212" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C212" s="14">
         <v>9789777801614</v>
       </c>
       <c r="D212" s="15" t="s">
         <v>2251</v>
       </c>
       <c r="E212" s="5" t="s">
         <v>394</v>
       </c>
       <c r="F212" s="16" t="s">
-        <v>2643</v>
+        <v>2642</v>
       </c>
       <c r="G212" s="15" t="s">
         <v>1455</v>
       </c>
       <c r="H212" s="17" t="s">
         <v>918</v>
       </c>
       <c r="I212" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J212" s="19">
         <v>2021</v>
       </c>
-      <c r="K212" s="20" t="s">
+      <c r="J212" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="213" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="213" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A213" s="5" t="s">
-        <v>3139</v>
+        <v>3138</v>
       </c>
       <c r="B213" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C213" s="14">
         <v>9789777801621</v>
       </c>
       <c r="D213" s="15" t="s">
         <v>2252</v>
       </c>
       <c r="E213" s="5" t="s">
         <v>395</v>
       </c>
       <c r="F213" s="16" t="s">
-        <v>2644</v>
+        <v>2643</v>
       </c>
       <c r="G213" s="15" t="s">
         <v>1455</v>
       </c>
       <c r="H213" s="17" t="s">
         <v>918</v>
       </c>
       <c r="I213" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J213" s="19">
         <v>2019</v>
       </c>
-      <c r="K213" s="20" t="s">
+      <c r="J213" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="214" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="214" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A214" s="5" t="s">
-        <v>3140</v>
+        <v>3139</v>
       </c>
       <c r="B214" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C214" s="14">
         <v>9789777801317</v>
       </c>
       <c r="D214" s="15" t="s">
         <v>2253</v>
       </c>
       <c r="E214" s="5" t="s">
         <v>416</v>
       </c>
       <c r="F214" s="16" t="s">
-        <v>2645</v>
+        <v>2644</v>
       </c>
       <c r="G214" s="15" t="s">
         <v>1455</v>
       </c>
       <c r="H214" s="17" t="s">
         <v>918</v>
       </c>
       <c r="I214" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J214" s="19">
         <v>2019</v>
       </c>
-      <c r="K214" s="20" t="s">
+      <c r="J214" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="215" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="215" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A215" s="5" t="s">
-        <v>3141</v>
+        <v>3140</v>
       </c>
       <c r="B215" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C215" s="14">
         <v>9789777802222</v>
       </c>
       <c r="D215" s="15" t="s">
         <v>2259</v>
       </c>
       <c r="E215" s="5" t="s">
         <v>368</v>
       </c>
       <c r="F215" s="16" t="s">
-        <v>2646</v>
+        <v>2645</v>
       </c>
       <c r="G215" s="15" t="s">
         <v>1370</v>
       </c>
       <c r="H215" s="17" t="s">
         <v>884</v>
       </c>
       <c r="I215" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J215" s="19">
         <v>2018</v>
       </c>
-      <c r="K215" s="20" t="s">
+      <c r="J215" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="216" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="216" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A216" s="5" t="s">
-        <v>3142</v>
+        <v>3141</v>
       </c>
       <c r="B216" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C216" s="14">
         <v>9789777801669</v>
       </c>
       <c r="D216" s="15" t="s">
         <v>2260</v>
       </c>
       <c r="E216" s="5" t="s">
         <v>396</v>
       </c>
       <c r="F216" s="16" t="s">
-        <v>2647</v>
+        <v>2646</v>
       </c>
       <c r="G216" s="15" t="s">
         <v>1370</v>
       </c>
       <c r="H216" s="17" t="s">
         <v>884</v>
       </c>
       <c r="I216" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J216" s="19">
         <v>2018</v>
       </c>
-      <c r="K216" s="20" t="s">
+      <c r="J216" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="217" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="217" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A217" s="5" t="s">
-        <v>3143</v>
+        <v>3142</v>
       </c>
       <c r="B217" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C217" s="14">
         <v>9789777801713</v>
       </c>
       <c r="D217" s="15" t="s">
         <v>2261</v>
       </c>
       <c r="E217" s="5" t="s">
         <v>397</v>
       </c>
       <c r="F217" s="16" t="s">
-        <v>2648</v>
+        <v>2647</v>
       </c>
       <c r="G217" s="15" t="s">
         <v>1370</v>
       </c>
       <c r="H217" s="17" t="s">
         <v>884</v>
       </c>
       <c r="I217" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J217" s="19">
         <v>2015</v>
       </c>
-      <c r="K217" s="20" t="s">
+      <c r="J217" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="218" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="218" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A218" s="5" t="s">
-        <v>3144</v>
+        <v>3143</v>
       </c>
       <c r="B218" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C218" s="14">
         <v>9789777801348</v>
       </c>
       <c r="D218" s="15" t="s">
         <v>2262</v>
       </c>
       <c r="E218" s="5" t="s">
         <v>420</v>
       </c>
       <c r="F218" s="16" t="s">
-        <v>2649</v>
+        <v>2648</v>
       </c>
       <c r="G218" s="15" t="s">
         <v>1370</v>
       </c>
       <c r="H218" s="17" t="s">
         <v>884</v>
       </c>
       <c r="I218" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J218" s="19">
         <v>2014</v>
       </c>
-      <c r="K218" s="20" t="s">
+      <c r="J218" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="219" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="219" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A219" s="5" t="s">
-        <v>3145</v>
+        <v>3144</v>
       </c>
       <c r="B219" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C219" s="14">
         <v>9789777801355</v>
       </c>
       <c r="D219" s="15" t="s">
         <v>2263</v>
       </c>
       <c r="E219" s="5" t="s">
         <v>421</v>
       </c>
       <c r="F219" s="16" t="s">
-        <v>2650</v>
+        <v>2649</v>
       </c>
       <c r="G219" s="15" t="s">
         <v>1370</v>
       </c>
       <c r="H219" s="17" t="s">
         <v>884</v>
       </c>
       <c r="I219" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J219" s="19">
         <v>2011</v>
       </c>
-      <c r="K219" s="20" t="s">
+      <c r="J219" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="220" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="220" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A220" s="5" t="s">
-        <v>3146</v>
+        <v>3145</v>
       </c>
       <c r="B220" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C220" s="14">
         <v>9789772329809</v>
       </c>
       <c r="D220" s="15" t="s">
         <v>2264</v>
       </c>
       <c r="E220" s="5" t="s">
         <v>452</v>
       </c>
       <c r="F220" s="16" t="s">
-        <v>2651</v>
+        <v>2650</v>
       </c>
       <c r="G220" s="15" t="s">
         <v>1370</v>
       </c>
       <c r="H220" s="17" t="s">
         <v>884</v>
       </c>
       <c r="I220" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J220" s="19">
         <v>2007</v>
       </c>
-      <c r="K220" s="20" t="s">
+      <c r="J220" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="221" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="221" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A221" s="5" t="s">
-        <v>3147</v>
+        <v>3146</v>
       </c>
       <c r="B221" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C221" s="14" t="s">
         <v>66</v>
       </c>
       <c r="D221" s="15" t="s">
         <v>2265</v>
       </c>
       <c r="E221" s="5" t="s">
         <v>463</v>
       </c>
       <c r="F221" s="16" t="s">
-        <v>2652</v>
+        <v>2651</v>
       </c>
       <c r="G221" s="15" t="s">
         <v>1370</v>
       </c>
       <c r="H221" s="17" t="s">
         <v>1008</v>
       </c>
       <c r="I221" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J221" s="19">
         <v>2007</v>
       </c>
-      <c r="K221" s="20" t="s">
+      <c r="J221" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="222" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="222" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A222" s="5" t="s">
-        <v>3148</v>
+        <v>3147</v>
       </c>
       <c r="B222" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C222" s="14" t="s">
         <v>80</v>
       </c>
       <c r="D222" s="15" t="s">
         <v>2266</v>
       </c>
       <c r="E222" s="5" t="s">
         <v>478</v>
       </c>
       <c r="F222" s="16" t="s">
-        <v>2653</v>
+        <v>2652</v>
       </c>
       <c r="G222" s="15" t="s">
         <v>1370</v>
       </c>
       <c r="H222" s="17" t="s">
         <v>1008</v>
       </c>
       <c r="I222" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J222" s="19">
         <v>2005</v>
       </c>
-      <c r="K222" s="20" t="s">
+      <c r="J222" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="223" spans="1:11" ht="35.25" x14ac:dyDescent="0.5">
+    <row r="223" spans="1:10" ht="35.65" x14ac:dyDescent="1.05">
       <c r="A223" s="5" t="s">
-        <v>3149</v>
+        <v>3148</v>
       </c>
       <c r="B223" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C223" s="14" t="s">
         <v>190</v>
       </c>
       <c r="D223" s="15" t="s">
         <v>2267</v>
       </c>
       <c r="E223" s="5" t="s">
         <v>583</v>
       </c>
       <c r="F223" s="16" t="s">
-        <v>2654</v>
+        <v>2653</v>
       </c>
       <c r="G223" s="15" t="s">
         <v>1370</v>
       </c>
       <c r="H223" s="17" t="s">
         <v>1008</v>
       </c>
       <c r="I223" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J223" s="19">
         <v>2005</v>
       </c>
-      <c r="K223" s="20" t="s">
+      <c r="J223" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="224" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="224" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A224" s="5" t="s">
-        <v>3150</v>
+        <v>3149</v>
       </c>
       <c r="B224" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C224" s="14" t="s">
         <v>198</v>
       </c>
       <c r="D224" s="15" t="s">
         <v>2268</v>
       </c>
       <c r="E224" s="5" t="s">
         <v>591</v>
       </c>
       <c r="F224" s="16" t="s">
-        <v>2655</v>
+        <v>2654</v>
       </c>
       <c r="G224" s="15" t="s">
         <v>1370</v>
       </c>
       <c r="H224" s="17" t="s">
         <v>1008</v>
       </c>
       <c r="I224" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J224" s="19">
         <v>2004</v>
       </c>
-      <c r="K224" s="20" t="s">
+      <c r="J224" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="225" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="225" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A225" s="5" t="s">
-        <v>3151</v>
+        <v>3150</v>
       </c>
       <c r="B225" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C225" s="14" t="s">
         <v>215</v>
       </c>
       <c r="D225" s="15" t="s">
         <v>2269</v>
       </c>
       <c r="E225" s="5" t="s">
         <v>608</v>
       </c>
       <c r="F225" s="16" t="s">
-        <v>2656</v>
+        <v>2655</v>
       </c>
       <c r="G225" s="15" t="s">
         <v>1370</v>
       </c>
       <c r="H225" s="17" t="s">
         <v>1008</v>
       </c>
       <c r="I225" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J225" s="19">
         <v>2012</v>
       </c>
-      <c r="K225" s="20" t="s">
+      <c r="J225" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="226" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="226" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A226" s="5" t="s">
-        <v>3152</v>
+        <v>3151</v>
       </c>
       <c r="B226" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C226" s="14" t="s">
         <v>216</v>
       </c>
       <c r="D226" s="15" t="s">
         <v>2270</v>
       </c>
       <c r="E226" s="5" t="s">
         <v>609</v>
       </c>
       <c r="F226" s="16" t="s">
-        <v>2657</v>
+        <v>2656</v>
       </c>
       <c r="G226" s="15" t="s">
         <v>1370</v>
       </c>
       <c r="H226" s="17" t="s">
         <v>1008</v>
       </c>
       <c r="I226" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J226" s="19">
         <v>2010</v>
       </c>
-      <c r="K226" s="20" t="s">
+      <c r="J226" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="227" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="227" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A227" s="5" t="s">
-        <v>3153</v>
+        <v>3152</v>
       </c>
       <c r="B227" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C227" s="14" t="s">
         <v>237</v>
       </c>
       <c r="D227" s="15" t="s">
         <v>2271</v>
       </c>
       <c r="E227" s="5" t="s">
         <v>630</v>
       </c>
       <c r="F227" s="16" t="s">
-        <v>2658</v>
+        <v>2657</v>
       </c>
       <c r="G227" s="15" t="s">
         <v>1370</v>
       </c>
       <c r="H227" s="17" t="s">
         <v>1008</v>
       </c>
       <c r="I227" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J227" s="19">
         <v>2010</v>
       </c>
-      <c r="K227" s="20" t="s">
+      <c r="J227" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="228" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="228" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A228" s="5" t="s">
-        <v>3154</v>
+        <v>3153</v>
       </c>
       <c r="B228" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C228" s="14" t="s">
         <v>73</v>
       </c>
       <c r="D228" s="15" t="s">
         <v>2272</v>
       </c>
       <c r="E228" s="5" t="s">
         <v>471</v>
       </c>
       <c r="F228" s="16" t="s">
-        <v>2659</v>
+        <v>2658</v>
       </c>
       <c r="G228" s="15" t="s">
         <v>1557</v>
       </c>
       <c r="H228" s="17" t="s">
         <v>1047</v>
       </c>
       <c r="I228" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J228" s="19">
         <v>2005</v>
       </c>
-      <c r="K228" s="20" t="s">
+      <c r="J228" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="229" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="229" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A229" s="5" t="s">
-        <v>3155</v>
+        <v>3154</v>
       </c>
       <c r="B229" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C229" s="14" t="s">
         <v>102</v>
       </c>
       <c r="D229" s="15" t="s">
         <v>2273</v>
       </c>
       <c r="E229" s="5" t="s">
         <v>500</v>
       </c>
       <c r="F229" s="16" t="s">
-        <v>2660</v>
+        <v>2659</v>
       </c>
       <c r="G229" s="15" t="s">
         <v>1557</v>
       </c>
       <c r="H229" s="17" t="s">
         <v>1047</v>
       </c>
       <c r="I229" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J229" s="19">
         <v>2007</v>
       </c>
-      <c r="K229" s="20" t="s">
+      <c r="J229" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="230" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="230" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A230" s="5" t="s">
-        <v>3156</v>
+        <v>3155</v>
       </c>
       <c r="B230" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C230" s="14" t="s">
         <v>103</v>
       </c>
       <c r="D230" s="15" t="s">
         <v>2274</v>
       </c>
       <c r="E230" s="5" t="s">
         <v>501</v>
       </c>
       <c r="F230" s="16" t="s">
-        <v>2661</v>
+        <v>2660</v>
       </c>
       <c r="G230" s="15" t="s">
         <v>1557</v>
       </c>
       <c r="H230" s="17" t="s">
         <v>1047</v>
       </c>
       <c r="I230" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J230" s="19">
         <v>1997</v>
       </c>
-      <c r="K230" s="20" t="s">
+      <c r="J230" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="231" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="231" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A231" s="5" t="s">
-        <v>3157</v>
+        <v>3156</v>
       </c>
       <c r="B231" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C231" s="14" t="s">
         <v>181</v>
       </c>
       <c r="D231" s="15" t="s">
         <v>2275</v>
       </c>
       <c r="E231" s="5" t="s">
         <v>574</v>
       </c>
       <c r="F231" s="16" t="s">
-        <v>2662</v>
+        <v>2661</v>
       </c>
       <c r="G231" s="15" t="s">
         <v>1557</v>
       </c>
       <c r="H231" s="17" t="s">
         <v>1047</v>
       </c>
       <c r="I231" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J231" s="19">
         <v>2005</v>
       </c>
-      <c r="K231" s="20" t="s">
+      <c r="J231" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="232" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="232" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A232" s="5" t="s">
-        <v>3158</v>
+        <v>3157</v>
       </c>
       <c r="B232" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C232" s="14" t="s">
         <v>197</v>
       </c>
       <c r="D232" s="15" t="s">
         <v>2276</v>
       </c>
       <c r="E232" s="5" t="s">
         <v>590</v>
       </c>
       <c r="F232" s="16" t="s">
-        <v>2663</v>
+        <v>2662</v>
       </c>
       <c r="G232" s="15" t="s">
         <v>1557</v>
       </c>
       <c r="H232" s="17" t="s">
         <v>1047</v>
       </c>
       <c r="I232" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J232" s="19">
         <v>2023</v>
       </c>
-      <c r="K232" s="20" t="s">
+      <c r="J232" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="233" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="233" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A233" s="5" t="s">
-        <v>3159</v>
+        <v>3158</v>
       </c>
       <c r="B233" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C233" s="14" t="s">
         <v>316</v>
       </c>
       <c r="D233" s="15" t="s">
         <v>2277</v>
       </c>
       <c r="E233" s="5" t="s">
         <v>709</v>
       </c>
       <c r="F233" s="16" t="s">
-        <v>2664</v>
+        <v>2663</v>
       </c>
       <c r="G233" s="15" t="s">
         <v>1557</v>
       </c>
       <c r="H233" s="17" t="s">
         <v>1047</v>
       </c>
       <c r="I233" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J233" s="19">
         <v>2020</v>
       </c>
-      <c r="K233" s="20" t="s">
+      <c r="J233" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="234" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="234" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A234" s="5" t="s">
-        <v>3160</v>
+        <v>3159</v>
       </c>
       <c r="B234" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C234" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D234" s="15" t="s">
         <v>2278</v>
       </c>
       <c r="E234" s="5" t="s">
         <v>728</v>
       </c>
       <c r="F234" s="16" t="s">
-        <v>2665</v>
+        <v>2664</v>
       </c>
       <c r="G234" s="15" t="s">
         <v>1557</v>
       </c>
       <c r="H234" s="17" t="s">
         <v>1264</v>
       </c>
       <c r="I234" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J234" s="19">
         <v>2004</v>
       </c>
-      <c r="K234" s="21" t="s">
+      <c r="J234" s="20" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="235" spans="1:11" ht="35.25" x14ac:dyDescent="0.5">
+    <row r="235" spans="1:10" ht="35.65" x14ac:dyDescent="1.05">
       <c r="A235" s="5" t="s">
-        <v>3161</v>
+        <v>3160</v>
       </c>
       <c r="B235" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C235" s="14">
         <v>9789777802888</v>
       </c>
       <c r="D235" s="15" t="s">
         <v>2307</v>
       </c>
       <c r="E235" s="5" t="s">
         <v>352</v>
       </c>
       <c r="F235" s="16" t="s">
-        <v>2666</v>
+        <v>2665</v>
       </c>
       <c r="G235" s="15" t="s">
         <v>1365</v>
       </c>
       <c r="H235" s="17" t="s">
         <v>851</v>
       </c>
       <c r="I235" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J235" s="19">
         <v>2015</v>
       </c>
-      <c r="K235" s="20" t="s">
+      <c r="J235" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="236" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="236" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A236" s="5" t="s">
-        <v>3162</v>
+        <v>3161</v>
       </c>
       <c r="B236" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C236" s="14">
         <v>9789777802000</v>
       </c>
       <c r="D236" s="15" t="s">
         <v>2308</v>
       </c>
       <c r="E236" s="5" t="s">
         <v>379</v>
       </c>
       <c r="F236" s="16" t="s">
-        <v>2667</v>
+        <v>2666</v>
       </c>
       <c r="G236" s="15" t="s">
         <v>1365</v>
       </c>
       <c r="H236" s="17" t="s">
         <v>851</v>
       </c>
       <c r="I236" s="18">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="J236" s="19">
         <v>2015</v>
       </c>
-      <c r="K236" s="20" t="s">
+      <c r="J236" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="237" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="237" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A237" s="5" t="s">
-        <v>3163</v>
+        <v>3162</v>
       </c>
       <c r="B237" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C237" s="14" t="s">
         <v>229</v>
       </c>
       <c r="D237" s="15" t="s">
         <v>2309</v>
       </c>
       <c r="E237" s="5" t="s">
         <v>622</v>
       </c>
       <c r="F237" s="16" t="s">
-        <v>2668</v>
+        <v>2667</v>
       </c>
       <c r="G237" s="15" t="s">
         <v>1365</v>
       </c>
       <c r="H237" s="17" t="s">
         <v>851</v>
       </c>
       <c r="I237" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J237" s="19">
         <v>2010</v>
       </c>
-      <c r="K237" s="20" t="s">
+      <c r="J237" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="238" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="238" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A238" s="5" t="s">
-        <v>3164</v>
+        <v>3163</v>
       </c>
       <c r="B238" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C238" s="14">
         <v>9789777800488</v>
       </c>
       <c r="D238" s="15" t="s">
         <v>2326</v>
       </c>
       <c r="E238" s="5" t="s">
         <v>440</v>
       </c>
       <c r="F238" s="16" t="s">
-        <v>2669</v>
+        <v>2668</v>
       </c>
       <c r="G238" s="15" t="s">
         <v>1484</v>
       </c>
       <c r="H238" s="17" t="s">
         <v>955</v>
       </c>
       <c r="I238" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J238" s="19">
         <v>2009</v>
       </c>
-      <c r="K238" s="20" t="s">
+      <c r="J238" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="239" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="239" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A239" s="5" t="s">
-        <v>3165</v>
+        <v>3164</v>
       </c>
       <c r="B239" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C239" s="14" t="s">
         <v>58</v>
       </c>
       <c r="D239" s="15" t="s">
         <v>2327</v>
       </c>
       <c r="E239" s="5" t="s">
         <v>453</v>
       </c>
       <c r="F239" s="16" t="s">
-        <v>2670</v>
+        <v>2669</v>
       </c>
       <c r="G239" s="15" t="s">
         <v>1484</v>
       </c>
       <c r="H239" s="17" t="s">
         <v>955</v>
       </c>
       <c r="I239" s="18">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="J239" s="19">
         <v>1983</v>
       </c>
-      <c r="K239" s="20" t="s">
+      <c r="J239" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="240" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="240" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A240" s="5" t="s">
-        <v>3166</v>
+        <v>3165</v>
       </c>
       <c r="B240" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C240" s="14" t="s">
         <v>59</v>
       </c>
       <c r="D240" s="15" t="s">
         <v>2328</v>
       </c>
       <c r="E240" s="5" t="s">
         <v>454</v>
       </c>
       <c r="F240" s="16" t="s">
-        <v>2671</v>
+        <v>2670</v>
       </c>
       <c r="G240" s="15" t="s">
         <v>1484</v>
       </c>
       <c r="H240" s="17" t="s">
         <v>955</v>
       </c>
       <c r="I240" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J240" s="19">
         <v>1981</v>
       </c>
-      <c r="K240" s="20" t="s">
+      <c r="J240" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="241" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="241" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A241" s="5" t="s">
-        <v>3167</v>
+        <v>3166</v>
       </c>
       <c r="B241" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C241" s="14" t="s">
         <v>106</v>
       </c>
       <c r="D241" s="15" t="s">
         <v>2329</v>
       </c>
       <c r="E241" s="5" t="s">
         <v>504</v>
       </c>
       <c r="F241" s="16" t="s">
-        <v>2672</v>
+        <v>2671</v>
       </c>
       <c r="G241" s="15" t="s">
         <v>1484</v>
       </c>
       <c r="H241" s="17" t="s">
         <v>955</v>
       </c>
       <c r="I241" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J241" s="19">
         <v>1979</v>
       </c>
-      <c r="K241" s="20" t="s">
+      <c r="J241" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="242" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="242" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A242" s="5" t="s">
-        <v>3168</v>
+        <v>3167</v>
       </c>
       <c r="B242" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C242" s="14" t="s">
         <v>151</v>
       </c>
       <c r="D242" s="15" t="s">
         <v>2330</v>
       </c>
       <c r="E242" s="5" t="s">
         <v>545</v>
       </c>
       <c r="F242" s="16" t="s">
-        <v>2673</v>
+        <v>2672</v>
       </c>
       <c r="G242" s="15" t="s">
         <v>1484</v>
       </c>
       <c r="H242" s="17" t="s">
         <v>955</v>
       </c>
       <c r="I242" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J242" s="19">
         <v>1980</v>
       </c>
-      <c r="K242" s="20" t="s">
+      <c r="J242" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="243" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="243" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A243" s="5" t="s">
-        <v>3169</v>
+        <v>3168</v>
       </c>
       <c r="B243" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C243" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D243" s="15" t="s">
         <v>2332</v>
       </c>
       <c r="E243" s="5" t="s">
         <v>722</v>
       </c>
       <c r="F243" s="16" t="s">
-        <v>2674</v>
+        <v>2673</v>
       </c>
       <c r="G243" s="15" t="s">
         <v>1484</v>
       </c>
       <c r="H243" s="17" t="s">
         <v>1257</v>
       </c>
       <c r="I243" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J243" s="19">
         <v>2008</v>
       </c>
-      <c r="K243" s="21" t="s">
+      <c r="J243" s="20" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="244" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="244" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A244" s="5" t="s">
-        <v>3170</v>
+        <v>3169</v>
       </c>
       <c r="B244" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C244" s="14" t="s">
         <v>331</v>
       </c>
       <c r="D244" s="15" t="s">
         <v>2335</v>
       </c>
       <c r="E244" s="5" t="s">
         <v>757</v>
       </c>
       <c r="F244" s="16" t="s">
-        <v>2675</v>
+        <v>2674</v>
       </c>
       <c r="G244" s="15" t="s">
         <v>1765</v>
       </c>
       <c r="H244" s="17" t="s">
         <v>1274</v>
       </c>
       <c r="I244" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J244" s="19">
         <v>2008</v>
       </c>
-      <c r="K244" s="20" t="s">
+      <c r="J244" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="245" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="245" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A245" s="5" t="s">
-        <v>3171</v>
+        <v>3170</v>
       </c>
       <c r="B245" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C245" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D245" s="15" t="s">
         <v>2336</v>
       </c>
       <c r="E245" s="5" t="s">
         <v>776</v>
       </c>
       <c r="F245" s="16" t="s">
-        <v>2676</v>
+        <v>2675</v>
       </c>
       <c r="G245" s="15" t="s">
         <v>1765</v>
       </c>
       <c r="H245" s="17" t="s">
         <v>1274</v>
       </c>
       <c r="I245" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J245" s="19">
         <v>2011</v>
       </c>
-      <c r="K245" s="21" t="s">
+      <c r="J245" s="20" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="246" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="246" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A246" s="5" t="s">
-        <v>3172</v>
+        <v>3171</v>
       </c>
       <c r="B246" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C246" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D246" s="15" t="s">
         <v>2337</v>
       </c>
       <c r="E246" s="5" t="s">
         <v>770</v>
       </c>
       <c r="F246" s="16" t="s">
-        <v>2677</v>
+        <v>2676</v>
       </c>
       <c r="G246" s="15" t="s">
         <v>1803</v>
       </c>
       <c r="H246" s="17" t="s">
         <v>1316</v>
       </c>
       <c r="I246" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J246" s="19">
         <v>2011</v>
       </c>
-      <c r="K246" s="21" t="s">
+      <c r="J246" s="20" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="247" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="247" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A247" s="5" t="s">
-        <v>3173</v>
+        <v>3172</v>
       </c>
       <c r="B247" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C247" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D247" s="15" t="s">
         <v>2378</v>
       </c>
       <c r="E247" s="5" t="s">
         <v>763</v>
       </c>
       <c r="F247" s="16" t="s">
-        <v>2678</v>
+        <v>2677</v>
       </c>
       <c r="G247" s="15" t="s">
         <v>1795</v>
       </c>
       <c r="H247" s="17" t="s">
         <v>1308</v>
       </c>
       <c r="I247" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J247" s="19">
         <v>2022</v>
       </c>
-      <c r="K247" s="21" t="s">
+      <c r="J247" s="20" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="248" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="248" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A248" s="5" t="s">
-        <v>3174</v>
+        <v>3173</v>
       </c>
       <c r="B248" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C248" s="14" t="s">
         <v>199</v>
       </c>
       <c r="D248" s="15" t="s">
         <v>2388</v>
       </c>
       <c r="E248" s="5" t="s">
         <v>592</v>
       </c>
       <c r="F248" s="16" t="s">
-        <v>2679</v>
+        <v>2678</v>
       </c>
       <c r="G248" s="15" t="s">
         <v>1663</v>
       </c>
       <c r="H248" s="17" t="s">
         <v>1155</v>
       </c>
       <c r="I248" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J248" s="19">
         <v>2022</v>
       </c>
-      <c r="K248" s="20" t="s">
+      <c r="J248" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="249" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="249" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A249" s="5" t="s">
-        <v>3175</v>
+        <v>3174</v>
       </c>
       <c r="B249" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C249" s="14">
         <v>9789777801171</v>
       </c>
       <c r="D249" s="15" t="s">
         <v>2398</v>
       </c>
       <c r="E249" s="5" t="s">
         <v>425</v>
       </c>
       <c r="F249" s="16" t="s">
-        <v>2680</v>
+        <v>2679</v>
       </c>
       <c r="G249" s="15" t="s">
         <v>1469</v>
       </c>
       <c r="H249" s="17" t="s">
         <v>936</v>
       </c>
       <c r="I249" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J249" s="19">
         <v>1968</v>
       </c>
-      <c r="K249" s="20" t="s">
+      <c r="J249" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="250" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="250" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A250" s="5" t="s">
-        <v>3176</v>
+        <v>3175</v>
       </c>
       <c r="B250" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C250" s="14" t="s">
         <v>82</v>
       </c>
       <c r="D250" s="15" t="s">
         <v>2399</v>
       </c>
       <c r="E250" s="5" t="s">
         <v>480</v>
       </c>
       <c r="F250" s="16" t="s">
-        <v>2681</v>
+        <v>2680</v>
       </c>
       <c r="G250" s="15" t="s">
         <v>1577</v>
       </c>
       <c r="H250" s="17" t="s">
         <v>1068</v>
       </c>
       <c r="I250" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J250" s="19">
         <v>1967</v>
       </c>
-      <c r="K250" s="20" t="s">
+      <c r="J250" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="251" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="251" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A251" s="5" t="s">
-        <v>3177</v>
+        <v>3176</v>
       </c>
       <c r="B251" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C251" s="14" t="s">
         <v>83</v>
       </c>
       <c r="D251" s="15" t="s">
         <v>2400</v>
       </c>
       <c r="E251" s="5" t="s">
         <v>481</v>
       </c>
       <c r="F251" s="16" t="s">
-        <v>2682</v>
+        <v>2681</v>
       </c>
       <c r="G251" s="15" t="s">
         <v>1577</v>
       </c>
       <c r="H251" s="17" t="s">
         <v>1068</v>
       </c>
       <c r="I251" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J251" s="19">
         <v>1996</v>
       </c>
-      <c r="K251" s="20" t="s">
+      <c r="J251" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="252" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="252" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A252" s="5" t="s">
-        <v>3178</v>
+        <v>3177</v>
       </c>
       <c r="B252" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C252" s="14">
         <v>9789777802666</v>
       </c>
       <c r="D252" s="15" t="s">
         <v>2401</v>
       </c>
       <c r="E252" s="5" t="s">
         <v>357</v>
       </c>
       <c r="F252" s="16" t="s">
-        <v>2683</v>
+        <v>2682</v>
       </c>
       <c r="G252" s="15" t="s">
         <v>1368</v>
       </c>
       <c r="H252" s="17" t="s">
         <v>866</v>
       </c>
       <c r="I252" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J252" s="19">
         <v>1979</v>
       </c>
-      <c r="K252" s="20" t="s">
+      <c r="J252" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="253" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="253" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A253" s="5" t="s">
-        <v>3179</v>
+        <v>3178</v>
       </c>
       <c r="B253" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C253" s="14">
         <v>9789777802697</v>
       </c>
       <c r="D253" s="15" t="s">
         <v>2419</v>
       </c>
       <c r="E253" s="5" t="s">
         <v>358</v>
       </c>
       <c r="F253" s="16" t="s">
-        <v>2684</v>
+        <v>2683</v>
       </c>
       <c r="G253" s="15" t="s">
         <v>1429</v>
       </c>
       <c r="H253" s="17" t="s">
         <v>868</v>
       </c>
       <c r="I253" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J253" s="19">
         <v>1991</v>
       </c>
-      <c r="K253" s="20" t="s">
+      <c r="J253" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="254" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="254" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A254" s="5" t="s">
-        <v>3180</v>
+        <v>3179</v>
       </c>
       <c r="B254" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C254" s="14">
         <v>9789777801058</v>
       </c>
       <c r="D254" s="15" t="s">
         <v>1984</v>
       </c>
       <c r="E254" s="5" t="s">
         <v>414</v>
       </c>
       <c r="F254" s="16" t="s">
-        <v>2685</v>
+        <v>2684</v>
       </c>
       <c r="G254" s="15" t="s">
         <v>1463</v>
       </c>
       <c r="H254" s="17" t="s">
         <v>929</v>
       </c>
       <c r="I254" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J254" s="19">
         <v>2018</v>
       </c>
-      <c r="K254" s="20" t="s">
+      <c r="J254" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="255" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="255" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A255" s="5" t="s">
-        <v>3181</v>
+        <v>3180</v>
       </c>
       <c r="B255" s="13" t="s">
         <v>2432</v>
       </c>
       <c r="C255" s="14" t="s">
         <v>238</v>
       </c>
       <c r="D255" s="15" t="s">
         <v>2331</v>
       </c>
       <c r="E255" s="5" t="s">
         <v>631</v>
       </c>
       <c r="F255" s="16" t="s">
-        <v>2686</v>
+        <v>2685</v>
       </c>
       <c r="G255" s="15" t="s">
         <v>1484</v>
       </c>
       <c r="H255" s="17" t="s">
         <v>955</v>
       </c>
       <c r="I255" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J255" s="19">
         <v>2015</v>
       </c>
-      <c r="K255" s="20" t="s">
+      <c r="J255" s="19" t="s">
         <v>799</v>
       </c>
     </row>
-    <row r="256" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="256" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A256" s="5" t="s">
-        <v>3182</v>
-[...1 lines deleted...]
-      <c r="B256" s="25" t="s">
+        <v>3181</v>
+      </c>
+      <c r="B256" s="24" t="s">
         <v>2434</v>
       </c>
       <c r="C256" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D256" s="15" t="s">
         <v>1987</v>
       </c>
       <c r="E256" s="5" t="s">
         <v>790</v>
       </c>
       <c r="F256" s="16" t="s">
-        <v>2687</v>
+        <v>2686</v>
       </c>
       <c r="G256" s="15" t="s">
         <v>1830</v>
       </c>
       <c r="H256" s="17" t="s">
         <v>1344</v>
       </c>
       <c r="I256" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J256" s="19">
         <v>1989</v>
       </c>
-      <c r="K256" s="21" t="s">
+      <c r="J256" s="20" t="s">
         <v>806</v>
       </c>
     </row>
-    <row r="257" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="257" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A257" s="5" t="s">
-        <v>3183</v>
-[...1 lines deleted...]
-      <c r="B257" s="25" t="s">
+        <v>3182</v>
+      </c>
+      <c r="B257" s="24" t="s">
         <v>2434</v>
       </c>
       <c r="C257" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D257" s="15" t="s">
         <v>2210</v>
       </c>
       <c r="E257" s="5" t="s">
         <v>794</v>
       </c>
       <c r="F257" s="16" t="s">
-        <v>2688</v>
+        <v>2687</v>
       </c>
       <c r="G257" s="15" t="s">
         <v>1835</v>
       </c>
       <c r="H257" s="17" t="s">
         <v>1349</v>
       </c>
       <c r="I257" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J257" s="19">
         <v>2008</v>
       </c>
-      <c r="K257" s="21" t="s">
+      <c r="J257" s="20" t="s">
         <v>806</v>
       </c>
     </row>
-    <row r="258" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="258" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A258" s="5" t="s">
-        <v>3184</v>
-[...1 lines deleted...]
-      <c r="B258" s="25" t="s">
+        <v>3183</v>
+      </c>
+      <c r="B258" s="24" t="s">
         <v>2434</v>
       </c>
       <c r="C258" s="14" t="s">
         <v>317</v>
       </c>
       <c r="D258" s="15" t="s">
         <v>2218</v>
       </c>
       <c r="E258" s="5" t="s">
         <v>710</v>
       </c>
       <c r="F258" s="16" t="s">
-        <v>2689</v>
+        <v>2688</v>
       </c>
       <c r="G258" s="15" t="s">
         <v>1652</v>
       </c>
       <c r="H258" s="17" t="s">
         <v>1144</v>
       </c>
       <c r="I258" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J258" s="19">
         <v>2002</v>
       </c>
-      <c r="K258" s="24" t="s">
+      <c r="J258" s="23" t="s">
         <v>806</v>
       </c>
     </row>
-    <row r="259" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="259" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A259" s="5" t="s">
-        <v>3185</v>
-[...1 lines deleted...]
-      <c r="B259" s="25" t="s">
+        <v>3184</v>
+      </c>
+      <c r="B259" s="24" t="s">
         <v>2434</v>
       </c>
       <c r="C259" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D259" s="15" t="s">
         <v>2219</v>
       </c>
       <c r="E259" s="5" t="s">
         <v>774</v>
       </c>
       <c r="F259" s="16" t="s">
-        <v>2690</v>
+        <v>2689</v>
       </c>
       <c r="G259" s="15" t="s">
         <v>1807</v>
       </c>
       <c r="H259" s="17" t="s">
         <v>1320</v>
       </c>
       <c r="I259" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J259" s="19">
         <v>2002</v>
       </c>
-      <c r="K259" s="21" t="s">
+      <c r="J259" s="20" t="s">
         <v>806</v>
       </c>
     </row>
-    <row r="260" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="260" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A260" s="5" t="s">
-        <v>3186</v>
-[...1 lines deleted...]
-      <c r="B260" s="25" t="s">
+        <v>3185</v>
+      </c>
+      <c r="B260" s="24" t="s">
         <v>2434</v>
       </c>
       <c r="C260" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D260" s="15" t="s">
         <v>2242</v>
       </c>
       <c r="E260" s="5" t="s">
         <v>729</v>
       </c>
       <c r="F260" s="16" t="s">
-        <v>2691</v>
+        <v>2690</v>
       </c>
       <c r="G260" s="15" t="s">
         <v>1757</v>
       </c>
       <c r="H260" s="17" t="s">
         <v>1265</v>
       </c>
       <c r="I260" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J260" s="19">
         <v>1997</v>
       </c>
-      <c r="K260" s="21" t="s">
+      <c r="J260" s="20" t="s">
         <v>812</v>
       </c>
     </row>
-    <row r="261" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="261" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A261" s="5" t="s">
-        <v>3187</v>
-[...1 lines deleted...]
-      <c r="B261" s="25" t="s">
+        <v>3186</v>
+      </c>
+      <c r="B261" s="24" t="s">
         <v>2434</v>
       </c>
       <c r="C261" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D261" s="15" t="s">
         <v>2243</v>
       </c>
       <c r="E261" s="5" t="s">
         <v>735</v>
       </c>
       <c r="F261" s="16" t="s">
-        <v>2692</v>
+        <v>2691</v>
       </c>
       <c r="G261" s="15" t="s">
         <v>1757</v>
       </c>
       <c r="H261" s="17" t="s">
         <v>1265</v>
       </c>
       <c r="I261" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J261" s="19">
         <v>2001</v>
       </c>
-      <c r="K261" s="21" t="s">
+      <c r="J261" s="20" t="s">
         <v>812</v>
       </c>
     </row>
-    <row r="262" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="262" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A262" s="5" t="s">
-        <v>3188</v>
+        <v>3187</v>
       </c>
       <c r="B262" s="13" t="s">
         <v>2434</v>
       </c>
       <c r="C262" s="14" t="s">
         <v>171</v>
       </c>
       <c r="D262" s="15" t="s">
         <v>2280</v>
       </c>
       <c r="E262" s="5" t="s">
         <v>563</v>
       </c>
       <c r="F262" s="16" t="s">
-        <v>2693</v>
+        <v>2692</v>
       </c>
       <c r="G262" s="15" t="s">
         <v>1645</v>
       </c>
       <c r="H262" s="17" t="s">
         <v>1137</v>
       </c>
       <c r="I262" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J262" s="19">
         <v>1969</v>
       </c>
-      <c r="K262" s="20" t="s">
+      <c r="J262" s="19" t="s">
         <v>804</v>
       </c>
     </row>
-    <row r="263" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="263" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A263" s="5" t="s">
-        <v>3189</v>
-[...1 lines deleted...]
-      <c r="B263" s="25" t="s">
+        <v>3188</v>
+      </c>
+      <c r="B263" s="24" t="s">
         <v>2434</v>
       </c>
       <c r="C263" s="14" t="s">
         <v>255</v>
       </c>
       <c r="D263" s="15" t="s">
         <v>2343</v>
       </c>
       <c r="E263" s="5" t="s">
         <v>647</v>
       </c>
       <c r="F263" s="16" t="s">
-        <v>2694</v>
+        <v>2693</v>
       </c>
       <c r="G263" s="15" t="s">
         <v>1699</v>
       </c>
       <c r="H263" s="17" t="s">
         <v>1194</v>
       </c>
       <c r="I263" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J263" s="19">
         <v>1987</v>
       </c>
-      <c r="K263" s="24" t="s">
+      <c r="J263" s="23" t="s">
         <v>812</v>
       </c>
     </row>
-    <row r="264" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="264" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A264" s="5" t="s">
-        <v>3190</v>
-[...1 lines deleted...]
-      <c r="B264" s="25" t="s">
+        <v>3189</v>
+      </c>
+      <c r="B264" s="24" t="s">
         <v>2434</v>
       </c>
       <c r="C264" s="14" t="s">
         <v>256</v>
       </c>
       <c r="D264" s="15" t="s">
         <v>2344</v>
       </c>
       <c r="E264" s="5" t="s">
         <v>648</v>
       </c>
       <c r="F264" s="16" t="s">
-        <v>2695</v>
+        <v>2694</v>
       </c>
       <c r="G264" s="15" t="s">
         <v>1699</v>
       </c>
       <c r="H264" s="17" t="s">
         <v>1194</v>
       </c>
       <c r="I264" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J264" s="19">
         <v>2008</v>
       </c>
-      <c r="K264" s="21" t="s">
+      <c r="J264" s="20" t="s">
         <v>812</v>
       </c>
     </row>
-    <row r="265" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="265" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A265" s="5" t="s">
-        <v>3191</v>
-[...1 lines deleted...]
-      <c r="B265" s="25" t="s">
+        <v>3190</v>
+      </c>
+      <c r="B265" s="24" t="s">
         <v>2434</v>
       </c>
       <c r="C265" s="14" t="s">
         <v>290</v>
       </c>
       <c r="D265" s="15" t="s">
         <v>2346</v>
       </c>
       <c r="E265" s="5" t="s">
         <v>683</v>
       </c>
       <c r="F265" s="16" t="s">
-        <v>2696</v>
+        <v>2695</v>
       </c>
       <c r="G265" s="15" t="s">
         <v>1699</v>
       </c>
       <c r="H265" s="17" t="s">
         <v>1194</v>
       </c>
       <c r="I265" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J265" s="19">
         <v>2022</v>
       </c>
-      <c r="K265" s="24" t="s">
+      <c r="J265" s="23" t="s">
         <v>812</v>
       </c>
     </row>
-    <row r="266" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="266" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A266" s="5" t="s">
-        <v>3192</v>
-[...1 lines deleted...]
-      <c r="B266" s="25" t="s">
+        <v>3191</v>
+      </c>
+      <c r="B266" s="24" t="s">
         <v>2434</v>
       </c>
       <c r="C266" s="14" t="s">
         <v>291</v>
       </c>
       <c r="D266" s="15" t="s">
         <v>2347</v>
       </c>
       <c r="E266" s="5" t="s">
         <v>684</v>
       </c>
       <c r="F266" s="16" t="s">
-        <v>2697</v>
+        <v>2696</v>
       </c>
       <c r="G266" s="15" t="s">
         <v>1699</v>
       </c>
       <c r="H266" s="17" t="s">
         <v>1194</v>
       </c>
       <c r="I266" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J266" s="19">
         <v>2022</v>
       </c>
-      <c r="K266" s="21" t="s">
+      <c r="J266" s="20" t="s">
         <v>812</v>
       </c>
     </row>
-    <row r="267" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="267" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A267" s="5" t="s">
-        <v>3193</v>
-[...1 lines deleted...]
-      <c r="B267" s="25" t="s">
+        <v>3192</v>
+      </c>
+      <c r="B267" s="24" t="s">
         <v>2434</v>
       </c>
       <c r="C267" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D267" s="15" t="s">
         <v>2354</v>
       </c>
       <c r="E267" s="5" t="s">
         <v>789</v>
       </c>
       <c r="F267" s="16" t="s">
-        <v>2698</v>
+        <v>2697</v>
       </c>
       <c r="G267" s="15" t="s">
         <v>1547</v>
       </c>
       <c r="H267" s="17" t="s">
         <v>1036</v>
       </c>
       <c r="I267" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J267" s="19">
         <v>2020</v>
       </c>
-      <c r="K267" s="21" t="s">
+      <c r="J267" s="20" t="s">
         <v>806</v>
       </c>
     </row>
-    <row r="268" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="268" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A268" s="5" t="s">
-        <v>3194</v>
-[...1 lines deleted...]
-      <c r="B268" s="25" t="s">
+        <v>3193</v>
+      </c>
+      <c r="B268" s="24" t="s">
         <v>2434</v>
       </c>
       <c r="C268" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D268" s="15" t="s">
         <v>2396</v>
       </c>
       <c r="E268" s="5" t="s">
         <v>742</v>
       </c>
       <c r="F268" s="16" t="s">
-        <v>2699</v>
+        <v>2698</v>
       </c>
       <c r="G268" s="15" t="s">
         <v>1773</v>
       </c>
       <c r="H268" s="17" t="s">
         <v>1282</v>
       </c>
       <c r="I268" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J268" s="19">
         <v>2019</v>
       </c>
-      <c r="K268" s="21" t="s">
+      <c r="J268" s="20" t="s">
         <v>812</v>
       </c>
     </row>
-    <row r="269" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="269" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A269" s="5" t="s">
-        <v>3195</v>
+        <v>3194</v>
       </c>
       <c r="B269" s="13" t="s">
         <v>2434</v>
       </c>
       <c r="C269" s="14" t="s">
         <v>180</v>
       </c>
       <c r="D269" s="15" t="s">
         <v>2421</v>
       </c>
       <c r="E269" s="5" t="s">
         <v>573</v>
       </c>
       <c r="F269" s="16" t="s">
-        <v>2700</v>
+        <v>2699</v>
       </c>
       <c r="G269" s="15" t="s">
         <v>1549</v>
       </c>
       <c r="H269" s="17" t="s">
         <v>1038</v>
       </c>
       <c r="I269" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J269" s="19">
         <v>2018</v>
       </c>
-      <c r="K269" s="20" t="s">
+      <c r="J269" s="19" t="s">
         <v>804</v>
       </c>
     </row>
-    <row r="270" spans="1:11" ht="35.25" x14ac:dyDescent="0.5">
+    <row r="270" spans="1:10" ht="35.65" x14ac:dyDescent="1.05">
       <c r="A270" s="5" t="s">
-        <v>3196</v>
-[...1 lines deleted...]
-      <c r="B270" s="25" t="s">
+        <v>3195</v>
+      </c>
+      <c r="B270" s="24" t="s">
         <v>2434</v>
       </c>
       <c r="C270" s="14">
         <v>9789777802628</v>
       </c>
       <c r="D270" s="15" t="s">
         <v>2422</v>
       </c>
       <c r="E270" s="5" t="s">
         <v>359</v>
       </c>
       <c r="F270" s="16" t="s">
-        <v>2701</v>
+        <v>2700</v>
       </c>
       <c r="G270" s="15" t="s">
         <v>1847</v>
       </c>
       <c r="H270" s="17" t="s">
         <v>869</v>
       </c>
       <c r="I270" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J270" s="19">
         <v>2017</v>
       </c>
-      <c r="K270" s="20" t="s">
+      <c r="J270" s="19" t="s">
         <v>806</v>
       </c>
     </row>
-    <row r="271" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="271" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A271" s="5" t="s">
-        <v>3197</v>
+        <v>3196</v>
       </c>
       <c r="B271" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C271" s="14">
         <v>9789777802673</v>
       </c>
       <c r="D271" s="15" t="s">
         <v>1852</v>
       </c>
       <c r="E271" s="5" t="s">
         <v>26</v>
       </c>
       <c r="F271" s="16" t="s">
-        <v>2702</v>
+        <v>2701</v>
       </c>
       <c r="G271" s="15" t="s">
         <v>1424</v>
       </c>
       <c r="H271" s="17" t="s">
         <v>853</v>
       </c>
       <c r="I271" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J271" s="19">
         <v>2000</v>
       </c>
-      <c r="K271" s="20" t="s">
+      <c r="J271" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="272" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="272" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A272" s="5" t="s">
-        <v>3198</v>
+        <v>3197</v>
       </c>
       <c r="B272" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C272" s="14">
         <v>9789777802109</v>
       </c>
       <c r="D272" s="15" t="s">
         <v>1853</v>
       </c>
       <c r="E272" s="5" t="s">
         <v>32</v>
       </c>
       <c r="F272" s="16" t="s">
-        <v>2703</v>
+        <v>2702</v>
       </c>
       <c r="G272" s="15" t="s">
         <v>1424</v>
       </c>
       <c r="H272" s="17" t="s">
         <v>853</v>
       </c>
       <c r="I272" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J272" s="19">
         <v>1999</v>
       </c>
-      <c r="K272" s="20" t="s">
+      <c r="J272" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="273" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="273" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A273" s="5" t="s">
-        <v>3199</v>
+        <v>3198</v>
       </c>
       <c r="B273" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C273" s="14">
         <v>9789777801539</v>
       </c>
       <c r="D273" s="15" t="s">
         <v>1854</v>
       </c>
       <c r="E273" s="5" t="s">
         <v>383</v>
       </c>
       <c r="F273" s="16" t="s">
-        <v>2704</v>
+        <v>2703</v>
       </c>
       <c r="G273" s="15" t="s">
         <v>1424</v>
       </c>
       <c r="H273" s="17" t="s">
         <v>853</v>
       </c>
       <c r="I273" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J273" s="19">
         <v>2022</v>
       </c>
-      <c r="K273" s="20" t="s">
+      <c r="J273" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="274" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="274" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A274" s="5" t="s">
-        <v>3200</v>
+        <v>3199</v>
       </c>
       <c r="B274" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C274" s="14">
         <v>9789777801218</v>
       </c>
       <c r="D274" s="15" t="s">
         <v>1855</v>
       </c>
       <c r="E274" s="5" t="s">
         <v>404</v>
       </c>
       <c r="F274" s="16" t="s">
-        <v>2705</v>
+        <v>2704</v>
       </c>
       <c r="G274" s="15" t="s">
         <v>1424</v>
       </c>
       <c r="H274" s="17" t="s">
         <v>853</v>
       </c>
       <c r="I274" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J274" s="19">
         <v>2019</v>
       </c>
-      <c r="K274" s="20" t="s">
+      <c r="J274" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="275" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="275" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A275" s="5" t="s">
-        <v>3201</v>
+        <v>3200</v>
       </c>
       <c r="B275" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C275" s="14">
         <v>9789777800983</v>
       </c>
       <c r="D275" s="15" t="s">
         <v>1856</v>
       </c>
       <c r="E275" s="5" t="s">
         <v>427</v>
       </c>
       <c r="F275" s="16" t="s">
-        <v>2706</v>
+        <v>2705</v>
       </c>
       <c r="G275" s="15" t="s">
         <v>1424</v>
       </c>
       <c r="H275" s="17" t="s">
         <v>853</v>
       </c>
       <c r="I275" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J275" s="19">
         <v>2021</v>
       </c>
-      <c r="K275" s="20" t="s">
+      <c r="J275" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="276" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="276" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A276" s="5" t="s">
-        <v>3202</v>
+        <v>3201</v>
       </c>
       <c r="B276" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C276" s="14" t="s">
         <v>295</v>
       </c>
       <c r="D276" s="15" t="s">
         <v>1857</v>
       </c>
       <c r="E276" s="5" t="s">
         <v>688</v>
       </c>
       <c r="F276" s="16" t="s">
-        <v>2707</v>
+        <v>2706</v>
       </c>
       <c r="G276" s="15" t="s">
         <v>1736</v>
       </c>
       <c r="H276" s="17" t="s">
         <v>1233</v>
       </c>
       <c r="I276" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J276" s="19">
         <v>1997</v>
       </c>
-      <c r="K276" s="20" t="s">
+      <c r="J276" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="277" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="277" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A277" s="5" t="s">
-        <v>3203</v>
+        <v>3202</v>
       </c>
       <c r="B277" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C277" s="14" t="s">
         <v>305</v>
       </c>
       <c r="D277" s="15" t="s">
         <v>1858</v>
       </c>
       <c r="E277" s="5" t="s">
         <v>698</v>
       </c>
       <c r="F277" s="16" t="s">
-        <v>2708</v>
+        <v>2707</v>
       </c>
       <c r="G277" s="15" t="s">
         <v>1736</v>
       </c>
       <c r="H277" s="17" t="s">
         <v>1233</v>
       </c>
       <c r="I277" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J277" s="19">
         <v>2014</v>
       </c>
-      <c r="K277" s="20" t="s">
+      <c r="J277" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="278" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="278" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A278" s="5" t="s">
-        <v>3204</v>
+        <v>3203</v>
       </c>
       <c r="B278" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C278" s="14">
         <v>9789777802741</v>
       </c>
       <c r="D278" s="15" t="s">
         <v>1859</v>
       </c>
       <c r="E278" s="5" t="s">
         <v>28</v>
       </c>
       <c r="F278" s="16" t="s">
-        <v>2709</v>
+        <v>2708</v>
       </c>
       <c r="G278" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H278" s="17" t="s">
         <v>854</v>
       </c>
       <c r="I278" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J278" s="19">
         <v>2010</v>
       </c>
-      <c r="K278" s="20" t="s">
+      <c r="J278" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="279" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="279" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A279" s="5" t="s">
-        <v>3205</v>
+        <v>3204</v>
       </c>
       <c r="B279" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C279" s="14">
         <v>9789777800594</v>
       </c>
       <c r="D279" s="15" t="s">
         <v>1861</v>
       </c>
       <c r="E279" s="5" t="s">
         <v>384</v>
       </c>
       <c r="F279" s="16" t="s">
-        <v>2710</v>
+        <v>2709</v>
       </c>
       <c r="G279" s="15" t="s">
         <v>1450</v>
       </c>
       <c r="H279" s="17" t="s">
         <v>910</v>
       </c>
       <c r="I279" s="18">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="J279" s="19">
         <v>2009</v>
       </c>
-      <c r="K279" s="20" t="s">
+      <c r="J279" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="280" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="280" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A280" s="5" t="s">
-        <v>3206</v>
+        <v>3205</v>
       </c>
       <c r="B280" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C280" s="14">
         <v>9789777802543</v>
       </c>
       <c r="D280" s="15" t="s">
         <v>1864</v>
       </c>
       <c r="E280" s="5" t="s">
         <v>29</v>
       </c>
       <c r="F280" s="16" t="s">
-        <v>2711</v>
+        <v>2710</v>
       </c>
       <c r="G280" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H280" s="17" t="s">
         <v>871</v>
       </c>
       <c r="I280" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J280" s="19">
         <v>2009</v>
       </c>
-      <c r="K280" s="20" t="s">
+      <c r="J280" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="281" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="281" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A281" s="5" t="s">
-        <v>3207</v>
+        <v>3206</v>
       </c>
       <c r="B281" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C281" s="14" t="s">
         <v>314</v>
       </c>
       <c r="D281" s="15" t="s">
         <v>1869</v>
       </c>
       <c r="E281" s="5" t="s">
         <v>707</v>
       </c>
       <c r="F281" s="16" t="s">
-        <v>2712</v>
+        <v>2711</v>
       </c>
       <c r="G281" s="15" t="s">
         <v>1741</v>
       </c>
       <c r="H281" s="17" t="s">
         <v>1240</v>
       </c>
       <c r="I281" s="18">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="J281" s="19">
         <v>2009</v>
       </c>
-      <c r="K281" s="20" t="s">
+      <c r="J281" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="282" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="282" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A282" s="5" t="s">
-        <v>3208</v>
+        <v>3207</v>
       </c>
       <c r="B282" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C282" s="14" t="s">
         <v>61</v>
       </c>
       <c r="D282" s="15" t="s">
         <v>1870</v>
       </c>
       <c r="E282" s="5" t="s">
         <v>456</v>
       </c>
       <c r="F282" s="16" t="s">
-        <v>2713</v>
+        <v>2712</v>
       </c>
       <c r="G282" s="15" t="s">
         <v>1398</v>
       </c>
       <c r="H282" s="17" t="s">
         <v>989</v>
       </c>
       <c r="I282" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J282" s="19">
         <v>2008</v>
       </c>
-      <c r="K282" s="20" t="s">
+      <c r="J282" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="283" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="283" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A283" s="5" t="s">
-        <v>3209</v>
+        <v>3208</v>
       </c>
       <c r="B283" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C283" s="14" t="s">
         <v>93</v>
       </c>
       <c r="D283" s="15" t="s">
         <v>1871</v>
       </c>
       <c r="E283" s="5" t="s">
         <v>491</v>
       </c>
       <c r="F283" s="16" t="s">
-        <v>2714</v>
+        <v>2713</v>
       </c>
       <c r="G283" s="15" t="s">
         <v>1398</v>
       </c>
       <c r="H283" s="17" t="s">
         <v>989</v>
       </c>
       <c r="I283" s="18">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="J283" s="19">
         <v>2008</v>
       </c>
-      <c r="K283" s="20" t="s">
+      <c r="J283" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="284" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="284" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A284" s="5" t="s">
-        <v>3210</v>
+        <v>3209</v>
       </c>
       <c r="B284" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C284" s="14" t="s">
         <v>112</v>
       </c>
       <c r="D284" s="15" t="s">
         <v>1872</v>
       </c>
       <c r="E284" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F284" s="16" t="s">
-        <v>2715</v>
+        <v>2714</v>
       </c>
       <c r="G284" s="15" t="s">
         <v>1398</v>
       </c>
       <c r="H284" s="17" t="s">
         <v>989</v>
       </c>
       <c r="I284" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J284" s="19">
         <v>2006</v>
       </c>
-      <c r="K284" s="20" t="s">
+      <c r="J284" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="285" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="285" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A285" s="5" t="s">
-        <v>3211</v>
+        <v>3210</v>
       </c>
       <c r="B285" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C285" s="14" t="s">
         <v>117</v>
       </c>
       <c r="D285" s="15" t="s">
         <v>8</v>
       </c>
       <c r="E285" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F285" s="16" t="s">
-        <v>2716</v>
+        <v>2715</v>
       </c>
       <c r="G285" s="15" t="s">
         <v>1398</v>
       </c>
       <c r="H285" s="17" t="s">
         <v>989</v>
       </c>
       <c r="I285" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J285" s="19">
         <v>2006</v>
       </c>
-      <c r="K285" s="20" t="s">
+      <c r="J285" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="286" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="286" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A286" s="5" t="s">
-        <v>3212</v>
+        <v>3211</v>
       </c>
       <c r="B286" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C286" s="14" t="s">
         <v>118</v>
       </c>
       <c r="D286" s="15" t="s">
         <v>1873</v>
       </c>
       <c r="E286" s="5" t="s">
         <v>514</v>
       </c>
       <c r="F286" s="16" t="s">
-        <v>2717</v>
+        <v>2716</v>
       </c>
       <c r="G286" s="15" t="s">
         <v>1398</v>
       </c>
       <c r="H286" s="17" t="s">
         <v>989</v>
       </c>
       <c r="I286" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J286" s="19">
         <v>2004</v>
       </c>
-      <c r="K286" s="20" t="s">
+      <c r="J286" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="287" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="287" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A287" s="5" t="s">
-        <v>3213</v>
+        <v>3212</v>
       </c>
       <c r="B287" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C287" s="14" t="s">
         <v>162</v>
       </c>
       <c r="D287" s="15" t="s">
         <v>1874</v>
       </c>
       <c r="E287" s="5" t="s">
         <v>555</v>
       </c>
       <c r="F287" s="16" t="s">
-        <v>2718</v>
+        <v>2717</v>
       </c>
       <c r="G287" s="15" t="s">
         <v>1398</v>
       </c>
       <c r="H287" s="17" t="s">
         <v>989</v>
       </c>
       <c r="I287" s="18">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="J287" s="19">
         <v>2003</v>
       </c>
-      <c r="K287" s="20" t="s">
+      <c r="J287" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="288" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="288" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A288" s="5" t="s">
-        <v>3214</v>
+        <v>3213</v>
       </c>
       <c r="B288" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C288" s="14" t="s">
         <v>163</v>
       </c>
       <c r="D288" s="15" t="s">
         <v>1875</v>
       </c>
       <c r="E288" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F288" s="16" t="s">
-        <v>2719</v>
+        <v>2718</v>
       </c>
       <c r="G288" s="15" t="s">
         <v>1398</v>
       </c>
       <c r="H288" s="17" t="s">
         <v>989</v>
       </c>
       <c r="I288" s="18">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="J288" s="19">
         <v>2002</v>
       </c>
-      <c r="K288" s="20" t="s">
+      <c r="J288" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="289" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="289" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A289" s="5" t="s">
-        <v>3215</v>
+        <v>3214</v>
       </c>
       <c r="B289" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C289" s="14" t="s">
         <v>200</v>
       </c>
       <c r="D289" s="15" t="s">
         <v>1876</v>
       </c>
       <c r="E289" s="5" t="s">
         <v>593</v>
       </c>
       <c r="F289" s="16" t="s">
-        <v>2720</v>
+        <v>2719</v>
       </c>
       <c r="G289" s="15" t="s">
         <v>1398</v>
       </c>
       <c r="H289" s="17" t="s">
         <v>989</v>
       </c>
       <c r="I289" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J289" s="19">
         <v>1998</v>
       </c>
-      <c r="K289" s="20" t="s">
+      <c r="J289" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="290" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="290" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A290" s="5" t="s">
-        <v>3216</v>
+        <v>3215</v>
       </c>
       <c r="B290" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C290" s="14" t="s">
         <v>204</v>
       </c>
       <c r="D290" s="15" t="s">
         <v>9</v>
       </c>
       <c r="E290" s="5" t="s">
         <v>597</v>
       </c>
       <c r="F290" s="16" t="s">
-        <v>2721</v>
+        <v>2720</v>
       </c>
       <c r="G290" s="15" t="s">
         <v>1398</v>
       </c>
       <c r="H290" s="17" t="s">
         <v>989</v>
       </c>
       <c r="I290" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J290" s="19">
         <v>1992</v>
       </c>
-      <c r="K290" s="20" t="s">
+      <c r="J290" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="291" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="291" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A291" s="5" t="s">
-        <v>3217</v>
+        <v>3216</v>
       </c>
       <c r="B291" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C291" s="14" t="s">
         <v>233</v>
       </c>
       <c r="D291" s="15" t="s">
         <v>1877</v>
       </c>
       <c r="E291" s="5" t="s">
         <v>626</v>
       </c>
       <c r="F291" s="16" t="s">
-        <v>2722</v>
+        <v>2721</v>
       </c>
       <c r="G291" s="15" t="s">
         <v>1398</v>
       </c>
       <c r="H291" s="17" t="s">
         <v>989</v>
       </c>
       <c r="I291" s="18">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="J291" s="19">
         <v>2000</v>
       </c>
-      <c r="K291" s="20" t="s">
+      <c r="J291" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="292" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="292" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A292" s="5" t="s">
-        <v>3218</v>
+        <v>3217</v>
       </c>
       <c r="B292" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C292" s="14" t="s">
         <v>240</v>
       </c>
       <c r="D292" s="15" t="s">
         <v>1878</v>
       </c>
       <c r="E292" s="5" t="s">
         <v>633</v>
       </c>
       <c r="F292" s="16" t="s">
-        <v>2723</v>
+        <v>2722</v>
       </c>
       <c r="G292" s="15" t="s">
         <v>1398</v>
       </c>
       <c r="H292" s="17" t="s">
         <v>989</v>
       </c>
       <c r="I292" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J292" s="19">
         <v>2016</v>
       </c>
-      <c r="K292" s="20" t="s">
+      <c r="J292" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="293" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="293" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A293" s="5" t="s">
-        <v>3219</v>
+        <v>3218</v>
       </c>
       <c r="B293" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C293" s="14" t="s">
         <v>266</v>
       </c>
       <c r="D293" s="15" t="s">
         <v>1879</v>
       </c>
       <c r="E293" s="5" t="s">
         <v>658</v>
       </c>
       <c r="F293" s="16" t="s">
-        <v>2724</v>
+        <v>2723</v>
       </c>
       <c r="G293" s="15" t="s">
         <v>1398</v>
       </c>
       <c r="H293" s="17" t="s">
         <v>989</v>
       </c>
       <c r="I293" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J293" s="19">
         <v>2010</v>
       </c>
-      <c r="K293" s="20" t="s">
+      <c r="J293" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="294" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="294" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A294" s="5" t="s">
-        <v>3220</v>
+        <v>3219</v>
       </c>
       <c r="B294" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C294" s="14" t="s">
         <v>308</v>
       </c>
       <c r="D294" s="15" t="s">
         <v>1880</v>
       </c>
       <c r="E294" s="5" t="s">
         <v>701</v>
       </c>
       <c r="F294" s="16" t="s">
-        <v>2725</v>
+        <v>2724</v>
       </c>
       <c r="G294" s="15" t="s">
         <v>1398</v>
       </c>
       <c r="H294" s="17" t="s">
         <v>989</v>
       </c>
       <c r="I294" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J294" s="19">
         <v>2009</v>
       </c>
-      <c r="K294" s="20" t="s">
+      <c r="J294" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="295" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="295" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A295" s="5" t="s">
-        <v>3221</v>
+        <v>3220</v>
       </c>
       <c r="B295" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C295" s="14" t="s">
         <v>327</v>
       </c>
       <c r="D295" s="15" t="s">
         <v>1881</v>
       </c>
       <c r="E295" s="5" t="s">
         <v>725</v>
       </c>
       <c r="F295" s="16" t="s">
-        <v>2726</v>
+        <v>2725</v>
       </c>
       <c r="G295" s="15" t="s">
         <v>1398</v>
       </c>
       <c r="H295" s="17" t="s">
         <v>989</v>
       </c>
       <c r="I295" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J295" s="19">
         <v>2020</v>
       </c>
-      <c r="K295" s="20" t="s">
+      <c r="J295" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="296" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="296" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A296" s="5" t="s">
-        <v>3222</v>
+        <v>3221</v>
       </c>
       <c r="B296" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C296" s="14" t="s">
         <v>330</v>
       </c>
       <c r="D296" s="15" t="s">
         <v>1882</v>
       </c>
       <c r="E296" s="5" t="s">
         <v>736</v>
       </c>
       <c r="F296" s="16" t="s">
-        <v>2727</v>
+        <v>2726</v>
       </c>
       <c r="G296" s="15" t="s">
         <v>1398</v>
       </c>
       <c r="H296" s="17" t="s">
         <v>989</v>
       </c>
       <c r="I296" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J296" s="19">
         <v>2002</v>
       </c>
-      <c r="K296" s="20" t="s">
+      <c r="J296" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="297" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="297" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A297" s="5" t="s">
-        <v>3223</v>
+        <v>3222</v>
       </c>
       <c r="B297" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C297" s="14">
         <v>9789777800242</v>
       </c>
       <c r="D297" s="15" t="s">
         <v>1883</v>
       </c>
       <c r="E297" s="5" t="s">
         <v>443</v>
       </c>
       <c r="F297" s="16" t="s">
-        <v>2728</v>
+        <v>2727</v>
       </c>
       <c r="G297" s="15" t="s">
         <v>1487</v>
       </c>
       <c r="H297" s="17" t="s">
         <v>958</v>
       </c>
       <c r="I297" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J297" s="19">
         <v>2018</v>
       </c>
-      <c r="K297" s="20" t="s">
+      <c r="J297" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="298" spans="1:11" ht="69.75" x14ac:dyDescent="0.5">
+    <row r="298" spans="1:10" ht="72" x14ac:dyDescent="1.05">
       <c r="A298" s="5" t="s">
-        <v>3224</v>
+        <v>3223</v>
       </c>
       <c r="B298" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C298" s="14" t="s">
         <v>94</v>
       </c>
       <c r="D298" s="15" t="s">
         <v>1886</v>
       </c>
       <c r="E298" s="5" t="s">
         <v>492</v>
       </c>
       <c r="F298" s="16" t="s">
-        <v>2729</v>
+        <v>2728</v>
       </c>
       <c r="G298" s="15" t="s">
         <v>1582</v>
       </c>
       <c r="H298" s="17" t="s">
         <v>1073</v>
       </c>
       <c r="I298" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J298" s="19">
         <v>2014</v>
       </c>
-      <c r="K298" s="20" t="s">
+      <c r="J298" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="299" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="299" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A299" s="5" t="s">
-        <v>3225</v>
+        <v>3224</v>
       </c>
       <c r="B299" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C299" s="14" t="s">
         <v>119</v>
       </c>
       <c r="D299" s="15" t="s">
         <v>1887</v>
       </c>
       <c r="E299" s="5" t="s">
         <v>515</v>
       </c>
       <c r="F299" s="16" t="s">
-        <v>2730</v>
+        <v>2729</v>
       </c>
       <c r="G299" s="15" t="s">
         <v>1582</v>
       </c>
       <c r="H299" s="17" t="s">
         <v>1073</v>
       </c>
       <c r="I299" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J299" s="19">
         <v>2020</v>
       </c>
-      <c r="K299" s="20" t="s">
+      <c r="J299" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="300" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="300" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A300" s="5" t="s">
-        <v>3226</v>
+        <v>3225</v>
       </c>
       <c r="B300" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C300" s="14">
         <v>9789777801744</v>
       </c>
       <c r="D300" s="15" t="s">
         <v>1888</v>
       </c>
       <c r="E300" s="5" t="s">
         <v>34</v>
       </c>
       <c r="F300" s="16" t="s">
-        <v>2731</v>
+        <v>2730</v>
       </c>
       <c r="G300" s="15" t="s">
         <v>1373</v>
       </c>
       <c r="H300" s="17" t="s">
         <v>890</v>
       </c>
       <c r="I300" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J300" s="19">
         <v>2009</v>
       </c>
-      <c r="K300" s="20" t="s">
+      <c r="J300" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="301" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="301" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A301" s="5" t="s">
-        <v>3227</v>
+        <v>3226</v>
       </c>
       <c r="B301" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C301" s="14" t="s">
         <v>257</v>
       </c>
       <c r="D301" s="15" t="s">
         <v>1903</v>
       </c>
       <c r="E301" s="5" t="s">
         <v>649</v>
       </c>
       <c r="F301" s="16" t="s">
-        <v>2732</v>
+        <v>2731</v>
       </c>
       <c r="G301" s="15" t="s">
         <v>1719</v>
       </c>
       <c r="H301" s="17" t="s">
         <v>1214</v>
       </c>
       <c r="I301" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J301" s="19">
         <v>2009</v>
       </c>
-      <c r="K301" s="20" t="s">
+      <c r="J301" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="302" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="302" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A302" s="5" t="s">
-        <v>3228</v>
+        <v>3227</v>
       </c>
       <c r="B302" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C302" s="14">
         <v>9789777801072</v>
       </c>
       <c r="D302" s="15" t="s">
         <v>1904</v>
       </c>
       <c r="E302" s="5" t="s">
         <v>405</v>
       </c>
       <c r="F302" s="16" t="s">
-        <v>2733</v>
+        <v>2732</v>
       </c>
       <c r="G302" s="15" t="s">
         <v>1384</v>
       </c>
       <c r="H302" s="17" t="s">
         <v>927</v>
       </c>
       <c r="I302" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J302" s="19">
         <v>2008</v>
       </c>
-      <c r="K302" s="20" t="s">
+      <c r="J302" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="303" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="303" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A303" s="5" t="s">
-        <v>3229</v>
+        <v>3228</v>
       </c>
       <c r="B303" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C303" s="14" t="s">
         <v>62</v>
       </c>
       <c r="D303" s="15" t="s">
         <v>1914</v>
       </c>
       <c r="E303" s="5" t="s">
         <v>457</v>
       </c>
       <c r="F303" s="16" t="s">
-        <v>2734</v>
+        <v>2733</v>
       </c>
       <c r="G303" s="15" t="s">
         <v>1400</v>
       </c>
       <c r="H303" s="17" t="s">
         <v>992</v>
       </c>
       <c r="I303" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J303" s="19">
         <v>2011</v>
       </c>
-      <c r="K303" s="20" t="s">
+      <c r="J303" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="304" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="304" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A304" s="5" t="s">
-        <v>3230</v>
+        <v>3229</v>
       </c>
       <c r="B304" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C304" s="14">
         <v>9789777802086</v>
       </c>
       <c r="D304" s="15" t="s">
         <v>1920</v>
       </c>
       <c r="E304" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F304" s="16" t="s">
-        <v>2735</v>
+        <v>2734</v>
       </c>
       <c r="G304" s="15" t="s">
         <v>1374</v>
       </c>
       <c r="H304" s="17" t="s">
         <v>892</v>
       </c>
       <c r="I304" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J304" s="19">
         <v>2010</v>
       </c>
-      <c r="K304" s="20" t="s">
+      <c r="J304" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="305" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="305" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A305" s="5" t="s">
-        <v>3231</v>
+        <v>3230</v>
       </c>
       <c r="B305" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C305" s="14" t="s">
         <v>108</v>
       </c>
       <c r="D305" s="15" t="s">
         <v>1929</v>
       </c>
       <c r="E305" s="5" t="s">
         <v>506</v>
       </c>
       <c r="F305" s="16" t="s">
-        <v>2736</v>
+        <v>2735</v>
       </c>
       <c r="G305" s="15" t="s">
         <v>1597</v>
       </c>
       <c r="H305" s="17" t="s">
         <v>1087</v>
       </c>
       <c r="I305" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J305" s="19">
         <v>2009</v>
       </c>
-      <c r="K305" s="20" t="s">
+      <c r="J305" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="306" spans="1:11" ht="69.75" x14ac:dyDescent="0.5">
+    <row r="306" spans="1:10" ht="72" x14ac:dyDescent="1.05">
       <c r="A306" s="5" t="s">
-        <v>3232</v>
+        <v>3231</v>
       </c>
       <c r="B306" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C306" s="14" t="s">
         <v>109</v>
       </c>
       <c r="D306" s="15" t="s">
         <v>1930</v>
       </c>
       <c r="E306" s="5" t="s">
         <v>507</v>
       </c>
       <c r="F306" s="16" t="s">
-        <v>2737</v>
+        <v>2736</v>
       </c>
       <c r="G306" s="15" t="s">
         <v>1597</v>
       </c>
       <c r="H306" s="17" t="s">
         <v>1087</v>
       </c>
       <c r="I306" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J306" s="19">
         <v>2009</v>
       </c>
-      <c r="K306" s="20" t="s">
+      <c r="J306" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="307" spans="1:11" ht="69.75" x14ac:dyDescent="0.5">
+    <row r="307" spans="1:10" ht="72" x14ac:dyDescent="1.05">
       <c r="A307" s="5" t="s">
-        <v>3233</v>
+        <v>3232</v>
       </c>
       <c r="B307" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C307" s="14" t="s">
         <v>159</v>
       </c>
       <c r="D307" s="15" t="s">
         <v>1933</v>
       </c>
       <c r="E307" s="5" t="s">
         <v>552</v>
       </c>
       <c r="F307" s="16" t="s">
-        <v>2738</v>
+        <v>2737</v>
       </c>
       <c r="G307" s="15" t="s">
         <v>1636</v>
       </c>
       <c r="H307" s="17" t="s">
         <v>1127</v>
       </c>
       <c r="I307" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J307" s="19">
         <v>2009</v>
       </c>
-      <c r="K307" s="20" t="s">
+      <c r="J307" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="308" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="308" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A308" s="5" t="s">
-        <v>3234</v>
+        <v>3233</v>
       </c>
       <c r="B308" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C308" s="14" t="s">
         <v>77</v>
       </c>
       <c r="D308" s="15" t="s">
         <v>1951</v>
       </c>
       <c r="E308" s="5" t="s">
         <v>475</v>
       </c>
       <c r="F308" s="16" t="s">
-        <v>2739</v>
+        <v>2738</v>
       </c>
       <c r="G308" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H308" s="17" t="s">
         <v>1040</v>
       </c>
       <c r="I308" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J308" s="19">
         <v>2009</v>
       </c>
-      <c r="K308" s="20" t="s">
+      <c r="J308" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="309" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="309" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A309" s="5" t="s">
-        <v>3235</v>
+        <v>3234</v>
       </c>
       <c r="B309" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C309" s="14" t="s">
         <v>98</v>
       </c>
       <c r="D309" s="15" t="s">
         <v>1952</v>
       </c>
       <c r="E309" s="5" t="s">
         <v>496</v>
       </c>
       <c r="F309" s="16" t="s">
-        <v>2740</v>
+        <v>2739</v>
       </c>
       <c r="G309" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H309" s="17" t="s">
         <v>1040</v>
       </c>
       <c r="I309" s="18">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="J309" s="19">
         <v>2007</v>
       </c>
-      <c r="K309" s="20" t="s">
+      <c r="J309" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="310" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="310" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A310" s="5" t="s">
-        <v>3236</v>
+        <v>3235</v>
       </c>
       <c r="B310" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C310" s="14" t="s">
         <v>113</v>
       </c>
       <c r="D310" s="15" t="s">
         <v>1953</v>
       </c>
       <c r="E310" s="5" t="s">
         <v>510</v>
       </c>
       <c r="F310" s="16" t="s">
-        <v>2741</v>
+        <v>2740</v>
       </c>
       <c r="G310" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H310" s="17" t="s">
         <v>1040</v>
       </c>
       <c r="I310" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J310" s="19">
         <v>2007</v>
       </c>
-      <c r="K310" s="20" t="s">
+      <c r="J310" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="311" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="311" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A311" s="5" t="s">
-        <v>3237</v>
+        <v>3236</v>
       </c>
       <c r="B311" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C311" s="14" t="s">
         <v>136</v>
       </c>
       <c r="D311" s="15" t="s">
         <v>1954</v>
       </c>
       <c r="E311" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F311" s="16" t="s">
-        <v>2742</v>
+        <v>2741</v>
       </c>
       <c r="G311" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H311" s="17" t="s">
         <v>1040</v>
       </c>
       <c r="I311" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J311" s="19">
         <v>2006</v>
       </c>
-      <c r="K311" s="20" t="s">
+      <c r="J311" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="312" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="312" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A312" s="5" t="s">
-        <v>3238</v>
+        <v>3237</v>
       </c>
       <c r="B312" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C312" s="14" t="s">
         <v>137</v>
       </c>
       <c r="D312" s="15" t="s">
         <v>1955</v>
       </c>
       <c r="E312" s="5" t="s">
         <v>532</v>
       </c>
       <c r="F312" s="16" t="s">
-        <v>2743</v>
+        <v>2742</v>
       </c>
       <c r="G312" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H312" s="17" t="s">
         <v>1040</v>
       </c>
       <c r="I312" s="18">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="J312" s="19">
         <v>2006</v>
       </c>
-      <c r="K312" s="20" t="s">
+      <c r="J312" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="313" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="313" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A313" s="5" t="s">
-        <v>3239</v>
+        <v>3238</v>
       </c>
       <c r="B313" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C313" s="14" t="s">
         <v>138</v>
       </c>
       <c r="D313" s="15" t="s">
         <v>1956</v>
       </c>
       <c r="E313" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F313" s="16" t="s">
-        <v>2744</v>
+        <v>2743</v>
       </c>
       <c r="G313" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H313" s="17" t="s">
         <v>1040</v>
       </c>
       <c r="I313" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J313" s="19">
         <v>2006</v>
       </c>
-      <c r="K313" s="20" t="s">
+      <c r="J313" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="314" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="314" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A314" s="5" t="s">
-        <v>3240</v>
+        <v>3239</v>
       </c>
       <c r="B314" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C314" s="14" t="s">
         <v>184</v>
       </c>
       <c r="D314" s="15" t="s">
         <v>1957</v>
       </c>
       <c r="E314" s="5" t="s">
         <v>577</v>
       </c>
       <c r="F314" s="16" t="s">
-        <v>2745</v>
+        <v>2744</v>
       </c>
       <c r="G314" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H314" s="17" t="s">
         <v>1040</v>
       </c>
       <c r="I314" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J314" s="19">
         <v>2006</v>
       </c>
-      <c r="K314" s="20" t="s">
+      <c r="J314" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="315" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="315" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A315" s="5" t="s">
-        <v>3241</v>
+        <v>3240</v>
       </c>
       <c r="B315" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C315" s="14" t="s">
         <v>191</v>
       </c>
       <c r="D315" s="15" t="s">
         <v>1958</v>
       </c>
       <c r="E315" s="5" t="s">
         <v>584</v>
       </c>
       <c r="F315" s="16" t="s">
-        <v>2746</v>
+        <v>2745</v>
       </c>
       <c r="G315" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H315" s="17" t="s">
         <v>1040</v>
       </c>
       <c r="I315" s="18">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="J315" s="19">
         <v>1979</v>
       </c>
-      <c r="K315" s="20" t="s">
+      <c r="J315" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="316" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="316" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A316" s="5" t="s">
-        <v>3242</v>
+        <v>3241</v>
       </c>
       <c r="B316" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C316" s="14" t="s">
         <v>201</v>
       </c>
       <c r="D316" s="15" t="s">
         <v>1959</v>
       </c>
       <c r="E316" s="5" t="s">
         <v>594</v>
       </c>
       <c r="F316" s="16" t="s">
-        <v>2747</v>
+        <v>2746</v>
       </c>
       <c r="G316" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H316" s="17" t="s">
         <v>1040</v>
       </c>
       <c r="I316" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J316" s="19">
         <v>2017</v>
       </c>
-      <c r="K316" s="20" t="s">
+      <c r="J316" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="317" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="317" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A317" s="5" t="s">
-        <v>3243</v>
+        <v>3242</v>
       </c>
       <c r="B317" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C317" s="14" t="s">
         <v>202</v>
       </c>
       <c r="D317" s="15" t="s">
         <v>1960</v>
       </c>
       <c r="E317" s="5" t="s">
         <v>595</v>
       </c>
       <c r="F317" s="16" t="s">
-        <v>2748</v>
+        <v>2747</v>
       </c>
       <c r="G317" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H317" s="17" t="s">
         <v>1040</v>
       </c>
       <c r="I317" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J317" s="19">
         <v>2017</v>
       </c>
-      <c r="K317" s="20" t="s">
+      <c r="J317" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="318" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="318" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A318" s="5" t="s">
-        <v>3244</v>
+        <v>3243</v>
       </c>
       <c r="B318" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C318" s="14" t="s">
         <v>205</v>
       </c>
       <c r="D318" s="15" t="s">
         <v>1961</v>
       </c>
       <c r="E318" s="5" t="s">
         <v>598</v>
       </c>
       <c r="F318" s="16" t="s">
-        <v>2749</v>
+        <v>2748</v>
       </c>
       <c r="G318" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H318" s="17" t="s">
         <v>1040</v>
       </c>
       <c r="I318" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J318" s="19">
         <v>2021</v>
       </c>
-      <c r="K318" s="20" t="s">
+      <c r="J318" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="319" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="319" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A319" s="5" t="s">
-        <v>3245</v>
+        <v>3244</v>
       </c>
       <c r="B319" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C319" s="14" t="s">
         <v>206</v>
       </c>
       <c r="D319" s="15" t="s">
         <v>1962</v>
       </c>
       <c r="E319" s="5" t="s">
         <v>599</v>
       </c>
       <c r="F319" s="16" t="s">
-        <v>2750</v>
+        <v>2749</v>
       </c>
       <c r="G319" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H319" s="17" t="s">
         <v>1040</v>
       </c>
       <c r="I319" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J319" s="19">
         <v>2010</v>
       </c>
-      <c r="K319" s="20" t="s">
+      <c r="J319" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="320" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="320" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A320" s="5" t="s">
-        <v>3246</v>
-[...1 lines deleted...]
-      <c r="B320" s="25" t="s">
+        <v>3245</v>
+      </c>
+      <c r="B320" s="24" t="s">
         <v>2430</v>
       </c>
       <c r="C320" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D320" s="15" t="s">
         <v>1985</v>
       </c>
       <c r="E320" s="5" t="s">
         <v>771</v>
       </c>
       <c r="F320" s="16" t="s">
-        <v>2751</v>
+        <v>2750</v>
       </c>
       <c r="G320" s="15" t="s">
         <v>1804</v>
       </c>
       <c r="H320" s="17" t="s">
         <v>1317</v>
       </c>
       <c r="I320" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J320" s="19">
         <v>2010</v>
       </c>
-      <c r="K320" s="21" t="s">
+      <c r="J320" s="20" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="321" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="321" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A321" s="5" t="s">
-        <v>3247</v>
+        <v>3246</v>
       </c>
       <c r="B321" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C321" s="14">
         <v>9789777800778</v>
       </c>
       <c r="D321" s="15" t="s">
         <v>1988</v>
       </c>
       <c r="E321" s="5" t="s">
         <v>429</v>
       </c>
       <c r="F321" s="16" t="s">
-        <v>2752</v>
+        <v>2751</v>
       </c>
       <c r="G321" s="15" t="s">
         <v>1474</v>
       </c>
       <c r="H321" s="17" t="s">
         <v>942</v>
       </c>
       <c r="I321" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J321" s="19">
         <v>2014</v>
       </c>
-      <c r="K321" s="20" t="s">
+      <c r="J321" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="322" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="322" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A322" s="5" t="s">
-        <v>3248</v>
+        <v>3247</v>
       </c>
       <c r="B322" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C322" s="14">
         <v>9789777800723</v>
       </c>
       <c r="D322" s="15" t="s">
         <v>1989</v>
       </c>
       <c r="E322" s="5" t="s">
         <v>430</v>
       </c>
       <c r="F322" s="16" t="s">
-        <v>2753</v>
+        <v>2752</v>
       </c>
       <c r="G322" s="15" t="s">
         <v>1387</v>
       </c>
       <c r="H322" s="17" t="s">
         <v>943</v>
       </c>
       <c r="I322" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J322" s="19">
         <v>2019</v>
       </c>
-      <c r="K322" s="20" t="s">
+      <c r="J322" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="323" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="323" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A323" s="5" t="s">
-        <v>3249</v>
+        <v>3248</v>
       </c>
       <c r="B323" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C323" s="14">
         <v>9789777802277</v>
       </c>
       <c r="D323" s="15" t="s">
         <v>1990</v>
       </c>
       <c r="E323" s="5" t="s">
         <v>30</v>
       </c>
       <c r="F323" s="16" t="s">
-        <v>2754</v>
+        <v>2753</v>
       </c>
       <c r="G323" s="15" t="s">
         <v>1407</v>
       </c>
       <c r="H323" s="17" t="s">
         <v>874</v>
       </c>
       <c r="I323" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J323" s="19">
         <v>2016</v>
       </c>
-      <c r="K323" s="20" t="s">
+      <c r="J323" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="324" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="324" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A324" s="5" t="s">
-        <v>3250</v>
+        <v>3249</v>
       </c>
       <c r="B324" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C324" s="14" t="s">
         <v>99</v>
       </c>
       <c r="D324" s="15" t="s">
         <v>1991</v>
       </c>
       <c r="E324" s="5" t="s">
         <v>497</v>
       </c>
       <c r="F324" s="16" t="s">
-        <v>2755</v>
+        <v>2754</v>
       </c>
       <c r="G324" s="15" t="s">
         <v>1407</v>
       </c>
       <c r="H324" s="17" t="s">
         <v>874</v>
       </c>
       <c r="I324" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J324" s="19">
         <v>2023</v>
       </c>
-      <c r="K324" s="20" t="s">
+      <c r="J324" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="325" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="325" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A325" s="5" t="s">
-        <v>3251</v>
+        <v>3250</v>
       </c>
       <c r="B325" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C325" s="14" t="s">
         <v>100</v>
       </c>
       <c r="D325" s="15" t="s">
         <v>1992</v>
       </c>
       <c r="E325" s="5" t="s">
         <v>498</v>
       </c>
       <c r="F325" s="16" t="s">
-        <v>2756</v>
+        <v>2755</v>
       </c>
       <c r="G325" s="15" t="s">
         <v>1407</v>
       </c>
       <c r="H325" s="17" t="s">
         <v>874</v>
       </c>
       <c r="I325" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J325" s="19">
         <v>2023</v>
       </c>
-      <c r="K325" s="20" t="s">
+      <c r="J325" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="326" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="326" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A326" s="5" t="s">
-        <v>3252</v>
+        <v>3251</v>
       </c>
       <c r="B326" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C326" s="14">
         <v>9789777801256</v>
       </c>
       <c r="D326" s="15" t="s">
         <v>1994</v>
       </c>
       <c r="E326" s="5" t="s">
         <v>415</v>
       </c>
       <c r="F326" s="16" t="s">
-        <v>2757</v>
+        <v>2756</v>
       </c>
       <c r="G326" s="15" t="s">
         <v>1464</v>
       </c>
       <c r="H326" s="17" t="s">
         <v>930</v>
       </c>
       <c r="I326" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J326" s="19">
         <v>2017</v>
       </c>
-      <c r="K326" s="20" t="s">
+      <c r="J326" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="327" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="327" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A327" s="5" t="s">
-        <v>3253</v>
+        <v>3252</v>
       </c>
       <c r="B327" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C327" s="14" t="s">
         <v>63</v>
       </c>
       <c r="D327" s="15" t="s">
         <v>1995</v>
       </c>
       <c r="E327" s="5" t="s">
         <v>458</v>
       </c>
       <c r="F327" s="16" t="s">
-        <v>2758</v>
+        <v>2757</v>
       </c>
       <c r="G327" s="15" t="s">
         <v>1464</v>
       </c>
       <c r="H327" s="17" t="s">
         <v>930</v>
       </c>
       <c r="I327" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J327" s="19">
         <v>2017</v>
       </c>
-      <c r="K327" s="20" t="s">
+      <c r="J327" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="328" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="328" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A328" s="5" t="s">
-        <v>3254</v>
+        <v>3253</v>
       </c>
       <c r="B328" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C328" s="14">
         <v>9789777801676</v>
       </c>
       <c r="D328" s="15" t="s">
         <v>2004</v>
       </c>
       <c r="E328" s="5" t="s">
         <v>391</v>
       </c>
       <c r="F328" s="16" t="s">
-        <v>2759</v>
+        <v>2758</v>
       </c>
       <c r="G328" s="15" t="s">
         <v>1452</v>
       </c>
       <c r="H328" s="17" t="s">
         <v>913</v>
       </c>
       <c r="I328" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J328" s="19">
         <v>2015</v>
       </c>
-      <c r="K328" s="20" t="s">
+      <c r="J328" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="329" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="329" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A329" s="5" t="s">
-        <v>3255</v>
+        <v>3254</v>
       </c>
       <c r="B329" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C329" s="14">
         <v>9789777800471</v>
       </c>
       <c r="D329" s="15" t="s">
         <v>2005</v>
       </c>
       <c r="E329" s="5" t="s">
         <v>447</v>
       </c>
       <c r="F329" s="16" t="s">
-        <v>2760</v>
+        <v>2759</v>
       </c>
       <c r="G329" s="15" t="s">
         <v>1489</v>
       </c>
       <c r="H329" s="17" t="s">
         <v>962</v>
       </c>
       <c r="I329" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J329" s="19">
         <v>2015</v>
       </c>
-      <c r="K329" s="20" t="s">
+      <c r="J329" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="330" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="330" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A330" s="5" t="s">
-        <v>3256</v>
+        <v>3255</v>
       </c>
       <c r="B330" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C330" s="14">
         <v>9789777803052</v>
       </c>
       <c r="D330" s="15" t="s">
         <v>2007</v>
       </c>
       <c r="E330" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F330" s="16" t="s">
-        <v>2761</v>
+        <v>2760</v>
       </c>
       <c r="G330" s="15" t="s">
         <v>50</v>
       </c>
       <c r="H330" s="17" t="s">
         <v>844</v>
       </c>
       <c r="I330" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J330" s="19">
         <v>2017</v>
       </c>
-      <c r="K330" s="20" t="s">
+      <c r="J330" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="331" spans="1:11" ht="69.75" x14ac:dyDescent="0.5">
+    <row r="331" spans="1:10" ht="72" x14ac:dyDescent="1.05">
       <c r="A331" s="5" t="s">
-        <v>3257</v>
+        <v>3256</v>
       </c>
       <c r="B331" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C331" s="14">
         <v>9789777802949</v>
       </c>
       <c r="D331" s="15" t="s">
         <v>2023</v>
       </c>
       <c r="E331" s="5" t="s">
         <v>23</v>
       </c>
       <c r="F331" s="16" t="s">
-        <v>2762</v>
+        <v>2761</v>
       </c>
       <c r="G331" s="15" t="s">
         <v>4</v>
       </c>
       <c r="H331" s="17" t="s">
         <v>846</v>
       </c>
       <c r="I331" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J331" s="19">
         <v>2017</v>
       </c>
-      <c r="K331" s="20" t="s">
+      <c r="J331" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="332" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="332" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A332" s="5" t="s">
-        <v>3258</v>
+        <v>3257</v>
       </c>
       <c r="B332" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C332" s="14">
         <v>9789777800655</v>
       </c>
       <c r="D332" s="15" t="s">
         <v>2024</v>
       </c>
       <c r="E332" s="5" t="s">
         <v>12</v>
       </c>
       <c r="F332" s="16" t="s">
-        <v>2763</v>
+        <v>2762</v>
       </c>
       <c r="G332" s="15" t="s">
         <v>4</v>
       </c>
       <c r="H332" s="17" t="s">
         <v>846</v>
       </c>
       <c r="I332" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J332" s="19">
         <v>2006</v>
       </c>
-      <c r="K332" s="20" t="s">
+      <c r="J332" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="333" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="333" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A333" s="5" t="s">
-        <v>3259</v>
+        <v>3258</v>
       </c>
       <c r="B333" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C333" s="14">
         <v>9789777800648</v>
       </c>
       <c r="D333" s="15" t="s">
         <v>2025</v>
       </c>
       <c r="E333" s="5" t="s">
         <v>11</v>
       </c>
       <c r="F333" s="16" t="s">
-        <v>2764</v>
+        <v>2763</v>
       </c>
       <c r="G333" s="15" t="s">
         <v>4</v>
       </c>
       <c r="H333" s="17" t="s">
         <v>846</v>
       </c>
       <c r="I333" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J333" s="19">
         <v>2004</v>
       </c>
-      <c r="K333" s="20" t="s">
+      <c r="J333" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="334" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="334" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A334" s="5" t="s">
-        <v>3260</v>
+        <v>3259</v>
       </c>
       <c r="B334" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C334" s="14" t="s">
         <v>55</v>
       </c>
       <c r="D334" s="15" t="s">
         <v>2026</v>
       </c>
       <c r="E334" s="5" t="s">
         <v>449</v>
       </c>
       <c r="F334" s="16" t="s">
-        <v>2765</v>
+        <v>2764</v>
       </c>
       <c r="G334" s="15" t="s">
         <v>4</v>
       </c>
       <c r="H334" s="17" t="s">
         <v>846</v>
       </c>
       <c r="I334" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J334" s="19">
         <v>2002</v>
       </c>
-      <c r="K334" s="20" t="s">
+      <c r="J334" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="335" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="335" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A335" s="5" t="s">
-        <v>3261</v>
+        <v>3260</v>
       </c>
       <c r="B335" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C335" s="14" t="s">
         <v>56</v>
       </c>
       <c r="D335" s="15" t="s">
         <v>2027</v>
       </c>
       <c r="E335" s="5" t="s">
         <v>450</v>
       </c>
       <c r="F335" s="16" t="s">
-        <v>2766</v>
+        <v>2765</v>
       </c>
       <c r="G335" s="15" t="s">
         <v>4</v>
       </c>
       <c r="H335" s="17" t="s">
         <v>846</v>
       </c>
       <c r="I335" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J335" s="19">
         <v>2002</v>
       </c>
-      <c r="K335" s="20" t="s">
+      <c r="J335" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="336" spans="1:11" ht="35.25" x14ac:dyDescent="0.5">
+    <row r="336" spans="1:10" ht="35.65" x14ac:dyDescent="1.05">
       <c r="A336" s="5" t="s">
-        <v>3262</v>
+        <v>3261</v>
       </c>
       <c r="B336" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C336" s="14" t="s">
         <v>203</v>
       </c>
       <c r="D336" s="15" t="s">
         <v>2028</v>
       </c>
       <c r="E336" s="5" t="s">
         <v>596</v>
       </c>
       <c r="F336" s="16" t="s">
-        <v>2767</v>
+        <v>2766</v>
       </c>
       <c r="G336" s="15" t="s">
         <v>4</v>
       </c>
       <c r="H336" s="17" t="s">
         <v>846</v>
       </c>
       <c r="I336" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J336" s="19">
         <v>2014</v>
       </c>
-      <c r="K336" s="20" t="s">
+      <c r="J336" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="337" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="337" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A337" s="5" t="s">
-        <v>3263</v>
+        <v>3262</v>
       </c>
       <c r="B337" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C337" s="14" t="s">
         <v>235</v>
       </c>
       <c r="D337" s="15" t="s">
         <v>2029</v>
       </c>
       <c r="E337" s="5" t="s">
         <v>628</v>
       </c>
       <c r="F337" s="16" t="s">
-        <v>2768</v>
+        <v>2767</v>
       </c>
       <c r="G337" s="15" t="s">
         <v>4</v>
       </c>
       <c r="H337" s="17" t="s">
         <v>846</v>
       </c>
       <c r="I337" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J337" s="19">
         <v>2023</v>
       </c>
-      <c r="K337" s="20" t="s">
+      <c r="J337" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="338" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="338" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A338" s="5" t="s">
-        <v>3264</v>
+        <v>3263</v>
       </c>
       <c r="B338" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C338" s="14" t="s">
         <v>258</v>
       </c>
       <c r="D338" s="15" t="s">
         <v>2030</v>
       </c>
       <c r="E338" s="5" t="s">
         <v>650</v>
       </c>
       <c r="F338" s="16" t="s">
-        <v>2769</v>
+        <v>2768</v>
       </c>
       <c r="G338" s="15" t="s">
         <v>4</v>
       </c>
       <c r="H338" s="17" t="s">
         <v>846</v>
       </c>
       <c r="I338" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J338" s="19">
         <v>2020</v>
       </c>
-      <c r="K338" s="20" t="s">
+      <c r="J338" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="339" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="339" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A339" s="5" t="s">
-        <v>3265</v>
+        <v>3264</v>
       </c>
       <c r="B339" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C339" s="14" t="s">
         <v>269</v>
       </c>
       <c r="D339" s="15" t="s">
         <v>2031</v>
       </c>
       <c r="E339" s="5" t="s">
         <v>661</v>
       </c>
       <c r="F339" s="16" t="s">
-        <v>2770</v>
+        <v>2769</v>
       </c>
       <c r="G339" s="15" t="s">
         <v>4</v>
       </c>
       <c r="H339" s="17" t="s">
         <v>846</v>
       </c>
       <c r="I339" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J339" s="19">
         <v>2020</v>
       </c>
-      <c r="K339" s="20" t="s">
+      <c r="J339" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="340" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="340" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A340" s="5" t="s">
-        <v>3266</v>
+        <v>3265</v>
       </c>
       <c r="B340" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C340" s="14" t="s">
         <v>270</v>
       </c>
       <c r="D340" s="15" t="s">
         <v>2032</v>
       </c>
       <c r="E340" s="5" t="s">
         <v>662</v>
       </c>
       <c r="F340" s="16" t="s">
-        <v>2771</v>
+        <v>2770</v>
       </c>
       <c r="G340" s="15" t="s">
         <v>4</v>
       </c>
       <c r="H340" s="17" t="s">
         <v>1190</v>
       </c>
       <c r="I340" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J340" s="19">
         <v>2019</v>
       </c>
-      <c r="K340" s="20" t="s">
+      <c r="J340" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="341" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="341" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A341" s="5" t="s">
-        <v>3267</v>
+        <v>3266</v>
       </c>
       <c r="B341" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C341" s="14">
         <v>9789777800914</v>
       </c>
       <c r="D341" s="15" t="s">
         <v>2034</v>
       </c>
       <c r="E341" s="5" t="s">
         <v>432</v>
       </c>
       <c r="F341" s="16" t="s">
-        <v>2772</v>
+        <v>2771</v>
       </c>
       <c r="G341" s="15" t="s">
         <v>1476</v>
       </c>
       <c r="H341" s="17" t="s">
         <v>945</v>
       </c>
       <c r="I341" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J341" s="19">
         <v>2023</v>
       </c>
-      <c r="K341" s="20" t="s">
+      <c r="J341" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="342" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="342" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A342" s="5" t="s">
-        <v>3268</v>
+        <v>3267</v>
       </c>
       <c r="B342" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C342" s="14" t="s">
         <v>65</v>
       </c>
       <c r="D342" s="15" t="s">
         <v>2070</v>
       </c>
       <c r="E342" s="5" t="s">
         <v>460</v>
       </c>
       <c r="F342" s="16" t="s">
-        <v>2773</v>
+        <v>2772</v>
       </c>
       <c r="G342" s="15" t="s">
         <v>1515</v>
       </c>
       <c r="H342" s="17" t="s">
         <v>1001</v>
       </c>
       <c r="I342" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J342" s="19">
         <v>2003</v>
       </c>
-      <c r="K342" s="20" t="s">
+      <c r="J342" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="343" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="343" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A343" s="5" t="s">
-        <v>3269</v>
+        <v>3268</v>
       </c>
       <c r="B343" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C343" s="14">
         <v>9789777803007</v>
       </c>
       <c r="D343" s="15" t="s">
         <v>2071</v>
       </c>
       <c r="E343" s="5" t="s">
         <v>24</v>
       </c>
       <c r="F343" s="16" t="s">
-        <v>2774</v>
+        <v>2773</v>
       </c>
       <c r="G343" s="15" t="s">
         <v>1423</v>
       </c>
       <c r="H343" s="17" t="s">
         <v>848</v>
       </c>
       <c r="I343" s="18">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="J343" s="19">
         <v>2002</v>
       </c>
-      <c r="K343" s="20" t="s">
+      <c r="J343" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="344" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="344" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A344" s="5" t="s">
-        <v>3270</v>
+        <v>3269</v>
       </c>
       <c r="B344" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C344" s="14">
         <v>9789777802055</v>
       </c>
       <c r="D344" s="15" t="s">
         <v>2151</v>
       </c>
       <c r="E344" s="5" t="s">
         <v>374</v>
       </c>
       <c r="F344" s="16" t="s">
-        <v>2775</v>
+        <v>2774</v>
       </c>
       <c r="G344" s="15" t="s">
         <v>1423</v>
       </c>
       <c r="H344" s="17" t="s">
         <v>848</v>
       </c>
       <c r="I344" s="18">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="J344" s="19">
         <v>1994</v>
       </c>
-      <c r="K344" s="20" t="s">
+      <c r="J344" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="345" spans="1:11" ht="69.75" x14ac:dyDescent="0.5">
+    <row r="345" spans="1:10" ht="72" x14ac:dyDescent="1.05">
       <c r="A345" s="5" t="s">
-        <v>3271</v>
+        <v>3270</v>
       </c>
       <c r="B345" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C345" s="14">
         <v>9789777802048</v>
       </c>
       <c r="D345" s="15" t="s">
         <v>2152</v>
       </c>
       <c r="E345" s="5" t="s">
         <v>375</v>
       </c>
       <c r="F345" s="16" t="s">
-        <v>2776</v>
+        <v>2775</v>
       </c>
       <c r="G345" s="15" t="s">
         <v>1423</v>
       </c>
       <c r="H345" s="17" t="s">
         <v>848</v>
       </c>
       <c r="I345" s="18">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="J345" s="19">
         <v>2013</v>
       </c>
-      <c r="K345" s="20" t="s">
+      <c r="J345" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="346" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="346" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A346" s="5" t="s">
-        <v>3272</v>
+        <v>3271</v>
       </c>
       <c r="B346" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C346" s="14">
         <v>9789777801454</v>
       </c>
       <c r="D346" s="15" t="s">
         <v>2153</v>
       </c>
       <c r="E346" s="5" t="s">
         <v>392</v>
       </c>
       <c r="F346" s="16" t="s">
-        <v>2777</v>
+        <v>2776</v>
       </c>
       <c r="G346" s="15" t="s">
         <v>1453</v>
       </c>
       <c r="H346" s="17" t="s">
         <v>915</v>
       </c>
       <c r="I346" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J346" s="19">
         <v>2009</v>
       </c>
-      <c r="K346" s="20" t="s">
+      <c r="J346" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="347" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="347" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A347" s="5" t="s">
-        <v>3273</v>
+        <v>3272</v>
       </c>
       <c r="B347" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C347" s="14">
         <v>9789777801997</v>
       </c>
       <c r="D347" s="15" t="s">
         <v>2161</v>
       </c>
       <c r="E347" s="5" t="s">
         <v>31</v>
       </c>
       <c r="F347" s="16" t="s">
-        <v>2778</v>
+        <v>2777</v>
       </c>
       <c r="G347" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H347" s="17" t="s">
         <v>896</v>
       </c>
       <c r="I347" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J347" s="19">
         <v>2009</v>
       </c>
-      <c r="K347" s="20" t="s">
+      <c r="J347" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="348" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="348" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A348" s="5" t="s">
-        <v>3274</v>
+        <v>3273</v>
       </c>
       <c r="B348" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C348" s="14">
         <v>9789777802932</v>
       </c>
       <c r="D348" s="15" t="s">
         <v>2186</v>
       </c>
       <c r="E348" s="5" t="s">
         <v>351</v>
       </c>
       <c r="F348" s="16" t="s">
-        <v>2779</v>
+        <v>2778</v>
       </c>
       <c r="G348" s="15" t="s">
         <v>1364</v>
       </c>
       <c r="H348" s="17" t="s">
         <v>849</v>
       </c>
       <c r="I348" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J348" s="19">
         <v>2009</v>
       </c>
-      <c r="K348" s="20" t="s">
+      <c r="J348" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="349" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="349" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A349" s="5" t="s">
-        <v>3275</v>
+        <v>3274</v>
       </c>
       <c r="B349" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C349" s="14" t="s">
         <v>253</v>
       </c>
       <c r="D349" s="15" t="s">
         <v>2187</v>
       </c>
       <c r="E349" s="5" t="s">
         <v>645</v>
       </c>
       <c r="F349" s="16" t="s">
-        <v>2780</v>
+        <v>2779</v>
       </c>
       <c r="G349" s="15" t="s">
         <v>1364</v>
       </c>
       <c r="H349" s="17" t="s">
         <v>849</v>
       </c>
       <c r="I349" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J349" s="19">
         <v>2009</v>
       </c>
-      <c r="K349" s="20" t="s">
+      <c r="J349" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="350" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="350" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A350" s="5" t="s">
-        <v>3276</v>
+        <v>3275</v>
       </c>
       <c r="B350" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C350" s="14" t="s">
         <v>272</v>
       </c>
       <c r="D350" s="15" t="s">
         <v>2188</v>
       </c>
       <c r="E350" s="5" t="s">
         <v>664</v>
       </c>
       <c r="F350" s="16" t="s">
-        <v>2781</v>
+        <v>2780</v>
       </c>
       <c r="G350" s="15" t="s">
         <v>1364</v>
       </c>
       <c r="H350" s="17" t="s">
         <v>849</v>
       </c>
       <c r="I350" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J350" s="19">
         <v>2009</v>
       </c>
-      <c r="K350" s="20" t="s">
+      <c r="J350" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="351" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="351" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A351" s="5" t="s">
-        <v>3277</v>
+        <v>3276</v>
       </c>
       <c r="B351" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C351" s="14" t="s">
         <v>325</v>
       </c>
       <c r="D351" s="15" t="s">
         <v>2191</v>
       </c>
       <c r="E351" s="5" t="s">
         <v>720</v>
       </c>
       <c r="F351" s="16" t="s">
-        <v>2782</v>
+        <v>2781</v>
       </c>
       <c r="G351" s="15" t="s">
         <v>1846</v>
       </c>
       <c r="H351" s="17" t="s">
         <v>1254</v>
       </c>
       <c r="I351" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J351" s="19">
         <v>2007</v>
       </c>
-      <c r="K351" s="20" t="s">
+      <c r="J351" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="352" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="352" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A352" s="5" t="s">
-        <v>3278</v>
-[...1 lines deleted...]
-      <c r="B352" s="26" t="s">
+        <v>3277</v>
+      </c>
+      <c r="B352" s="25" t="s">
         <v>2430</v>
       </c>
       <c r="C352" s="14" t="s">
         <v>51</v>
       </c>
       <c r="D352" s="15" t="s">
         <v>2193</v>
       </c>
       <c r="E352" s="5" t="s">
         <v>14</v>
       </c>
       <c r="F352" s="16" t="s">
-        <v>2783</v>
+        <v>2782</v>
       </c>
       <c r="G352" s="15" t="s">
         <v>7</v>
       </c>
       <c r="H352" s="17" t="s">
         <v>1031</v>
       </c>
       <c r="I352" s="18">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="J352" s="19">
         <v>2007</v>
       </c>
-      <c r="K352" s="22" t="s">
+      <c r="J352" s="21" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="353" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="353" spans="1:10" ht="72" x14ac:dyDescent="1.05">
       <c r="A353" s="5" t="s">
-        <v>3279</v>
+        <v>3278</v>
       </c>
       <c r="B353" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C353" s="14" t="s">
         <v>111</v>
       </c>
       <c r="D353" s="15" t="s">
         <v>2194</v>
       </c>
       <c r="E353" s="5" t="s">
         <v>509</v>
       </c>
       <c r="F353" s="16" t="s">
-        <v>2784</v>
+        <v>2783</v>
       </c>
       <c r="G353" s="15" t="s">
         <v>7</v>
       </c>
       <c r="H353" s="17" t="s">
         <v>1031</v>
       </c>
       <c r="I353" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J353" s="19">
         <v>2003</v>
       </c>
-      <c r="K353" s="20" t="s">
+      <c r="J353" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="354" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="354" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A354" s="5" t="s">
-        <v>3280</v>
+        <v>3279</v>
       </c>
       <c r="B354" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C354" s="14" t="s">
         <v>140</v>
       </c>
       <c r="D354" s="15" t="s">
         <v>2195</v>
       </c>
       <c r="E354" s="5" t="s">
         <v>534</v>
       </c>
       <c r="F354" s="16" t="s">
-        <v>2785</v>
+        <v>2784</v>
       </c>
       <c r="G354" s="15" t="s">
         <v>7</v>
       </c>
       <c r="H354" s="17" t="s">
         <v>1031</v>
       </c>
       <c r="I354" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J354" s="19">
         <v>2002</v>
       </c>
-      <c r="K354" s="20" t="s">
+      <c r="J354" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="355" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="355" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A355" s="5" t="s">
-        <v>3281</v>
+        <v>3280</v>
       </c>
       <c r="B355" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C355" s="14" t="s">
         <v>141</v>
       </c>
       <c r="D355" s="15" t="s">
         <v>2196</v>
       </c>
       <c r="E355" s="5" t="s">
         <v>535</v>
       </c>
       <c r="F355" s="16" t="s">
-        <v>2786</v>
+        <v>2785</v>
       </c>
       <c r="G355" s="15" t="s">
         <v>7</v>
       </c>
       <c r="H355" s="17" t="s">
         <v>1031</v>
       </c>
       <c r="I355" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J355" s="19">
         <v>2001</v>
       </c>
-      <c r="K355" s="20" t="s">
+      <c r="J355" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="356" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="356" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A356" s="5" t="s">
-        <v>3282</v>
+        <v>3281</v>
       </c>
       <c r="B356" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C356" s="14" t="s">
         <v>142</v>
       </c>
       <c r="D356" s="15" t="s">
         <v>2197</v>
       </c>
       <c r="E356" s="5" t="s">
         <v>536</v>
       </c>
       <c r="F356" s="16" t="s">
-        <v>2787</v>
+        <v>2786</v>
       </c>
       <c r="G356" s="15" t="s">
         <v>7</v>
       </c>
       <c r="H356" s="17" t="s">
         <v>1031</v>
       </c>
       <c r="I356" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J356" s="19">
         <v>2001</v>
       </c>
-      <c r="K356" s="20" t="s">
+      <c r="J356" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="357" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="357" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A357" s="5" t="s">
-        <v>3283</v>
+        <v>3282</v>
       </c>
       <c r="B357" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C357" s="14" t="s">
         <v>143</v>
       </c>
       <c r="D357" s="15" t="s">
         <v>2198</v>
       </c>
       <c r="E357" s="5" t="s">
         <v>537</v>
       </c>
       <c r="F357" s="16" t="s">
-        <v>2788</v>
+        <v>2787</v>
       </c>
       <c r="G357" s="15" t="s">
         <v>7</v>
       </c>
       <c r="H357" s="17" t="s">
         <v>1031</v>
       </c>
       <c r="I357" s="18">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="J357" s="19">
         <v>2001</v>
       </c>
-      <c r="K357" s="20" t="s">
+      <c r="J357" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="358" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="358" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A358" s="5" t="s">
-        <v>3284</v>
+        <v>3283</v>
       </c>
       <c r="B358" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C358" s="14" t="s">
         <v>185</v>
       </c>
       <c r="D358" s="15" t="s">
         <v>2199</v>
       </c>
       <c r="E358" s="5" t="s">
         <v>578</v>
       </c>
       <c r="F358" s="16" t="s">
-        <v>2789</v>
+        <v>2788</v>
       </c>
       <c r="G358" s="15" t="s">
         <v>7</v>
       </c>
       <c r="H358" s="17" t="s">
         <v>1031</v>
       </c>
       <c r="I358" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J358" s="19">
         <v>2001</v>
       </c>
-      <c r="K358" s="20" t="s">
+      <c r="J358" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="359" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="359" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A359" s="5" t="s">
-        <v>3285</v>
+        <v>3284</v>
       </c>
       <c r="B359" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C359" s="14" t="s">
         <v>196</v>
       </c>
       <c r="D359" s="15" t="s">
         <v>2200</v>
       </c>
       <c r="E359" s="5" t="s">
         <v>589</v>
       </c>
       <c r="F359" s="16" t="s">
-        <v>2790</v>
+        <v>2789</v>
       </c>
       <c r="G359" s="15" t="s">
         <v>7</v>
       </c>
       <c r="H359" s="17" t="s">
         <v>1031</v>
       </c>
       <c r="I359" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J359" s="19">
         <v>2001</v>
       </c>
-      <c r="K359" s="20" t="s">
+      <c r="J359" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="360" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="360" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A360" s="5" t="s">
-        <v>3286</v>
+        <v>3285</v>
       </c>
       <c r="B360" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C360" s="14" t="s">
         <v>254</v>
       </c>
       <c r="D360" s="15" t="s">
         <v>2201</v>
       </c>
       <c r="E360" s="5" t="s">
         <v>646</v>
       </c>
       <c r="F360" s="16" t="s">
-        <v>2791</v>
+        <v>2790</v>
       </c>
       <c r="G360" s="15" t="s">
         <v>7</v>
       </c>
       <c r="H360" s="17" t="s">
         <v>1031</v>
       </c>
       <c r="I360" s="18">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="J360" s="19">
         <v>1998</v>
       </c>
-      <c r="K360" s="20" t="s">
+      <c r="J360" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="361" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="361" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A361" s="5" t="s">
-        <v>3287</v>
+        <v>3286</v>
       </c>
       <c r="B361" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C361" s="14" t="s">
         <v>273</v>
       </c>
       <c r="D361" s="15" t="s">
         <v>2202</v>
       </c>
       <c r="E361" s="5" t="s">
         <v>665</v>
       </c>
       <c r="F361" s="16" t="s">
-        <v>2792</v>
+        <v>2791</v>
       </c>
       <c r="G361" s="15" t="s">
         <v>7</v>
       </c>
       <c r="H361" s="17" t="s">
         <v>1031</v>
       </c>
       <c r="I361" s="18">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="J361" s="19">
         <v>1995</v>
       </c>
-      <c r="K361" s="20" t="s">
+      <c r="J361" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="362" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="362" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A362" s="5" t="s">
-        <v>3288</v>
+        <v>3287</v>
       </c>
       <c r="B362" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C362" s="14" t="s">
         <v>281</v>
       </c>
       <c r="D362" s="15" t="s">
         <v>2203</v>
       </c>
       <c r="E362" s="5" t="s">
         <v>673</v>
       </c>
       <c r="F362" s="16" t="s">
-        <v>2793</v>
+        <v>2792</v>
       </c>
       <c r="G362" s="15" t="s">
         <v>7</v>
       </c>
       <c r="H362" s="17" t="s">
         <v>1031</v>
       </c>
       <c r="I362" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J362" s="19">
         <v>2017</v>
       </c>
-      <c r="K362" s="20" t="s">
+      <c r="J362" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="363" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="363" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A363" s="5" t="s">
-        <v>3289</v>
+        <v>3288</v>
       </c>
       <c r="B363" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C363" s="14" t="s">
         <v>287</v>
       </c>
       <c r="D363" s="15" t="s">
         <v>2204</v>
       </c>
       <c r="E363" s="5" t="s">
         <v>679</v>
       </c>
       <c r="F363" s="16" t="s">
-        <v>2794</v>
+        <v>2793</v>
       </c>
       <c r="G363" s="15" t="s">
         <v>7</v>
       </c>
       <c r="H363" s="17" t="s">
         <v>1031</v>
       </c>
       <c r="I363" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J363" s="19">
         <v>2009</v>
       </c>
-      <c r="K363" s="20" t="s">
+      <c r="J363" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="364" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="364" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A364" s="5" t="s">
-        <v>3290</v>
+        <v>3289</v>
       </c>
       <c r="B364" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C364" s="14" t="s">
         <v>52</v>
       </c>
       <c r="D364" s="15" t="s">
         <v>2205</v>
       </c>
       <c r="E364" s="5" t="s">
         <v>21</v>
       </c>
       <c r="F364" s="16" t="s">
-        <v>2795</v>
+        <v>2794</v>
       </c>
       <c r="G364" s="15" t="s">
         <v>7</v>
       </c>
       <c r="H364" s="17" t="s">
         <v>1031</v>
       </c>
       <c r="I364" s="18">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="J364" s="19">
         <v>2002</v>
       </c>
-      <c r="K364" s="20" t="s">
+      <c r="J364" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="365" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="365" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A365" s="5" t="s">
-        <v>3291</v>
+        <v>3290</v>
       </c>
       <c r="B365" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C365" s="14" t="s">
         <v>288</v>
       </c>
       <c r="D365" s="15" t="s">
         <v>2206</v>
       </c>
       <c r="E365" s="5" t="s">
         <v>680</v>
       </c>
       <c r="F365" s="16" t="s">
-        <v>2796</v>
+        <v>2795</v>
       </c>
       <c r="G365" s="15" t="s">
         <v>7</v>
       </c>
       <c r="H365" s="17" t="s">
         <v>1031</v>
       </c>
       <c r="I365" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J365" s="19">
         <v>2001</v>
       </c>
-      <c r="K365" s="20" t="s">
+      <c r="J365" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="366" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="366" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A366" s="5" t="s">
-        <v>3292</v>
+        <v>3291</v>
       </c>
       <c r="B366" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C366" s="14" t="s">
         <v>53</v>
       </c>
       <c r="D366" s="15" t="s">
         <v>2207</v>
       </c>
       <c r="E366" s="5" t="s">
         <v>681</v>
       </c>
       <c r="F366" s="16" t="s">
-        <v>2797</v>
+        <v>2796</v>
       </c>
       <c r="G366" s="15" t="s">
         <v>7</v>
       </c>
       <c r="H366" s="17" t="s">
         <v>1031</v>
       </c>
       <c r="I366" s="18">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="J366" s="19">
         <v>1994</v>
       </c>
-      <c r="K366" s="20" t="s">
+      <c r="J366" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="367" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="367" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A367" s="5" t="s">
-        <v>3293</v>
+        <v>3292</v>
       </c>
       <c r="B367" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C367" s="14" t="s">
         <v>310</v>
       </c>
       <c r="D367" s="15" t="s">
         <v>2208</v>
       </c>
       <c r="E367" s="5" t="s">
         <v>703</v>
       </c>
       <c r="F367" s="16" t="s">
-        <v>2798</v>
+        <v>2797</v>
       </c>
       <c r="G367" s="15" t="s">
         <v>7</v>
       </c>
       <c r="H367" s="17" t="s">
         <v>1031</v>
       </c>
       <c r="I367" s="18">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="J367" s="19">
         <v>2017</v>
       </c>
-      <c r="K367" s="20" t="s">
+      <c r="J367" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="368" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="368" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A368" s="5" t="s">
-        <v>3294</v>
+        <v>3293</v>
       </c>
       <c r="B368" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C368" s="14" t="s">
         <v>323</v>
       </c>
       <c r="D368" s="15" t="s">
         <v>2209</v>
       </c>
       <c r="E368" s="5" t="s">
         <v>717</v>
       </c>
       <c r="F368" s="16" t="s">
-        <v>2799</v>
+        <v>2798</v>
       </c>
       <c r="G368" s="15" t="s">
         <v>7</v>
       </c>
       <c r="H368" s="17" t="s">
         <v>1031</v>
       </c>
       <c r="I368" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J368" s="19">
         <v>1978</v>
       </c>
-      <c r="K368" s="20" t="s">
+      <c r="J368" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="369" spans="1:11" ht="35.25" x14ac:dyDescent="0.5">
+    <row r="369" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A369" s="5" t="s">
-        <v>3295</v>
+        <v>3294</v>
       </c>
       <c r="B369" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C369" s="14">
         <v>9789777800600</v>
       </c>
       <c r="D369" s="15" t="s">
         <v>2212</v>
       </c>
       <c r="E369" s="5" t="s">
         <v>436</v>
       </c>
       <c r="F369" s="16" t="s">
-        <v>2800</v>
+        <v>2799</v>
       </c>
       <c r="G369" s="15" t="s">
         <v>1481</v>
       </c>
       <c r="H369" s="17" t="s">
         <v>951</v>
       </c>
       <c r="I369" s="18">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="J369" s="19">
         <v>2009</v>
       </c>
-      <c r="K369" s="20" t="s">
+      <c r="J369" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="370" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="370" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A370" s="5" t="s">
-        <v>3296</v>
+        <v>3295</v>
       </c>
       <c r="B370" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C370" s="14" t="s">
         <v>144</v>
       </c>
       <c r="D370" s="15" t="s">
         <v>2213</v>
       </c>
       <c r="E370" s="5" t="s">
         <v>538</v>
       </c>
       <c r="F370" s="16" t="s">
-        <v>2801</v>
+        <v>2800</v>
       </c>
       <c r="G370" s="15" t="s">
         <v>1620</v>
       </c>
       <c r="H370" s="17" t="s">
         <v>1110</v>
       </c>
       <c r="I370" s="18">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="J370" s="19">
         <v>2021</v>
       </c>
-      <c r="K370" s="20" t="s">
+      <c r="J370" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="371" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="371" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A371" s="5" t="s">
-        <v>3297</v>
+        <v>3296</v>
       </c>
       <c r="B371" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C371" s="14" t="s">
         <v>274</v>
       </c>
       <c r="D371" s="15" t="s">
         <v>2215</v>
       </c>
       <c r="E371" s="5" t="s">
         <v>666</v>
       </c>
       <c r="F371" s="16" t="s">
-        <v>2802</v>
+        <v>2801</v>
       </c>
       <c r="G371" s="15" t="s">
         <v>1725</v>
       </c>
       <c r="H371" s="17" t="s">
         <v>1221</v>
       </c>
       <c r="I371" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J371" s="19">
         <v>2000</v>
       </c>
-      <c r="K371" s="20" t="s">
+      <c r="J371" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="372" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="372" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A372" s="5" t="s">
-        <v>3298</v>
+        <v>3297</v>
       </c>
       <c r="B372" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C372" s="14" t="s">
         <v>282</v>
       </c>
       <c r="D372" s="15" t="s">
         <v>2220</v>
       </c>
       <c r="E372" s="5" t="s">
         <v>674</v>
       </c>
       <c r="F372" s="16" t="s">
-        <v>2803</v>
+        <v>2802</v>
       </c>
       <c r="G372" s="15" t="s">
         <v>1729</v>
       </c>
       <c r="H372" s="17" t="s">
         <v>1225</v>
       </c>
       <c r="I372" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J372" s="19">
         <v>2000</v>
       </c>
-      <c r="K372" s="20" t="s">
+      <c r="J372" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="373" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="373" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A373" s="5" t="s">
-        <v>3299</v>
+        <v>3298</v>
       </c>
       <c r="B373" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C373" s="14">
         <v>9789777800754</v>
       </c>
       <c r="D373" s="15" t="s">
         <v>2234</v>
       </c>
       <c r="E373" s="5" t="s">
         <v>437</v>
       </c>
       <c r="F373" s="16" t="s">
-        <v>2804</v>
+        <v>2803</v>
       </c>
       <c r="G373" s="15" t="s">
         <v>1482</v>
       </c>
       <c r="H373" s="17" t="s">
         <v>952</v>
       </c>
       <c r="I373" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J373" s="19">
         <v>2005</v>
       </c>
-      <c r="K373" s="20" t="s">
+      <c r="J373" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="374" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="374" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A374" s="5" t="s">
-        <v>3300</v>
-[...1 lines deleted...]
-      <c r="B374" s="25" t="s">
+        <v>3299</v>
+      </c>
+      <c r="B374" s="24" t="s">
         <v>2430</v>
       </c>
       <c r="C374" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D374" s="15" t="s">
         <v>2235</v>
       </c>
       <c r="E374" s="5" t="s">
         <v>781</v>
       </c>
       <c r="F374" s="16" t="s">
-        <v>2805</v>
+        <v>2804</v>
       </c>
       <c r="G374" s="15" t="s">
         <v>1811</v>
       </c>
       <c r="H374" s="17" t="s">
         <v>1325</v>
       </c>
       <c r="I374" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J374" s="19">
         <v>2018</v>
       </c>
-      <c r="K374" s="21" t="s">
+      <c r="J374" s="20" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="375" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="375" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A375" s="5" t="s">
-        <v>3301</v>
+        <v>3300</v>
       </c>
       <c r="B375" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C375" s="14">
         <v>9789777802178</v>
       </c>
       <c r="D375" s="15" t="s">
         <v>2238</v>
       </c>
       <c r="E375" s="5" t="s">
         <v>377</v>
       </c>
       <c r="F375" s="16" t="s">
-        <v>2806</v>
+        <v>2805</v>
       </c>
       <c r="G375" s="15" t="s">
         <v>1377</v>
       </c>
       <c r="H375" s="17" t="s">
         <v>900</v>
       </c>
       <c r="I375" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J375" s="19">
         <v>2018</v>
       </c>
-      <c r="K375" s="20" t="s">
+      <c r="J375" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="376" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="376" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A376" s="5" t="s">
-        <v>3302</v>
+        <v>3301</v>
       </c>
       <c r="B376" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C376" s="14" t="s">
         <v>145</v>
       </c>
       <c r="D376" s="15" t="s">
         <v>2240</v>
       </c>
       <c r="E376" s="5" t="s">
         <v>539</v>
       </c>
       <c r="F376" s="16" t="s">
-        <v>2807</v>
+        <v>2806</v>
       </c>
       <c r="G376" s="15" t="s">
         <v>1621</v>
       </c>
       <c r="H376" s="17" t="s">
         <v>1111</v>
       </c>
       <c r="I376" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J376" s="19">
         <v>1993</v>
       </c>
-      <c r="K376" s="20" t="s">
+      <c r="J376" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="377" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="377" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A377" s="5" t="s">
-        <v>3303</v>
+        <v>3302</v>
       </c>
       <c r="B377" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C377" s="14">
         <v>9789777802581</v>
       </c>
       <c r="D377" s="15" t="s">
         <v>2255</v>
       </c>
       <c r="E377" s="5" t="s">
         <v>367</v>
       </c>
       <c r="F377" s="16" t="s">
-        <v>2808</v>
+        <v>2807</v>
       </c>
       <c r="G377" s="15" t="s">
         <v>45</v>
       </c>
       <c r="H377" s="17" t="s">
         <v>883</v>
       </c>
       <c r="I377" s="18">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="J377" s="19">
         <v>2019</v>
       </c>
-      <c r="K377" s="20" t="s">
+      <c r="J377" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="378" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="378" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A378" s="5" t="s">
-        <v>3304</v>
+        <v>3303</v>
       </c>
       <c r="B378" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C378" s="14" t="s">
         <v>293</v>
       </c>
       <c r="D378" s="15" t="s">
         <v>2283</v>
       </c>
       <c r="E378" s="5" t="s">
         <v>686</v>
       </c>
       <c r="F378" s="16" t="s">
-        <v>2809</v>
+        <v>2808</v>
       </c>
       <c r="G378" s="15" t="s">
         <v>1734</v>
       </c>
       <c r="H378" s="17" t="s">
         <v>1231</v>
       </c>
       <c r="I378" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J378" s="19">
         <v>2019</v>
       </c>
-      <c r="K378" s="20" t="s">
+      <c r="J378" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="379" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="379" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A379" s="5" t="s">
-        <v>3305</v>
+        <v>3304</v>
       </c>
       <c r="B379" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C379" s="14" t="s">
         <v>294</v>
       </c>
       <c r="D379" s="15" t="s">
         <v>2284</v>
       </c>
       <c r="E379" s="5" t="s">
         <v>687</v>
       </c>
       <c r="F379" s="16" t="s">
-        <v>2810</v>
+        <v>2809</v>
       </c>
       <c r="G379" s="15" t="s">
         <v>1734</v>
       </c>
       <c r="H379" s="17" t="s">
         <v>1231</v>
       </c>
       <c r="I379" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J379" s="19">
         <v>2018</v>
       </c>
-      <c r="K379" s="20" t="s">
+      <c r="J379" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="380" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="380" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A380" s="5" t="s">
-        <v>3306</v>
+        <v>3305</v>
       </c>
       <c r="B380" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C380" s="14">
         <v>9789777802116</v>
       </c>
       <c r="D380" s="15" t="s">
         <v>2285</v>
       </c>
       <c r="E380" s="5" t="s">
         <v>378</v>
       </c>
       <c r="F380" s="16" t="s">
-        <v>2811</v>
+        <v>2810</v>
       </c>
       <c r="G380" s="15" t="s">
         <v>1447</v>
       </c>
       <c r="H380" s="17" t="s">
         <v>902</v>
       </c>
       <c r="I380" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J380" s="19">
         <v>2020</v>
       </c>
-      <c r="K380" s="20" t="s">
+      <c r="J380" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="381" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="381" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A381" s="5" t="s">
-        <v>3307</v>
+        <v>3306</v>
       </c>
       <c r="B381" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C381" s="14">
         <v>9789777801140</v>
       </c>
       <c r="D381" s="15" t="s">
         <v>2286</v>
       </c>
       <c r="E381" s="5" t="s">
         <v>417</v>
       </c>
       <c r="F381" s="16" t="s">
-        <v>2812</v>
+        <v>2811</v>
       </c>
       <c r="G381" s="15" t="s">
         <v>1447</v>
       </c>
       <c r="H381" s="17" t="s">
         <v>902</v>
       </c>
       <c r="I381" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J381" s="19">
         <v>2018</v>
       </c>
-      <c r="K381" s="20" t="s">
+      <c r="J381" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="382" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="382" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A382" s="5" t="s">
-        <v>3308</v>
+        <v>3307</v>
       </c>
       <c r="B382" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C382" s="14">
         <v>9789777801133</v>
       </c>
       <c r="D382" s="15" t="s">
         <v>2287</v>
       </c>
       <c r="E382" s="5" t="s">
         <v>418</v>
       </c>
       <c r="F382" s="16" t="s">
-        <v>2813</v>
+        <v>2812</v>
       </c>
       <c r="G382" s="15" t="s">
         <v>1447</v>
       </c>
       <c r="H382" s="17" t="s">
         <v>902</v>
       </c>
       <c r="I382" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J382" s="19">
         <v>2009</v>
       </c>
-      <c r="K382" s="20" t="s">
+      <c r="J382" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="383" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="383" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A383" s="5" t="s">
-        <v>3309</v>
+        <v>3308</v>
       </c>
       <c r="B383" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C383" s="14">
         <v>9789777801126</v>
       </c>
       <c r="D383" s="15" t="s">
         <v>2288</v>
       </c>
       <c r="E383" s="5" t="s">
         <v>419</v>
       </c>
       <c r="F383" s="16" t="s">
-        <v>2814</v>
+        <v>2813</v>
       </c>
       <c r="G383" s="15" t="s">
         <v>1447</v>
       </c>
       <c r="H383" s="17" t="s">
         <v>902</v>
       </c>
       <c r="I383" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J383" s="19">
         <v>2006</v>
       </c>
-      <c r="K383" s="20" t="s">
+      <c r="J383" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="384" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="384" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A384" s="5" t="s">
-        <v>3310</v>
+        <v>3309</v>
       </c>
       <c r="B384" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C384" s="14" t="s">
         <v>326</v>
       </c>
       <c r="D384" s="15" t="s">
         <v>2314</v>
       </c>
       <c r="E384" s="5" t="s">
         <v>721</v>
       </c>
       <c r="F384" s="16" t="s">
-        <v>2815</v>
+        <v>2814</v>
       </c>
       <c r="G384" s="15" t="s">
         <v>1403</v>
       </c>
       <c r="H384" s="17" t="s">
         <v>1169</v>
       </c>
       <c r="I384" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J384" s="19">
         <v>1988</v>
       </c>
-      <c r="K384" s="20" t="s">
+      <c r="J384" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="385" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="385" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A385" s="5" t="s">
-        <v>3311</v>
+        <v>3310</v>
       </c>
       <c r="B385" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C385" s="14">
         <v>9789777801430</v>
       </c>
       <c r="D385" s="15" t="s">
         <v>2317</v>
       </c>
       <c r="E385" s="5" t="s">
         <v>398</v>
       </c>
       <c r="F385" s="16" t="s">
-        <v>2816</v>
+        <v>2815</v>
       </c>
       <c r="G385" s="15" t="s">
         <v>1457</v>
       </c>
       <c r="H385" s="17" t="s">
         <v>920</v>
       </c>
       <c r="I385" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J385" s="19">
         <v>1988</v>
       </c>
-      <c r="K385" s="20" t="s">
+      <c r="J385" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="386" spans="1:11" ht="35.25" x14ac:dyDescent="0.5">
+    <row r="386" spans="1:10" ht="35.65" x14ac:dyDescent="1.05">
       <c r="A386" s="5" t="s">
-        <v>3312</v>
+        <v>3311</v>
       </c>
       <c r="B386" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C386" s="14">
         <v>9789777801423</v>
       </c>
       <c r="D386" s="15" t="s">
         <v>2318</v>
       </c>
       <c r="E386" s="5" t="s">
         <v>399</v>
       </c>
       <c r="F386" s="16" t="s">
-        <v>2817</v>
+        <v>2816</v>
       </c>
       <c r="G386" s="15" t="s">
         <v>1457</v>
       </c>
       <c r="H386" s="17" t="s">
         <v>920</v>
       </c>
       <c r="I386" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J386" s="19">
         <v>2009</v>
       </c>
-      <c r="K386" s="20" t="s">
+      <c r="J386" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="387" spans="1:11" ht="69.75" x14ac:dyDescent="0.5">
+    <row r="387" spans="1:10" ht="72" x14ac:dyDescent="1.05">
       <c r="A387" s="5" t="s">
-        <v>3313</v>
+        <v>3312</v>
       </c>
       <c r="B387" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C387" s="14">
         <v>9789777801096</v>
       </c>
       <c r="D387" s="15" t="s">
         <v>2321</v>
       </c>
       <c r="E387" s="5" t="s">
         <v>422</v>
       </c>
       <c r="F387" s="16" t="s">
-        <v>2818</v>
+        <v>2817</v>
       </c>
       <c r="G387" s="15" t="s">
         <v>1468</v>
       </c>
       <c r="H387" s="17" t="s">
         <v>934</v>
       </c>
       <c r="I387" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J387" s="19">
         <v>2009</v>
       </c>
-      <c r="K387" s="20" t="s">
+      <c r="J387" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="388" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="388" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A388" s="5" t="s">
-        <v>3314</v>
+        <v>3313</v>
       </c>
       <c r="B388" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C388" s="14">
         <v>9789777801904</v>
       </c>
       <c r="D388" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E388" s="5" t="s">
         <v>33</v>
       </c>
       <c r="F388" s="16" t="s">
-        <v>2819</v>
+        <v>2818</v>
       </c>
       <c r="G388" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H388" s="17" t="s">
         <v>904</v>
       </c>
       <c r="I388" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J388" s="19">
         <v>2009</v>
       </c>
-      <c r="K388" s="20" t="s">
+      <c r="J388" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="389" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="389" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A389" s="5" t="s">
-        <v>3315</v>
+        <v>3314</v>
       </c>
       <c r="B389" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C389" s="14">
         <v>9789777801195</v>
       </c>
       <c r="D389" s="15" t="s">
         <v>2322</v>
       </c>
       <c r="E389" s="5" t="s">
         <v>423</v>
       </c>
       <c r="F389" s="16" t="s">
-        <v>2820</v>
+        <v>2819</v>
       </c>
       <c r="G389" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H389" s="17" t="s">
         <v>904</v>
       </c>
       <c r="I389" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J389" s="19">
         <v>2009</v>
       </c>
-      <c r="K389" s="20" t="s">
+      <c r="J389" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="390" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="390" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A390" s="5" t="s">
-        <v>3316</v>
+        <v>3315</v>
       </c>
       <c r="B390" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C390" s="14" t="s">
         <v>152</v>
       </c>
       <c r="D390" s="15" t="s">
         <v>2338</v>
       </c>
       <c r="E390" s="5" t="s">
         <v>19</v>
       </c>
       <c r="F390" s="16" t="s">
-        <v>2821</v>
+        <v>2820</v>
       </c>
       <c r="G390" s="15" t="s">
         <v>6</v>
       </c>
       <c r="H390" s="17" t="s">
         <v>1117</v>
       </c>
       <c r="I390" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J390" s="19">
         <v>2009</v>
       </c>
-      <c r="K390" s="20" t="s">
+      <c r="J390" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="391" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="391" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A391" s="5" t="s">
-        <v>3317</v>
+        <v>3316</v>
       </c>
       <c r="B391" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C391" s="14" t="s">
         <v>212</v>
       </c>
       <c r="D391" s="15" t="s">
         <v>2339</v>
       </c>
       <c r="E391" s="5" t="s">
         <v>605</v>
       </c>
       <c r="F391" s="16" t="s">
-        <v>2822</v>
+        <v>2821</v>
       </c>
       <c r="G391" s="15" t="s">
         <v>6</v>
       </c>
       <c r="H391" s="17" t="s">
         <v>1117</v>
       </c>
       <c r="I391" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J391" s="19">
         <v>2009</v>
       </c>
-      <c r="K391" s="20" t="s">
+      <c r="J391" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="392" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="392" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A392" s="5" t="s">
-        <v>3318</v>
+        <v>3317</v>
       </c>
       <c r="B392" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C392" s="14" t="s">
         <v>332</v>
       </c>
       <c r="D392" s="15" t="s">
         <v>2340</v>
       </c>
       <c r="E392" s="5" t="s">
         <v>762</v>
       </c>
       <c r="F392" s="16" t="s">
-        <v>2823</v>
+        <v>2822</v>
       </c>
       <c r="G392" s="15" t="s">
         <v>6</v>
       </c>
       <c r="H392" s="17" t="s">
         <v>1117</v>
       </c>
       <c r="I392" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J392" s="19">
         <v>2009</v>
       </c>
-      <c r="K392" s="20" t="s">
+      <c r="J392" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="393" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="393" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A393" s="5" t="s">
-        <v>3319</v>
-[...1 lines deleted...]
-      <c r="B393" s="25" t="s">
+        <v>3318</v>
+      </c>
+      <c r="B393" s="24" t="s">
         <v>2430</v>
       </c>
       <c r="C393" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D393" s="15" t="s">
         <v>2341</v>
       </c>
       <c r="E393" s="5" t="s">
         <v>758</v>
       </c>
       <c r="F393" s="16" t="s">
-        <v>2824</v>
+        <v>2823</v>
       </c>
       <c r="G393" s="15" t="s">
         <v>6</v>
       </c>
       <c r="H393" s="17" t="s">
         <v>1302</v>
       </c>
       <c r="I393" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J393" s="19">
         <v>2009</v>
       </c>
-      <c r="K393" s="21" t="s">
+      <c r="J393" s="20" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="394" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="394" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A394" s="5" t="s">
-        <v>3320</v>
-[...1 lines deleted...]
-      <c r="B394" s="25" t="s">
+        <v>3319</v>
+      </c>
+      <c r="B394" s="24" t="s">
         <v>2430</v>
       </c>
       <c r="C394" s="14" t="s">
         <v>153</v>
       </c>
       <c r="D394" s="15" t="s">
         <v>2358</v>
       </c>
       <c r="E394" s="5" t="s">
         <v>546</v>
       </c>
       <c r="F394" s="16" t="s">
-        <v>2825</v>
+        <v>2824</v>
       </c>
       <c r="G394" s="15" t="s">
         <v>1627</v>
       </c>
       <c r="H394" s="17" t="s">
         <v>1118</v>
       </c>
       <c r="I394" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J394" s="19">
         <v>2017</v>
       </c>
-      <c r="K394" s="21" t="s">
+      <c r="J394" s="20" t="s">
         <v>819</v>
       </c>
     </row>
-    <row r="395" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="395" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A395" s="5" t="s">
-        <v>3321</v>
-[...1 lines deleted...]
-      <c r="B395" s="25" t="s">
+        <v>3320</v>
+      </c>
+      <c r="B395" s="24" t="s">
         <v>2430</v>
       </c>
       <c r="C395" s="14" t="s">
         <v>154</v>
       </c>
       <c r="D395" s="15" t="s">
         <v>2359</v>
       </c>
       <c r="E395" s="5" t="s">
         <v>547</v>
       </c>
       <c r="F395" s="16" t="s">
-        <v>2826</v>
+        <v>2825</v>
       </c>
       <c r="G395" s="15" t="s">
         <v>1627</v>
       </c>
       <c r="H395" s="17" t="s">
         <v>1118</v>
       </c>
       <c r="I395" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J395" s="19">
         <v>2021</v>
       </c>
-      <c r="K395" s="21" t="s">
+      <c r="J395" s="20" t="s">
         <v>819</v>
       </c>
     </row>
-    <row r="396" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="396" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A396" s="5" t="s">
-        <v>3322</v>
-[...1 lines deleted...]
-      <c r="B396" s="25" t="s">
+        <v>3321</v>
+      </c>
+      <c r="B396" s="24" t="s">
         <v>2430</v>
       </c>
       <c r="C396" s="14" t="s">
         <v>155</v>
       </c>
       <c r="D396" s="15" t="s">
         <v>2360</v>
       </c>
       <c r="E396" s="5" t="s">
         <v>548</v>
       </c>
       <c r="F396" s="16" t="s">
-        <v>2827</v>
+        <v>2826</v>
       </c>
       <c r="G396" s="15" t="s">
         <v>1627</v>
       </c>
       <c r="H396" s="17" t="s">
         <v>1118</v>
       </c>
       <c r="I396" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J396" s="19">
         <v>2012</v>
       </c>
-      <c r="K396" s="21" t="s">
+      <c r="J396" s="20" t="s">
         <v>819</v>
       </c>
     </row>
-    <row r="397" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="397" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A397" s="5" t="s">
-        <v>3323</v>
-[...1 lines deleted...]
-      <c r="B397" s="25" t="s">
+        <v>3322</v>
+      </c>
+      <c r="B397" s="24" t="s">
         <v>2430</v>
       </c>
       <c r="C397" s="14" t="s">
         <v>156</v>
       </c>
       <c r="D397" s="15" t="s">
         <v>2361</v>
       </c>
       <c r="E397" s="5" t="s">
         <v>549</v>
       </c>
       <c r="F397" s="16" t="s">
-        <v>2828</v>
+        <v>2827</v>
       </c>
       <c r="G397" s="15" t="s">
         <v>1627</v>
       </c>
       <c r="H397" s="17" t="s">
         <v>1118</v>
       </c>
       <c r="I397" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J397" s="19">
         <v>2020</v>
       </c>
-      <c r="K397" s="21" t="s">
+      <c r="J397" s="20" t="s">
         <v>819</v>
       </c>
     </row>
-    <row r="398" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="398" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A398" s="5" t="s">
-        <v>3324</v>
-[...1 lines deleted...]
-      <c r="B398" s="25" t="s">
+        <v>3323</v>
+      </c>
+      <c r="B398" s="24" t="s">
         <v>2430</v>
       </c>
       <c r="C398" s="14" t="s">
         <v>176</v>
       </c>
       <c r="D398" s="15" t="s">
         <v>2362</v>
       </c>
       <c r="E398" s="5" t="s">
         <v>568</v>
       </c>
       <c r="F398" s="16" t="s">
-        <v>2829</v>
+        <v>2828</v>
       </c>
       <c r="G398" s="15" t="s">
         <v>1627</v>
       </c>
       <c r="H398" s="17" t="s">
         <v>1118</v>
       </c>
       <c r="I398" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J398" s="19">
         <v>2019</v>
       </c>
-      <c r="K398" s="24" t="s">
+      <c r="J398" s="23" t="s">
         <v>819</v>
       </c>
     </row>
-    <row r="399" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="399" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A399" s="5" t="s">
-        <v>3325</v>
-[...1 lines deleted...]
-      <c r="B399" s="25" t="s">
+        <v>3324</v>
+      </c>
+      <c r="B399" s="24" t="s">
         <v>2430</v>
       </c>
       <c r="C399" s="14" t="s">
         <v>177</v>
       </c>
       <c r="D399" s="15" t="s">
         <v>2363</v>
       </c>
       <c r="E399" s="5" t="s">
         <v>569</v>
       </c>
       <c r="F399" s="16" t="s">
-        <v>2830</v>
+        <v>2829</v>
       </c>
       <c r="G399" s="15" t="s">
         <v>1627</v>
       </c>
       <c r="H399" s="17" t="s">
         <v>1118</v>
       </c>
       <c r="I399" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J399" s="19">
         <v>2022</v>
       </c>
-      <c r="K399" s="24" t="s">
+      <c r="J399" s="23" t="s">
         <v>819</v>
       </c>
     </row>
-    <row r="400" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="400" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A400" s="5" t="s">
-        <v>3326</v>
-[...1 lines deleted...]
-      <c r="B400" s="25" t="s">
+        <v>3325</v>
+      </c>
+      <c r="B400" s="24" t="s">
         <v>2430</v>
       </c>
       <c r="C400" s="14" t="s">
         <v>178</v>
       </c>
       <c r="D400" s="15" t="s">
         <v>2364</v>
       </c>
       <c r="E400" s="5" t="s">
         <v>570</v>
       </c>
       <c r="F400" s="16" t="s">
-        <v>2831</v>
+        <v>2830</v>
       </c>
       <c r="G400" s="15" t="s">
         <v>1627</v>
       </c>
       <c r="H400" s="17" t="s">
         <v>1118</v>
       </c>
       <c r="I400" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J400" s="19">
         <v>2022</v>
       </c>
-      <c r="K400" s="24" t="s">
+      <c r="J400" s="23" t="s">
         <v>819</v>
       </c>
     </row>
-    <row r="401" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="401" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A401" s="5" t="s">
-        <v>3327</v>
-[...1 lines deleted...]
-      <c r="B401" s="25" t="s">
+        <v>3326</v>
+      </c>
+      <c r="B401" s="24" t="s">
         <v>2430</v>
       </c>
       <c r="C401" s="14" t="s">
         <v>178</v>
       </c>
       <c r="D401" s="15" t="s">
         <v>2365</v>
       </c>
       <c r="E401" s="5" t="s">
         <v>571</v>
       </c>
       <c r="F401" s="16" t="s">
-        <v>2832</v>
+        <v>2831</v>
       </c>
       <c r="G401" s="15" t="s">
         <v>1627</v>
       </c>
       <c r="H401" s="17" t="s">
         <v>1118</v>
       </c>
       <c r="I401" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J401" s="19">
         <v>2020</v>
       </c>
-      <c r="K401" s="24" t="s">
+      <c r="J401" s="23" t="s">
         <v>819</v>
       </c>
     </row>
-    <row r="402" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="402" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A402" s="5" t="s">
-        <v>3328</v>
+        <v>3327</v>
       </c>
       <c r="B402" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C402" s="14">
         <v>9789777800662</v>
       </c>
       <c r="D402" s="15" t="s">
         <v>2369</v>
       </c>
       <c r="E402" s="5" t="s">
         <v>441</v>
       </c>
       <c r="F402" s="16" t="s">
-        <v>2833</v>
+        <v>2832</v>
       </c>
       <c r="G402" s="15" t="s">
         <v>1485</v>
       </c>
       <c r="H402" s="17" t="s">
         <v>956</v>
       </c>
       <c r="I402" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J402" s="19">
         <v>2020</v>
       </c>
-      <c r="K402" s="20" t="s">
+      <c r="J402" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="403" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="403" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A403" s="5" t="s">
-        <v>3329</v>
+        <v>3328</v>
       </c>
       <c r="B403" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C403" s="14">
         <v>9789777802413</v>
       </c>
       <c r="D403" s="15" t="s">
         <v>2373</v>
       </c>
       <c r="E403" s="5" t="s">
         <v>369</v>
       </c>
       <c r="F403" s="16" t="s">
-        <v>2834</v>
+        <v>2833</v>
       </c>
       <c r="G403" s="15" t="s">
         <v>48</v>
       </c>
       <c r="H403" s="17" t="s">
         <v>885</v>
       </c>
       <c r="I403" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J403" s="19">
         <v>2019</v>
       </c>
-      <c r="K403" s="20" t="s">
+      <c r="J403" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="404" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="404" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A404" s="5" t="s">
-        <v>3330</v>
+        <v>3329</v>
       </c>
       <c r="B404" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C404" s="14" t="s">
         <v>74</v>
       </c>
       <c r="D404" s="15" t="s">
         <v>2374</v>
       </c>
       <c r="E404" s="5" t="s">
         <v>472</v>
       </c>
       <c r="F404" s="16" t="s">
-        <v>2835</v>
+        <v>2834</v>
       </c>
       <c r="G404" s="15" t="s">
         <v>48</v>
       </c>
       <c r="H404" s="17" t="s">
         <v>885</v>
       </c>
       <c r="I404" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J404" s="19">
         <v>2014</v>
       </c>
-      <c r="K404" s="20" t="s">
+      <c r="J404" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="405" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="405" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A405" s="5" t="s">
-        <v>3331</v>
+        <v>3330</v>
       </c>
       <c r="B405" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C405" s="14">
         <v>9789777802161</v>
       </c>
       <c r="D405" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E405" s="5" t="s">
         <v>35</v>
       </c>
       <c r="F405" s="16" t="s">
-        <v>2836</v>
+        <v>2835</v>
       </c>
       <c r="G405" s="15" t="s">
         <v>1410</v>
       </c>
       <c r="H405" s="17" t="s">
         <v>905</v>
       </c>
       <c r="I405" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J405" s="19">
         <v>2018</v>
       </c>
-      <c r="K405" s="20" t="s">
+      <c r="J405" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="406" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="406" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A406" s="5" t="s">
-        <v>3332</v>
+        <v>3331</v>
       </c>
       <c r="B406" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C406" s="14">
         <v>9789777801522</v>
       </c>
       <c r="D406" s="15" t="s">
         <v>2377</v>
       </c>
       <c r="E406" s="5" t="s">
         <v>400</v>
       </c>
       <c r="F406" s="16" t="s">
-        <v>2837</v>
+        <v>2836</v>
       </c>
       <c r="G406" s="15" t="s">
         <v>1410</v>
       </c>
       <c r="H406" s="17" t="s">
         <v>905</v>
       </c>
       <c r="I406" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J406" s="19">
         <v>2001</v>
       </c>
-      <c r="K406" s="20" t="s">
+      <c r="J406" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="407" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="407" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A407" s="5" t="s">
-        <v>3333</v>
+        <v>3332</v>
       </c>
       <c r="B407" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C407" s="14">
         <v>9789777802710</v>
       </c>
       <c r="D407" s="15" t="s">
         <v>2379</v>
       </c>
       <c r="E407" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F407" s="16" t="s">
-        <v>2838</v>
+        <v>2837</v>
       </c>
       <c r="G407" s="15" t="s">
         <v>3</v>
       </c>
       <c r="H407" s="17" t="s">
         <v>865</v>
       </c>
       <c r="I407" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J407" s="19">
         <v>1999</v>
       </c>
-      <c r="K407" s="20" t="s">
+      <c r="J407" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="408" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="408" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A408" s="5" t="s">
-        <v>3334</v>
+        <v>3333</v>
       </c>
       <c r="B408" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C408" s="14">
         <v>9789777802703</v>
       </c>
       <c r="D408" s="15" t="s">
         <v>2380</v>
       </c>
       <c r="E408" s="5" t="s">
         <v>356</v>
       </c>
       <c r="F408" s="16" t="s">
-        <v>2839</v>
+        <v>2838</v>
       </c>
       <c r="G408" s="15" t="s">
         <v>3</v>
       </c>
       <c r="H408" s="17" t="s">
         <v>865</v>
       </c>
       <c r="I408" s="18">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="J408" s="19">
         <v>2018</v>
       </c>
-      <c r="K408" s="20" t="s">
+      <c r="J408" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="409" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="409" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A409" s="5" t="s">
-        <v>3335</v>
+        <v>3334</v>
       </c>
       <c r="B409" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C409" s="14">
         <v>9789777802123</v>
       </c>
       <c r="D409" s="15" t="s">
         <v>2381</v>
       </c>
       <c r="E409" s="5" t="s">
         <v>380</v>
       </c>
       <c r="F409" s="16" t="s">
-        <v>2840</v>
+        <v>2839</v>
       </c>
       <c r="G409" s="15" t="s">
         <v>3</v>
       </c>
       <c r="H409" s="17" t="s">
         <v>865</v>
       </c>
       <c r="I409" s="18">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="J409" s="19">
         <v>2017</v>
       </c>
-      <c r="K409" s="20" t="s">
+      <c r="J409" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="410" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="410" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A410" s="5" t="s">
-        <v>3336</v>
+        <v>3335</v>
       </c>
       <c r="B410" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C410" s="14">
         <v>9789777802130</v>
       </c>
       <c r="D410" s="15" t="s">
         <v>2382</v>
       </c>
       <c r="E410" s="5" t="s">
         <v>381</v>
       </c>
       <c r="F410" s="16" t="s">
-        <v>2841</v>
+        <v>2840</v>
       </c>
       <c r="G410" s="15" t="s">
         <v>3</v>
       </c>
       <c r="H410" s="17" t="s">
         <v>865</v>
       </c>
       <c r="I410" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J410" s="19">
         <v>2017</v>
       </c>
-      <c r="K410" s="20" t="s">
+      <c r="J410" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="411" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="411" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A411" s="5" t="s">
-        <v>3337</v>
+        <v>3336</v>
       </c>
       <c r="B411" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C411" s="14">
         <v>9789777801720</v>
       </c>
       <c r="D411" s="15" t="s">
         <v>2383</v>
       </c>
       <c r="E411" s="5" t="s">
         <v>10</v>
       </c>
       <c r="F411" s="16" t="s">
-        <v>2842</v>
+        <v>2841</v>
       </c>
       <c r="G411" s="15" t="s">
         <v>3</v>
       </c>
       <c r="H411" s="17" t="s">
         <v>865</v>
       </c>
       <c r="I411" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J411" s="19">
         <v>2022</v>
       </c>
-      <c r="K411" s="20" t="s">
+      <c r="J411" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="412" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="412" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A412" s="5" t="s">
-        <v>3338</v>
+        <v>3337</v>
       </c>
       <c r="B412" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C412" s="14">
         <v>9789772329649</v>
       </c>
       <c r="D412" s="15" t="s">
         <v>2384</v>
       </c>
       <c r="E412" s="5" t="s">
         <v>465</v>
       </c>
       <c r="F412" s="16" t="s">
-        <v>2843</v>
+        <v>2842</v>
       </c>
       <c r="G412" s="15" t="s">
         <v>3</v>
       </c>
       <c r="H412" s="17" t="s">
         <v>865</v>
       </c>
       <c r="I412" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J412" s="19">
         <v>2014</v>
       </c>
-      <c r="K412" s="20" t="s">
+      <c r="J412" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="413" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="413" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A413" s="5" t="s">
-        <v>3339</v>
+        <v>3338</v>
       </c>
       <c r="B413" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C413" s="14">
         <v>9789777801065</v>
       </c>
       <c r="D413" s="15" t="s">
         <v>2391</v>
       </c>
       <c r="E413" s="5" t="s">
         <v>424</v>
       </c>
       <c r="F413" s="16" t="s">
-        <v>2844</v>
+        <v>2843</v>
       </c>
       <c r="G413" s="15" t="s">
         <v>1385</v>
       </c>
       <c r="H413" s="17" t="s">
         <v>935</v>
       </c>
       <c r="I413" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J413" s="19">
         <v>2014</v>
       </c>
-      <c r="K413" s="20" t="s">
+      <c r="J413" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="414" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="414" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A414" s="5" t="s">
-        <v>3340</v>
+        <v>3339</v>
       </c>
       <c r="B414" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C414" s="14" t="s">
         <v>292</v>
       </c>
       <c r="D414" s="15" t="s">
         <v>2417</v>
       </c>
       <c r="E414" s="5" t="s">
         <v>685</v>
       </c>
       <c r="F414" s="16" t="s">
-        <v>2845</v>
+        <v>2844</v>
       </c>
       <c r="G414" s="15" t="s">
         <v>1733</v>
       </c>
       <c r="H414" s="17" t="s">
         <v>1230</v>
       </c>
       <c r="I414" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J414" s="19">
         <v>2021</v>
       </c>
-      <c r="K414" s="20" t="s">
+      <c r="J414" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="415" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="415" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A415" s="5" t="s">
-        <v>3341</v>
+        <v>3340</v>
       </c>
       <c r="B415" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C415" s="14" t="s">
         <v>328</v>
       </c>
       <c r="D415" s="15" t="s">
         <v>2418</v>
       </c>
       <c r="E415" s="5" t="s">
         <v>726</v>
       </c>
       <c r="F415" s="16" t="s">
-        <v>2846</v>
+        <v>2845</v>
       </c>
       <c r="G415" s="15" t="s">
         <v>1733</v>
       </c>
       <c r="H415" s="17" t="s">
         <v>1230</v>
       </c>
       <c r="I415" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J415" s="19">
         <v>1979</v>
       </c>
-      <c r="K415" s="20" t="s">
+      <c r="J415" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="416" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="416" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A416" s="5" t="s">
-        <v>3342</v>
+        <v>3341</v>
       </c>
       <c r="B416" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C416" s="14">
         <v>9789777801201</v>
       </c>
       <c r="D416" s="15" t="s">
         <v>2420</v>
       </c>
       <c r="E416" s="5" t="s">
         <v>426</v>
       </c>
       <c r="F416" s="16" t="s">
-        <v>2847</v>
+        <v>2846</v>
       </c>
       <c r="G416" s="15" t="s">
         <v>1470</v>
       </c>
       <c r="H416" s="17" t="s">
         <v>937</v>
       </c>
       <c r="I416" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J416" s="19">
         <v>1979</v>
       </c>
-      <c r="K416" s="20" t="s">
+      <c r="J416" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="417" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="417" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A417" s="5" t="s">
-        <v>3343</v>
+        <v>3342</v>
       </c>
       <c r="B417" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C417" s="14">
         <v>9789777800686</v>
       </c>
       <c r="D417" s="15" t="s">
         <v>2425</v>
       </c>
       <c r="E417" s="5" t="s">
         <v>13</v>
       </c>
       <c r="F417" s="16" t="s">
-        <v>2848</v>
+        <v>2847</v>
       </c>
       <c r="G417" s="15" t="s">
         <v>1486</v>
       </c>
       <c r="H417" s="17" t="s">
         <v>957</v>
       </c>
       <c r="I417" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J417" s="19">
         <v>2021</v>
       </c>
-      <c r="K417" s="20" t="s">
+      <c r="J417" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="418" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="418" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A418" s="5" t="s">
-        <v>3344</v>
+        <v>3343</v>
       </c>
       <c r="B418" s="13" t="s">
         <v>2430</v>
       </c>
       <c r="C418" s="14">
         <v>9789777800693</v>
       </c>
       <c r="D418" s="15" t="s">
         <v>2426</v>
       </c>
       <c r="E418" s="5" t="s">
         <v>442</v>
       </c>
       <c r="F418" s="16" t="s">
-        <v>2849</v>
+        <v>2848</v>
       </c>
       <c r="G418" s="15" t="s">
         <v>1486</v>
       </c>
       <c r="H418" s="17" t="s">
         <v>957</v>
       </c>
       <c r="I418" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J418" s="19">
         <v>2020</v>
       </c>
-      <c r="K418" s="20" t="s">
+      <c r="J418" s="19" t="s">
         <v>803</v>
       </c>
     </row>
-    <row r="419" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="419" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A419" s="5" t="s">
-        <v>3345</v>
+        <v>3344</v>
       </c>
       <c r="B419" s="13" t="s">
-        <v>3430</v>
+        <v>3429</v>
       </c>
       <c r="C419" s="14">
         <v>9789777802611</v>
       </c>
       <c r="D419" s="15" t="s">
         <v>1993</v>
       </c>
       <c r="E419" s="5" t="s">
         <v>355</v>
       </c>
       <c r="F419" s="16" t="s">
-        <v>2850</v>
+        <v>2849</v>
       </c>
       <c r="G419" s="15" t="s">
         <v>1366</v>
       </c>
       <c r="H419" s="17" t="s">
         <v>859</v>
       </c>
       <c r="I419" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J419" s="19">
         <v>2002</v>
       </c>
-      <c r="K419" s="20" t="s">
+      <c r="J419" s="19" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="420" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="420" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A420" s="5" t="s">
-        <v>3346</v>
+        <v>3345</v>
       </c>
       <c r="B420" s="13" t="s">
-        <v>3430</v>
+        <v>3429</v>
       </c>
       <c r="C420" s="14">
         <v>9789772329625</v>
       </c>
       <c r="D420" s="15" t="s">
         <v>2120</v>
       </c>
       <c r="E420" s="5" t="s">
         <v>461</v>
       </c>
       <c r="F420" s="16" t="s">
-        <v>2851</v>
+        <v>2850</v>
       </c>
       <c r="G420" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="H420" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="I420" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J420" s="19">
         <v>2002</v>
       </c>
-      <c r="K420" s="22" t="s">
+      <c r="J420" s="21" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="421" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="421" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A421" s="5" t="s">
-        <v>3347</v>
+        <v>3346</v>
       </c>
       <c r="B421" s="13" t="s">
-        <v>3430</v>
+        <v>3429</v>
       </c>
       <c r="C421" s="14">
         <v>9789772329632</v>
       </c>
       <c r="D421" s="15" t="s">
         <v>2121</v>
       </c>
       <c r="E421" s="5" t="s">
         <v>462</v>
       </c>
       <c r="F421" s="16" t="s">
-        <v>2852</v>
+        <v>2851</v>
       </c>
       <c r="G421" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="H421" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="I421" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J421" s="19">
         <v>1991</v>
       </c>
-      <c r="K421" s="22" t="s">
+      <c r="J421" s="21" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="422" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="422" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A422" s="5" t="s">
-        <v>3348</v>
+        <v>3347</v>
       </c>
       <c r="B422" s="13" t="s">
-        <v>3430</v>
+        <v>3429</v>
       </c>
       <c r="C422" s="14">
         <v>9789777802284</v>
       </c>
       <c r="D422" s="15" t="s">
         <v>2216</v>
       </c>
       <c r="E422" s="5" t="s">
         <v>363</v>
       </c>
       <c r="F422" s="16" t="s">
-        <v>2853</v>
+        <v>2852</v>
       </c>
       <c r="G422" s="15" t="s">
         <v>1438</v>
       </c>
       <c r="H422" s="17" t="s">
         <v>880</v>
       </c>
       <c r="I422" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J422" s="19">
         <v>1999</v>
       </c>
-      <c r="K422" s="20" t="s">
+      <c r="J422" s="19" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="423" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="423" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A423" s="5" t="s">
-        <v>3349</v>
+        <v>3348</v>
       </c>
       <c r="B423" s="13" t="s">
-        <v>3430</v>
+        <v>3429</v>
       </c>
       <c r="C423" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D423" s="15" t="s">
         <v>2221</v>
       </c>
       <c r="E423" s="5" t="s">
         <v>773</v>
       </c>
       <c r="F423" s="16" t="s">
-        <v>2854</v>
+        <v>2853</v>
       </c>
       <c r="G423" s="15" t="s">
         <v>1806</v>
       </c>
       <c r="H423" s="17" t="s">
         <v>1319</v>
       </c>
       <c r="I423" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J423" s="19">
         <v>1998</v>
       </c>
-      <c r="K423" s="21" t="s">
+      <c r="J423" s="20" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="424" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="424" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A424" s="5" t="s">
-        <v>3350</v>
+        <v>3349</v>
       </c>
       <c r="B424" s="13" t="s">
-        <v>3430</v>
+        <v>3429</v>
       </c>
       <c r="C424" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D424" s="15" t="s">
         <v>2233</v>
       </c>
       <c r="E424" s="5" t="s">
         <v>716</v>
       </c>
       <c r="F424" s="16" t="s">
-        <v>2855</v>
+        <v>2854</v>
       </c>
       <c r="G424" s="15" t="s">
         <v>1746</v>
       </c>
       <c r="H424" s="17" t="s">
         <v>1245</v>
       </c>
       <c r="I424" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J424" s="19">
         <v>1979</v>
       </c>
-      <c r="K424" s="21" t="s">
+      <c r="J424" s="20" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="425" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="425" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A425" s="5" t="s">
-        <v>3351</v>
+        <v>3350</v>
       </c>
       <c r="B425" s="13" t="s">
-        <v>3430</v>
+        <v>3429</v>
       </c>
       <c r="C425" s="14">
         <v>9789777802314</v>
       </c>
       <c r="D425" s="15" t="s">
         <v>2236</v>
       </c>
       <c r="E425" s="5" t="s">
         <v>364</v>
       </c>
       <c r="F425" s="16" t="s">
-        <v>2856</v>
+        <v>2855</v>
       </c>
       <c r="G425" s="15" t="s">
         <v>1439</v>
       </c>
       <c r="H425" s="17" t="s">
         <v>881</v>
       </c>
       <c r="I425" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J425" s="19">
         <v>1979</v>
       </c>
-      <c r="K425" s="20" t="s">
+      <c r="J425" s="19" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="426" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="426" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A426" s="5" t="s">
-        <v>3352</v>
+        <v>3351</v>
       </c>
       <c r="B426" s="13" t="s">
-        <v>3430</v>
+        <v>3429</v>
       </c>
       <c r="C426" s="14">
         <v>9789777802185</v>
       </c>
       <c r="D426" s="15" t="s">
         <v>2237</v>
       </c>
       <c r="E426" s="5" t="s">
         <v>376</v>
       </c>
       <c r="F426" s="16" t="s">
-        <v>2857</v>
+        <v>2856</v>
       </c>
       <c r="G426" s="15" t="s">
         <v>1439</v>
       </c>
       <c r="H426" s="17" t="s">
         <v>881</v>
       </c>
       <c r="I426" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J426" s="19">
         <v>2010</v>
       </c>
-      <c r="K426" s="20" t="s">
+      <c r="J426" s="19" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="427" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="427" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A427" s="5" t="s">
-        <v>3353</v>
+        <v>3352</v>
       </c>
       <c r="B427" s="13" t="s">
-        <v>3430</v>
+        <v>3429</v>
       </c>
       <c r="C427" s="14" t="s">
         <v>277</v>
       </c>
       <c r="D427" s="15" t="s">
         <v>2306</v>
       </c>
       <c r="E427" s="5" t="s">
         <v>669</v>
       </c>
       <c r="F427" s="16" t="s">
-        <v>2858</v>
+        <v>2857</v>
       </c>
       <c r="G427" s="15" t="s">
         <v>1523</v>
       </c>
       <c r="H427" s="17" t="s">
         <v>1010</v>
       </c>
       <c r="I427" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J427" s="19">
         <v>2009</v>
       </c>
-      <c r="K427" s="21" t="s">
+      <c r="J427" s="20" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="428" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="428" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A428" s="5" t="s">
-        <v>3354</v>
+        <v>3353</v>
       </c>
       <c r="B428" s="13" t="s">
-        <v>3430</v>
+        <v>3429</v>
       </c>
       <c r="C428" s="14" t="s">
         <v>278</v>
       </c>
       <c r="D428" s="15" t="s">
         <v>2345</v>
       </c>
       <c r="E428" s="5" t="s">
         <v>670</v>
       </c>
       <c r="F428" s="16" t="s">
-        <v>2859</v>
+        <v>2858</v>
       </c>
       <c r="G428" s="15" t="s">
         <v>1699</v>
       </c>
       <c r="H428" s="17" t="s">
         <v>1194</v>
       </c>
       <c r="I428" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J428" s="19">
         <v>2023</v>
       </c>
-      <c r="K428" s="21" t="s">
+      <c r="J428" s="20" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="429" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="429" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A429" s="5" t="s">
-        <v>3355</v>
+        <v>3354</v>
       </c>
       <c r="B429" s="13" t="s">
-        <v>3430</v>
+        <v>3429</v>
       </c>
       <c r="C429" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D429" s="15" t="s">
         <v>2348</v>
       </c>
       <c r="E429" s="5" t="s">
         <v>730</v>
       </c>
       <c r="F429" s="16" t="s">
-        <v>2860</v>
+        <v>2859</v>
       </c>
       <c r="G429" s="15" t="s">
         <v>1699</v>
       </c>
       <c r="H429" s="17" t="s">
         <v>1194</v>
       </c>
       <c r="I429" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J429" s="19">
         <v>2019</v>
       </c>
-      <c r="K429" s="21" t="s">
+      <c r="J429" s="20" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="430" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="430" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A430" s="5" t="s">
-        <v>3356</v>
+        <v>3355</v>
       </c>
       <c r="B430" s="13" t="s">
-        <v>3430</v>
+        <v>3429</v>
       </c>
       <c r="C430" s="14" t="s">
         <v>303</v>
       </c>
       <c r="D430" s="15" t="s">
         <v>2349</v>
       </c>
       <c r="E430" s="5" t="s">
         <v>696</v>
       </c>
       <c r="F430" s="16" t="s">
-        <v>2861</v>
+        <v>2860</v>
       </c>
       <c r="G430" s="15" t="s">
         <v>1699</v>
       </c>
       <c r="H430" s="17" t="s">
         <v>1234</v>
       </c>
       <c r="I430" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J430" s="19">
         <v>2008</v>
       </c>
-      <c r="K430" s="24" t="s">
+      <c r="J430" s="23" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="431" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="431" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A431" s="5" t="s">
-        <v>3357</v>
+        <v>3356</v>
       </c>
       <c r="B431" s="13" t="s">
-        <v>3430</v>
+        <v>3429</v>
       </c>
       <c r="C431" s="14" t="s">
         <v>309</v>
       </c>
       <c r="D431" s="15" t="s">
         <v>2353</v>
       </c>
       <c r="E431" s="5" t="s">
         <v>702</v>
       </c>
       <c r="F431" s="16" t="s">
-        <v>2862</v>
+        <v>2861</v>
       </c>
       <c r="G431" s="15" t="s">
         <v>1547</v>
       </c>
       <c r="H431" s="17" t="s">
         <v>1036</v>
       </c>
       <c r="I431" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J431" s="19">
         <v>2005</v>
       </c>
-      <c r="K431" s="24" t="s">
+      <c r="J431" s="23" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="432" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="432" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A432" s="5" t="s">
-        <v>3358</v>
+        <v>3357</v>
       </c>
       <c r="B432" s="13" t="s">
-        <v>3430</v>
+        <v>3429</v>
       </c>
       <c r="C432" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D432" s="15" t="s">
         <v>2375</v>
       </c>
       <c r="E432" s="5" t="s">
         <v>785</v>
       </c>
       <c r="F432" s="16" t="s">
-        <v>2863</v>
+        <v>2862</v>
       </c>
       <c r="G432" s="15" t="s">
         <v>1821</v>
       </c>
       <c r="H432" s="17" t="s">
         <v>1335</v>
       </c>
       <c r="I432" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J432" s="19">
         <v>2001</v>
       </c>
-      <c r="K432" s="21" t="s">
+      <c r="J432" s="20" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="433" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="433" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A433" s="5" t="s">
-        <v>3359</v>
+        <v>3358</v>
       </c>
       <c r="B433" s="13" t="s">
-        <v>3430</v>
+        <v>3429</v>
       </c>
       <c r="C433" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D433" s="15" t="s">
         <v>2376</v>
       </c>
       <c r="E433" s="5" t="s">
         <v>786</v>
       </c>
       <c r="F433" s="16" t="s">
-        <v>2864</v>
+        <v>2863</v>
       </c>
       <c r="G433" s="15" t="s">
         <v>1821</v>
       </c>
       <c r="H433" s="17" t="s">
         <v>1335</v>
       </c>
       <c r="I433" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J433" s="19">
         <v>1997</v>
       </c>
-      <c r="K433" s="21" t="s">
+      <c r="J433" s="20" t="s">
         <v>805</v>
       </c>
     </row>
-    <row r="434" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="434" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A434" s="5" t="s">
-        <v>3360</v>
-[...1 lines deleted...]
-      <c r="B434" s="26" t="s">
+        <v>3359</v>
+      </c>
+      <c r="B434" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C434" s="14" t="s">
         <v>97</v>
       </c>
       <c r="D434" s="15" t="s">
         <v>1850</v>
       </c>
       <c r="E434" s="5" t="s">
         <v>495</v>
       </c>
       <c r="F434" s="16" t="s">
-        <v>2865</v>
+        <v>2864</v>
       </c>
       <c r="G434" s="15" t="s">
         <v>1584</v>
       </c>
       <c r="H434" s="17" t="s">
         <v>1360</v>
       </c>
       <c r="I434" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J434" s="19">
         <v>2002</v>
       </c>
-      <c r="K434" s="22" t="s">
+      <c r="J434" s="21" t="s">
         <v>813</v>
       </c>
     </row>
-    <row r="435" spans="1:11" ht="93" x14ac:dyDescent="0.5">
+    <row r="435" spans="1:10" ht="96" x14ac:dyDescent="1.05">
       <c r="A435" s="5" t="s">
-        <v>3361</v>
-[...1 lines deleted...]
-      <c r="B435" s="26" t="s">
+        <v>3360</v>
+      </c>
+      <c r="B435" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C435" s="14" t="s">
         <v>116</v>
       </c>
       <c r="D435" s="15" t="s">
         <v>1851</v>
       </c>
       <c r="E435" s="5" t="s">
         <v>513</v>
       </c>
       <c r="F435" s="16" t="s">
-        <v>2866</v>
+        <v>2865</v>
       </c>
       <c r="G435" s="15" t="s">
         <v>1605</v>
       </c>
       <c r="H435" s="17" t="s">
         <v>1095</v>
       </c>
       <c r="I435" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J435" s="19">
         <v>2004</v>
       </c>
-      <c r="K435" s="21" t="s">
+      <c r="J435" s="20" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="436" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="436" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A436" s="5" t="s">
-        <v>3362</v>
-[...1 lines deleted...]
-      <c r="B436" s="26" t="s">
+        <v>3361</v>
+      </c>
+      <c r="B436" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C436" s="14">
         <v>9789777802864</v>
       </c>
       <c r="D436" s="15" t="s">
         <v>1889</v>
       </c>
       <c r="E436" s="5" t="s">
         <v>348</v>
       </c>
       <c r="F436" s="16" t="s">
-        <v>2867</v>
+        <v>2866</v>
       </c>
       <c r="G436" s="15" t="s">
         <v>1363</v>
       </c>
       <c r="H436" s="17" t="s">
         <v>840</v>
       </c>
       <c r="I436" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J436" s="19">
         <v>1986</v>
       </c>
-      <c r="K436" s="20" t="s">
+      <c r="J436" s="19" t="s">
         <v>801</v>
       </c>
     </row>
-    <row r="437" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="437" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A437" s="5" t="s">
-        <v>3363</v>
-[...1 lines deleted...]
-      <c r="B437" s="26" t="s">
+        <v>3362</v>
+      </c>
+      <c r="B437" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C437" s="14">
         <v>9789777801607</v>
       </c>
       <c r="D437" s="15" t="s">
         <v>1890</v>
       </c>
       <c r="E437" s="5" t="s">
         <v>385</v>
       </c>
       <c r="F437" s="16" t="s">
-        <v>2868</v>
+        <v>2867</v>
       </c>
       <c r="G437" s="15" t="s">
         <v>1363</v>
       </c>
       <c r="H437" s="17" t="s">
         <v>840</v>
       </c>
       <c r="I437" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J437" s="19">
         <v>2011</v>
       </c>
-      <c r="K437" s="20" t="s">
+      <c r="J437" s="19" t="s">
         <v>801</v>
       </c>
     </row>
-    <row r="438" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="438" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A438" s="5" t="s">
-        <v>3364</v>
-[...1 lines deleted...]
-      <c r="B438" s="26" t="s">
+        <v>3363</v>
+      </c>
+      <c r="B438" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C438" s="14" t="s">
         <v>164</v>
       </c>
       <c r="D438" s="15" t="s">
         <v>1892</v>
       </c>
       <c r="E438" s="5" t="s">
         <v>556</v>
       </c>
       <c r="F438" s="16" t="s">
-        <v>2869</v>
+        <v>2868</v>
       </c>
       <c r="G438" s="15" t="s">
         <v>1363</v>
       </c>
       <c r="H438" s="17" t="s">
         <v>990</v>
       </c>
       <c r="I438" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J438" s="19">
         <v>1999</v>
       </c>
-      <c r="K438" s="20" t="s">
+      <c r="J438" s="19" t="s">
         <v>801</v>
       </c>
     </row>
-    <row r="439" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="439" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A439" s="5" t="s">
-        <v>3365</v>
-[...1 lines deleted...]
-      <c r="B439" s="26" t="s">
+        <v>3364</v>
+      </c>
+      <c r="B439" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C439" s="14" t="s">
         <v>225</v>
       </c>
       <c r="D439" s="15" t="s">
         <v>1893</v>
       </c>
       <c r="E439" s="5" t="s">
         <v>618</v>
       </c>
       <c r="F439" s="16" t="s">
-        <v>2870</v>
+        <v>2869</v>
       </c>
       <c r="G439" s="15" t="s">
         <v>1363</v>
       </c>
       <c r="H439" s="17" t="s">
         <v>990</v>
       </c>
       <c r="I439" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J439" s="19">
         <v>2009</v>
       </c>
-      <c r="K439" s="21" t="s">
+      <c r="J439" s="20" t="s">
         <v>801</v>
       </c>
     </row>
-    <row r="440" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="440" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A440" s="5" t="s">
-        <v>3366</v>
-[...1 lines deleted...]
-      <c r="B440" s="26" t="s">
+        <v>3365</v>
+      </c>
+      <c r="B440" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C440" s="14" t="s">
         <v>280</v>
       </c>
       <c r="D440" s="15" t="s">
         <v>1891</v>
       </c>
       <c r="E440" s="5" t="s">
         <v>672</v>
       </c>
       <c r="F440" s="16" t="s">
-        <v>2871</v>
+        <v>2870</v>
       </c>
       <c r="G440" s="15" t="s">
         <v>1363</v>
       </c>
       <c r="H440" s="17" t="s">
         <v>990</v>
       </c>
       <c r="I440" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J440" s="19">
         <v>2010</v>
       </c>
-      <c r="K440" s="21" t="s">
+      <c r="J440" s="20" t="s">
         <v>801</v>
       </c>
     </row>
-    <row r="441" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="441" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A441" s="5" t="s">
-        <v>3367</v>
-[...1 lines deleted...]
-      <c r="B441" s="26" t="s">
+        <v>3366</v>
+      </c>
+      <c r="B441" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C441" s="14" t="s">
         <v>315</v>
       </c>
       <c r="D441" s="15" t="s">
         <v>1894</v>
       </c>
       <c r="E441" s="5" t="s">
         <v>708</v>
       </c>
       <c r="F441" s="16" t="s">
-        <v>2872</v>
+        <v>2871</v>
       </c>
       <c r="G441" s="15" t="s">
         <v>1363</v>
       </c>
       <c r="H441" s="17" t="s">
         <v>990</v>
       </c>
       <c r="I441" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J441" s="19">
         <v>2008</v>
       </c>
-      <c r="K441" s="24" t="s">
+      <c r="J441" s="23" t="s">
         <v>801</v>
       </c>
     </row>
-    <row r="442" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="442" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A442" s="5" t="s">
-        <v>3368</v>
-[...1 lines deleted...]
-      <c r="B442" s="26" t="s">
+        <v>3367</v>
+      </c>
+      <c r="B442" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C442" s="14" t="s">
         <v>279</v>
       </c>
       <c r="D442" s="15" t="s">
         <v>1911</v>
       </c>
       <c r="E442" s="5" t="s">
         <v>671</v>
       </c>
       <c r="F442" s="16" t="s">
-        <v>2873</v>
+        <v>2872</v>
       </c>
       <c r="G442" s="15" t="s">
         <v>1728</v>
       </c>
       <c r="H442" s="17" t="s">
         <v>1224</v>
       </c>
       <c r="I442" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J442" s="19">
         <v>2002</v>
       </c>
-      <c r="K442" s="21" t="s">
+      <c r="J442" s="20" t="s">
         <v>815</v>
       </c>
     </row>
-    <row r="443" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="443" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A443" s="5" t="s">
-        <v>3369</v>
-[...1 lines deleted...]
-      <c r="B443" s="26" t="s">
+        <v>3368</v>
+      </c>
+      <c r="B443" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C443" s="14" t="s">
         <v>234</v>
       </c>
       <c r="D443" s="15" t="s">
         <v>1913</v>
       </c>
       <c r="E443" s="5" t="s">
         <v>627</v>
       </c>
       <c r="F443" s="16" t="s">
-        <v>2874</v>
+        <v>2873</v>
       </c>
       <c r="G443" s="15" t="s">
         <v>1700</v>
       </c>
       <c r="H443" s="17" t="s">
         <v>1195</v>
       </c>
       <c r="I443" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J443" s="19">
         <v>2000</v>
       </c>
-      <c r="K443" s="24" t="s">
+      <c r="J443" s="23" t="s">
         <v>801</v>
       </c>
     </row>
-    <row r="444" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="444" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A444" s="5" t="s">
-        <v>3370</v>
-[...1 lines deleted...]
-      <c r="B444" s="26" t="s">
+        <v>3369</v>
+      </c>
+      <c r="B444" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C444" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D444" s="15" t="s">
         <v>1916</v>
       </c>
       <c r="E444" s="5" t="s">
         <v>743</v>
       </c>
       <c r="F444" s="16" t="s">
-        <v>2875</v>
+        <v>2874</v>
       </c>
       <c r="G444" s="15" t="s">
         <v>1774</v>
       </c>
       <c r="H444" s="17" t="s">
         <v>1283</v>
       </c>
       <c r="I444" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J444" s="19">
         <v>2000</v>
       </c>
-      <c r="K444" s="21" t="s">
+      <c r="J444" s="20" t="s">
         <v>801</v>
       </c>
     </row>
-    <row r="445" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="445" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A445" s="5" t="s">
-        <v>3371</v>
-[...1 lines deleted...]
-      <c r="B445" s="26" t="s">
+        <v>3370</v>
+      </c>
+      <c r="B445" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C445" s="14" t="s">
         <v>78</v>
       </c>
       <c r="D445" s="15" t="s">
         <v>1925</v>
       </c>
       <c r="E445" s="5" t="s">
         <v>476</v>
       </c>
       <c r="F445" s="16" t="s">
-        <v>2876</v>
+        <v>2875</v>
       </c>
       <c r="G445" s="15" t="s">
         <v>1568</v>
       </c>
       <c r="H445" s="17" t="s">
         <v>1058</v>
       </c>
       <c r="I445" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J445" s="19">
         <v>2006</v>
       </c>
-      <c r="K445" s="22" t="s">
+      <c r="J445" s="21" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="446" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="446" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A446" s="5" t="s">
-        <v>3372</v>
-[...1 lines deleted...]
-      <c r="B446" s="25" t="s">
+        <v>3371</v>
+      </c>
+      <c r="B446" s="24" t="s">
         <v>2429</v>
       </c>
       <c r="C446" s="14" t="s">
         <v>306</v>
       </c>
       <c r="D446" s="15" t="s">
         <v>1931</v>
       </c>
       <c r="E446" s="5" t="s">
         <v>699</v>
       </c>
       <c r="F446" s="16" t="s">
-        <v>2877</v>
+        <v>2876</v>
       </c>
       <c r="G446" s="15" t="s">
         <v>1738</v>
       </c>
       <c r="H446" s="17" t="s">
         <v>1236</v>
       </c>
       <c r="I446" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J446" s="19">
         <v>2008</v>
       </c>
-      <c r="K446" s="21" t="s">
+      <c r="J446" s="20" t="s">
         <v>828</v>
       </c>
     </row>
-    <row r="447" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="447" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A447" s="5" t="s">
-        <v>3373</v>
-[...1 lines deleted...]
-      <c r="B447" s="26" t="s">
+        <v>3372</v>
+      </c>
+      <c r="B447" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C447" s="14" t="s">
         <v>120</v>
       </c>
       <c r="D447" s="15" t="s">
         <v>1934</v>
       </c>
       <c r="E447" s="5" t="s">
         <v>516</v>
       </c>
       <c r="F447" s="16" t="s">
-        <v>2878</v>
+        <v>2877</v>
       </c>
       <c r="G447" s="15" t="s">
         <v>1611</v>
       </c>
       <c r="H447" s="17" t="s">
         <v>1101</v>
       </c>
       <c r="I447" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J447" s="19">
         <v>1980</v>
       </c>
-      <c r="K447" s="21" t="s">
+      <c r="J447" s="20" t="s">
         <v>813</v>
       </c>
     </row>
-    <row r="448" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="448" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A448" s="5" t="s">
-        <v>3374</v>
-[...1 lines deleted...]
-      <c r="B448" s="26" t="s">
+        <v>3373</v>
+      </c>
+      <c r="B448" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C448" s="14" t="s">
         <v>96</v>
       </c>
       <c r="D448" s="15" t="s">
         <v>1935</v>
       </c>
       <c r="E448" s="5" t="s">
         <v>494</v>
       </c>
       <c r="F448" s="16" t="s">
-        <v>2879</v>
+        <v>2878</v>
       </c>
       <c r="G448" s="15" t="s">
         <v>1583</v>
       </c>
       <c r="H448" s="17" t="s">
         <v>1074</v>
       </c>
       <c r="I448" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J448" s="19">
         <v>1980</v>
       </c>
-      <c r="K448" s="22" t="s">
+      <c r="J448" s="21" t="s">
         <v>813</v>
       </c>
     </row>
-    <row r="449" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="449" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A449" s="5" t="s">
-        <v>3375</v>
-[...1 lines deleted...]
-      <c r="B449" s="26" t="s">
+        <v>3374</v>
+      </c>
+      <c r="B449" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C449" s="14" t="s">
         <v>167</v>
       </c>
       <c r="D449" s="15" t="s">
         <v>1968</v>
       </c>
       <c r="E449" s="5" t="s">
         <v>559</v>
       </c>
       <c r="F449" s="16" t="s">
-        <v>2880</v>
+        <v>2879</v>
       </c>
       <c r="G449" s="15" t="s">
         <v>1640</v>
       </c>
       <c r="H449" s="17" t="s">
         <v>1132</v>
       </c>
       <c r="I449" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J449" s="19">
         <v>2011</v>
       </c>
-      <c r="K449" s="21" t="s">
+      <c r="J449" s="20" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="450" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="450" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A450" s="5" t="s">
-        <v>3376</v>
-[...1 lines deleted...]
-      <c r="B450" s="26" t="s">
+        <v>3375</v>
+      </c>
+      <c r="B450" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C450" s="14" t="s">
         <v>268</v>
       </c>
       <c r="D450" s="15" t="s">
         <v>1969</v>
       </c>
       <c r="E450" s="5" t="s">
         <v>660</v>
       </c>
       <c r="F450" s="16" t="s">
-        <v>2881</v>
+        <v>2880</v>
       </c>
       <c r="G450" s="15" t="s">
         <v>1640</v>
       </c>
       <c r="H450" s="17" t="s">
         <v>1132</v>
       </c>
       <c r="I450" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J450" s="19">
         <v>2007</v>
       </c>
-      <c r="K450" s="21" t="s">
+      <c r="J450" s="20" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="451" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="451" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A451" s="5" t="s">
-        <v>3377</v>
-[...1 lines deleted...]
-      <c r="B451" s="26" t="s">
+        <v>3376</v>
+      </c>
+      <c r="B451" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C451" s="14" t="s">
         <v>300</v>
       </c>
       <c r="D451" s="15" t="s">
         <v>1970</v>
       </c>
       <c r="E451" s="5" t="s">
         <v>693</v>
       </c>
       <c r="F451" s="16" t="s">
-        <v>2882</v>
+        <v>2881</v>
       </c>
       <c r="G451" s="15" t="s">
         <v>1640</v>
       </c>
       <c r="H451" s="17" t="s">
         <v>1132</v>
       </c>
       <c r="I451" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J451" s="19">
         <v>2007</v>
       </c>
-      <c r="K451" s="24" t="s">
+      <c r="J451" s="23" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="452" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="452" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A452" s="5" t="s">
-        <v>3378</v>
-[...1 lines deleted...]
-      <c r="B452" s="26" t="s">
+        <v>3377</v>
+      </c>
+      <c r="B452" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C452" s="14" t="s">
         <v>301</v>
       </c>
       <c r="D452" s="15" t="s">
         <v>1971</v>
       </c>
       <c r="E452" s="5" t="s">
         <v>694</v>
       </c>
       <c r="F452" s="16" t="s">
-        <v>2883</v>
+        <v>2882</v>
       </c>
       <c r="G452" s="15" t="s">
         <v>1640</v>
       </c>
       <c r="H452" s="17" t="s">
         <v>1132</v>
       </c>
       <c r="I452" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J452" s="19">
         <v>2007</v>
       </c>
-      <c r="K452" s="24" t="s">
+      <c r="J452" s="23" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="453" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="453" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A453" s="5" t="s">
-        <v>3379</v>
-[...1 lines deleted...]
-      <c r="B453" s="26" t="s">
+        <v>3378</v>
+      </c>
+      <c r="B453" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C453" s="14" t="s">
         <v>207</v>
       </c>
       <c r="D453" s="15" t="s">
         <v>1972</v>
       </c>
       <c r="E453" s="5" t="s">
         <v>600</v>
       </c>
       <c r="F453" s="16" t="s">
-        <v>2884</v>
+        <v>2883</v>
       </c>
       <c r="G453" s="15" t="s">
         <v>1667</v>
       </c>
       <c r="H453" s="17" t="s">
         <v>1159</v>
       </c>
       <c r="I453" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J453" s="19">
         <v>2002</v>
       </c>
-      <c r="K453" s="21" t="s">
+      <c r="J453" s="20" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="454" spans="1:11" ht="69.75" x14ac:dyDescent="0.5">
+    <row r="454" spans="1:10" ht="72" x14ac:dyDescent="1.05">
       <c r="A454" s="5" t="s">
-        <v>3380</v>
-[...1 lines deleted...]
-      <c r="B454" s="26" t="s">
+        <v>3379</v>
+      </c>
+      <c r="B454" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C454" s="14" t="s">
         <v>168</v>
       </c>
       <c r="D454" s="15" t="s">
         <v>1973</v>
       </c>
       <c r="E454" s="5" t="s">
         <v>560</v>
       </c>
       <c r="F454" s="16" t="s">
-        <v>2885</v>
+        <v>2884</v>
       </c>
       <c r="G454" s="15" t="s">
         <v>1641</v>
       </c>
       <c r="H454" s="17" t="s">
         <v>1133</v>
       </c>
       <c r="I454" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J454" s="19">
         <v>2009</v>
       </c>
-      <c r="K454" s="21" t="s">
+      <c r="J454" s="20" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="455" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="455" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A455" s="5" t="s">
-        <v>3381</v>
-[...1 lines deleted...]
-      <c r="B455" s="26" t="s">
+        <v>3380</v>
+      </c>
+      <c r="B455" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C455" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D455" s="15" t="s">
         <v>1996</v>
       </c>
       <c r="E455" s="5" t="s">
         <v>764</v>
       </c>
       <c r="F455" s="16" t="s">
-        <v>2886</v>
+        <v>2885</v>
       </c>
       <c r="G455" s="15" t="s">
         <v>1796</v>
       </c>
       <c r="H455" s="17" t="s">
         <v>1309</v>
       </c>
       <c r="I455" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J455" s="19">
         <v>2001</v>
       </c>
-      <c r="K455" s="21" t="s">
+      <c r="J455" s="20" t="s">
         <v>815</v>
       </c>
     </row>
-    <row r="456" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="456" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A456" s="5" t="s">
-        <v>3382</v>
-[...1 lines deleted...]
-      <c r="B456" s="26" t="s">
+        <v>3381</v>
+      </c>
+      <c r="B456" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C456" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D456" s="15" t="s">
         <v>1997</v>
       </c>
       <c r="E456" s="5" t="s">
         <v>766</v>
       </c>
       <c r="F456" s="16" t="s">
-        <v>2887</v>
+        <v>2886</v>
       </c>
       <c r="G456" s="15" t="s">
         <v>1796</v>
       </c>
       <c r="H456" s="17" t="s">
         <v>1309</v>
       </c>
       <c r="I456" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J456" s="19">
         <v>2003</v>
       </c>
-      <c r="K456" s="21" t="s">
+      <c r="J456" s="20" t="s">
         <v>815</v>
       </c>
     </row>
-    <row r="457" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="457" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A457" s="5" t="s">
-        <v>3383</v>
-[...1 lines deleted...]
-      <c r="B457" s="26" t="s">
+        <v>3382</v>
+      </c>
+      <c r="B457" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C457" s="14" t="s">
         <v>79</v>
       </c>
       <c r="D457" s="15" t="s">
         <v>1998</v>
       </c>
       <c r="E457" s="5" t="s">
         <v>477</v>
       </c>
       <c r="F457" s="16" t="s">
-        <v>2888</v>
+        <v>2887</v>
       </c>
       <c r="G457" s="15" t="s">
         <v>1569</v>
       </c>
       <c r="H457" s="17" t="s">
         <v>1059</v>
       </c>
       <c r="I457" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J457" s="19">
         <v>2017</v>
       </c>
-      <c r="K457" s="22" t="s">
+      <c r="J457" s="21" t="s">
         <v>815</v>
       </c>
     </row>
-    <row r="458" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="458" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A458" s="5" t="s">
-        <v>3384</v>
-[...1 lines deleted...]
-      <c r="B458" s="26" t="s">
+        <v>3383</v>
+      </c>
+      <c r="B458" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C458" s="14" t="s">
         <v>192</v>
       </c>
       <c r="D458" s="15" t="s">
         <v>2010</v>
       </c>
       <c r="E458" s="5" t="s">
         <v>585</v>
       </c>
       <c r="F458" s="16" t="s">
-        <v>2889</v>
+        <v>2888</v>
       </c>
       <c r="G458" s="15" t="s">
         <v>1659</v>
       </c>
       <c r="H458" s="17" t="s">
         <v>1151</v>
       </c>
       <c r="I458" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J458" s="19">
         <v>2009</v>
       </c>
-      <c r="K458" s="21" t="s">
+      <c r="J458" s="20" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="459" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="459" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A459" s="5" t="s">
-        <v>3385</v>
-[...1 lines deleted...]
-      <c r="B459" s="26" t="s">
+        <v>3384</v>
+      </c>
+      <c r="B459" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C459" s="14" t="s">
         <v>193</v>
       </c>
       <c r="D459" s="15" t="s">
         <v>2018</v>
       </c>
       <c r="E459" s="5" t="s">
         <v>586</v>
       </c>
       <c r="F459" s="16" t="s">
-        <v>2890</v>
+        <v>2889</v>
       </c>
       <c r="G459" s="15" t="s">
         <v>1661</v>
       </c>
       <c r="H459" s="17" t="s">
         <v>1153</v>
       </c>
       <c r="I459" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J459" s="19">
         <v>2003</v>
       </c>
-      <c r="K459" s="21" t="s">
+      <c r="J459" s="20" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="460" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="460" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A460" s="5" t="s">
-        <v>3386</v>
-[...1 lines deleted...]
-      <c r="B460" s="26" t="s">
+        <v>3385</v>
+      </c>
+      <c r="B460" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C460" s="14" t="s">
         <v>194</v>
       </c>
       <c r="D460" s="15" t="s">
         <v>2059</v>
       </c>
       <c r="E460" s="5" t="s">
         <v>587</v>
       </c>
       <c r="F460" s="16" t="s">
-        <v>2891</v>
+        <v>2890</v>
       </c>
       <c r="G460" s="15" t="s">
         <v>1662</v>
       </c>
       <c r="H460" s="17" t="s">
         <v>1154</v>
       </c>
       <c r="I460" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J460" s="19">
         <v>2003</v>
       </c>
-      <c r="K460" s="21" t="s">
+      <c r="J460" s="20" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="461" spans="1:11" ht="69.75" x14ac:dyDescent="0.5">
+    <row r="461" spans="1:10" ht="72" x14ac:dyDescent="1.05">
       <c r="A461" s="5" t="s">
-        <v>3387</v>
-[...1 lines deleted...]
-      <c r="B461" s="26" t="s">
+        <v>3386</v>
+      </c>
+      <c r="B461" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C461" s="14" t="s">
         <v>259</v>
       </c>
       <c r="D461" s="15" t="s">
         <v>2060</v>
       </c>
       <c r="E461" s="5" t="s">
         <v>651</v>
       </c>
       <c r="F461" s="16" t="s">
-        <v>2892</v>
+        <v>2891</v>
       </c>
       <c r="G461" s="15" t="s">
         <v>1721</v>
       </c>
       <c r="H461" s="17" t="s">
         <v>1217</v>
       </c>
       <c r="I461" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J461" s="19">
         <v>2003</v>
       </c>
-      <c r="K461" s="24" t="s">
+      <c r="J461" s="23" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="462" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="462" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A462" s="5" t="s">
-        <v>3388</v>
-[...1 lines deleted...]
-      <c r="B462" s="26" t="s">
+        <v>3387</v>
+      </c>
+      <c r="B462" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C462" s="14" t="s">
         <v>114</v>
       </c>
       <c r="D462" s="15" t="s">
         <v>2062</v>
       </c>
       <c r="E462" s="5" t="s">
         <v>511</v>
       </c>
       <c r="F462" s="16" t="s">
-        <v>2893</v>
+        <v>2892</v>
       </c>
       <c r="G462" s="15" t="s">
         <v>1603</v>
       </c>
       <c r="H462" s="17" t="s">
         <v>1093</v>
       </c>
       <c r="I462" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J462" s="19">
         <v>2003</v>
       </c>
-      <c r="K462" s="24" t="s">
+      <c r="J462" s="23" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="463" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="463" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A463" s="5" t="s">
-        <v>3389</v>
-[...1 lines deleted...]
-      <c r="B463" s="26" t="s">
+        <v>3388</v>
+      </c>
+      <c r="B463" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C463" s="14" t="s">
         <v>286</v>
       </c>
       <c r="D463" s="15" t="s">
         <v>2063</v>
       </c>
       <c r="E463" s="5" t="s">
         <v>678</v>
       </c>
       <c r="F463" s="16" t="s">
-        <v>2894</v>
+        <v>2893</v>
       </c>
       <c r="G463" s="15" t="s">
         <v>1603</v>
       </c>
       <c r="H463" s="17" t="s">
         <v>1093</v>
       </c>
       <c r="I463" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J463" s="19">
         <v>1982</v>
       </c>
-      <c r="K463" s="21" t="s">
+      <c r="J463" s="20" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="464" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="464" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A464" s="5" t="s">
-        <v>3390</v>
-[...1 lines deleted...]
-      <c r="B464" s="26" t="s">
+        <v>3389</v>
+      </c>
+      <c r="B464" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C464" s="14" t="s">
         <v>249</v>
       </c>
       <c r="D464" s="15" t="s">
         <v>2065</v>
       </c>
       <c r="E464" s="5" t="s">
         <v>642</v>
       </c>
       <c r="F464" s="16" t="s">
-        <v>2895</v>
+        <v>2894</v>
       </c>
       <c r="G464" s="15" t="s">
         <v>1477</v>
       </c>
       <c r="H464" s="17" t="s">
         <v>946</v>
       </c>
       <c r="I464" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J464" s="19">
         <v>1982</v>
       </c>
-      <c r="K464" s="21" t="s">
+      <c r="J464" s="20" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="465" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="465" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A465" s="5" t="s">
-        <v>3391</v>
-[...1 lines deleted...]
-      <c r="B465" s="26" t="s">
+        <v>3390</v>
+      </c>
+      <c r="B465" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C465" s="14" t="s">
         <v>252</v>
       </c>
       <c r="D465" s="15" t="s">
         <v>2064</v>
       </c>
       <c r="E465" s="5" t="s">
         <v>433</v>
       </c>
       <c r="F465" s="16" t="s">
-        <v>2896</v>
+        <v>2895</v>
       </c>
       <c r="G465" s="15" t="s">
         <v>1477</v>
       </c>
       <c r="H465" s="17" t="s">
         <v>946</v>
       </c>
       <c r="I465" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J465" s="19">
         <v>2009</v>
       </c>
-      <c r="K465" s="24" t="s">
+      <c r="J465" s="23" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="466" spans="1:11" ht="69.75" x14ac:dyDescent="0.5">
+    <row r="466" spans="1:10" ht="72" x14ac:dyDescent="1.05">
       <c r="A466" s="5" t="s">
-        <v>3392</v>
-[...1 lines deleted...]
-      <c r="B466" s="26" t="s">
+        <v>3391</v>
+      </c>
+      <c r="B466" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C466" s="14" t="s">
         <v>115</v>
       </c>
       <c r="D466" s="15" t="s">
         <v>2066</v>
       </c>
       <c r="E466" s="5" t="s">
         <v>512</v>
       </c>
       <c r="F466" s="16" t="s">
-        <v>2897</v>
+        <v>2896</v>
       </c>
       <c r="G466" s="15" t="s">
         <v>1604</v>
       </c>
       <c r="H466" s="17" t="s">
         <v>1094</v>
       </c>
       <c r="I466" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J466" s="19">
         <v>2006</v>
       </c>
-      <c r="K466" s="24" t="s">
+      <c r="J466" s="23" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="467" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="467" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A467" s="5" t="s">
-        <v>3393</v>
-[...1 lines deleted...]
-      <c r="B467" s="26" t="s">
+        <v>3392</v>
+      </c>
+      <c r="B467" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C467" s="14" t="s">
         <v>243</v>
       </c>
       <c r="D467" s="15" t="s">
         <v>2090</v>
       </c>
       <c r="E467" s="5" t="s">
         <v>636</v>
       </c>
       <c r="F467" s="16" t="s">
-        <v>2898</v>
+        <v>2897</v>
       </c>
       <c r="G467" s="15" t="s">
         <v>1711</v>
       </c>
       <c r="H467" s="17" t="s">
         <v>1206</v>
       </c>
       <c r="I467" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J467" s="19">
         <v>2008</v>
       </c>
-      <c r="K467" s="21" t="s">
+      <c r="J467" s="20" t="s">
         <v>813</v>
       </c>
     </row>
-    <row r="468" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="468" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A468" s="5" t="s">
-        <v>3394</v>
-[...1 lines deleted...]
-      <c r="B468" s="26" t="s">
+        <v>3393</v>
+      </c>
+      <c r="B468" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C468" s="14" t="s">
         <v>244</v>
       </c>
       <c r="D468" s="15" t="s">
         <v>2162</v>
       </c>
       <c r="E468" s="5" t="s">
         <v>637</v>
       </c>
       <c r="F468" s="16" t="s">
-        <v>2899</v>
+        <v>2898</v>
       </c>
       <c r="G468" s="15" t="s">
         <v>1711</v>
       </c>
       <c r="H468" s="17" t="s">
         <v>1206</v>
       </c>
       <c r="I468" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J468" s="19">
         <v>2010</v>
       </c>
-      <c r="K468" s="21" t="s">
+      <c r="J468" s="20" t="s">
         <v>813</v>
       </c>
     </row>
-    <row r="469" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="469" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A469" s="5" t="s">
-        <v>3395</v>
-[...1 lines deleted...]
-      <c r="B469" s="26" t="s">
+        <v>3394</v>
+      </c>
+      <c r="B469" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C469" s="14" t="s">
         <v>245</v>
       </c>
       <c r="D469" s="15" t="s">
         <v>2163</v>
       </c>
       <c r="E469" s="5" t="s">
         <v>638</v>
       </c>
       <c r="F469" s="16" t="s">
-        <v>2900</v>
+        <v>2899</v>
       </c>
       <c r="G469" s="15" t="s">
         <v>1711</v>
       </c>
       <c r="H469" s="17" t="s">
         <v>1206</v>
       </c>
       <c r="I469" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J469" s="19">
         <v>2008</v>
       </c>
-      <c r="K469" s="21" t="s">
+      <c r="J469" s="20" t="s">
         <v>813</v>
       </c>
     </row>
-    <row r="470" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="470" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A470" s="5" t="s">
-        <v>3396</v>
-[...1 lines deleted...]
-      <c r="B470" s="26" t="s">
+        <v>3395</v>
+      </c>
+      <c r="B470" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C470" s="14" t="s">
         <v>246</v>
       </c>
       <c r="D470" s="15" t="s">
         <v>2164</v>
       </c>
       <c r="E470" s="5" t="s">
         <v>639</v>
       </c>
       <c r="F470" s="16" t="s">
-        <v>2901</v>
+        <v>2900</v>
       </c>
       <c r="G470" s="15" t="s">
         <v>1711</v>
       </c>
       <c r="H470" s="17" t="s">
         <v>1206</v>
       </c>
       <c r="I470" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J470" s="19">
         <v>2009</v>
       </c>
-      <c r="K470" s="21" t="s">
+      <c r="J470" s="20" t="s">
         <v>813</v>
       </c>
     </row>
-    <row r="471" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="471" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A471" s="5" t="s">
-        <v>3397</v>
-[...1 lines deleted...]
-      <c r="B471" s="26" t="s">
+        <v>3396</v>
+      </c>
+      <c r="B471" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C471" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D471" s="15" t="s">
         <v>2096</v>
       </c>
       <c r="E471" s="5" t="s">
         <v>755</v>
       </c>
       <c r="F471" s="16" t="s">
-        <v>2902</v>
+        <v>2901</v>
       </c>
       <c r="G471" s="15" t="s">
         <v>1789</v>
       </c>
       <c r="H471" s="17" t="s">
         <v>1299</v>
       </c>
       <c r="I471" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J471" s="19">
         <v>2008</v>
       </c>
-      <c r="K471" s="21" t="s">
+      <c r="J471" s="20" t="s">
         <v>815</v>
       </c>
     </row>
-    <row r="472" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="472" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A472" s="5" t="s">
-        <v>3398</v>
-[...1 lines deleted...]
-      <c r="B472" s="26" t="s">
+        <v>3397</v>
+      </c>
+      <c r="B472" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C472" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D472" s="15" t="s">
         <v>2097</v>
       </c>
       <c r="E472" s="5" t="s">
         <v>756</v>
       </c>
       <c r="F472" s="16" t="s">
-        <v>2903</v>
+        <v>2902</v>
       </c>
       <c r="G472" s="15" t="s">
         <v>1789</v>
       </c>
       <c r="H472" s="17" t="s">
         <v>1299</v>
       </c>
       <c r="I472" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J472" s="19">
         <v>2005</v>
       </c>
-      <c r="K472" s="21" t="s">
+      <c r="J472" s="20" t="s">
         <v>815</v>
       </c>
     </row>
-    <row r="473" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="473" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A473" s="5" t="s">
-        <v>3399</v>
-[...1 lines deleted...]
-      <c r="B473" s="26" t="s">
+        <v>3398</v>
+      </c>
+      <c r="B473" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C473" s="14" t="s">
         <v>110</v>
       </c>
       <c r="D473" s="15" t="s">
         <v>2166</v>
       </c>
       <c r="E473" s="5" t="s">
         <v>508</v>
       </c>
       <c r="F473" s="16" t="s">
-        <v>2904</v>
+        <v>2903</v>
       </c>
       <c r="G473" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="H473" s="17" t="s">
         <v>1004</v>
       </c>
       <c r="I473" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J473" s="19">
         <v>2005</v>
       </c>
-      <c r="K473" s="22" t="s">
+      <c r="J473" s="21" t="s">
         <v>806</v>
       </c>
     </row>
-    <row r="474" spans="1:11" ht="69.75" x14ac:dyDescent="0.5">
+    <row r="474" spans="1:10" ht="72" x14ac:dyDescent="1.05">
       <c r="A474" s="5" t="s">
-        <v>3400</v>
-[...1 lines deleted...]
-      <c r="B474" s="26" t="s">
+        <v>3399</v>
+      </c>
+      <c r="B474" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C474" s="14" t="s">
         <v>208</v>
       </c>
       <c r="D474" s="15" t="s">
         <v>2211</v>
       </c>
       <c r="E474" s="5" t="s">
         <v>601</v>
       </c>
       <c r="F474" s="16" t="s">
-        <v>2905</v>
+        <v>2904</v>
       </c>
       <c r="G474" s="15" t="s">
         <v>1671</v>
       </c>
       <c r="H474" s="17" t="s">
         <v>1164</v>
       </c>
       <c r="I474" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J474" s="19">
         <v>1995</v>
       </c>
-      <c r="K474" s="21" t="s">
+      <c r="J474" s="20" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="475" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="475" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A475" s="5" t="s">
-        <v>3401</v>
-[...1 lines deleted...]
-      <c r="B475" s="26" t="s">
+        <v>3400</v>
+      </c>
+      <c r="B475" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C475" s="14" t="s">
         <v>172</v>
       </c>
       <c r="D475" s="15" t="s">
         <v>2289</v>
       </c>
       <c r="E475" s="5" t="s">
         <v>564</v>
       </c>
       <c r="F475" s="16" t="s">
-        <v>2906</v>
+        <v>2905</v>
       </c>
       <c r="G475" s="15" t="s">
         <v>1646</v>
       </c>
       <c r="H475" s="17" t="s">
         <v>1138</v>
       </c>
       <c r="I475" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J475" s="19">
         <v>2006</v>
       </c>
-      <c r="K475" s="21" t="s">
+      <c r="J475" s="20" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="476" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="476" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A476" s="5" t="s">
-        <v>3402</v>
-[...1 lines deleted...]
-      <c r="B476" s="26" t="s">
+        <v>3401</v>
+      </c>
+      <c r="B476" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C476" s="14" t="s">
         <v>104</v>
       </c>
       <c r="D476" s="15" t="s">
         <v>2292</v>
       </c>
       <c r="E476" s="5" t="s">
         <v>502</v>
       </c>
       <c r="F476" s="16" t="s">
-        <v>2907</v>
+        <v>2906</v>
       </c>
       <c r="G476" s="15" t="s">
         <v>1589</v>
       </c>
       <c r="H476" s="17" t="s">
         <v>1079</v>
       </c>
       <c r="I476" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J476" s="19">
         <v>2000</v>
       </c>
-      <c r="K476" s="22" t="s">
+      <c r="J476" s="21" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="477" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="477" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A477" s="5" t="s">
-        <v>3403</v>
-[...1 lines deleted...]
-      <c r="B477" s="26" t="s">
+        <v>3402</v>
+      </c>
+      <c r="B477" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C477" s="14" t="s">
         <v>173</v>
       </c>
       <c r="D477" s="15" t="s">
         <v>2293</v>
       </c>
       <c r="E477" s="5" t="s">
         <v>565</v>
       </c>
       <c r="F477" s="16" t="s">
-        <v>2908</v>
+        <v>2907</v>
       </c>
       <c r="G477" s="15" t="s">
         <v>1589</v>
       </c>
       <c r="H477" s="17" t="s">
         <v>1079</v>
       </c>
       <c r="I477" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J477" s="19">
         <v>2009</v>
       </c>
-      <c r="K477" s="21" t="s">
+      <c r="J477" s="20" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="478" spans="1:11" ht="69.75" x14ac:dyDescent="0.5">
+    <row r="478" spans="1:10" ht="72" x14ac:dyDescent="1.05">
       <c r="A478" s="5" t="s">
-        <v>3404</v>
-[...1 lines deleted...]
-      <c r="B478" s="26" t="s">
+        <v>3403</v>
+      </c>
+      <c r="B478" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C478" s="14" t="s">
         <v>147</v>
       </c>
       <c r="D478" s="15" t="s">
         <v>2294</v>
       </c>
       <c r="E478" s="5" t="s">
         <v>541</v>
       </c>
       <c r="F478" s="16" t="s">
-        <v>2909</v>
+        <v>2908</v>
       </c>
       <c r="G478" s="15" t="s">
         <v>1623</v>
       </c>
       <c r="H478" s="17" t="s">
         <v>1113</v>
       </c>
       <c r="I478" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J478" s="19">
         <v>2010</v>
       </c>
-      <c r="K478" s="21" t="s">
+      <c r="J478" s="20" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="479" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="479" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A479" s="5" t="s">
-        <v>3405</v>
-[...1 lines deleted...]
-      <c r="B479" s="25" t="s">
+        <v>3404</v>
+      </c>
+      <c r="B479" s="24" t="s">
         <v>2429</v>
       </c>
       <c r="C479" s="14" t="s">
         <v>174</v>
       </c>
       <c r="D479" s="15" t="s">
         <v>2301</v>
       </c>
       <c r="E479" s="5" t="s">
         <v>566</v>
       </c>
       <c r="F479" s="16" t="s">
-        <v>2910</v>
+        <v>2909</v>
       </c>
       <c r="G479" s="15" t="s">
         <v>1530</v>
       </c>
       <c r="H479" s="17" t="s">
         <v>1018</v>
       </c>
       <c r="I479" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J479" s="19">
         <v>1988</v>
       </c>
-      <c r="K479" s="21" t="s">
+      <c r="J479" s="20" t="s">
         <v>814</v>
       </c>
     </row>
-    <row r="480" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="480" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A480" s="5" t="s">
-        <v>3406</v>
-[...1 lines deleted...]
-      <c r="B480" s="25" t="s">
+        <v>3405</v>
+      </c>
+      <c r="B480" s="24" t="s">
         <v>2429</v>
       </c>
       <c r="C480" s="14" t="s">
         <v>218</v>
       </c>
       <c r="D480" s="15" t="s">
         <v>2302</v>
       </c>
       <c r="E480" s="5" t="s">
         <v>611</v>
       </c>
       <c r="F480" s="16" t="s">
-        <v>2911</v>
+        <v>2910</v>
       </c>
       <c r="G480" s="15" t="s">
         <v>1530</v>
       </c>
       <c r="H480" s="17" t="s">
         <v>1018</v>
       </c>
       <c r="I480" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J480" s="19">
         <v>2020</v>
       </c>
-      <c r="K480" s="21" t="s">
+      <c r="J480" s="20" t="s">
         <v>814</v>
       </c>
     </row>
-    <row r="481" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="481" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A481" s="5" t="s">
-        <v>3407</v>
-[...1 lines deleted...]
-      <c r="B481" s="25" t="s">
+        <v>3406</v>
+      </c>
+      <c r="B481" s="24" t="s">
         <v>2429</v>
       </c>
       <c r="C481" s="14" t="s">
         <v>219</v>
       </c>
       <c r="D481" s="15" t="s">
         <v>2303</v>
       </c>
       <c r="E481" s="5" t="s">
         <v>612</v>
       </c>
       <c r="F481" s="16" t="s">
-        <v>2912</v>
+        <v>2911</v>
       </c>
       <c r="G481" s="15" t="s">
         <v>1530</v>
       </c>
       <c r="H481" s="17" t="s">
         <v>1018</v>
       </c>
       <c r="I481" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J481" s="19">
         <v>2011</v>
       </c>
-      <c r="K481" s="21" t="s">
+      <c r="J481" s="20" t="s">
         <v>814</v>
       </c>
     </row>
-    <row r="482" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="482" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A482" s="5" t="s">
-        <v>3408</v>
-[...1 lines deleted...]
-      <c r="B482" s="25" t="s">
+        <v>3407</v>
+      </c>
+      <c r="B482" s="24" t="s">
         <v>2429</v>
       </c>
       <c r="C482" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D482" s="15" t="s">
         <v>2304</v>
       </c>
       <c r="E482" s="5" t="s">
         <v>719</v>
       </c>
       <c r="F482" s="16" t="s">
-        <v>2913</v>
+        <v>2912</v>
       </c>
       <c r="G482" s="15" t="s">
         <v>1750</v>
       </c>
       <c r="H482" s="17" t="s">
         <v>1253</v>
       </c>
       <c r="I482" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J482" s="19">
         <v>2011</v>
       </c>
-      <c r="K482" s="21" t="s">
+      <c r="J482" s="20" t="s">
         <v>814</v>
       </c>
     </row>
-    <row r="483" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="483" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A483" s="5" t="s">
-        <v>3409</v>
-[...1 lines deleted...]
-      <c r="B483" s="26" t="s">
+        <v>3408</v>
+      </c>
+      <c r="B483" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C483" s="14" t="s">
         <v>210</v>
       </c>
       <c r="D483" s="15" t="s">
         <v>2305</v>
       </c>
       <c r="E483" s="5" t="s">
         <v>603</v>
       </c>
       <c r="F483" s="16" t="s">
-        <v>2914</v>
+        <v>2913</v>
       </c>
       <c r="G483" s="15" t="s">
         <v>1523</v>
       </c>
       <c r="H483" s="17" t="s">
         <v>1010</v>
       </c>
       <c r="I483" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J483" s="19">
         <v>2009</v>
       </c>
-      <c r="K483" s="24" t="s">
+      <c r="J483" s="23" t="s">
         <v>801</v>
       </c>
     </row>
-    <row r="484" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="484" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A484" s="5" t="s">
-        <v>3410</v>
-[...1 lines deleted...]
-      <c r="B484" s="26" t="s">
+        <v>3409</v>
+      </c>
+      <c r="B484" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C484" s="14" t="s">
         <v>149</v>
       </c>
       <c r="D484" s="15" t="s">
         <v>2311</v>
       </c>
       <c r="E484" s="5" t="s">
         <v>543</v>
       </c>
       <c r="F484" s="16" t="s">
-        <v>2915</v>
+        <v>2914</v>
       </c>
       <c r="G484" s="15" t="s">
         <v>1396</v>
       </c>
       <c r="H484" s="17" t="s">
         <v>983</v>
       </c>
       <c r="I484" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J484" s="19">
         <v>2019</v>
       </c>
-      <c r="K484" s="21" t="s">
+      <c r="J484" s="20" t="s">
         <v>813</v>
       </c>
     </row>
-    <row r="485" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="485" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A485" s="5" t="s">
-        <v>3411</v>
-[...1 lines deleted...]
-      <c r="B485" s="26" t="s">
+        <v>3410</v>
+      </c>
+      <c r="B485" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C485" s="14" t="s">
         <v>150</v>
       </c>
       <c r="D485" s="15" t="s">
         <v>2313</v>
       </c>
       <c r="E485" s="5" t="s">
         <v>544</v>
       </c>
       <c r="F485" s="16" t="s">
-        <v>2916</v>
+        <v>2915</v>
       </c>
       <c r="G485" s="15" t="s">
         <v>1626</v>
       </c>
       <c r="H485" s="17" t="s">
         <v>1116</v>
       </c>
       <c r="I485" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J485" s="19">
         <v>2004</v>
       </c>
-      <c r="K485" s="21" t="s">
+      <c r="J485" s="20" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="486" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="486" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A486" s="5" t="s">
-        <v>3412</v>
-[...1 lines deleted...]
-      <c r="B486" s="26" t="s">
+        <v>3411</v>
+      </c>
+      <c r="B486" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C486" s="14" t="s">
         <v>105</v>
       </c>
       <c r="D486" s="15" t="s">
         <v>2319</v>
       </c>
       <c r="E486" s="5" t="s">
         <v>503</v>
       </c>
       <c r="F486" s="16" t="s">
-        <v>2917</v>
+        <v>2916</v>
       </c>
       <c r="G486" s="15" t="s">
         <v>1591</v>
       </c>
       <c r="H486" s="17" t="s">
         <v>1081</v>
       </c>
       <c r="I486" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J486" s="19">
         <v>2003</v>
       </c>
-      <c r="K486" s="22" t="s">
+      <c r="J486" s="21" t="s">
         <v>813</v>
       </c>
     </row>
-    <row r="487" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="487" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A487" s="5" t="s">
-        <v>3413</v>
-[...1 lines deleted...]
-      <c r="B487" s="26" t="s">
+        <v>3412</v>
+      </c>
+      <c r="B487" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C487" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D487" s="15" t="s">
         <v>2334</v>
       </c>
       <c r="E487" s="5" t="s">
         <v>737</v>
       </c>
       <c r="F487" s="16" t="s">
-        <v>2918</v>
+        <v>2917</v>
       </c>
       <c r="G487" s="15" t="s">
         <v>1765</v>
       </c>
       <c r="H487" s="17" t="s">
         <v>1274</v>
       </c>
       <c r="I487" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J487" s="19">
         <v>2016</v>
       </c>
-      <c r="K487" s="21" t="s">
+      <c r="J487" s="20" t="s">
         <v>801</v>
       </c>
     </row>
-    <row r="488" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="488" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A488" s="5" t="s">
-        <v>3414</v>
-[...1 lines deleted...]
-      <c r="B488" s="26" t="s">
+        <v>3413</v>
+      </c>
+      <c r="B488" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C488" s="14">
         <v>9789777802093</v>
       </c>
       <c r="D488" s="15" t="s">
         <v>2386</v>
       </c>
       <c r="E488" s="5" t="s">
         <v>382</v>
       </c>
       <c r="F488" s="16" t="s">
-        <v>2919</v>
+        <v>2918</v>
       </c>
       <c r="G488" s="15" t="s">
         <v>1379</v>
       </c>
       <c r="H488" s="17" t="s">
         <v>906</v>
       </c>
       <c r="I488" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J488" s="19">
         <v>2019</v>
       </c>
-      <c r="K488" s="20" t="s">
+      <c r="J488" s="19" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="489" spans="1:11" ht="35.25" x14ac:dyDescent="0.5">
+    <row r="489" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A489" s="5" t="s">
-        <v>3415</v>
-[...1 lines deleted...]
-      <c r="B489" s="26" t="s">
+        <v>3414</v>
+      </c>
+      <c r="B489" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C489" s="14" t="s">
         <v>75</v>
       </c>
       <c r="D489" s="15" t="s">
         <v>2387</v>
       </c>
       <c r="E489" s="5" t="s">
         <v>473</v>
       </c>
       <c r="F489" s="16" t="s">
-        <v>2920</v>
+        <v>2919</v>
       </c>
       <c r="G489" s="15" t="s">
         <v>1379</v>
       </c>
       <c r="H489" s="17" t="s">
         <v>906</v>
       </c>
       <c r="I489" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J489" s="19">
         <v>2011</v>
       </c>
-      <c r="K489" s="22" t="s">
+      <c r="J489" s="21" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="490" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="490" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A490" s="5" t="s">
-        <v>3416</v>
-[...1 lines deleted...]
-      <c r="B490" s="26" t="s">
+        <v>3415</v>
+      </c>
+      <c r="B490" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C490" s="14" t="s">
         <v>81</v>
       </c>
       <c r="D490" s="15" t="s">
         <v>2389</v>
       </c>
       <c r="E490" s="5" t="s">
         <v>479</v>
       </c>
       <c r="F490" s="16" t="s">
-        <v>2921</v>
+        <v>2920</v>
       </c>
       <c r="G490" s="15" t="s">
         <v>1576</v>
       </c>
       <c r="H490" s="17" t="s">
         <v>1067</v>
       </c>
       <c r="I490" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J490" s="19">
         <v>2011</v>
       </c>
-      <c r="K490" s="22" t="s">
+      <c r="J490" s="21" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="491" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="491" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A491" s="5" t="s">
-        <v>3417</v>
-[...1 lines deleted...]
-      <c r="B491" s="26" t="s">
+        <v>3416</v>
+      </c>
+      <c r="B491" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C491" s="14" t="s">
         <v>157</v>
       </c>
       <c r="D491" s="15" t="s">
         <v>2390</v>
       </c>
       <c r="E491" s="5" t="s">
         <v>550</v>
       </c>
       <c r="F491" s="16" t="s">
-        <v>2922</v>
+        <v>2921</v>
       </c>
       <c r="G491" s="15" t="s">
         <v>1628</v>
       </c>
       <c r="H491" s="17" t="s">
         <v>1119</v>
       </c>
       <c r="I491" s="18">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="J491" s="19">
         <v>2009</v>
       </c>
-      <c r="K491" s="24" t="s">
+      <c r="J491" s="23" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="492" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="492" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A492" s="5" t="s">
-        <v>3418</v>
-[...1 lines deleted...]
-      <c r="B492" s="26" t="s">
+        <v>3417</v>
+      </c>
+      <c r="B492" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C492" s="14">
         <v>9789777801416</v>
       </c>
       <c r="D492" s="15" t="s">
         <v>2392</v>
       </c>
       <c r="E492" s="5" t="s">
         <v>401</v>
       </c>
       <c r="F492" s="16" t="s">
-        <v>2923</v>
+        <v>2922</v>
       </c>
       <c r="G492" s="15" t="s">
         <v>1458</v>
       </c>
       <c r="H492" s="17" t="s">
         <v>923</v>
       </c>
       <c r="I492" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J492" s="19">
         <v>2019</v>
       </c>
-      <c r="K492" s="20" t="s">
+      <c r="J492" s="19" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="493" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="493" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A493" s="5" t="s">
-        <v>3419</v>
-[...1 lines deleted...]
-      <c r="B493" s="26" t="s">
+        <v>3418</v>
+      </c>
+      <c r="B493" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C493" s="14" t="s">
         <v>239</v>
       </c>
       <c r="D493" s="15" t="s">
         <v>2393</v>
       </c>
       <c r="E493" s="5" t="s">
         <v>632</v>
       </c>
       <c r="F493" s="16" t="s">
-        <v>2924</v>
+        <v>2923</v>
       </c>
       <c r="G493" s="15" t="s">
         <v>1707</v>
       </c>
       <c r="H493" s="17" t="s">
         <v>1202</v>
       </c>
       <c r="I493" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J493" s="19">
         <v>2004</v>
       </c>
-      <c r="K493" s="21" t="s">
+      <c r="J493" s="20" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="494" spans="1:11" ht="93" x14ac:dyDescent="0.5">
+    <row r="494" spans="1:10" ht="96" x14ac:dyDescent="1.05">
       <c r="A494" s="5" t="s">
-        <v>3420</v>
-[...1 lines deleted...]
-      <c r="B494" s="26" t="s">
+        <v>3419</v>
+      </c>
+      <c r="B494" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C494" s="14" t="s">
         <v>247</v>
       </c>
       <c r="D494" s="15" t="s">
         <v>2394</v>
       </c>
       <c r="E494" s="5" t="s">
         <v>640</v>
       </c>
       <c r="F494" s="16" t="s">
-        <v>2925</v>
+        <v>2924</v>
       </c>
       <c r="G494" s="15" t="s">
         <v>1712</v>
       </c>
       <c r="H494" s="17" t="s">
         <v>1207</v>
       </c>
       <c r="I494" s="18">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="J494" s="19">
         <v>2003</v>
       </c>
-      <c r="K494" s="21" t="s">
+      <c r="J494" s="20" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="495" spans="1:11" ht="69.75" x14ac:dyDescent="0.5">
+    <row r="495" spans="1:10" ht="72" x14ac:dyDescent="1.05">
       <c r="A495" s="5" t="s">
-        <v>3421</v>
-[...1 lines deleted...]
-      <c r="B495" s="26" t="s">
+        <v>3420</v>
+      </c>
+      <c r="B495" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C495" s="14">
         <v>9789777800204</v>
       </c>
       <c r="D495" s="15" t="s">
         <v>2395</v>
       </c>
       <c r="E495" s="5" t="s">
         <v>448</v>
       </c>
       <c r="F495" s="16" t="s">
-        <v>2926</v>
+        <v>2925</v>
       </c>
       <c r="G495" s="15" t="s">
         <v>1494</v>
       </c>
       <c r="H495" s="17" t="s">
         <v>970</v>
       </c>
       <c r="I495" s="18">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="J495" s="19">
         <v>2016</v>
       </c>
-      <c r="K495" s="20" t="s">
+      <c r="J495" s="19" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="496" spans="1:11" ht="46.5" x14ac:dyDescent="0.5">
+    <row r="496" spans="1:10" ht="48" x14ac:dyDescent="1.05">
       <c r="A496" s="5" t="s">
-        <v>3422</v>
-[...1 lines deleted...]
-      <c r="B496" s="26" t="s">
+        <v>3421</v>
+      </c>
+      <c r="B496" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C496" s="14">
         <v>9789777801393</v>
       </c>
       <c r="D496" s="15" t="s">
         <v>2423</v>
       </c>
       <c r="E496" s="5" t="s">
         <v>403</v>
       </c>
       <c r="F496" s="16" t="s">
-        <v>2927</v>
+        <v>2926</v>
       </c>
       <c r="G496" s="15" t="s">
         <v>1459</v>
       </c>
       <c r="H496" s="17" t="s">
         <v>924</v>
       </c>
       <c r="I496" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J496" s="19">
         <v>2019</v>
       </c>
-      <c r="K496" s="20" t="s">
+      <c r="J496" s="19" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="497" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="497" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A497" s="5" t="s">
-        <v>3423</v>
-[...1 lines deleted...]
-      <c r="B497" s="26" t="s">
+        <v>3422</v>
+      </c>
+      <c r="B497" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C497" s="14" t="s">
         <v>84</v>
       </c>
       <c r="D497" s="15" t="s">
         <v>2424</v>
       </c>
       <c r="E497" s="5" t="s">
         <v>482</v>
       </c>
       <c r="F497" s="16" t="s">
-        <v>2928</v>
+        <v>2927</v>
       </c>
       <c r="G497" s="15" t="s">
         <v>1529</v>
       </c>
       <c r="H497" s="17" t="s">
         <v>1017</v>
       </c>
       <c r="I497" s="18">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="J497" s="19">
         <v>2011</v>
       </c>
-      <c r="K497" s="22" t="s">
+      <c r="J497" s="21" t="s">
         <v>808</v>
       </c>
     </row>
-    <row r="498" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="498" spans="1:10" x14ac:dyDescent="1.05">
       <c r="A498" s="5" t="s">
-        <v>3424</v>
-[...1 lines deleted...]
-      <c r="B498" s="26" t="s">
+        <v>3423</v>
+      </c>
+      <c r="B498" s="25" t="s">
         <v>2429</v>
       </c>
       <c r="C498" s="14" t="s">
         <v>322</v>
       </c>
       <c r="D498" s="15" t="s">
         <v>1902</v>
       </c>
       <c r="E498" s="5" t="s">
         <v>780</v>
       </c>
       <c r="F498" s="16" t="s">
-        <v>2929</v>
+        <v>2928</v>
       </c>
       <c r="G498" s="15" t="s">
         <v>1810</v>
       </c>
       <c r="H498" s="17" t="s">
         <v>1324</v>
       </c>
       <c r="I498" s="18">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J498" s="19">
         <v>1978</v>
       </c>
-      <c r="K498" s="21" t="s">
+      <c r="J498" s="20" t="s">
         <v>815</v>
       </c>
     </row>
-    <row r="499" spans="1:11" x14ac:dyDescent="0.5">
+    <row r="499" spans="1:10" x14ac:dyDescent="1.05">
       <c r="B499" s="6"/>
       <c r="C499" s="7"/>
       <c r="G499" s="10"/>
-      <c r="I499" s="6"/>
-[...1 lines deleted...]
-    <row r="500" spans="1:11" x14ac:dyDescent="0.5">
+    </row>
+    <row r="500" spans="1:10" x14ac:dyDescent="1.05">
       <c r="B500" s="6"/>
       <c r="C500" s="7"/>
       <c r="G500" s="10"/>
-      <c r="I500" s="6"/>
-[...1 lines deleted...]
-    <row r="501" spans="1:11" x14ac:dyDescent="0.5">
+    </row>
+    <row r="501" spans="1:10" x14ac:dyDescent="1.05">
       <c r="B501" s="6"/>
       <c r="C501" s="7"/>
       <c r="G501" s="10"/>
-      <c r="I501" s="6"/>
-[...1 lines deleted...]
-    <row r="502" spans="1:11" x14ac:dyDescent="0.5">
+    </row>
+    <row r="502" spans="1:10" x14ac:dyDescent="1.05">
       <c r="B502" s="6"/>
       <c r="C502" s="7"/>
       <c r="G502" s="10"/>
-      <c r="I502" s="6"/>
-[...1 lines deleted...]
-    <row r="503" spans="1:11" x14ac:dyDescent="0.5">
+    </row>
+    <row r="503" spans="1:10" x14ac:dyDescent="1.05">
       <c r="B503" s="6"/>
       <c r="C503" s="7"/>
       <c r="G503" s="10"/>
-      <c r="I503" s="6"/>
-[...1 lines deleted...]
-    <row r="504" spans="1:11" x14ac:dyDescent="0.5">
+    </row>
+    <row r="504" spans="1:10" x14ac:dyDescent="1.05">
       <c r="B504" s="6"/>
       <c r="C504" s="7"/>
       <c r="G504" s="10"/>
-      <c r="I504" s="6"/>
-[...1 lines deleted...]
-    <row r="505" spans="1:11" x14ac:dyDescent="0.5">
+    </row>
+    <row r="505" spans="1:10" x14ac:dyDescent="1.05">
       <c r="B505" s="6"/>
       <c r="C505" s="7"/>
       <c r="G505" s="10"/>
-      <c r="I505" s="6"/>
-[...1 lines deleted...]
-    <row r="506" spans="1:11" x14ac:dyDescent="0.5">
+    </row>
+    <row r="506" spans="1:10" x14ac:dyDescent="1.05">
       <c r="B506" s="6"/>
       <c r="C506" s="7"/>
       <c r="G506" s="10"/>
-      <c r="I506" s="6"/>
-[...1 lines deleted...]
-    <row r="507" spans="1:11" x14ac:dyDescent="0.5">
+    </row>
+    <row r="507" spans="1:10" x14ac:dyDescent="1.05">
       <c r="B507" s="6"/>
       <c r="C507" s="7"/>
       <c r="G507" s="10"/>
-      <c r="I507" s="6"/>
-[...1 lines deleted...]
-    <row r="508" spans="1:11" x14ac:dyDescent="0.5">
+    </row>
+    <row r="508" spans="1:10" x14ac:dyDescent="1.05">
       <c r="B508" s="6"/>
       <c r="C508" s="7"/>
       <c r="G508" s="10"/>
-      <c r="I508" s="6"/>
-[...1 lines deleted...]
-    <row r="509" spans="1:11" x14ac:dyDescent="0.5">
+    </row>
+    <row r="509" spans="1:10" x14ac:dyDescent="1.05">
       <c r="B509" s="6"/>
       <c r="C509" s="7"/>
       <c r="G509" s="10"/>
-      <c r="I509" s="6"/>
-[...1 lines deleted...]
-    <row r="510" spans="1:11" x14ac:dyDescent="0.5">
+    </row>
+    <row r="510" spans="1:10" x14ac:dyDescent="1.05">
       <c r="B510" s="6"/>
       <c r="C510" s="7"/>
       <c r="G510" s="10"/>
-      <c r="I510" s="6"/>
-[...1 lines deleted...]
-    <row r="511" spans="1:11" x14ac:dyDescent="0.5">
+    </row>
+    <row r="511" spans="1:10" x14ac:dyDescent="1.05">
       <c r="B511" s="6"/>
       <c r="C511" s="7"/>
       <c r="G511" s="10"/>
-      <c r="I511" s="6"/>
-[...1 lines deleted...]
-    <row r="512" spans="1:11" x14ac:dyDescent="0.5">
+    </row>
+    <row r="512" spans="1:10" x14ac:dyDescent="1.05">
       <c r="B512" s="6"/>
       <c r="C512" s="7"/>
       <c r="G512" s="10"/>
-      <c r="I512" s="6"/>
-[...1 lines deleted...]
-    <row r="513" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="513" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B513" s="6"/>
       <c r="C513" s="7"/>
       <c r="G513" s="10"/>
-      <c r="I513" s="6"/>
-[...1 lines deleted...]
-    <row r="514" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="514" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B514" s="6"/>
       <c r="C514" s="7"/>
       <c r="G514" s="10"/>
-      <c r="I514" s="6"/>
-[...1 lines deleted...]
-    <row r="515" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="515" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B515" s="6"/>
       <c r="C515" s="7"/>
       <c r="G515" s="10"/>
-      <c r="I515" s="6"/>
-[...1 lines deleted...]
-    <row r="516" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="516" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B516" s="6"/>
       <c r="C516" s="7"/>
       <c r="G516" s="10"/>
-      <c r="I516" s="6"/>
-[...1 lines deleted...]
-    <row r="517" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="517" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B517" s="6"/>
       <c r="C517" s="7"/>
       <c r="G517" s="10"/>
-      <c r="I517" s="6"/>
-[...1 lines deleted...]
-    <row r="518" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="518" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B518" s="6"/>
       <c r="C518" s="7"/>
       <c r="G518" s="10"/>
-      <c r="I518" s="6"/>
-[...1 lines deleted...]
-    <row r="519" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="519" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B519" s="6"/>
       <c r="C519" s="7"/>
       <c r="G519" s="10"/>
-      <c r="I519" s="6"/>
-[...1 lines deleted...]
-    <row r="520" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="520" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B520" s="6"/>
       <c r="C520" s="7"/>
       <c r="G520" s="10"/>
-      <c r="I520" s="6"/>
-[...1 lines deleted...]
-    <row r="521" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="521" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B521" s="6"/>
       <c r="C521" s="7"/>
       <c r="G521" s="10"/>
-      <c r="I521" s="6"/>
-[...1 lines deleted...]
-    <row r="522" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="522" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B522" s="6"/>
       <c r="C522" s="7"/>
       <c r="G522" s="10"/>
-      <c r="I522" s="6"/>
-[...1 lines deleted...]
-    <row r="523" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="523" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B523" s="6"/>
       <c r="C523" s="7"/>
       <c r="G523" s="10"/>
-      <c r="I523" s="6"/>
-[...1 lines deleted...]
-    <row r="524" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="524" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B524" s="6"/>
       <c r="C524" s="7"/>
       <c r="G524" s="10"/>
-      <c r="I524" s="6"/>
-[...1 lines deleted...]
-    <row r="525" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="525" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B525" s="6"/>
       <c r="C525" s="7"/>
       <c r="G525" s="10"/>
-      <c r="I525" s="6"/>
-[...1 lines deleted...]
-    <row r="526" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="526" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B526" s="6"/>
       <c r="C526" s="7"/>
       <c r="G526" s="10"/>
-      <c r="I526" s="6"/>
-[...1 lines deleted...]
-    <row r="527" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="527" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B527" s="6"/>
       <c r="C527" s="7"/>
       <c r="G527" s="10"/>
-      <c r="I527" s="6"/>
-[...1 lines deleted...]
-    <row r="528" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="528" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B528" s="6"/>
       <c r="C528" s="7"/>
       <c r="G528" s="10"/>
-      <c r="I528" s="6"/>
-[...1 lines deleted...]
-    <row r="529" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="529" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B529" s="6"/>
       <c r="C529" s="7"/>
       <c r="G529" s="10"/>
-      <c r="I529" s="6"/>
-[...1 lines deleted...]
-    <row r="530" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="530" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B530" s="6"/>
       <c r="C530" s="7"/>
       <c r="G530" s="10"/>
-      <c r="I530" s="6"/>
-[...1 lines deleted...]
-    <row r="531" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="531" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B531" s="6"/>
       <c r="C531" s="7"/>
       <c r="G531" s="10"/>
-      <c r="I531" s="6"/>
-[...1 lines deleted...]
-    <row r="532" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="532" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B532" s="6"/>
       <c r="C532" s="7"/>
       <c r="G532" s="10"/>
-      <c r="I532" s="6"/>
-[...1 lines deleted...]
-    <row r="533" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="533" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B533" s="6"/>
       <c r="C533" s="7"/>
       <c r="G533" s="10"/>
-      <c r="I533" s="6"/>
-[...1 lines deleted...]
-    <row r="534" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="534" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B534" s="6"/>
       <c r="C534" s="7"/>
       <c r="G534" s="10"/>
-      <c r="I534" s="6"/>
-[...1 lines deleted...]
-    <row r="535" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="535" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B535" s="6"/>
       <c r="C535" s="7"/>
       <c r="G535" s="10"/>
-      <c r="I535" s="6"/>
-[...1 lines deleted...]
-    <row r="536" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="536" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B536" s="6"/>
       <c r="C536" s="7"/>
       <c r="G536" s="10"/>
-      <c r="I536" s="6"/>
-[...1 lines deleted...]
-    <row r="537" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="537" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B537" s="6"/>
       <c r="C537" s="7"/>
       <c r="G537" s="10"/>
-      <c r="I537" s="6"/>
-[...1 lines deleted...]
-    <row r="538" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="538" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B538" s="6"/>
       <c r="C538" s="7"/>
       <c r="G538" s="10"/>
-      <c r="I538" s="6"/>
-[...1 lines deleted...]
-    <row r="539" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="539" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B539" s="6"/>
       <c r="C539" s="7"/>
       <c r="G539" s="10"/>
-      <c r="I539" s="6"/>
-[...1 lines deleted...]
-    <row r="540" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="540" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B540" s="6"/>
       <c r="C540" s="7"/>
       <c r="G540" s="10"/>
-      <c r="I540" s="6"/>
-[...1 lines deleted...]
-    <row r="541" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="541" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B541" s="6"/>
       <c r="C541" s="7"/>
       <c r="G541" s="10"/>
-      <c r="I541" s="6"/>
-[...1 lines deleted...]
-    <row r="542" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="542" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B542" s="6"/>
       <c r="C542" s="7"/>
       <c r="G542" s="10"/>
-      <c r="I542" s="6"/>
-[...1 lines deleted...]
-    <row r="543" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="543" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B543" s="6"/>
       <c r="C543" s="7"/>
       <c r="G543" s="10"/>
-      <c r="I543" s="6"/>
-[...1 lines deleted...]
-    <row r="544" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="544" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B544" s="6"/>
       <c r="C544" s="7"/>
       <c r="G544" s="10"/>
-      <c r="I544" s="6"/>
-[...1 lines deleted...]
-    <row r="545" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="545" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B545" s="6"/>
       <c r="C545" s="7"/>
       <c r="G545" s="10"/>
-      <c r="I545" s="6"/>
-[...1 lines deleted...]
-    <row r="546" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="546" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B546" s="6"/>
       <c r="C546" s="7"/>
       <c r="G546" s="10"/>
-      <c r="I546" s="6"/>
-[...1 lines deleted...]
-    <row r="547" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="547" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B547" s="6"/>
       <c r="C547" s="7"/>
       <c r="G547" s="10"/>
-      <c r="I547" s="6"/>
-[...1 lines deleted...]
-    <row r="548" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="548" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B548" s="6"/>
       <c r="C548" s="7"/>
       <c r="G548" s="10"/>
-      <c r="I548" s="6"/>
-[...1 lines deleted...]
-    <row r="549" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="549" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B549" s="6"/>
       <c r="C549" s="7"/>
       <c r="G549" s="10"/>
-      <c r="I549" s="6"/>
-[...1 lines deleted...]
-    <row r="550" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="550" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B550" s="6"/>
       <c r="C550" s="7"/>
       <c r="G550" s="10"/>
-      <c r="I550" s="6"/>
-[...1 lines deleted...]
-    <row r="551" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="551" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B551" s="6"/>
       <c r="C551" s="7"/>
       <c r="G551" s="10"/>
-      <c r="I551" s="6"/>
-[...1 lines deleted...]
-    <row r="552" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="552" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B552" s="6"/>
       <c r="C552" s="7"/>
       <c r="G552" s="10"/>
-      <c r="I552" s="6"/>
-[...1 lines deleted...]
-    <row r="553" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="553" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B553" s="6"/>
       <c r="C553" s="7"/>
       <c r="G553" s="10"/>
-      <c r="I553" s="6"/>
-[...1 lines deleted...]
-    <row r="554" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="554" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B554" s="6"/>
       <c r="C554" s="7"/>
       <c r="G554" s="10"/>
-      <c r="I554" s="6"/>
-[...1 lines deleted...]
-    <row r="555" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="555" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B555" s="6"/>
       <c r="C555" s="7"/>
       <c r="G555" s="10"/>
-      <c r="I555" s="6"/>
-[...1 lines deleted...]
-    <row r="556" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="556" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B556" s="6"/>
       <c r="C556" s="7"/>
       <c r="G556" s="10"/>
-      <c r="I556" s="6"/>
-[...1 lines deleted...]
-    <row r="557" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="557" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B557" s="6"/>
       <c r="C557" s="7"/>
       <c r="G557" s="10"/>
-      <c r="I557" s="6"/>
-[...1 lines deleted...]
-    <row r="558" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="558" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B558" s="6"/>
       <c r="C558" s="7"/>
       <c r="G558" s="10"/>
-      <c r="I558" s="6"/>
-[...1 lines deleted...]
-    <row r="559" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="559" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B559" s="6"/>
       <c r="C559" s="7"/>
       <c r="G559" s="10"/>
-      <c r="I559" s="6"/>
-[...1 lines deleted...]
-    <row r="560" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="560" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B560" s="6"/>
       <c r="C560" s="7"/>
       <c r="G560" s="10"/>
-      <c r="I560" s="6"/>
-[...1 lines deleted...]
-    <row r="561" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="561" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B561" s="6"/>
       <c r="C561" s="7"/>
       <c r="G561" s="10"/>
-      <c r="I561" s="6"/>
-[...1 lines deleted...]
-    <row r="562" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="562" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B562" s="6"/>
       <c r="C562" s="7"/>
       <c r="G562" s="10"/>
-      <c r="I562" s="6"/>
-[...1 lines deleted...]
-    <row r="563" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="563" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B563" s="6"/>
       <c r="C563" s="7"/>
       <c r="G563" s="10"/>
-      <c r="I563" s="6"/>
-[...1 lines deleted...]
-    <row r="564" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="564" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B564" s="6"/>
       <c r="C564" s="7"/>
       <c r="G564" s="10"/>
-      <c r="I564" s="6"/>
-[...1 lines deleted...]
-    <row r="565" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="565" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B565" s="6"/>
       <c r="C565" s="7"/>
       <c r="G565" s="10"/>
-      <c r="I565" s="6"/>
-[...1 lines deleted...]
-    <row r="566" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="566" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B566" s="6"/>
       <c r="C566" s="7"/>
       <c r="G566" s="10"/>
-      <c r="I566" s="6"/>
-[...1 lines deleted...]
-    <row r="567" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="567" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B567" s="6"/>
       <c r="C567" s="7"/>
       <c r="G567" s="10"/>
-      <c r="I567" s="6"/>
-[...1 lines deleted...]
-    <row r="568" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="568" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B568" s="6"/>
       <c r="C568" s="7"/>
       <c r="G568" s="10"/>
-      <c r="I568" s="6"/>
-[...1 lines deleted...]
-    <row r="569" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="569" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B569" s="6"/>
       <c r="C569" s="7"/>
       <c r="G569" s="10"/>
-      <c r="I569" s="6"/>
-[...1 lines deleted...]
-    <row r="570" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="570" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B570" s="6"/>
       <c r="C570" s="7"/>
       <c r="G570" s="10"/>
-      <c r="I570" s="6"/>
-[...1 lines deleted...]
-    <row r="571" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="571" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B571" s="6"/>
       <c r="C571" s="7"/>
       <c r="G571" s="10"/>
-      <c r="I571" s="6"/>
-[...1 lines deleted...]
-    <row r="572" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="572" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B572" s="6"/>
       <c r="C572" s="7"/>
       <c r="G572" s="10"/>
-      <c r="I572" s="6"/>
-[...1 lines deleted...]
-    <row r="573" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="573" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B573" s="6"/>
       <c r="C573" s="7"/>
       <c r="G573" s="10"/>
-      <c r="I573" s="6"/>
-[...1 lines deleted...]
-    <row r="574" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="574" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B574" s="6"/>
       <c r="C574" s="7"/>
       <c r="G574" s="10"/>
-      <c r="I574" s="6"/>
-[...1 lines deleted...]
-    <row r="575" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="575" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B575" s="6"/>
       <c r="C575" s="7"/>
       <c r="G575" s="10"/>
-      <c r="I575" s="6"/>
-[...1 lines deleted...]
-    <row r="576" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="576" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B576" s="6"/>
       <c r="C576" s="7"/>
       <c r="G576" s="10"/>
-      <c r="I576" s="6"/>
-[...1 lines deleted...]
-    <row r="577" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="577" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B577" s="6"/>
       <c r="C577" s="7"/>
       <c r="G577" s="10"/>
-      <c r="I577" s="6"/>
-[...1 lines deleted...]
-    <row r="578" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="578" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B578" s="6"/>
       <c r="C578" s="7"/>
       <c r="G578" s="10"/>
-      <c r="I578" s="6"/>
-[...1 lines deleted...]
-    <row r="579" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="579" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B579" s="6"/>
       <c r="C579" s="7"/>
       <c r="G579" s="10"/>
-      <c r="I579" s="6"/>
-[...1 lines deleted...]
-    <row r="580" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="580" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B580" s="6"/>
       <c r="C580" s="7"/>
       <c r="G580" s="10"/>
-      <c r="I580" s="6"/>
-[...1 lines deleted...]
-    <row r="581" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="581" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B581" s="6"/>
       <c r="C581" s="7"/>
       <c r="G581" s="10"/>
-      <c r="I581" s="6"/>
-[...1 lines deleted...]
-    <row r="582" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="582" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B582" s="6"/>
       <c r="C582" s="7"/>
       <c r="G582" s="10"/>
-      <c r="I582" s="6"/>
-[...1 lines deleted...]
-    <row r="583" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="583" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B583" s="6"/>
       <c r="C583" s="7"/>
       <c r="G583" s="10"/>
-      <c r="I583" s="6"/>
-[...1 lines deleted...]
-    <row r="584" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="584" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B584" s="6"/>
       <c r="C584" s="7"/>
       <c r="G584" s="10"/>
-      <c r="I584" s="6"/>
-[...1 lines deleted...]
-    <row r="585" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="585" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B585" s="6"/>
       <c r="C585" s="7"/>
       <c r="G585" s="10"/>
-      <c r="I585" s="6"/>
-[...1 lines deleted...]
-    <row r="586" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="586" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B586" s="6"/>
       <c r="C586" s="7"/>
       <c r="G586" s="10"/>
-      <c r="I586" s="6"/>
-[...1 lines deleted...]
-    <row r="587" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="587" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B587" s="6"/>
       <c r="C587" s="7"/>
       <c r="G587" s="10"/>
-      <c r="I587" s="6"/>
-[...1 lines deleted...]
-    <row r="588" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="588" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B588" s="6"/>
       <c r="C588" s="7"/>
       <c r="G588" s="10"/>
-      <c r="I588" s="6"/>
-[...1 lines deleted...]
-    <row r="589" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="589" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B589" s="6"/>
       <c r="C589" s="7"/>
       <c r="G589" s="10"/>
-      <c r="I589" s="6"/>
-[...1 lines deleted...]
-    <row r="590" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="590" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B590" s="6"/>
       <c r="C590" s="7"/>
       <c r="G590" s="10"/>
-      <c r="I590" s="6"/>
-[...1 lines deleted...]
-    <row r="591" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="591" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B591" s="6"/>
       <c r="C591" s="7"/>
       <c r="G591" s="10"/>
-      <c r="I591" s="6"/>
-[...1 lines deleted...]
-    <row r="592" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="592" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B592" s="6"/>
       <c r="C592" s="7"/>
       <c r="G592" s="10"/>
-      <c r="I592" s="6"/>
-[...1 lines deleted...]
-    <row r="593" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="593" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B593" s="6"/>
       <c r="C593" s="7"/>
       <c r="G593" s="10"/>
-      <c r="I593" s="6"/>
-[...1 lines deleted...]
-    <row r="594" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="594" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B594" s="6"/>
       <c r="C594" s="7"/>
       <c r="G594" s="10"/>
-      <c r="I594" s="6"/>
-[...1 lines deleted...]
-    <row r="595" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="595" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B595" s="6"/>
       <c r="C595" s="7"/>
       <c r="G595" s="10"/>
-      <c r="I595" s="6"/>
-[...1 lines deleted...]
-    <row r="596" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="596" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B596" s="6"/>
       <c r="C596" s="7"/>
       <c r="G596" s="10"/>
-      <c r="I596" s="6"/>
-[...1 lines deleted...]
-    <row r="597" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="597" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B597" s="6"/>
       <c r="C597" s="7"/>
       <c r="G597" s="10"/>
-      <c r="I597" s="6"/>
-[...1 lines deleted...]
-    <row r="598" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="598" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B598" s="6"/>
       <c r="C598" s="7"/>
       <c r="G598" s="10"/>
-      <c r="I598" s="6"/>
-[...1 lines deleted...]
-    <row r="599" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="599" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B599" s="6"/>
       <c r="C599" s="7"/>
       <c r="G599" s="10"/>
-      <c r="I599" s="6"/>
-[...1 lines deleted...]
-    <row r="600" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="600" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B600" s="6"/>
       <c r="C600" s="7"/>
       <c r="G600" s="10"/>
-      <c r="I600" s="6"/>
-[...1 lines deleted...]
-    <row r="601" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="601" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B601" s="6"/>
       <c r="C601" s="7"/>
       <c r="G601" s="10"/>
-      <c r="I601" s="6"/>
-[...1 lines deleted...]
-    <row r="602" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="602" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B602" s="6"/>
       <c r="C602" s="7"/>
       <c r="G602" s="10"/>
-      <c r="I602" s="6"/>
-[...1 lines deleted...]
-    <row r="603" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="603" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B603" s="6"/>
       <c r="C603" s="7"/>
       <c r="G603" s="10"/>
-      <c r="I603" s="6"/>
-[...1 lines deleted...]
-    <row r="604" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="604" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B604" s="6"/>
       <c r="C604" s="7"/>
       <c r="G604" s="10"/>
-      <c r="I604" s="6"/>
-[...1 lines deleted...]
-    <row r="605" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="605" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B605" s="6"/>
       <c r="C605" s="7"/>
       <c r="G605" s="10"/>
-      <c r="I605" s="6"/>
-[...1 lines deleted...]
-    <row r="606" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="606" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B606" s="6"/>
       <c r="C606" s="7"/>
       <c r="G606" s="10"/>
-      <c r="I606" s="6"/>
-[...1 lines deleted...]
-    <row r="607" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="607" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B607" s="6"/>
       <c r="C607" s="7"/>
       <c r="G607" s="10"/>
-      <c r="I607" s="6"/>
-[...1 lines deleted...]
-    <row r="608" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="608" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B608" s="6"/>
       <c r="C608" s="7"/>
       <c r="G608" s="10"/>
-      <c r="I608" s="6"/>
-[...1 lines deleted...]
-    <row r="609" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="609" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B609" s="6"/>
       <c r="C609" s="7"/>
       <c r="G609" s="10"/>
-      <c r="I609" s="6"/>
-[...1 lines deleted...]
-    <row r="610" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="610" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B610" s="6"/>
       <c r="C610" s="7"/>
       <c r="G610" s="10"/>
-      <c r="I610" s="6"/>
-[...1 lines deleted...]
-    <row r="611" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="611" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B611" s="6"/>
       <c r="C611" s="7"/>
       <c r="G611" s="10"/>
-      <c r="I611" s="6"/>
-[...1 lines deleted...]
-    <row r="612" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="612" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B612" s="6"/>
       <c r="C612" s="7"/>
       <c r="G612" s="10"/>
-      <c r="I612" s="6"/>
-[...1 lines deleted...]
-    <row r="613" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="613" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B613" s="6"/>
       <c r="C613" s="7"/>
       <c r="G613" s="10"/>
-      <c r="I613" s="6"/>
-[...1 lines deleted...]
-    <row r="614" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="614" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B614" s="6"/>
       <c r="C614" s="7"/>
       <c r="G614" s="10"/>
-      <c r="I614" s="6"/>
-[...1 lines deleted...]
-    <row r="615" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="615" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B615" s="6"/>
       <c r="C615" s="7"/>
       <c r="G615" s="10"/>
-      <c r="I615" s="6"/>
-[...1 lines deleted...]
-    <row r="616" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="616" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B616" s="6"/>
       <c r="C616" s="7"/>
       <c r="G616" s="10"/>
-      <c r="I616" s="6"/>
-[...1 lines deleted...]
-    <row r="617" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="617" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B617" s="6"/>
       <c r="C617" s="7"/>
       <c r="G617" s="10"/>
-      <c r="I617" s="6"/>
-[...1 lines deleted...]
-    <row r="618" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="618" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B618" s="6"/>
       <c r="C618" s="7"/>
       <c r="G618" s="10"/>
-      <c r="I618" s="6"/>
-[...1 lines deleted...]
-    <row r="619" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="619" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B619" s="6"/>
       <c r="C619" s="7"/>
       <c r="G619" s="10"/>
-      <c r="I619" s="6"/>
-[...1 lines deleted...]
-    <row r="620" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="620" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B620" s="6"/>
       <c r="C620" s="7"/>
       <c r="G620" s="10"/>
-      <c r="I620" s="6"/>
-[...1 lines deleted...]
-    <row r="621" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="621" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B621" s="6"/>
       <c r="C621" s="7"/>
       <c r="G621" s="10"/>
-      <c r="I621" s="6"/>
-[...1 lines deleted...]
-    <row r="622" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="622" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B622" s="6"/>
       <c r="C622" s="7"/>
       <c r="G622" s="10"/>
-      <c r="I622" s="6"/>
-[...1 lines deleted...]
-    <row r="623" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="623" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B623" s="6"/>
       <c r="C623" s="7"/>
       <c r="G623" s="10"/>
-      <c r="I623" s="6"/>
-[...1 lines deleted...]
-    <row r="624" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="624" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B624" s="6"/>
       <c r="C624" s="7"/>
       <c r="G624" s="10"/>
-      <c r="I624" s="6"/>
-[...1 lines deleted...]
-    <row r="625" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="625" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B625" s="6"/>
       <c r="C625" s="7"/>
       <c r="G625" s="10"/>
-      <c r="I625" s="6"/>
-[...1 lines deleted...]
-    <row r="626" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="626" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B626" s="6"/>
       <c r="C626" s="7"/>
       <c r="G626" s="10"/>
-      <c r="I626" s="6"/>
-[...1 lines deleted...]
-    <row r="627" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="627" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B627" s="6"/>
       <c r="C627" s="7"/>
       <c r="G627" s="10"/>
-      <c r="I627" s="6"/>
-[...1 lines deleted...]
-    <row r="628" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="628" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B628" s="6"/>
       <c r="C628" s="7"/>
       <c r="G628" s="10"/>
-      <c r="I628" s="6"/>
-[...1 lines deleted...]
-    <row r="629" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="629" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B629" s="6"/>
       <c r="C629" s="7"/>
       <c r="G629" s="10"/>
-      <c r="I629" s="6"/>
-[...1 lines deleted...]
-    <row r="630" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="630" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B630" s="6"/>
       <c r="C630" s="7"/>
       <c r="G630" s="10"/>
-      <c r="I630" s="6"/>
-[...1 lines deleted...]
-    <row r="631" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="631" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B631" s="6"/>
       <c r="C631" s="7"/>
       <c r="G631" s="10"/>
-      <c r="I631" s="6"/>
-[...1 lines deleted...]
-    <row r="632" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="632" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B632" s="6"/>
       <c r="C632" s="7"/>
       <c r="G632" s="10"/>
-      <c r="I632" s="6"/>
-[...1 lines deleted...]
-    <row r="633" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="633" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B633" s="6"/>
       <c r="C633" s="7"/>
       <c r="G633" s="10"/>
-      <c r="I633" s="6"/>
-[...1 lines deleted...]
-    <row r="634" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="634" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B634" s="6"/>
       <c r="C634" s="7"/>
       <c r="G634" s="10"/>
-      <c r="I634" s="6"/>
-[...1 lines deleted...]
-    <row r="635" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="635" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B635" s="6"/>
       <c r="C635" s="7"/>
       <c r="G635" s="10"/>
-      <c r="I635" s="6"/>
-[...1 lines deleted...]
-    <row r="636" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="636" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B636" s="6"/>
       <c r="C636" s="7"/>
       <c r="G636" s="10"/>
-      <c r="I636" s="6"/>
-[...1 lines deleted...]
-    <row r="637" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="637" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B637" s="6"/>
       <c r="C637" s="7"/>
       <c r="G637" s="10"/>
-      <c r="I637" s="6"/>
-[...1 lines deleted...]
-    <row r="638" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="638" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B638" s="6"/>
       <c r="C638" s="7"/>
       <c r="G638" s="10"/>
-      <c r="I638" s="6"/>
-[...1 lines deleted...]
-    <row r="639" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="639" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B639" s="6"/>
       <c r="C639" s="7"/>
       <c r="G639" s="10"/>
-      <c r="I639" s="6"/>
-[...1 lines deleted...]
-    <row r="640" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="640" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B640" s="6"/>
       <c r="C640" s="7"/>
       <c r="G640" s="10"/>
-      <c r="I640" s="6"/>
-[...1 lines deleted...]
-    <row r="641" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="641" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B641" s="6"/>
       <c r="C641" s="7"/>
       <c r="G641" s="10"/>
-      <c r="I641" s="6"/>
-[...1 lines deleted...]
-    <row r="642" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="642" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B642" s="6"/>
       <c r="C642" s="7"/>
       <c r="G642" s="10"/>
-      <c r="I642" s="6"/>
-[...1 lines deleted...]
-    <row r="643" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="643" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B643" s="6"/>
       <c r="C643" s="7"/>
       <c r="G643" s="10"/>
-      <c r="I643" s="6"/>
-[...1 lines deleted...]
-    <row r="644" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="644" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B644" s="6"/>
       <c r="C644" s="7"/>
       <c r="G644" s="10"/>
-      <c r="I644" s="6"/>
-[...1 lines deleted...]
-    <row r="645" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="645" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B645" s="6"/>
       <c r="C645" s="7"/>
       <c r="G645" s="10"/>
-      <c r="I645" s="6"/>
-[...1 lines deleted...]
-    <row r="646" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="646" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B646" s="6"/>
       <c r="C646" s="7"/>
       <c r="G646" s="10"/>
-      <c r="I646" s="6"/>
-[...1 lines deleted...]
-    <row r="647" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="647" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B647" s="6"/>
       <c r="C647" s="7"/>
       <c r="G647" s="10"/>
-      <c r="I647" s="6"/>
-[...1 lines deleted...]
-    <row r="648" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="648" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B648" s="6"/>
       <c r="C648" s="7"/>
       <c r="G648" s="10"/>
-      <c r="I648" s="6"/>
-[...1 lines deleted...]
-    <row r="649" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="649" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B649" s="6"/>
       <c r="C649" s="7"/>
       <c r="G649" s="10"/>
-      <c r="I649" s="6"/>
-[...1 lines deleted...]
-    <row r="650" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="650" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B650" s="6"/>
       <c r="C650" s="7"/>
       <c r="G650" s="10"/>
-      <c r="I650" s="6"/>
-[...1 lines deleted...]
-    <row r="651" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="651" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B651" s="6"/>
       <c r="C651" s="7"/>
       <c r="G651" s="10"/>
-      <c r="I651" s="6"/>
-[...1 lines deleted...]
-    <row r="652" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="652" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B652" s="6"/>
       <c r="C652" s="7"/>
       <c r="G652" s="10"/>
-      <c r="I652" s="6"/>
-[...1 lines deleted...]
-    <row r="653" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="653" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B653" s="6"/>
       <c r="C653" s="7"/>
       <c r="G653" s="10"/>
-      <c r="I653" s="6"/>
-[...1 lines deleted...]
-    <row r="654" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="654" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B654" s="6"/>
       <c r="C654" s="7"/>
       <c r="G654" s="10"/>
-      <c r="I654" s="6"/>
-[...1 lines deleted...]
-    <row r="655" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="655" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B655" s="6"/>
       <c r="C655" s="7"/>
       <c r="G655" s="10"/>
-      <c r="I655" s="6"/>
-[...1 lines deleted...]
-    <row r="656" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="656" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B656" s="6"/>
       <c r="C656" s="7"/>
       <c r="G656" s="10"/>
-      <c r="I656" s="6"/>
-[...1 lines deleted...]
-    <row r="657" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="657" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B657" s="6"/>
       <c r="C657" s="7"/>
       <c r="G657" s="10"/>
-      <c r="I657" s="6"/>
-[...1 lines deleted...]
-    <row r="658" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="658" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B658" s="6"/>
       <c r="C658" s="7"/>
       <c r="G658" s="10"/>
-      <c r="I658" s="6"/>
-[...1 lines deleted...]
-    <row r="659" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="659" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B659" s="6"/>
       <c r="C659" s="7"/>
       <c r="G659" s="10"/>
-      <c r="I659" s="6"/>
-[...1 lines deleted...]
-    <row r="660" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="660" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B660" s="6"/>
       <c r="C660" s="7"/>
       <c r="G660" s="10"/>
-      <c r="I660" s="6"/>
-[...1 lines deleted...]
-    <row r="661" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="661" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B661" s="6"/>
       <c r="C661" s="7"/>
       <c r="G661" s="10"/>
-      <c r="I661" s="6"/>
-[...1 lines deleted...]
-    <row r="662" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="662" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B662" s="6"/>
       <c r="C662" s="7"/>
       <c r="G662" s="10"/>
-      <c r="I662" s="6"/>
-[...1 lines deleted...]
-    <row r="663" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="663" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B663" s="6"/>
       <c r="C663" s="7"/>
       <c r="G663" s="10"/>
-      <c r="I663" s="6"/>
-[...1 lines deleted...]
-    <row r="664" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="664" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B664" s="6"/>
       <c r="C664" s="7"/>
       <c r="G664" s="10"/>
-      <c r="I664" s="6"/>
-[...1 lines deleted...]
-    <row r="665" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="665" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B665" s="6"/>
       <c r="C665" s="7"/>
       <c r="G665" s="10"/>
-      <c r="I665" s="6"/>
-[...1 lines deleted...]
-    <row r="666" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="666" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B666" s="6"/>
       <c r="C666" s="7"/>
       <c r="G666" s="10"/>
-      <c r="I666" s="6"/>
-[...1 lines deleted...]
-    <row r="667" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="667" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B667" s="6"/>
       <c r="C667" s="7"/>
       <c r="G667" s="10"/>
-      <c r="I667" s="6"/>
-[...1 lines deleted...]
-    <row r="668" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="668" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B668" s="6"/>
       <c r="C668" s="7"/>
       <c r="G668" s="10"/>
-      <c r="I668" s="6"/>
-[...1 lines deleted...]
-    <row r="669" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="669" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B669" s="6"/>
       <c r="C669" s="7"/>
       <c r="G669" s="10"/>
-      <c r="I669" s="6"/>
-[...1 lines deleted...]
-    <row r="670" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="670" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B670" s="6"/>
       <c r="C670" s="7"/>
       <c r="G670" s="10"/>
-      <c r="I670" s="6"/>
-[...1 lines deleted...]
-    <row r="671" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="671" spans="2:7" x14ac:dyDescent="1.05">
       <c r="B671" s="6"/>
       <c r="C671" s="7"/>
       <c r="G671" s="10"/>
-      <c r="I671" s="6"/>
-[...1 lines deleted...]
-    <row r="672" spans="2:9" x14ac:dyDescent="0.5">
+    </row>
+    <row r="672" spans="2:7" x14ac:dyDescent="1.05">
       <c r="C672" s="7"/>
       <c r="G672" s="10"/>
     </row>
-    <row r="673" spans="3:7" x14ac:dyDescent="0.5">
+    <row r="673" spans="3:7" x14ac:dyDescent="1.05">
       <c r="C673" s="7"/>
       <c r="G673" s="10"/>
     </row>
-    <row r="674" spans="3:7" x14ac:dyDescent="0.5">
+    <row r="674" spans="3:7" x14ac:dyDescent="1.05">
       <c r="C674" s="7"/>
       <c r="G674" s="10"/>
     </row>
-    <row r="675" spans="3:7" x14ac:dyDescent="0.5">
+    <row r="675" spans="3:7" x14ac:dyDescent="1.05">
       <c r="C675" s="7"/>
       <c r="G675" s="10"/>
     </row>
-    <row r="676" spans="3:7" x14ac:dyDescent="0.5">
+    <row r="676" spans="3:7" x14ac:dyDescent="1.05">
       <c r="C676" s="7"/>
       <c r="G676" s="10"/>
     </row>
-    <row r="677" spans="3:7" x14ac:dyDescent="0.5">
+    <row r="677" spans="3:7" x14ac:dyDescent="1.05">
       <c r="C677" s="7"/>
       <c r="G677" s="10"/>
     </row>
-    <row r="678" spans="3:7" x14ac:dyDescent="0.5">
+    <row r="678" spans="3:7" x14ac:dyDescent="1.05">
       <c r="C678" s="7"/>
       <c r="G678" s="10"/>
     </row>
-    <row r="679" spans="3:7" x14ac:dyDescent="0.5">
+    <row r="679" spans="3:7" x14ac:dyDescent="1.05">
       <c r="C679" s="7"/>
       <c r="G679" s="10"/>
     </row>
-    <row r="680" spans="3:7" x14ac:dyDescent="0.5">
+    <row r="680" spans="3:7" x14ac:dyDescent="1.05">
       <c r="C680" s="7"/>
       <c r="G680" s="10"/>
     </row>
-    <row r="681" spans="3:7" x14ac:dyDescent="0.5">
+    <row r="681" spans="3:7" x14ac:dyDescent="1.05">
       <c r="G681" s="10"/>
     </row>
-    <row r="682" spans="3:7" x14ac:dyDescent="0.5">
+    <row r="682" spans="3:7" x14ac:dyDescent="1.05">
       <c r="G682" s="10"/>
     </row>
-    <row r="683" spans="3:7" x14ac:dyDescent="0.5">
+    <row r="683" spans="3:7" x14ac:dyDescent="1.05">
       <c r="G683" s="10"/>
     </row>
-    <row r="684" spans="3:7" x14ac:dyDescent="0.5">
+    <row r="684" spans="3:7" x14ac:dyDescent="1.05">
       <c r="G684" s="10"/>
     </row>
-    <row r="685" spans="3:7" x14ac:dyDescent="0.5">
+    <row r="685" spans="3:7" x14ac:dyDescent="1.05">
       <c r="G685" s="10"/>
     </row>
-    <row r="686" spans="3:7" x14ac:dyDescent="0.5">
+    <row r="686" spans="3:7" x14ac:dyDescent="1.05">
       <c r="G686" s="10"/>
     </row>
-    <row r="687" spans="3:7" x14ac:dyDescent="0.5">
+    <row r="687" spans="3:7" x14ac:dyDescent="1.05">
       <c r="G687" s="10"/>
     </row>
-    <row r="688" spans="3:7" x14ac:dyDescent="0.5">
+    <row r="688" spans="3:7" x14ac:dyDescent="1.05">
       <c r="G688" s="10"/>
     </row>
-    <row r="689" spans="7:7" x14ac:dyDescent="0.5">
+    <row r="689" spans="7:7" x14ac:dyDescent="1.05">
       <c r="G689" s="10"/>
     </row>
-    <row r="690" spans="7:7" x14ac:dyDescent="0.5">
+    <row r="690" spans="7:7" x14ac:dyDescent="1.05">
       <c r="G690" s="10"/>
     </row>
-    <row r="691" spans="7:7" x14ac:dyDescent="0.5">
+    <row r="691" spans="7:7" x14ac:dyDescent="1.05">
       <c r="G691" s="10"/>
     </row>
-    <row r="692" spans="7:7" x14ac:dyDescent="0.5">
+    <row r="692" spans="7:7" x14ac:dyDescent="1.05">
       <c r="G692" s="10"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B6:K498">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B6:J498">
     <sortCondition ref="B6:B498"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C9059DCC-E214-4CCD-ABB8-1477112143F1}">
   <dimension ref="A1:B494"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:B1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="27.875" customWidth="1"/>
     <col min="2" max="2" width="13.75" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:2" x14ac:dyDescent="0.5">
       <c r="A1" s="12" t="s">
+        <v>2929</v>
+      </c>
+      <c r="B1" s="12" t="s">
         <v>2930</v>
       </c>
-      <c r="B1" s="12" t="s">
-[...3 lines deleted...]
-    <row r="2" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+    </row>
+    <row r="2" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A2" s="5" t="s">
         <v>551</v>
       </c>
       <c r="B2" t="s">
-        <v>2932</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2931</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A3" s="5" t="s">
         <v>361</v>
       </c>
       <c r="B3" t="s">
-        <v>2933</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2932</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A4" s="5" t="s">
         <v>641</v>
       </c>
       <c r="B4" t="s">
-        <v>2934</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2933</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A5" s="5" t="s">
         <v>439</v>
       </c>
       <c r="B5" t="s">
-        <v>2935</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2934</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A6" s="5" t="s">
         <v>602</v>
       </c>
       <c r="B6" t="s">
-        <v>2936</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2935</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A7" s="5" t="s">
         <v>451</v>
       </c>
       <c r="B7" t="s">
-        <v>2937</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2936</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A8" s="5" t="s">
         <v>474</v>
       </c>
       <c r="B8" t="s">
-        <v>2938</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2937</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A9" s="5" t="s">
         <v>748</v>
       </c>
       <c r="B9" t="s">
-        <v>2939</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2938</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A10" s="5" t="s">
         <v>606</v>
       </c>
       <c r="B10" t="s">
-        <v>2940</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2939</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A11" s="5" t="s">
         <v>724</v>
       </c>
       <c r="B11" t="s">
-        <v>2941</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2940</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A12" s="5" t="s">
         <v>746</v>
       </c>
       <c r="B12" t="s">
-        <v>2942</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2941</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A13" s="5" t="s">
         <v>464</v>
       </c>
       <c r="B13" t="s">
-        <v>2943</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2942</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A14" s="5" t="s">
         <v>333</v>
       </c>
       <c r="B14" t="s">
-        <v>2944</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2943</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A15" s="5" t="s">
         <v>334</v>
       </c>
       <c r="B15" t="s">
-        <v>2945</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2944</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A16" s="5" t="s">
         <v>335</v>
       </c>
       <c r="B16" t="s">
-        <v>2946</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2945</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A17" s="5" t="s">
         <v>336</v>
       </c>
       <c r="B17" t="s">
-        <v>2947</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2946</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A18" s="5" t="s">
         <v>337</v>
       </c>
       <c r="B18" t="s">
-        <v>2948</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2947</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A19" s="5" t="s">
         <v>339</v>
       </c>
       <c r="B19" t="s">
-        <v>2949</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2948</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A20" s="5" t="s">
         <v>340</v>
       </c>
       <c r="B20" t="s">
-        <v>2950</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2949</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A21" s="5" t="s">
         <v>341</v>
       </c>
       <c r="B21" t="s">
-        <v>2951</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2950</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A22" s="5" t="s">
         <v>342</v>
       </c>
       <c r="B22" t="s">
-        <v>2952</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2951</v>
+      </c>
+    </row>
+    <row r="23" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A23" s="5" t="s">
         <v>343</v>
       </c>
       <c r="B23" t="s">
-        <v>2953</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2952</v>
+      </c>
+    </row>
+    <row r="24" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A24" s="5" t="s">
         <v>344</v>
       </c>
       <c r="B24" t="s">
-        <v>2954</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2953</v>
+      </c>
+    </row>
+    <row r="25" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A25" s="5" t="s">
         <v>345</v>
       </c>
       <c r="B25" t="s">
-        <v>2955</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2954</v>
+      </c>
+    </row>
+    <row r="26" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A26" s="5" t="s">
         <v>346</v>
       </c>
       <c r="B26" t="s">
-        <v>2956</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2955</v>
+      </c>
+    </row>
+    <row r="27" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A27" s="5" t="s">
         <v>402</v>
       </c>
       <c r="B27" t="s">
-        <v>2957</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2956</v>
+      </c>
+    </row>
+    <row r="28" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A28" s="5" t="s">
         <v>572</v>
       </c>
       <c r="B28" t="s">
-        <v>2958</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2957</v>
+      </c>
+    </row>
+    <row r="29" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A29" s="5" t="s">
         <v>617</v>
       </c>
       <c r="B29" t="s">
-        <v>2959</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2958</v>
+      </c>
+    </row>
+    <row r="30" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A30" s="5" t="s">
         <v>643</v>
       </c>
       <c r="B30" t="s">
-        <v>2960</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2959</v>
+      </c>
+    </row>
+    <row r="31" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A31" s="5" t="s">
         <v>644</v>
       </c>
       <c r="B31" t="s">
-        <v>2961</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2960</v>
+      </c>
+    </row>
+    <row r="32" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A32" s="5" t="s">
         <v>505</v>
       </c>
       <c r="B32" t="s">
-        <v>2962</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2961</v>
+      </c>
+    </row>
+    <row r="33" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A33" s="5" t="s">
         <v>488</v>
       </c>
       <c r="B33" t="s">
-        <v>2963</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2962</v>
+      </c>
+    </row>
+    <row r="34" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A34" s="5" t="s">
         <v>489</v>
       </c>
       <c r="B34" t="s">
-        <v>2964</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2963</v>
+      </c>
+    </row>
+    <row r="35" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A35" s="5" t="s">
         <v>621</v>
       </c>
       <c r="B35" t="s">
-        <v>2965</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2964</v>
+      </c>
+    </row>
+    <row r="36" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A36" s="5" t="s">
         <v>697</v>
       </c>
       <c r="B36" t="s">
-        <v>2966</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2965</v>
+      </c>
+    </row>
+    <row r="37" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A37" s="5" t="s">
         <v>795</v>
       </c>
       <c r="B37" t="s">
-        <v>2967</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2966</v>
+      </c>
+    </row>
+    <row r="38" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A38" s="5" t="s">
         <v>793</v>
       </c>
       <c r="B38" t="s">
-        <v>2968</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2967</v>
+      </c>
+    </row>
+    <row r="39" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A39" s="5" t="s">
         <v>775</v>
       </c>
       <c r="B39" t="s">
-        <v>2969</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2968</v>
+      </c>
+    </row>
+    <row r="40" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A40" s="4" t="s">
         <v>769</v>
       </c>
       <c r="B40" t="s">
-        <v>2970</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2969</v>
+      </c>
+    </row>
+    <row r="41" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A41" s="5" t="s">
         <v>533</v>
       </c>
       <c r="B41" t="s">
-        <v>2971</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2970</v>
+      </c>
+    </row>
+    <row r="42" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A42" s="5" t="s">
         <v>634</v>
       </c>
       <c r="B42" t="s">
-        <v>2972</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2971</v>
+      </c>
+    </row>
+    <row r="43" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A43" s="5" t="s">
         <v>635</v>
       </c>
       <c r="B43" t="s">
-        <v>2973</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2972</v>
+      </c>
+    </row>
+    <row r="44" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A44" s="5" t="s">
         <v>459</v>
       </c>
       <c r="B44" t="s">
-        <v>2974</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2973</v>
+      </c>
+    </row>
+    <row r="45" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A45" s="5" t="s">
         <v>483</v>
       </c>
       <c r="B45" t="s">
-        <v>2975</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2974</v>
+      </c>
+    </row>
+    <row r="46" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A46" s="5" t="s">
         <v>484</v>
       </c>
       <c r="B46" t="s">
-        <v>2976</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2975</v>
+      </c>
+    </row>
+    <row r="47" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A47" s="5" t="s">
         <v>485</v>
       </c>
       <c r="B47" t="s">
-        <v>2977</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2976</v>
+      </c>
+    </row>
+    <row r="48" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A48" s="5" t="s">
         <v>486</v>
       </c>
       <c r="B48" t="s">
-        <v>2978</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2977</v>
+      </c>
+    </row>
+    <row r="49" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A49" s="5" t="s">
         <v>740</v>
       </c>
       <c r="B49" t="s">
-        <v>2979</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2978</v>
+      </c>
+    </row>
+    <row r="50" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A50" s="5" t="s">
         <v>761</v>
       </c>
       <c r="B50" t="s">
-        <v>2980</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2979</v>
+      </c>
+    </row>
+    <row r="51" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A51" s="5" t="s">
         <v>772</v>
       </c>
       <c r="B51" t="s">
-        <v>2981</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2980</v>
+      </c>
+    </row>
+    <row r="52" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A52" s="5" t="s">
         <v>553</v>
       </c>
       <c r="B52" t="s">
-        <v>2982</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2981</v>
+      </c>
+    </row>
+    <row r="53" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A53" s="5" t="s">
         <v>554</v>
       </c>
       <c r="B53" t="s">
-        <v>2983</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2982</v>
+      </c>
+    </row>
+    <row r="54" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A54" s="5" t="s">
         <v>579</v>
       </c>
       <c r="B54" t="s">
-        <v>2984</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2983</v>
+      </c>
+    </row>
+    <row r="55" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A55" s="5" t="s">
         <v>580</v>
       </c>
       <c r="B55" t="s">
-        <v>2985</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2984</v>
+      </c>
+    </row>
+    <row r="56" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A56" s="5" t="s">
         <v>581</v>
       </c>
       <c r="B56" t="s">
-        <v>2986</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2985</v>
+      </c>
+    </row>
+    <row r="57" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A57" s="5" t="s">
         <v>582</v>
       </c>
       <c r="B57" t="s">
-        <v>2987</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2986</v>
+      </c>
+    </row>
+    <row r="58" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A58" s="5" t="s">
         <v>588</v>
       </c>
       <c r="B58" t="s">
-        <v>2988</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2987</v>
+      </c>
+    </row>
+    <row r="59" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A59" s="5" t="s">
         <v>613</v>
       </c>
       <c r="B59" t="s">
-        <v>2989</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2988</v>
+      </c>
+    </row>
+    <row r="60" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A60" s="5" t="s">
         <v>614</v>
       </c>
       <c r="B60" t="s">
-        <v>2990</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2989</v>
+      </c>
+    </row>
+    <row r="61" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A61" s="5" t="s">
         <v>615</v>
       </c>
       <c r="B61" t="s">
-        <v>2991</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2990</v>
+      </c>
+    </row>
+    <row r="62" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A62" s="5" t="s">
         <v>616</v>
       </c>
       <c r="B62" t="s">
-        <v>2992</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2991</v>
+      </c>
+    </row>
+    <row r="63" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A63" s="5" t="s">
         <v>623</v>
       </c>
       <c r="B63" t="s">
-        <v>2993</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2992</v>
+      </c>
+    </row>
+    <row r="64" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A64" s="5" t="s">
         <v>624</v>
       </c>
       <c r="B64" t="s">
-        <v>2994</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2993</v>
+      </c>
+    </row>
+    <row r="65" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A65" s="5" t="s">
         <v>625</v>
       </c>
       <c r="B65" t="s">
-        <v>2995</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2994</v>
+      </c>
+    </row>
+    <row r="66" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A66" s="5" t="s">
         <v>652</v>
       </c>
       <c r="B66" t="s">
-        <v>2996</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2995</v>
+      </c>
+    </row>
+    <row r="67" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A67" s="5" t="s">
         <v>653</v>
       </c>
       <c r="B67" t="s">
-        <v>2997</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="68" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A68" s="5" t="s">
         <v>654</v>
       </c>
       <c r="B68" t="s">
-        <v>2998</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2997</v>
+      </c>
+    </row>
+    <row r="69" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A69" s="5" t="s">
         <v>655</v>
       </c>
       <c r="B69" t="s">
-        <v>2999</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2998</v>
+      </c>
+    </row>
+    <row r="70" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A70" s="5" t="s">
         <v>689</v>
       </c>
       <c r="B70" t="s">
-        <v>3000</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>2999</v>
+      </c>
+    </row>
+    <row r="71" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A71" s="5" t="s">
         <v>690</v>
       </c>
       <c r="B71" t="s">
-        <v>3001</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="72" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A72" s="5" t="s">
         <v>691</v>
       </c>
       <c r="B72" t="s">
-        <v>3002</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3001</v>
+      </c>
+    </row>
+    <row r="73" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A73" s="5" t="s">
         <v>575</v>
       </c>
       <c r="B73" t="s">
-        <v>3003</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3002</v>
+      </c>
+    </row>
+    <row r="74" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A74" s="5" t="s">
         <v>692</v>
       </c>
       <c r="B74" t="s">
-        <v>3004</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3003</v>
+      </c>
+    </row>
+    <row r="75" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A75" s="5" t="s">
         <v>767</v>
       </c>
       <c r="B75" t="s">
-        <v>3005</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3004</v>
+      </c>
+    </row>
+    <row r="76" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A76" s="5" t="s">
         <v>576</v>
       </c>
       <c r="B76" t="s">
-        <v>3006</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3005</v>
+      </c>
+    </row>
+    <row r="77" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A77" s="4" t="s">
         <v>745</v>
       </c>
       <c r="B77" t="s">
-        <v>3007</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3006</v>
+      </c>
+    </row>
+    <row r="78" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A78" s="4" t="s">
         <v>744</v>
       </c>
       <c r="B78" t="s">
-        <v>3008</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3007</v>
+      </c>
+    </row>
+    <row r="79" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A79" s="5" t="s">
         <v>759</v>
       </c>
       <c r="B79" t="s">
-        <v>3009</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3008</v>
+      </c>
+    </row>
+    <row r="80" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A80" s="5" t="s">
         <v>782</v>
       </c>
       <c r="B80" t="s">
-        <v>3010</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3009</v>
+      </c>
+    </row>
+    <row r="81" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A81" s="5" t="s">
         <v>731</v>
       </c>
       <c r="B81" t="s">
-        <v>3011</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3010</v>
+      </c>
+    </row>
+    <row r="82" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A82" s="5" t="s">
         <v>731</v>
       </c>
       <c r="B82" t="s">
-        <v>3012</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3011</v>
+      </c>
+    </row>
+    <row r="83" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A83" s="5" t="s">
         <v>747</v>
       </c>
       <c r="B83" t="s">
-        <v>3013</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3012</v>
+      </c>
+    </row>
+    <row r="84" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A84" s="5" t="s">
         <v>676</v>
       </c>
       <c r="B84" t="s">
-        <v>3014</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3013</v>
+      </c>
+    </row>
+    <row r="85" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A85" s="5" t="s">
         <v>750</v>
       </c>
       <c r="B85" t="s">
-        <v>3015</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3014</v>
+      </c>
+    </row>
+    <row r="86" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A86" s="5" t="s">
         <v>727</v>
       </c>
       <c r="B86" t="s">
-        <v>3016</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3015</v>
+      </c>
+    </row>
+    <row r="87" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A87" s="5" t="s">
         <v>768</v>
       </c>
       <c r="B87" t="s">
-        <v>3017</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3016</v>
+      </c>
+    </row>
+    <row r="88" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A88" s="5" t="s">
         <v>657</v>
       </c>
       <c r="B88" t="s">
-        <v>3018</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3017</v>
+      </c>
+    </row>
+    <row r="89" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A89" s="5" t="s">
         <v>675</v>
       </c>
       <c r="B89" t="s">
-        <v>3019</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3018</v>
+      </c>
+    </row>
+    <row r="90" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A90" s="5" t="s">
         <v>733</v>
       </c>
       <c r="B90" t="s">
-        <v>3020</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3019</v>
+      </c>
+    </row>
+    <row r="91" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A91" s="5" t="s">
         <v>754</v>
       </c>
       <c r="B91" t="s">
-        <v>3021</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3020</v>
+      </c>
+    </row>
+    <row r="92" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A92" s="5" t="s">
         <v>739</v>
       </c>
       <c r="B92" t="s">
-        <v>3022</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3021</v>
+      </c>
+    </row>
+    <row r="93" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A93" s="5" t="s">
         <v>542</v>
       </c>
       <c r="B93" t="s">
-        <v>3023</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3022</v>
+      </c>
+    </row>
+    <row r="94" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A94" s="5" t="s">
         <v>567</v>
       </c>
       <c r="B94" t="s">
-        <v>3024</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3023</v>
+      </c>
+    </row>
+    <row r="95" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A95" s="5" t="s">
         <v>752</v>
       </c>
       <c r="B95" t="s">
-        <v>3025</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3024</v>
+      </c>
+    </row>
+    <row r="96" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A96" s="5" t="s">
         <v>751</v>
       </c>
       <c r="B96" t="s">
-        <v>3026</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3025</v>
+      </c>
+    </row>
+    <row r="97" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A97" s="5" t="s">
         <v>753</v>
       </c>
       <c r="B97" t="s">
-        <v>3027</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3026</v>
+      </c>
+    </row>
+    <row r="98" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A98" s="5" t="s">
         <v>760</v>
       </c>
       <c r="B98" t="s">
-        <v>3028</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3027</v>
+      </c>
+    </row>
+    <row r="99" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A99" s="5" t="s">
         <v>749</v>
       </c>
       <c r="B99" t="s">
-        <v>3029</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3028</v>
+      </c>
+    </row>
+    <row r="100" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A100" s="5" t="s">
         <v>732</v>
       </c>
       <c r="B100" t="s">
-        <v>3030</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3029</v>
+      </c>
+    </row>
+    <row r="101" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A101" s="5" t="s">
         <v>734</v>
       </c>
       <c r="B101" t="s">
-        <v>3031</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3030</v>
+      </c>
+    </row>
+    <row r="102" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A102" s="5" t="s">
         <v>788</v>
       </c>
       <c r="B102" t="s">
-        <v>3032</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3031</v>
+      </c>
+    </row>
+    <row r="103" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A103" s="4" t="s">
         <v>777</v>
       </c>
       <c r="B103" t="s">
-        <v>3033</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3032</v>
+      </c>
+    </row>
+    <row r="104" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A104" s="4" t="s">
         <v>787</v>
       </c>
       <c r="B104" t="s">
-        <v>3034</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3033</v>
+      </c>
+    </row>
+    <row r="105" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A105" s="5" t="s">
         <v>667</v>
       </c>
       <c r="B105" t="s">
-        <v>3035</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3034</v>
+      </c>
+    </row>
+    <row r="106" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A106" s="5" t="s">
         <v>668</v>
       </c>
       <c r="B106" t="s">
-        <v>3036</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3035</v>
+      </c>
+    </row>
+    <row r="107" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A107" s="5" t="s">
         <v>704</v>
       </c>
       <c r="B107" t="s">
-        <v>3037</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3036</v>
+      </c>
+    </row>
+    <row r="108" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A108" s="5" t="s">
         <v>711</v>
       </c>
       <c r="B108" t="s">
-        <v>3038</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3037</v>
+      </c>
+    </row>
+    <row r="109" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A109" s="5" t="s">
         <v>712</v>
       </c>
       <c r="B109" t="s">
-        <v>3039</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3038</v>
+      </c>
+    </row>
+    <row r="110" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A110" s="5" t="s">
         <v>713</v>
       </c>
       <c r="B110" t="s">
-        <v>3040</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3039</v>
+      </c>
+    </row>
+    <row r="111" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A111" s="5" t="s">
         <v>714</v>
       </c>
       <c r="B111" t="s">
-        <v>3041</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3040</v>
+      </c>
+    </row>
+    <row r="112" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A112" s="5" t="s">
         <v>715</v>
       </c>
       <c r="B112" t="s">
-        <v>3042</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3041</v>
+      </c>
+    </row>
+    <row r="113" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A113" s="5" t="s">
         <v>718</v>
       </c>
       <c r="B113" t="s">
-        <v>3043</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3042</v>
+      </c>
+    </row>
+    <row r="114" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A114" s="5" t="s">
         <v>656</v>
       </c>
       <c r="B114" t="s">
-        <v>3044</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3043</v>
+      </c>
+    </row>
+    <row r="115" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A115" s="5" t="s">
         <v>428</v>
       </c>
       <c r="B115" t="s">
-        <v>3045</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3044</v>
+      </c>
+    </row>
+    <row r="116" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A116" s="5" t="s">
         <v>372</v>
       </c>
       <c r="B116" t="s">
-        <v>3046</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3045</v>
+      </c>
+    </row>
+    <row r="117" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A117" s="5" t="s">
         <v>792</v>
       </c>
       <c r="B117" t="s">
-        <v>3047</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3046</v>
+      </c>
+    </row>
+    <row r="118" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A118" s="5" t="s">
         <v>741</v>
       </c>
       <c r="B118" t="s">
-        <v>3048</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3047</v>
+      </c>
+    </row>
+    <row r="119" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A119" s="5" t="s">
         <v>791</v>
       </c>
       <c r="B119" t="s">
-        <v>3049</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3048</v>
+      </c>
+    </row>
+    <row r="120" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A120" s="5" t="s">
         <v>517</v>
       </c>
       <c r="B120" t="s">
-        <v>3050</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3049</v>
+      </c>
+    </row>
+    <row r="121" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A121" s="5" t="s">
         <v>518</v>
       </c>
       <c r="B121" t="s">
-        <v>3051</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3050</v>
+      </c>
+    </row>
+    <row r="122" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A122" s="5" t="s">
         <v>519</v>
       </c>
       <c r="B122" t="s">
-        <v>3052</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3051</v>
+      </c>
+    </row>
+    <row r="123" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A123" s="5" t="s">
         <v>520</v>
       </c>
       <c r="B123" t="s">
-        <v>3053</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3052</v>
+      </c>
+    </row>
+    <row r="124" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A124" s="5" t="s">
         <v>521</v>
       </c>
       <c r="B124" t="s">
-        <v>3054</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3053</v>
+      </c>
+    </row>
+    <row r="125" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A125" s="5" t="s">
         <v>522</v>
       </c>
       <c r="B125" t="s">
-        <v>3055</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3054</v>
+      </c>
+    </row>
+    <row r="126" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A126" s="5" t="s">
         <v>523</v>
       </c>
       <c r="B126" t="s">
-        <v>3056</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3055</v>
+      </c>
+    </row>
+    <row r="127" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A127" s="5" t="s">
         <v>524</v>
       </c>
       <c r="B127" t="s">
-        <v>3057</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3056</v>
+      </c>
+    </row>
+    <row r="128" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A128" s="5" t="s">
         <v>525</v>
       </c>
       <c r="B128" t="s">
-        <v>3058</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3057</v>
+      </c>
+    </row>
+    <row r="129" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A129" s="5" t="s">
         <v>526</v>
       </c>
       <c r="B129" t="s">
-        <v>3059</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3058</v>
+      </c>
+    </row>
+    <row r="130" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A130" s="5" t="s">
         <v>527</v>
       </c>
       <c r="B130" t="s">
-        <v>3060</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3059</v>
+      </c>
+    </row>
+    <row r="131" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A131" s="5" t="s">
         <v>528</v>
       </c>
       <c r="B131" t="s">
-        <v>3061</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3060</v>
+      </c>
+    </row>
+    <row r="132" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A132" s="5" t="s">
         <v>529</v>
       </c>
       <c r="B132" t="s">
-        <v>3062</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3061</v>
+      </c>
+    </row>
+    <row r="133" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A133" s="5" t="s">
         <v>530</v>
       </c>
       <c r="B133" t="s">
-        <v>3063</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3062</v>
+      </c>
+    </row>
+    <row r="134" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A134" s="5" t="s">
         <v>531</v>
       </c>
       <c r="B134" t="s">
-        <v>3064</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3063</v>
+      </c>
+    </row>
+    <row r="135" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A135" s="5" t="s">
         <v>659</v>
       </c>
       <c r="B135" t="s">
-        <v>3065</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3064</v>
+      </c>
+    </row>
+    <row r="136" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A136" s="5" t="s">
         <v>796</v>
       </c>
       <c r="B136" t="s">
-        <v>3066</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3065</v>
+      </c>
+    </row>
+    <row r="137" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A137" s="5" t="s">
         <v>407</v>
       </c>
       <c r="B137" t="s">
-        <v>3067</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3066</v>
+      </c>
+    </row>
+    <row r="138" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A138" s="5" t="s">
         <v>408</v>
       </c>
       <c r="B138" t="s">
-        <v>3068</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3067</v>
+      </c>
+    </row>
+    <row r="139" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A139" s="5" t="s">
         <v>409</v>
       </c>
       <c r="B139" t="s">
-        <v>3069</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3068</v>
+      </c>
+    </row>
+    <row r="140" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A140" s="5" t="s">
         <v>410</v>
       </c>
       <c r="B140" t="s">
-        <v>3070</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3069</v>
+      </c>
+    </row>
+    <row r="141" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A141" s="5" t="s">
         <v>411</v>
       </c>
       <c r="B141" t="s">
-        <v>3071</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3070</v>
+      </c>
+    </row>
+    <row r="142" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A142" s="5" t="s">
         <v>412</v>
       </c>
       <c r="B142" t="s">
-        <v>3072</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3071</v>
+      </c>
+    </row>
+    <row r="143" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A143" s="5" t="s">
         <v>413</v>
       </c>
       <c r="B143" t="s">
-        <v>3073</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3072</v>
+      </c>
+    </row>
+    <row r="144" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A144" s="5" t="s">
         <v>444</v>
       </c>
       <c r="B144" t="s">
-        <v>3074</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3073</v>
+      </c>
+    </row>
+    <row r="145" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A145" s="5" t="s">
         <v>445</v>
       </c>
       <c r="B145" t="s">
-        <v>3075</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3074</v>
+      </c>
+    </row>
+    <row r="146" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A146" s="5" t="s">
         <v>446</v>
       </c>
       <c r="B146" t="s">
-        <v>3076</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3075</v>
+      </c>
+    </row>
+    <row r="147" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A147" s="5" t="s">
         <v>677</v>
       </c>
       <c r="B147" t="s">
-        <v>3077</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3076</v>
+      </c>
+    </row>
+    <row r="148" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A148" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B148" t="s">
-        <v>3078</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3077</v>
+      </c>
+    </row>
+    <row r="149" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A149" s="5" t="s">
         <v>431</v>
       </c>
       <c r="B149" t="s">
-        <v>3079</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3078</v>
+      </c>
+    </row>
+    <row r="150" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A150" s="5" t="s">
         <v>778</v>
       </c>
       <c r="B150" t="s">
-        <v>3080</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3079</v>
+      </c>
+    </row>
+    <row r="151" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A151" s="5" t="s">
         <v>779</v>
       </c>
       <c r="B151" t="s">
-        <v>3081</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3080</v>
+      </c>
+    </row>
+    <row r="152" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A152" s="5" t="s">
         <v>784</v>
       </c>
       <c r="B152" t="s">
-        <v>3082</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3081</v>
+      </c>
+    </row>
+    <row r="153" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A153" s="5" t="s">
         <v>797</v>
       </c>
       <c r="B153" t="s">
-        <v>3083</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3082</v>
+      </c>
+    </row>
+    <row r="154" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A154" s="5" t="s">
         <v>723</v>
       </c>
       <c r="B154" t="s">
-        <v>3084</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3083</v>
+      </c>
+    </row>
+    <row r="155" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A155" s="5" t="s">
         <v>604</v>
       </c>
       <c r="B155" t="s">
-        <v>3085</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3084</v>
+      </c>
+    </row>
+    <row r="156" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A156" s="5" t="s">
         <v>765</v>
       </c>
       <c r="B156" t="s">
-        <v>3086</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3085</v>
+      </c>
+    </row>
+    <row r="157" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A157" s="5" t="s">
         <v>705</v>
       </c>
       <c r="B157" t="s">
-        <v>3087</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3086</v>
+      </c>
+    </row>
+    <row r="158" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A158" s="5" t="s">
         <v>783</v>
       </c>
       <c r="B158" t="s">
-        <v>3088</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3087</v>
+      </c>
+    </row>
+    <row r="159" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A159" s="4" t="s">
         <v>695</v>
       </c>
       <c r="B159" t="s">
-        <v>3089</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3088</v>
+      </c>
+    </row>
+    <row r="160" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A160" s="5" t="s">
         <v>370</v>
       </c>
       <c r="B160" t="s">
-        <v>3090</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3089</v>
+      </c>
+    </row>
+    <row r="161" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A161" s="5" t="s">
         <v>347</v>
       </c>
       <c r="B161" t="s">
-        <v>3091</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3090</v>
+      </c>
+    </row>
+    <row r="162" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A162" s="5" t="s">
         <v>360</v>
       </c>
       <c r="B162" t="s">
-        <v>3092</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3091</v>
+      </c>
+    </row>
+    <row r="163" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A163" s="5" t="s">
         <v>490</v>
       </c>
       <c r="B163" t="s">
-        <v>3093</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3092</v>
+      </c>
+    </row>
+    <row r="164" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A164" s="5" t="s">
         <v>386</v>
       </c>
       <c r="B164" t="s">
-        <v>3094</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3093</v>
+      </c>
+    </row>
+    <row r="165" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A165" s="5" t="s">
         <v>353</v>
       </c>
       <c r="B165" t="s">
-        <v>3095</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3094</v>
+      </c>
+    </row>
+    <row r="166" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A166" s="5" t="s">
         <v>469</v>
       </c>
       <c r="B166" t="s">
-        <v>3096</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3095</v>
+      </c>
+    </row>
+    <row r="167" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A167" s="5" t="s">
         <v>493</v>
       </c>
       <c r="B167" t="s">
-        <v>3097</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3096</v>
+      </c>
+    </row>
+    <row r="168" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A168" s="5" t="s">
         <v>387</v>
       </c>
       <c r="B168" t="s">
-        <v>3098</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3097</v>
+      </c>
+    </row>
+    <row r="169" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A169" s="5" t="s">
         <v>388</v>
       </c>
       <c r="B169" t="s">
-        <v>3099</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3098</v>
+      </c>
+    </row>
+    <row r="170" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A170" s="5" t="s">
         <v>354</v>
       </c>
       <c r="B170" t="s">
-        <v>3100</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3099</v>
+      </c>
+    </row>
+    <row r="171" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A171" s="5" t="s">
         <v>371</v>
       </c>
       <c r="B171" t="s">
-        <v>3101</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3100</v>
+      </c>
+    </row>
+    <row r="172" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A172" s="5" t="s">
         <v>389</v>
       </c>
       <c r="B172" t="s">
-        <v>3102</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3101</v>
+      </c>
+    </row>
+    <row r="173" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A173" s="5" t="s">
         <v>406</v>
       </c>
       <c r="B173" t="s">
-        <v>3103</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3102</v>
+      </c>
+    </row>
+    <row r="174" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A174" s="5" t="s">
         <v>607</v>
       </c>
       <c r="B174" t="s">
-        <v>3104</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3103</v>
+      </c>
+    </row>
+    <row r="175" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A175" s="5" t="s">
         <v>619</v>
       </c>
       <c r="B175" t="s">
-        <v>3105</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3104</v>
+      </c>
+    </row>
+    <row r="176" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A176" s="5" t="s">
         <v>338</v>
       </c>
       <c r="B176" t="s">
-        <v>3106</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3105</v>
+      </c>
+    </row>
+    <row r="177" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A177" s="5" t="s">
         <v>349</v>
       </c>
       <c r="B177" t="s">
-        <v>3107</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3106</v>
+      </c>
+    </row>
+    <row r="178" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A178" s="5" t="s">
         <v>350</v>
       </c>
       <c r="B178" t="s">
-        <v>3108</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3107</v>
+      </c>
+    </row>
+    <row r="179" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A179" s="5" t="s">
         <v>466</v>
       </c>
       <c r="B179" t="s">
-        <v>3109</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3108</v>
+      </c>
+    </row>
+    <row r="180" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A180" s="5" t="s">
         <v>557</v>
       </c>
       <c r="B180" t="s">
-        <v>3110</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3109</v>
+      </c>
+    </row>
+    <row r="181" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A181" s="5" t="s">
         <v>558</v>
       </c>
       <c r="B181" t="s">
-        <v>3111</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3110</v>
+      </c>
+    </row>
+    <row r="182" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A182" s="5" t="s">
         <v>610</v>
       </c>
       <c r="B182" t="s">
-        <v>3112</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3111</v>
+      </c>
+    </row>
+    <row r="183" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A183" s="5" t="s">
         <v>620</v>
       </c>
       <c r="B183" t="s">
-        <v>3113</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3112</v>
+      </c>
+    </row>
+    <row r="184" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A184" s="5" t="s">
         <v>390</v>
       </c>
       <c r="B184" t="s">
-        <v>3114</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3113</v>
+      </c>
+    </row>
+    <row r="185" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A185" s="5" t="s">
         <v>373</v>
       </c>
       <c r="B185" t="s">
-        <v>3115</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3114</v>
+      </c>
+    </row>
+    <row r="186" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A186" s="5" t="s">
         <v>738</v>
       </c>
       <c r="B186" t="s">
-        <v>3116</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3115</v>
+      </c>
+    </row>
+    <row r="187" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A187" s="5" t="s">
         <v>499</v>
       </c>
       <c r="B187" t="s">
-        <v>3117</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3116</v>
+      </c>
+    </row>
+    <row r="188" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A188" s="5" t="s">
         <v>706</v>
       </c>
       <c r="B188" t="s">
-        <v>3118</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3117</v>
+      </c>
+    </row>
+    <row r="189" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A189" s="5" t="s">
         <v>467</v>
       </c>
       <c r="B189" t="s">
-        <v>3119</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3118</v>
+      </c>
+    </row>
+    <row r="190" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A190" s="5" t="s">
         <v>487</v>
       </c>
       <c r="B190" t="s">
-        <v>3120</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3119</v>
+      </c>
+    </row>
+    <row r="191" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A191" s="5" t="s">
         <v>663</v>
       </c>
       <c r="B191" t="s">
-        <v>3121</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3120</v>
+      </c>
+    </row>
+    <row r="192" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A192" s="5" t="s">
         <v>700</v>
       </c>
       <c r="B192" t="s">
-        <v>3122</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3121</v>
+      </c>
+    </row>
+    <row r="193" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A193" s="5" t="s">
         <v>362</v>
       </c>
       <c r="B193" t="s">
-        <v>3123</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3122</v>
+      </c>
+    </row>
+    <row r="194" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A194" s="5" t="s">
         <v>434</v>
       </c>
       <c r="B194" t="s">
-        <v>3124</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3123</v>
+      </c>
+    </row>
+    <row r="195" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A195" s="5" t="s">
         <v>435</v>
       </c>
       <c r="B195" t="s">
-        <v>3125</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3124</v>
+      </c>
+    </row>
+    <row r="196" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A196" s="5" t="s">
         <v>468</v>
       </c>
       <c r="B196" t="s">
-        <v>3126</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3125</v>
+      </c>
+    </row>
+    <row r="197" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A197" s="5" t="s">
         <v>470</v>
       </c>
       <c r="B197" t="s">
-        <v>3127</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3126</v>
+      </c>
+    </row>
+    <row r="198" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A198" s="5" t="s">
         <v>629</v>
       </c>
       <c r="B198" t="s">
-        <v>3128</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3127</v>
+      </c>
+    </row>
+    <row r="199" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A199" s="5" t="s">
         <v>438</v>
       </c>
       <c r="B199" t="s">
-        <v>3129</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3128</v>
+      </c>
+    </row>
+    <row r="200" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A200" s="5" t="s">
         <v>561</v>
       </c>
       <c r="B200" t="s">
-        <v>3130</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3129</v>
+      </c>
+    </row>
+    <row r="201" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A201" s="5" t="s">
         <v>455</v>
       </c>
       <c r="B201" t="s">
-        <v>3131</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3130</v>
+      </c>
+    </row>
+    <row r="202" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A202" s="5" t="s">
         <v>540</v>
       </c>
       <c r="B202" t="s">
-        <v>3132</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3131</v>
+      </c>
+    </row>
+    <row r="203" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A203" s="5" t="s">
         <v>562</v>
       </c>
       <c r="B203" t="s">
-        <v>3133</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3132</v>
+      </c>
+    </row>
+    <row r="204" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A204" s="5" t="s">
         <v>682</v>
       </c>
       <c r="B204" t="s">
-        <v>3134</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3133</v>
+      </c>
+    </row>
+    <row r="205" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A205" s="5" t="s">
         <v>365</v>
       </c>
       <c r="B205" t="s">
-        <v>3135</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3134</v>
+      </c>
+    </row>
+    <row r="206" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A206" s="5" t="s">
         <v>366</v>
       </c>
       <c r="B206" t="s">
-        <v>3136</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3135</v>
+      </c>
+    </row>
+    <row r="207" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A207" s="5" t="s">
         <v>393</v>
       </c>
       <c r="B207" t="s">
-        <v>3137</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3136</v>
+      </c>
+    </row>
+    <row r="208" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A208" s="5" t="s">
         <v>394</v>
       </c>
       <c r="B208" t="s">
-        <v>3138</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3137</v>
+      </c>
+    </row>
+    <row r="209" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A209" s="5" t="s">
         <v>395</v>
       </c>
       <c r="B209" t="s">
-        <v>3139</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3138</v>
+      </c>
+    </row>
+    <row r="210" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A210" s="5" t="s">
         <v>416</v>
       </c>
       <c r="B210" t="s">
-        <v>3140</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3139</v>
+      </c>
+    </row>
+    <row r="211" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A211" s="5" t="s">
         <v>368</v>
       </c>
       <c r="B211" t="s">
-        <v>3141</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3140</v>
+      </c>
+    </row>
+    <row r="212" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A212" s="5" t="s">
         <v>396</v>
       </c>
       <c r="B212" t="s">
-        <v>3142</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3141</v>
+      </c>
+    </row>
+    <row r="213" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A213" s="5" t="s">
         <v>397</v>
       </c>
       <c r="B213" t="s">
-        <v>3143</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3142</v>
+      </c>
+    </row>
+    <row r="214" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A214" s="5" t="s">
         <v>420</v>
       </c>
       <c r="B214" t="s">
-        <v>3144</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3143</v>
+      </c>
+    </row>
+    <row r="215" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A215" s="5" t="s">
         <v>421</v>
       </c>
       <c r="B215" t="s">
-        <v>3145</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3144</v>
+      </c>
+    </row>
+    <row r="216" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A216" s="5" t="s">
         <v>452</v>
       </c>
       <c r="B216" t="s">
-        <v>3146</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3145</v>
+      </c>
+    </row>
+    <row r="217" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A217" s="5" t="s">
         <v>463</v>
       </c>
       <c r="B217" t="s">
-        <v>3147</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3146</v>
+      </c>
+    </row>
+    <row r="218" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A218" s="5" t="s">
         <v>478</v>
       </c>
       <c r="B218" t="s">
-        <v>3148</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3147</v>
+      </c>
+    </row>
+    <row r="219" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A219" s="5" t="s">
         <v>583</v>
       </c>
       <c r="B219" t="s">
-        <v>3149</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3148</v>
+      </c>
+    </row>
+    <row r="220" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A220" s="5" t="s">
         <v>591</v>
       </c>
       <c r="B220" t="s">
-        <v>3150</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3149</v>
+      </c>
+    </row>
+    <row r="221" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A221" s="5" t="s">
         <v>608</v>
       </c>
       <c r="B221" t="s">
-        <v>3151</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3150</v>
+      </c>
+    </row>
+    <row r="222" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A222" s="5" t="s">
         <v>609</v>
       </c>
       <c r="B222" t="s">
-        <v>3152</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3151</v>
+      </c>
+    </row>
+    <row r="223" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A223" s="5" t="s">
         <v>630</v>
       </c>
       <c r="B223" t="s">
-        <v>3153</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3152</v>
+      </c>
+    </row>
+    <row r="224" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A224" s="5" t="s">
         <v>471</v>
       </c>
       <c r="B224" t="s">
-        <v>3154</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3153</v>
+      </c>
+    </row>
+    <row r="225" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A225" s="5" t="s">
         <v>500</v>
       </c>
       <c r="B225" t="s">
-        <v>3155</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3154</v>
+      </c>
+    </row>
+    <row r="226" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A226" s="5" t="s">
         <v>501</v>
       </c>
       <c r="B226" t="s">
-        <v>3156</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3155</v>
+      </c>
+    </row>
+    <row r="227" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A227" s="5" t="s">
         <v>574</v>
       </c>
       <c r="B227" t="s">
-        <v>3157</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3156</v>
+      </c>
+    </row>
+    <row r="228" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A228" s="5" t="s">
         <v>590</v>
       </c>
       <c r="B228" t="s">
-        <v>3158</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3157</v>
+      </c>
+    </row>
+    <row r="229" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A229" s="5" t="s">
         <v>709</v>
       </c>
       <c r="B229" t="s">
-        <v>3159</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3158</v>
+      </c>
+    </row>
+    <row r="230" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A230" s="5" t="s">
         <v>728</v>
       </c>
       <c r="B230" t="s">
-        <v>3160</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3159</v>
+      </c>
+    </row>
+    <row r="231" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A231" s="5" t="s">
         <v>352</v>
       </c>
       <c r="B231" t="s">
-        <v>3161</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3160</v>
+      </c>
+    </row>
+    <row r="232" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A232" s="5" t="s">
         <v>379</v>
       </c>
       <c r="B232" t="s">
-        <v>3162</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3161</v>
+      </c>
+    </row>
+    <row r="233" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A233" s="5" t="s">
         <v>622</v>
       </c>
       <c r="B233" t="s">
-        <v>3163</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3162</v>
+      </c>
+    </row>
+    <row r="234" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A234" s="5" t="s">
         <v>440</v>
       </c>
       <c r="B234" t="s">
-        <v>3164</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3163</v>
+      </c>
+    </row>
+    <row r="235" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A235" s="5" t="s">
         <v>453</v>
       </c>
       <c r="B235" t="s">
-        <v>3165</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3164</v>
+      </c>
+    </row>
+    <row r="236" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A236" s="5" t="s">
         <v>454</v>
       </c>
       <c r="B236" t="s">
-        <v>3166</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3165</v>
+      </c>
+    </row>
+    <row r="237" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A237" s="5" t="s">
         <v>504</v>
       </c>
       <c r="B237" t="s">
-        <v>3167</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3166</v>
+      </c>
+    </row>
+    <row r="238" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A238" s="5" t="s">
         <v>545</v>
       </c>
       <c r="B238" t="s">
-        <v>3168</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3167</v>
+      </c>
+    </row>
+    <row r="239" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A239" s="5" t="s">
         <v>722</v>
       </c>
       <c r="B239" t="s">
-        <v>3169</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3168</v>
+      </c>
+    </row>
+    <row r="240" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A240" s="5" t="s">
         <v>757</v>
       </c>
       <c r="B240" t="s">
-        <v>3170</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3169</v>
+      </c>
+    </row>
+    <row r="241" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A241" s="5" t="s">
         <v>776</v>
       </c>
       <c r="B241" t="s">
-        <v>3171</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3170</v>
+      </c>
+    </row>
+    <row r="242" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A242" s="5" t="s">
         <v>770</v>
       </c>
       <c r="B242" t="s">
-        <v>3172</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3171</v>
+      </c>
+    </row>
+    <row r="243" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A243" s="5" t="s">
         <v>763</v>
       </c>
       <c r="B243" t="s">
-        <v>3173</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3172</v>
+      </c>
+    </row>
+    <row r="244" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A244" s="5" t="s">
         <v>592</v>
       </c>
       <c r="B244" t="s">
-        <v>3174</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3173</v>
+      </c>
+    </row>
+    <row r="245" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A245" s="5" t="s">
         <v>425</v>
       </c>
       <c r="B245" t="s">
-        <v>3175</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3174</v>
+      </c>
+    </row>
+    <row r="246" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A246" s="5" t="s">
         <v>480</v>
       </c>
       <c r="B246" t="s">
-        <v>3176</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3175</v>
+      </c>
+    </row>
+    <row r="247" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A247" s="5" t="s">
         <v>481</v>
       </c>
       <c r="B247" t="s">
-        <v>3177</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3176</v>
+      </c>
+    </row>
+    <row r="248" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A248" s="5" t="s">
         <v>357</v>
       </c>
       <c r="B248" t="s">
-        <v>3178</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3177</v>
+      </c>
+    </row>
+    <row r="249" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A249" s="5" t="s">
         <v>358</v>
       </c>
       <c r="B249" t="s">
-        <v>3179</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3178</v>
+      </c>
+    </row>
+    <row r="250" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A250" s="4" t="s">
         <v>414</v>
       </c>
       <c r="B250" t="s">
-        <v>3180</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3179</v>
+      </c>
+    </row>
+    <row r="251" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A251" s="4" t="s">
         <v>631</v>
       </c>
       <c r="B251" t="s">
-        <v>3181</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3180</v>
+      </c>
+    </row>
+    <row r="252" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A252" s="5" t="s">
         <v>790</v>
       </c>
       <c r="B252" t="s">
-        <v>3182</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3181</v>
+      </c>
+    </row>
+    <row r="253" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A253" s="5" t="s">
         <v>794</v>
       </c>
       <c r="B253" t="s">
-        <v>3183</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3182</v>
+      </c>
+    </row>
+    <row r="254" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A254" s="5" t="s">
         <v>710</v>
       </c>
       <c r="B254" t="s">
-        <v>3184</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3183</v>
+      </c>
+    </row>
+    <row r="255" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A255" s="5" t="s">
         <v>774</v>
       </c>
       <c r="B255" t="s">
-        <v>3185</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3184</v>
+      </c>
+    </row>
+    <row r="256" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A256" s="5" t="s">
         <v>729</v>
       </c>
       <c r="B256" t="s">
-        <v>3186</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3185</v>
+      </c>
+    </row>
+    <row r="257" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A257" s="5" t="s">
         <v>735</v>
       </c>
       <c r="B257" t="s">
-        <v>3187</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3186</v>
+      </c>
+    </row>
+    <row r="258" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A258" s="5" t="s">
         <v>563</v>
       </c>
       <c r="B258" t="s">
-        <v>3188</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3187</v>
+      </c>
+    </row>
+    <row r="259" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A259" s="5" t="s">
         <v>647</v>
       </c>
       <c r="B259" t="s">
-        <v>3189</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3188</v>
+      </c>
+    </row>
+    <row r="260" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A260" s="5" t="s">
         <v>648</v>
       </c>
       <c r="B260" t="s">
-        <v>3190</v>
-[...2 lines deleted...]
-    <row r="261" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3189</v>
+      </c>
+    </row>
+    <row r="261" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A261" s="5" t="s">
         <v>683</v>
       </c>
       <c r="B261" t="s">
-        <v>3191</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3190</v>
+      </c>
+    </row>
+    <row r="262" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A262" s="5" t="s">
         <v>684</v>
       </c>
       <c r="B262" t="s">
-        <v>3192</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3191</v>
+      </c>
+    </row>
+    <row r="263" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A263" s="5" t="s">
         <v>789</v>
       </c>
       <c r="B263" t="s">
-        <v>3193</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3192</v>
+      </c>
+    </row>
+    <row r="264" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A264" s="5" t="s">
         <v>742</v>
       </c>
       <c r="B264" t="s">
-        <v>3194</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3193</v>
+      </c>
+    </row>
+    <row r="265" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A265" s="5" t="s">
         <v>573</v>
       </c>
       <c r="B265" t="s">
-        <v>3195</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3194</v>
+      </c>
+    </row>
+    <row r="266" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A266" s="5" t="s">
         <v>359</v>
       </c>
       <c r="B266" t="s">
-        <v>3196</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3195</v>
+      </c>
+    </row>
+    <row r="267" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A267" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B267" t="s">
-        <v>3197</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3196</v>
+      </c>
+    </row>
+    <row r="268" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A268" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B268" t="s">
-        <v>3198</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3197</v>
+      </c>
+    </row>
+    <row r="269" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A269" s="5" t="s">
         <v>383</v>
       </c>
       <c r="B269" t="s">
-        <v>3199</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3198</v>
+      </c>
+    </row>
+    <row r="270" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A270" s="5" t="s">
         <v>404</v>
       </c>
       <c r="B270" t="s">
-        <v>3200</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3199</v>
+      </c>
+    </row>
+    <row r="271" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A271" s="5" t="s">
         <v>427</v>
       </c>
       <c r="B271" t="s">
-        <v>3201</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3200</v>
+      </c>
+    </row>
+    <row r="272" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A272" s="5" t="s">
         <v>688</v>
       </c>
       <c r="B272" t="s">
-        <v>3202</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3201</v>
+      </c>
+    </row>
+    <row r="273" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A273" s="5" t="s">
         <v>698</v>
       </c>
       <c r="B273" t="s">
-        <v>3203</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3202</v>
+      </c>
+    </row>
+    <row r="274" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A274" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B274" t="s">
-        <v>3204</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3203</v>
+      </c>
+    </row>
+    <row r="275" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A275" s="5" t="s">
         <v>384</v>
       </c>
       <c r="B275" t="s">
-        <v>3205</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3204</v>
+      </c>
+    </row>
+    <row r="276" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A276" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B276" t="s">
-        <v>3206</v>
-[...2 lines deleted...]
-    <row r="277" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3205</v>
+      </c>
+    </row>
+    <row r="277" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A277" s="5" t="s">
         <v>707</v>
       </c>
       <c r="B277" t="s">
-        <v>3207</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3206</v>
+      </c>
+    </row>
+    <row r="278" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A278" s="5" t="s">
         <v>456</v>
       </c>
       <c r="B278" t="s">
-        <v>3208</v>
-[...2 lines deleted...]
-    <row r="279" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3207</v>
+      </c>
+    </row>
+    <row r="279" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A279" s="5" t="s">
         <v>491</v>
       </c>
       <c r="B279" t="s">
-        <v>3209</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3208</v>
+      </c>
+    </row>
+    <row r="280" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A280" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B280" t="s">
-        <v>3210</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3209</v>
+      </c>
+    </row>
+    <row r="281" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A281" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B281" t="s">
-        <v>3211</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3210</v>
+      </c>
+    </row>
+    <row r="282" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A282" s="5" t="s">
         <v>514</v>
       </c>
       <c r="B282" t="s">
-        <v>3212</v>
-[...2 lines deleted...]
-    <row r="283" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3211</v>
+      </c>
+    </row>
+    <row r="283" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A283" s="5" t="s">
         <v>555</v>
       </c>
       <c r="B283" t="s">
-        <v>3213</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3212</v>
+      </c>
+    </row>
+    <row r="284" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A284" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B284" t="s">
-        <v>3214</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3213</v>
+      </c>
+    </row>
+    <row r="285" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A285" s="5" t="s">
         <v>593</v>
       </c>
       <c r="B285" t="s">
-        <v>3215</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3214</v>
+      </c>
+    </row>
+    <row r="286" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A286" s="5" t="s">
         <v>597</v>
       </c>
       <c r="B286" t="s">
-        <v>3216</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3215</v>
+      </c>
+    </row>
+    <row r="287" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A287" s="5" t="s">
         <v>626</v>
       </c>
       <c r="B287" t="s">
-        <v>3217</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3216</v>
+      </c>
+    </row>
+    <row r="288" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A288" s="5" t="s">
         <v>633</v>
       </c>
       <c r="B288" t="s">
-        <v>3218</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3217</v>
+      </c>
+    </row>
+    <row r="289" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A289" s="5" t="s">
         <v>658</v>
       </c>
       <c r="B289" t="s">
-        <v>3219</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3218</v>
+      </c>
+    </row>
+    <row r="290" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A290" s="5" t="s">
         <v>701</v>
       </c>
       <c r="B290" t="s">
-        <v>3220</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3219</v>
+      </c>
+    </row>
+    <row r="291" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A291" s="5" t="s">
         <v>725</v>
       </c>
       <c r="B291" t="s">
-        <v>3221</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3220</v>
+      </c>
+    </row>
+    <row r="292" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A292" s="5" t="s">
         <v>736</v>
       </c>
       <c r="B292" t="s">
-        <v>3222</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3221</v>
+      </c>
+    </row>
+    <row r="293" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A293" s="5" t="s">
         <v>443</v>
       </c>
       <c r="B293" t="s">
-        <v>3223</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3222</v>
+      </c>
+    </row>
+    <row r="294" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A294" s="5" t="s">
         <v>492</v>
       </c>
       <c r="B294" t="s">
-        <v>3224</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3223</v>
+      </c>
+    </row>
+    <row r="295" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A295" s="5" t="s">
         <v>515</v>
       </c>
       <c r="B295" t="s">
-        <v>3225</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3224</v>
+      </c>
+    </row>
+    <row r="296" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A296" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B296" t="s">
-        <v>3226</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3225</v>
+      </c>
+    </row>
+    <row r="297" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A297" s="5" t="s">
         <v>649</v>
       </c>
       <c r="B297" t="s">
-        <v>3227</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3226</v>
+      </c>
+    </row>
+    <row r="298" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A298" s="5" t="s">
         <v>405</v>
       </c>
       <c r="B298" t="s">
-        <v>3228</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3227</v>
+      </c>
+    </row>
+    <row r="299" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A299" s="5" t="s">
         <v>457</v>
       </c>
       <c r="B299" t="s">
-        <v>3229</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3228</v>
+      </c>
+    </row>
+    <row r="300" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A300" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B300" t="s">
-        <v>3230</v>
-[...2 lines deleted...]
-    <row r="301" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3229</v>
+      </c>
+    </row>
+    <row r="301" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A301" s="5" t="s">
         <v>506</v>
       </c>
       <c r="B301" t="s">
-        <v>3231</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3230</v>
+      </c>
+    </row>
+    <row r="302" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A302" s="5" t="s">
         <v>507</v>
       </c>
       <c r="B302" t="s">
-        <v>3232</v>
-[...2 lines deleted...]
-    <row r="303" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3231</v>
+      </c>
+    </row>
+    <row r="303" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A303" s="5" t="s">
         <v>552</v>
       </c>
       <c r="B303" t="s">
-        <v>3233</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3232</v>
+      </c>
+    </row>
+    <row r="304" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A304" s="5" t="s">
         <v>475</v>
       </c>
       <c r="B304" t="s">
-        <v>3234</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3233</v>
+      </c>
+    </row>
+    <row r="305" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A305" s="5" t="s">
         <v>496</v>
       </c>
       <c r="B305" t="s">
-        <v>3235</v>
-[...2 lines deleted...]
-    <row r="306" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3234</v>
+      </c>
+    </row>
+    <row r="306" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A306" s="5" t="s">
         <v>510</v>
       </c>
       <c r="B306" t="s">
-        <v>3236</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3235</v>
+      </c>
+    </row>
+    <row r="307" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A307" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B307" t="s">
-        <v>3237</v>
-[...2 lines deleted...]
-    <row r="308" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3236</v>
+      </c>
+    </row>
+    <row r="308" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A308" s="5" t="s">
         <v>532</v>
       </c>
       <c r="B308" t="s">
-        <v>3238</v>
-[...2 lines deleted...]
-    <row r="309" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3237</v>
+      </c>
+    </row>
+    <row r="309" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A309" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B309" t="s">
-        <v>3239</v>
-[...2 lines deleted...]
-    <row r="310" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3238</v>
+      </c>
+    </row>
+    <row r="310" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A310" s="5" t="s">
         <v>577</v>
       </c>
       <c r="B310" t="s">
-        <v>3240</v>
-[...2 lines deleted...]
-    <row r="311" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3239</v>
+      </c>
+    </row>
+    <row r="311" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A311" s="5" t="s">
         <v>584</v>
       </c>
       <c r="B311" t="s">
-        <v>3241</v>
-[...2 lines deleted...]
-    <row r="312" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3240</v>
+      </c>
+    </row>
+    <row r="312" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A312" s="5" t="s">
         <v>594</v>
       </c>
       <c r="B312" t="s">
-        <v>3242</v>
-[...2 lines deleted...]
-    <row r="313" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3241</v>
+      </c>
+    </row>
+    <row r="313" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A313" s="5" t="s">
         <v>595</v>
       </c>
       <c r="B313" t="s">
-        <v>3243</v>
-[...2 lines deleted...]
-    <row r="314" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3242</v>
+      </c>
+    </row>
+    <row r="314" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A314" s="5" t="s">
         <v>598</v>
       </c>
       <c r="B314" t="s">
-        <v>3244</v>
-[...2 lines deleted...]
-    <row r="315" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3243</v>
+      </c>
+    </row>
+    <row r="315" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A315" s="5" t="s">
         <v>599</v>
       </c>
       <c r="B315" t="s">
-        <v>3245</v>
-[...2 lines deleted...]
-    <row r="316" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3244</v>
+      </c>
+    </row>
+    <row r="316" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A316" s="5" t="s">
         <v>771</v>
       </c>
       <c r="B316" t="s">
-        <v>3246</v>
-[...2 lines deleted...]
-    <row r="317" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3245</v>
+      </c>
+    </row>
+    <row r="317" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A317" s="5" t="s">
         <v>429</v>
       </c>
       <c r="B317" t="s">
-        <v>3247</v>
-[...2 lines deleted...]
-    <row r="318" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3246</v>
+      </c>
+    </row>
+    <row r="318" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A318" s="5" t="s">
         <v>430</v>
       </c>
       <c r="B318" t="s">
-        <v>3248</v>
-[...2 lines deleted...]
-    <row r="319" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3247</v>
+      </c>
+    </row>
+    <row r="319" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A319" s="5" t="s">
         <v>30</v>
       </c>
       <c r="B319" t="s">
-        <v>3249</v>
-[...2 lines deleted...]
-    <row r="320" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3248</v>
+      </c>
+    </row>
+    <row r="320" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A320" s="5" t="s">
         <v>497</v>
       </c>
       <c r="B320" t="s">
-        <v>3250</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3249</v>
+      </c>
+    </row>
+    <row r="321" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A321" s="5" t="s">
         <v>498</v>
       </c>
       <c r="B321" t="s">
-        <v>3251</v>
-[...2 lines deleted...]
-    <row r="322" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3250</v>
+      </c>
+    </row>
+    <row r="322" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A322" s="5" t="s">
         <v>415</v>
       </c>
       <c r="B322" t="s">
-        <v>3252</v>
-[...2 lines deleted...]
-    <row r="323" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3251</v>
+      </c>
+    </row>
+    <row r="323" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A323" s="5" t="s">
         <v>458</v>
       </c>
       <c r="B323" t="s">
-        <v>3253</v>
-[...2 lines deleted...]
-    <row r="324" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3252</v>
+      </c>
+    </row>
+    <row r="324" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A324" s="5" t="s">
         <v>391</v>
       </c>
       <c r="B324" t="s">
-        <v>3254</v>
-[...2 lines deleted...]
-    <row r="325" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3253</v>
+      </c>
+    </row>
+    <row r="325" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A325" s="5" t="s">
         <v>447</v>
       </c>
       <c r="B325" t="s">
-        <v>3255</v>
-[...2 lines deleted...]
-    <row r="326" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3254</v>
+      </c>
+    </row>
+    <row r="326" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A326" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B326" t="s">
-        <v>3256</v>
-[...2 lines deleted...]
-    <row r="327" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3255</v>
+      </c>
+    </row>
+    <row r="327" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A327" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B327" t="s">
-        <v>3257</v>
-[...2 lines deleted...]
-    <row r="328" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3256</v>
+      </c>
+    </row>
+    <row r="328" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A328" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B328" t="s">
-        <v>3258</v>
-[...2 lines deleted...]
-    <row r="329" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3257</v>
+      </c>
+    </row>
+    <row r="329" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A329" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B329" t="s">
-        <v>3259</v>
-[...2 lines deleted...]
-    <row r="330" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3258</v>
+      </c>
+    </row>
+    <row r="330" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A330" s="5" t="s">
         <v>449</v>
       </c>
       <c r="B330" t="s">
-        <v>3260</v>
-[...2 lines deleted...]
-    <row r="331" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3259</v>
+      </c>
+    </row>
+    <row r="331" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A331" s="5" t="s">
         <v>450</v>
       </c>
       <c r="B331" t="s">
-        <v>3261</v>
-[...2 lines deleted...]
-    <row r="332" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3260</v>
+      </c>
+    </row>
+    <row r="332" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A332" s="5" t="s">
         <v>596</v>
       </c>
       <c r="B332" t="s">
-        <v>3262</v>
-[...2 lines deleted...]
-    <row r="333" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3261</v>
+      </c>
+    </row>
+    <row r="333" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A333" s="5" t="s">
         <v>628</v>
       </c>
       <c r="B333" t="s">
-        <v>3263</v>
-[...2 lines deleted...]
-    <row r="334" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3262</v>
+      </c>
+    </row>
+    <row r="334" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A334" s="5" t="s">
         <v>650</v>
       </c>
       <c r="B334" t="s">
-        <v>3264</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3263</v>
+      </c>
+    </row>
+    <row r="335" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A335" s="5" t="s">
         <v>661</v>
       </c>
       <c r="B335" t="s">
-        <v>3265</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3264</v>
+      </c>
+    </row>
+    <row r="336" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A336" s="5" t="s">
         <v>662</v>
       </c>
       <c r="B336" t="s">
-        <v>3266</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3265</v>
+      </c>
+    </row>
+    <row r="337" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A337" s="5" t="s">
         <v>432</v>
       </c>
       <c r="B337" t="s">
-        <v>3267</v>
-[...2 lines deleted...]
-    <row r="338" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3266</v>
+      </c>
+    </row>
+    <row r="338" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A338" s="5" t="s">
         <v>460</v>
       </c>
       <c r="B338" t="s">
-        <v>3268</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3267</v>
+      </c>
+    </row>
+    <row r="339" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A339" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B339" t="s">
-        <v>3269</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3268</v>
+      </c>
+    </row>
+    <row r="340" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A340" s="5" t="s">
         <v>374</v>
       </c>
       <c r="B340" t="s">
-        <v>3270</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3269</v>
+      </c>
+    </row>
+    <row r="341" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A341" s="5" t="s">
         <v>375</v>
       </c>
       <c r="B341" t="s">
-        <v>3271</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3270</v>
+      </c>
+    </row>
+    <row r="342" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A342" s="5" t="s">
         <v>392</v>
       </c>
       <c r="B342" t="s">
-        <v>3272</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3271</v>
+      </c>
+    </row>
+    <row r="343" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A343" s="5" t="s">
         <v>31</v>
       </c>
       <c r="B343" t="s">
-        <v>3273</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3272</v>
+      </c>
+    </row>
+    <row r="344" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A344" s="5" t="s">
         <v>351</v>
       </c>
       <c r="B344" t="s">
-        <v>3274</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3273</v>
+      </c>
+    </row>
+    <row r="345" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A345" s="5" t="s">
         <v>645</v>
       </c>
       <c r="B345" t="s">
-        <v>3275</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3274</v>
+      </c>
+    </row>
+    <row r="346" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A346" s="5" t="s">
         <v>664</v>
       </c>
       <c r="B346" t="s">
-        <v>3276</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3275</v>
+      </c>
+    </row>
+    <row r="347" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A347" s="5" t="s">
         <v>720</v>
       </c>
       <c r="B347" t="s">
-        <v>3277</v>
-[...2 lines deleted...]
-    <row r="348" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3276</v>
+      </c>
+    </row>
+    <row r="348" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A348" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B348" t="s">
-        <v>3278</v>
-[...2 lines deleted...]
-    <row r="349" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3277</v>
+      </c>
+    </row>
+    <row r="349" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A349" s="5" t="s">
         <v>509</v>
       </c>
       <c r="B349" t="s">
-        <v>3279</v>
-[...2 lines deleted...]
-    <row r="350" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3278</v>
+      </c>
+    </row>
+    <row r="350" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A350" s="5" t="s">
         <v>534</v>
       </c>
       <c r="B350" t="s">
-        <v>3280</v>
-[...2 lines deleted...]
-    <row r="351" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3279</v>
+      </c>
+    </row>
+    <row r="351" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A351" s="5" t="s">
         <v>535</v>
       </c>
       <c r="B351" t="s">
-        <v>3281</v>
-[...2 lines deleted...]
-    <row r="352" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3280</v>
+      </c>
+    </row>
+    <row r="352" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A352" s="5" t="s">
         <v>536</v>
       </c>
       <c r="B352" t="s">
-        <v>3282</v>
-[...2 lines deleted...]
-    <row r="353" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3281</v>
+      </c>
+    </row>
+    <row r="353" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A353" s="5" t="s">
         <v>537</v>
       </c>
       <c r="B353" t="s">
-        <v>3283</v>
-[...2 lines deleted...]
-    <row r="354" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3282</v>
+      </c>
+    </row>
+    <row r="354" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A354" s="5" t="s">
         <v>578</v>
       </c>
       <c r="B354" t="s">
-        <v>3284</v>
-[...2 lines deleted...]
-    <row r="355" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3283</v>
+      </c>
+    </row>
+    <row r="355" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A355" s="5" t="s">
         <v>589</v>
       </c>
       <c r="B355" t="s">
-        <v>3285</v>
-[...2 lines deleted...]
-    <row r="356" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3284</v>
+      </c>
+    </row>
+    <row r="356" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A356" s="5" t="s">
         <v>646</v>
       </c>
       <c r="B356" t="s">
-        <v>3286</v>
-[...2 lines deleted...]
-    <row r="357" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3285</v>
+      </c>
+    </row>
+    <row r="357" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A357" s="5" t="s">
         <v>665</v>
       </c>
       <c r="B357" t="s">
-        <v>3287</v>
-[...2 lines deleted...]
-    <row r="358" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3286</v>
+      </c>
+    </row>
+    <row r="358" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A358" s="5" t="s">
         <v>673</v>
       </c>
       <c r="B358" t="s">
-        <v>3288</v>
-[...2 lines deleted...]
-    <row r="359" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3287</v>
+      </c>
+    </row>
+    <row r="359" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A359" s="5" t="s">
         <v>679</v>
       </c>
       <c r="B359" t="s">
-        <v>3289</v>
-[...2 lines deleted...]
-    <row r="360" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3288</v>
+      </c>
+    </row>
+    <row r="360" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A360" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B360" t="s">
-        <v>3290</v>
-[...2 lines deleted...]
-    <row r="361" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3289</v>
+      </c>
+    </row>
+    <row r="361" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A361" s="5" t="s">
         <v>680</v>
       </c>
       <c r="B361" t="s">
-        <v>3291</v>
-[...2 lines deleted...]
-    <row r="362" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3290</v>
+      </c>
+    </row>
+    <row r="362" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A362" s="5" t="s">
         <v>681</v>
       </c>
       <c r="B362" t="s">
-        <v>3292</v>
-[...2 lines deleted...]
-    <row r="363" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3291</v>
+      </c>
+    </row>
+    <row r="363" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A363" s="5" t="s">
         <v>703</v>
       </c>
       <c r="B363" t="s">
-        <v>3293</v>
-[...2 lines deleted...]
-    <row r="364" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3292</v>
+      </c>
+    </row>
+    <row r="364" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A364" s="5" t="s">
         <v>717</v>
       </c>
       <c r="B364" t="s">
-        <v>3294</v>
-[...2 lines deleted...]
-    <row r="365" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3293</v>
+      </c>
+    </row>
+    <row r="365" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A365" s="5" t="s">
         <v>436</v>
       </c>
       <c r="B365" t="s">
-        <v>3295</v>
-[...2 lines deleted...]
-    <row r="366" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3294</v>
+      </c>
+    </row>
+    <row r="366" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A366" s="5" t="s">
         <v>538</v>
       </c>
       <c r="B366" t="s">
-        <v>3296</v>
-[...2 lines deleted...]
-    <row r="367" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3295</v>
+      </c>
+    </row>
+    <row r="367" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A367" s="5" t="s">
         <v>666</v>
       </c>
       <c r="B367" t="s">
-        <v>3297</v>
-[...2 lines deleted...]
-    <row r="368" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3296</v>
+      </c>
+    </row>
+    <row r="368" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A368" s="5" t="s">
         <v>674</v>
       </c>
       <c r="B368" t="s">
-        <v>3298</v>
-[...2 lines deleted...]
-    <row r="369" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3297</v>
+      </c>
+    </row>
+    <row r="369" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A369" s="5" t="s">
         <v>437</v>
       </c>
       <c r="B369" t="s">
-        <v>3299</v>
-[...2 lines deleted...]
-    <row r="370" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3298</v>
+      </c>
+    </row>
+    <row r="370" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A370" s="5" t="s">
         <v>781</v>
       </c>
       <c r="B370" t="s">
-        <v>3300</v>
-[...2 lines deleted...]
-    <row r="371" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3299</v>
+      </c>
+    </row>
+    <row r="371" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A371" s="5" t="s">
         <v>377</v>
       </c>
       <c r="B371" t="s">
-        <v>3301</v>
-[...2 lines deleted...]
-    <row r="372" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3300</v>
+      </c>
+    </row>
+    <row r="372" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A372" s="5" t="s">
         <v>539</v>
       </c>
       <c r="B372" t="s">
-        <v>3302</v>
-[...2 lines deleted...]
-    <row r="373" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3301</v>
+      </c>
+    </row>
+    <row r="373" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A373" s="5" t="s">
         <v>367</v>
       </c>
       <c r="B373" t="s">
-        <v>3303</v>
-[...2 lines deleted...]
-    <row r="374" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3302</v>
+      </c>
+    </row>
+    <row r="374" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A374" s="5" t="s">
         <v>686</v>
       </c>
       <c r="B374" t="s">
-        <v>3304</v>
-[...2 lines deleted...]
-    <row r="375" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3303</v>
+      </c>
+    </row>
+    <row r="375" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A375" s="5" t="s">
         <v>687</v>
       </c>
       <c r="B375" t="s">
-        <v>3305</v>
-[...2 lines deleted...]
-    <row r="376" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3304</v>
+      </c>
+    </row>
+    <row r="376" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A376" s="5" t="s">
         <v>378</v>
       </c>
       <c r="B376" t="s">
-        <v>3306</v>
-[...2 lines deleted...]
-    <row r="377" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3305</v>
+      </c>
+    </row>
+    <row r="377" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A377" s="5" t="s">
         <v>417</v>
       </c>
       <c r="B377" t="s">
-        <v>3307</v>
-[...2 lines deleted...]
-    <row r="378" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3306</v>
+      </c>
+    </row>
+    <row r="378" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A378" s="5" t="s">
         <v>418</v>
       </c>
       <c r="B378" t="s">
-        <v>3308</v>
-[...2 lines deleted...]
-    <row r="379" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3307</v>
+      </c>
+    </row>
+    <row r="379" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A379" s="5" t="s">
         <v>419</v>
       </c>
       <c r="B379" t="s">
-        <v>3309</v>
-[...2 lines deleted...]
-    <row r="380" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3308</v>
+      </c>
+    </row>
+    <row r="380" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A380" s="5" t="s">
         <v>721</v>
       </c>
       <c r="B380" t="s">
-        <v>3310</v>
-[...2 lines deleted...]
-    <row r="381" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3309</v>
+      </c>
+    </row>
+    <row r="381" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A381" s="5" t="s">
         <v>398</v>
       </c>
       <c r="B381" t="s">
-        <v>3311</v>
-[...2 lines deleted...]
-    <row r="382" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3310</v>
+      </c>
+    </row>
+    <row r="382" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A382" s="5" t="s">
         <v>399</v>
       </c>
       <c r="B382" t="s">
-        <v>3312</v>
-[...2 lines deleted...]
-    <row r="383" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3311</v>
+      </c>
+    </row>
+    <row r="383" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A383" s="5" t="s">
         <v>422</v>
       </c>
       <c r="B383" t="s">
-        <v>3313</v>
-[...2 lines deleted...]
-    <row r="384" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3312</v>
+      </c>
+    </row>
+    <row r="384" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A384" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B384" t="s">
-        <v>3314</v>
-[...2 lines deleted...]
-    <row r="385" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3313</v>
+      </c>
+    </row>
+    <row r="385" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A385" s="5" t="s">
         <v>423</v>
       </c>
       <c r="B385" t="s">
-        <v>3315</v>
-[...2 lines deleted...]
-    <row r="386" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3314</v>
+      </c>
+    </row>
+    <row r="386" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A386" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B386" t="s">
-        <v>3316</v>
-[...2 lines deleted...]
-    <row r="387" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3315</v>
+      </c>
+    </row>
+    <row r="387" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A387" s="5" t="s">
         <v>605</v>
       </c>
       <c r="B387" t="s">
-        <v>3317</v>
-[...2 lines deleted...]
-    <row r="388" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3316</v>
+      </c>
+    </row>
+    <row r="388" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A388" s="5" t="s">
         <v>762</v>
       </c>
       <c r="B388" t="s">
-        <v>3318</v>
-[...2 lines deleted...]
-    <row r="389" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3317</v>
+      </c>
+    </row>
+    <row r="389" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A389" s="5" t="s">
         <v>758</v>
       </c>
       <c r="B389" t="s">
-        <v>3319</v>
-[...2 lines deleted...]
-    <row r="390" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3318</v>
+      </c>
+    </row>
+    <row r="390" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A390" s="5" t="s">
         <v>546</v>
       </c>
       <c r="B390" t="s">
-        <v>3320</v>
-[...2 lines deleted...]
-    <row r="391" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3319</v>
+      </c>
+    </row>
+    <row r="391" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A391" s="5" t="s">
         <v>547</v>
       </c>
       <c r="B391" t="s">
-        <v>3321</v>
-[...2 lines deleted...]
-    <row r="392" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3320</v>
+      </c>
+    </row>
+    <row r="392" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A392" s="5" t="s">
         <v>548</v>
       </c>
       <c r="B392" t="s">
-        <v>3322</v>
-[...2 lines deleted...]
-    <row r="393" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3321</v>
+      </c>
+    </row>
+    <row r="393" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A393" s="5" t="s">
         <v>549</v>
       </c>
       <c r="B393" t="s">
-        <v>3323</v>
-[...2 lines deleted...]
-    <row r="394" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3322</v>
+      </c>
+    </row>
+    <row r="394" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A394" s="5" t="s">
         <v>568</v>
       </c>
       <c r="B394" t="s">
-        <v>3324</v>
-[...2 lines deleted...]
-    <row r="395" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3323</v>
+      </c>
+    </row>
+    <row r="395" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A395" s="5" t="s">
         <v>569</v>
       </c>
       <c r="B395" t="s">
-        <v>3325</v>
-[...2 lines deleted...]
-    <row r="396" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3324</v>
+      </c>
+    </row>
+    <row r="396" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A396" s="5" t="s">
         <v>570</v>
       </c>
       <c r="B396" t="s">
-        <v>3326</v>
-[...2 lines deleted...]
-    <row r="397" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3325</v>
+      </c>
+    </row>
+    <row r="397" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A397" s="5" t="s">
         <v>571</v>
       </c>
       <c r="B397" t="s">
-        <v>3327</v>
-[...2 lines deleted...]
-    <row r="398" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3326</v>
+      </c>
+    </row>
+    <row r="398" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A398" s="5" t="s">
         <v>441</v>
       </c>
       <c r="B398" t="s">
-        <v>3328</v>
-[...2 lines deleted...]
-    <row r="399" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3327</v>
+      </c>
+    </row>
+    <row r="399" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A399" s="5" t="s">
         <v>369</v>
       </c>
       <c r="B399" t="s">
-        <v>3329</v>
-[...2 lines deleted...]
-    <row r="400" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3328</v>
+      </c>
+    </row>
+    <row r="400" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A400" s="5" t="s">
         <v>472</v>
       </c>
       <c r="B400" t="s">
-        <v>3330</v>
-[...2 lines deleted...]
-    <row r="401" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3329</v>
+      </c>
+    </row>
+    <row r="401" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A401" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B401" t="s">
-        <v>3331</v>
-[...2 lines deleted...]
-    <row r="402" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3330</v>
+      </c>
+    </row>
+    <row r="402" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A402" s="5" t="s">
         <v>400</v>
       </c>
       <c r="B402" t="s">
-        <v>3332</v>
-[...2 lines deleted...]
-    <row r="403" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3331</v>
+      </c>
+    </row>
+    <row r="403" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A403" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B403" t="s">
-        <v>3333</v>
-[...2 lines deleted...]
-    <row r="404" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3332</v>
+      </c>
+    </row>
+    <row r="404" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A404" s="5" t="s">
         <v>356</v>
       </c>
       <c r="B404" t="s">
-        <v>3334</v>
-[...2 lines deleted...]
-    <row r="405" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3333</v>
+      </c>
+    </row>
+    <row r="405" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A405" s="5" t="s">
         <v>380</v>
       </c>
       <c r="B405" t="s">
-        <v>3335</v>
-[...2 lines deleted...]
-    <row r="406" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3334</v>
+      </c>
+    </row>
+    <row r="406" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A406" s="5" t="s">
         <v>381</v>
       </c>
       <c r="B406" t="s">
-        <v>3336</v>
-[...2 lines deleted...]
-    <row r="407" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3335</v>
+      </c>
+    </row>
+    <row r="407" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A407" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B407" t="s">
-        <v>3337</v>
-[...2 lines deleted...]
-    <row r="408" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3336</v>
+      </c>
+    </row>
+    <row r="408" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A408" s="5" t="s">
         <v>465</v>
       </c>
       <c r="B408" t="s">
-        <v>3338</v>
-[...2 lines deleted...]
-    <row r="409" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3337</v>
+      </c>
+    </row>
+    <row r="409" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A409" s="5" t="s">
         <v>424</v>
       </c>
       <c r="B409" t="s">
-        <v>3339</v>
-[...2 lines deleted...]
-    <row r="410" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3338</v>
+      </c>
+    </row>
+    <row r="410" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A410" s="5" t="s">
         <v>685</v>
       </c>
       <c r="B410" t="s">
-        <v>3340</v>
-[...2 lines deleted...]
-    <row r="411" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3339</v>
+      </c>
+    </row>
+    <row r="411" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A411" s="5" t="s">
         <v>726</v>
       </c>
       <c r="B411" t="s">
-        <v>3341</v>
-[...2 lines deleted...]
-    <row r="412" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3340</v>
+      </c>
+    </row>
+    <row r="412" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A412" s="5" t="s">
         <v>426</v>
       </c>
       <c r="B412" t="s">
-        <v>3342</v>
-[...2 lines deleted...]
-    <row r="413" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3341</v>
+      </c>
+    </row>
+    <row r="413" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A413" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B413" t="s">
-        <v>3343</v>
-[...2 lines deleted...]
-    <row r="414" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3342</v>
+      </c>
+    </row>
+    <row r="414" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A414" s="5" t="s">
         <v>442</v>
       </c>
       <c r="B414" t="s">
-        <v>3344</v>
-[...2 lines deleted...]
-    <row r="415" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3343</v>
+      </c>
+    </row>
+    <row r="415" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A415" s="5" t="s">
         <v>355</v>
       </c>
       <c r="B415" t="s">
-        <v>3345</v>
-[...2 lines deleted...]
-    <row r="416" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3344</v>
+      </c>
+    </row>
+    <row r="416" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A416" s="5" t="s">
         <v>461</v>
       </c>
       <c r="B416" t="s">
-        <v>3346</v>
-[...2 lines deleted...]
-    <row r="417" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3345</v>
+      </c>
+    </row>
+    <row r="417" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A417" s="5" t="s">
         <v>462</v>
       </c>
       <c r="B417" t="s">
-        <v>3347</v>
-[...2 lines deleted...]
-    <row r="418" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3346</v>
+      </c>
+    </row>
+    <row r="418" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A418" s="5" t="s">
         <v>363</v>
       </c>
       <c r="B418" t="s">
-        <v>3348</v>
-[...2 lines deleted...]
-    <row r="419" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3347</v>
+      </c>
+    </row>
+    <row r="419" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A419" s="5" t="s">
         <v>773</v>
       </c>
       <c r="B419" t="s">
-        <v>3349</v>
-[...2 lines deleted...]
-    <row r="420" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3348</v>
+      </c>
+    </row>
+    <row r="420" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A420" s="5" t="s">
         <v>716</v>
       </c>
       <c r="B420" t="s">
-        <v>3350</v>
-[...2 lines deleted...]
-    <row r="421" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3349</v>
+      </c>
+    </row>
+    <row r="421" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A421" s="5" t="s">
         <v>364</v>
       </c>
       <c r="B421" t="s">
-        <v>3351</v>
-[...2 lines deleted...]
-    <row r="422" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3350</v>
+      </c>
+    </row>
+    <row r="422" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A422" s="5" t="s">
         <v>376</v>
       </c>
       <c r="B422" t="s">
-        <v>3352</v>
-[...2 lines deleted...]
-    <row r="423" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3351</v>
+      </c>
+    </row>
+    <row r="423" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A423" s="5" t="s">
         <v>669</v>
       </c>
       <c r="B423" t="s">
-        <v>3353</v>
-[...2 lines deleted...]
-    <row r="424" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3352</v>
+      </c>
+    </row>
+    <row r="424" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A424" s="5" t="s">
         <v>670</v>
       </c>
       <c r="B424" t="s">
-        <v>3354</v>
-[...2 lines deleted...]
-    <row r="425" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3353</v>
+      </c>
+    </row>
+    <row r="425" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A425" s="5" t="s">
         <v>730</v>
       </c>
       <c r="B425" t="s">
-        <v>3355</v>
-[...2 lines deleted...]
-    <row r="426" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3354</v>
+      </c>
+    </row>
+    <row r="426" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A426" s="5" t="s">
         <v>696</v>
       </c>
       <c r="B426" t="s">
-        <v>3356</v>
-[...2 lines deleted...]
-    <row r="427" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3355</v>
+      </c>
+    </row>
+    <row r="427" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A427" s="5" t="s">
         <v>702</v>
       </c>
       <c r="B427" t="s">
-        <v>3357</v>
-[...2 lines deleted...]
-    <row r="428" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3356</v>
+      </c>
+    </row>
+    <row r="428" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A428" s="5" t="s">
         <v>785</v>
       </c>
       <c r="B428" t="s">
-        <v>3358</v>
-[...2 lines deleted...]
-    <row r="429" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3357</v>
+      </c>
+    </row>
+    <row r="429" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A429" s="5" t="s">
         <v>786</v>
       </c>
       <c r="B429" t="s">
-        <v>3359</v>
-[...2 lines deleted...]
-    <row r="430" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3358</v>
+      </c>
+    </row>
+    <row r="430" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A430" s="5" t="s">
         <v>495</v>
       </c>
       <c r="B430" t="s">
-        <v>3360</v>
-[...2 lines deleted...]
-    <row r="431" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3359</v>
+      </c>
+    </row>
+    <row r="431" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A431" s="5" t="s">
         <v>513</v>
       </c>
       <c r="B431" t="s">
-        <v>3361</v>
-[...2 lines deleted...]
-    <row r="432" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3360</v>
+      </c>
+    </row>
+    <row r="432" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A432" s="5" t="s">
         <v>348</v>
       </c>
       <c r="B432" t="s">
-        <v>3362</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3361</v>
+      </c>
+    </row>
+    <row r="433" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A433" s="5" t="s">
         <v>385</v>
       </c>
       <c r="B433" t="s">
-        <v>3363</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3362</v>
+      </c>
+    </row>
+    <row r="434" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A434" s="5" t="s">
         <v>556</v>
       </c>
       <c r="B434" t="s">
-        <v>3364</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3363</v>
+      </c>
+    </row>
+    <row r="435" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A435" s="5" t="s">
         <v>618</v>
       </c>
       <c r="B435" t="s">
-        <v>3365</v>
-[...2 lines deleted...]
-    <row r="436" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3364</v>
+      </c>
+    </row>
+    <row r="436" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A436" s="5" t="s">
         <v>672</v>
       </c>
       <c r="B436" t="s">
-        <v>3366</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3365</v>
+      </c>
+    </row>
+    <row r="437" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A437" s="5" t="s">
         <v>708</v>
       </c>
       <c r="B437" t="s">
-        <v>3367</v>
-[...2 lines deleted...]
-    <row r="438" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3366</v>
+      </c>
+    </row>
+    <row r="438" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A438" s="5" t="s">
         <v>671</v>
       </c>
       <c r="B438" t="s">
-        <v>3368</v>
-[...2 lines deleted...]
-    <row r="439" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3367</v>
+      </c>
+    </row>
+    <row r="439" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A439" s="5" t="s">
         <v>627</v>
       </c>
       <c r="B439" t="s">
-        <v>3369</v>
-[...2 lines deleted...]
-    <row r="440" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3368</v>
+      </c>
+    </row>
+    <row r="440" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A440" s="5" t="s">
         <v>743</v>
       </c>
       <c r="B440" t="s">
-        <v>3370</v>
-[...2 lines deleted...]
-    <row r="441" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3369</v>
+      </c>
+    </row>
+    <row r="441" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A441" s="5" t="s">
         <v>476</v>
       </c>
       <c r="B441" t="s">
-        <v>3371</v>
-[...2 lines deleted...]
-    <row r="442" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3370</v>
+      </c>
+    </row>
+    <row r="442" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A442" s="5" t="s">
         <v>699</v>
       </c>
       <c r="B442" t="s">
-        <v>3372</v>
-[...2 lines deleted...]
-    <row r="443" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3371</v>
+      </c>
+    </row>
+    <row r="443" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A443" s="5" t="s">
         <v>516</v>
       </c>
       <c r="B443" t="s">
-        <v>3373</v>
-[...2 lines deleted...]
-    <row r="444" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3372</v>
+      </c>
+    </row>
+    <row r="444" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A444" s="5" t="s">
         <v>494</v>
       </c>
       <c r="B444" t="s">
-        <v>3374</v>
-[...2 lines deleted...]
-    <row r="445" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3373</v>
+      </c>
+    </row>
+    <row r="445" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A445" s="5" t="s">
         <v>559</v>
       </c>
       <c r="B445" t="s">
-        <v>3375</v>
-[...2 lines deleted...]
-    <row r="446" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3374</v>
+      </c>
+    </row>
+    <row r="446" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A446" s="5" t="s">
         <v>660</v>
       </c>
       <c r="B446" t="s">
-        <v>3376</v>
-[...2 lines deleted...]
-    <row r="447" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3375</v>
+      </c>
+    </row>
+    <row r="447" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A447" s="5" t="s">
         <v>693</v>
       </c>
       <c r="B447" t="s">
-        <v>3377</v>
-[...2 lines deleted...]
-    <row r="448" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3376</v>
+      </c>
+    </row>
+    <row r="448" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A448" s="5" t="s">
         <v>694</v>
       </c>
       <c r="B448" t="s">
-        <v>3378</v>
-[...2 lines deleted...]
-    <row r="449" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3377</v>
+      </c>
+    </row>
+    <row r="449" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A449" s="5" t="s">
         <v>600</v>
       </c>
       <c r="B449" t="s">
-        <v>3379</v>
-[...2 lines deleted...]
-    <row r="450" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3378</v>
+      </c>
+    </row>
+    <row r="450" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A450" s="5" t="s">
         <v>560</v>
       </c>
       <c r="B450" t="s">
-        <v>3380</v>
-[...2 lines deleted...]
-    <row r="451" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3379</v>
+      </c>
+    </row>
+    <row r="451" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A451" s="5" t="s">
         <v>764</v>
       </c>
       <c r="B451" t="s">
-        <v>3381</v>
-[...2 lines deleted...]
-    <row r="452" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3380</v>
+      </c>
+    </row>
+    <row r="452" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A452" s="5" t="s">
         <v>766</v>
       </c>
       <c r="B452" t="s">
-        <v>3382</v>
-[...2 lines deleted...]
-    <row r="453" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3381</v>
+      </c>
+    </row>
+    <row r="453" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A453" s="5" t="s">
         <v>477</v>
       </c>
       <c r="B453" t="s">
-        <v>3383</v>
-[...2 lines deleted...]
-    <row r="454" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3382</v>
+      </c>
+    </row>
+    <row r="454" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A454" s="5" t="s">
         <v>585</v>
       </c>
       <c r="B454" t="s">
-        <v>3384</v>
-[...2 lines deleted...]
-    <row r="455" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3383</v>
+      </c>
+    </row>
+    <row r="455" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A455" s="5" t="s">
         <v>586</v>
       </c>
       <c r="B455" t="s">
-        <v>3385</v>
-[...2 lines deleted...]
-    <row r="456" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3384</v>
+      </c>
+    </row>
+    <row r="456" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A456" s="5" t="s">
         <v>587</v>
       </c>
       <c r="B456" t="s">
-        <v>3386</v>
-[...2 lines deleted...]
-    <row r="457" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3385</v>
+      </c>
+    </row>
+    <row r="457" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A457" s="5" t="s">
         <v>651</v>
       </c>
       <c r="B457" t="s">
-        <v>3387</v>
-[...2 lines deleted...]
-    <row r="458" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3386</v>
+      </c>
+    </row>
+    <row r="458" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A458" s="5" t="s">
         <v>511</v>
       </c>
       <c r="B458" t="s">
-        <v>3388</v>
-[...2 lines deleted...]
-    <row r="459" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3387</v>
+      </c>
+    </row>
+    <row r="459" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A459" s="5" t="s">
         <v>678</v>
       </c>
       <c r="B459" t="s">
-        <v>3389</v>
-[...2 lines deleted...]
-    <row r="460" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3388</v>
+      </c>
+    </row>
+    <row r="460" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A460" s="5" t="s">
         <v>642</v>
       </c>
       <c r="B460" t="s">
-        <v>3390</v>
-[...2 lines deleted...]
-    <row r="461" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3389</v>
+      </c>
+    </row>
+    <row r="461" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A461" s="5" t="s">
         <v>433</v>
       </c>
       <c r="B461" t="s">
-        <v>3391</v>
-[...2 lines deleted...]
-    <row r="462" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3390</v>
+      </c>
+    </row>
+    <row r="462" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A462" s="5" t="s">
         <v>512</v>
       </c>
       <c r="B462" t="s">
-        <v>3392</v>
-[...2 lines deleted...]
-    <row r="463" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3391</v>
+      </c>
+    </row>
+    <row r="463" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A463" s="5" t="s">
         <v>636</v>
       </c>
       <c r="B463" t="s">
-        <v>3393</v>
-[...2 lines deleted...]
-    <row r="464" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3392</v>
+      </c>
+    </row>
+    <row r="464" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A464" s="5" t="s">
         <v>637</v>
       </c>
       <c r="B464" t="s">
-        <v>3394</v>
-[...2 lines deleted...]
-    <row r="465" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3393</v>
+      </c>
+    </row>
+    <row r="465" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A465" s="5" t="s">
         <v>638</v>
       </c>
       <c r="B465" t="s">
-        <v>3395</v>
-[...2 lines deleted...]
-    <row r="466" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3394</v>
+      </c>
+    </row>
+    <row r="466" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A466" s="5" t="s">
         <v>639</v>
       </c>
       <c r="B466" t="s">
-        <v>3396</v>
-[...2 lines deleted...]
-    <row r="467" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3395</v>
+      </c>
+    </row>
+    <row r="467" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A467" s="5" t="s">
         <v>755</v>
       </c>
       <c r="B467" t="s">
-        <v>3397</v>
-[...2 lines deleted...]
-    <row r="468" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3396</v>
+      </c>
+    </row>
+    <row r="468" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A468" s="5" t="s">
         <v>756</v>
       </c>
       <c r="B468" t="s">
-        <v>3398</v>
-[...2 lines deleted...]
-    <row r="469" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3397</v>
+      </c>
+    </row>
+    <row r="469" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A469" s="5" t="s">
         <v>508</v>
       </c>
       <c r="B469" t="s">
-        <v>3399</v>
-[...2 lines deleted...]
-    <row r="470" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3398</v>
+      </c>
+    </row>
+    <row r="470" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A470" s="5" t="s">
         <v>601</v>
       </c>
       <c r="B470" t="s">
-        <v>3400</v>
-[...2 lines deleted...]
-    <row r="471" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3399</v>
+      </c>
+    </row>
+    <row r="471" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A471" s="5" t="s">
         <v>564</v>
       </c>
       <c r="B471" t="s">
-        <v>3401</v>
-[...2 lines deleted...]
-    <row r="472" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3400</v>
+      </c>
+    </row>
+    <row r="472" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A472" s="5" t="s">
         <v>502</v>
       </c>
       <c r="B472" t="s">
-        <v>3402</v>
-[...2 lines deleted...]
-    <row r="473" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3401</v>
+      </c>
+    </row>
+    <row r="473" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A473" s="5" t="s">
         <v>565</v>
       </c>
       <c r="B473" t="s">
-        <v>3403</v>
-[...2 lines deleted...]
-    <row r="474" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3402</v>
+      </c>
+    </row>
+    <row r="474" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A474" s="5" t="s">
         <v>541</v>
       </c>
       <c r="B474" t="s">
-        <v>3404</v>
-[...2 lines deleted...]
-    <row r="475" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3403</v>
+      </c>
+    </row>
+    <row r="475" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A475" s="5" t="s">
         <v>566</v>
       </c>
       <c r="B475" t="s">
-        <v>3405</v>
-[...2 lines deleted...]
-    <row r="476" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3404</v>
+      </c>
+    </row>
+    <row r="476" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A476" s="5" t="s">
         <v>611</v>
       </c>
       <c r="B476" t="s">
-        <v>3406</v>
-[...2 lines deleted...]
-    <row r="477" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3405</v>
+      </c>
+    </row>
+    <row r="477" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A477" s="5" t="s">
         <v>612</v>
       </c>
       <c r="B477" t="s">
-        <v>3407</v>
-[...2 lines deleted...]
-    <row r="478" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3406</v>
+      </c>
+    </row>
+    <row r="478" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A478" s="5" t="s">
         <v>719</v>
       </c>
       <c r="B478" t="s">
-        <v>3408</v>
-[...2 lines deleted...]
-    <row r="479" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3407</v>
+      </c>
+    </row>
+    <row r="479" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A479" s="5" t="s">
         <v>603</v>
       </c>
       <c r="B479" t="s">
-        <v>3409</v>
-[...2 lines deleted...]
-    <row r="480" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3408</v>
+      </c>
+    </row>
+    <row r="480" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A480" s="5" t="s">
         <v>543</v>
       </c>
       <c r="B480" t="s">
-        <v>3410</v>
-[...2 lines deleted...]
-    <row r="481" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3409</v>
+      </c>
+    </row>
+    <row r="481" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A481" s="5" t="s">
         <v>544</v>
       </c>
       <c r="B481" t="s">
-        <v>3411</v>
-[...2 lines deleted...]
-    <row r="482" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3410</v>
+      </c>
+    </row>
+    <row r="482" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A482" s="5" t="s">
         <v>503</v>
       </c>
       <c r="B482" t="s">
-        <v>3412</v>
-[...2 lines deleted...]
-    <row r="483" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3411</v>
+      </c>
+    </row>
+    <row r="483" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A483" s="5" t="s">
         <v>737</v>
       </c>
       <c r="B483" t="s">
-        <v>3413</v>
-[...2 lines deleted...]
-    <row r="484" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3412</v>
+      </c>
+    </row>
+    <row r="484" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A484" s="5" t="s">
         <v>382</v>
       </c>
       <c r="B484" t="s">
-        <v>3414</v>
-[...2 lines deleted...]
-    <row r="485" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3413</v>
+      </c>
+    </row>
+    <row r="485" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A485" s="5" t="s">
         <v>473</v>
       </c>
       <c r="B485" t="s">
-        <v>3415</v>
-[...2 lines deleted...]
-    <row r="486" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3414</v>
+      </c>
+    </row>
+    <row r="486" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A486" s="5" t="s">
         <v>479</v>
       </c>
       <c r="B486" t="s">
-        <v>3416</v>
-[...2 lines deleted...]
-    <row r="487" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3415</v>
+      </c>
+    </row>
+    <row r="487" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A487" s="5" t="s">
         <v>550</v>
       </c>
       <c r="B487" t="s">
-        <v>3417</v>
-[...2 lines deleted...]
-    <row r="488" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3416</v>
+      </c>
+    </row>
+    <row r="488" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A488" s="5" t="s">
         <v>401</v>
       </c>
       <c r="B488" t="s">
-        <v>3418</v>
-[...2 lines deleted...]
-    <row r="489" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3417</v>
+      </c>
+    </row>
+    <row r="489" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A489" s="5" t="s">
         <v>632</v>
       </c>
       <c r="B489" t="s">
-        <v>3419</v>
-[...2 lines deleted...]
-    <row r="490" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3418</v>
+      </c>
+    </row>
+    <row r="490" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A490" s="5" t="s">
         <v>640</v>
       </c>
       <c r="B490" t="s">
-        <v>3420</v>
-[...2 lines deleted...]
-    <row r="491" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3419</v>
+      </c>
+    </row>
+    <row r="491" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A491" s="5" t="s">
         <v>448</v>
       </c>
       <c r="B491" t="s">
-        <v>3421</v>
-[...2 lines deleted...]
-    <row r="492" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3420</v>
+      </c>
+    </row>
+    <row r="492" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A492" s="5" t="s">
         <v>403</v>
       </c>
       <c r="B492" t="s">
-        <v>3422</v>
-[...2 lines deleted...]
-    <row r="493" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3421</v>
+      </c>
+    </row>
+    <row r="493" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A493" s="5" t="s">
         <v>482</v>
       </c>
       <c r="B493" t="s">
-        <v>3423</v>
-[...2 lines deleted...]
-    <row r="494" spans="1:2" ht="23.25" x14ac:dyDescent="0.5">
+        <v>3422</v>
+      </c>
+    </row>
+    <row r="494" spans="1:2" ht="24" x14ac:dyDescent="1.05">
       <c r="A494" s="4" t="s">
         <v>780</v>
       </c>
       <c r="B494" t="s">
-        <v>3424</v>
+        <v>3423</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9DE7DFD4-5819-1B40-90B3-E7DD171D4F8D}">
   <dimension ref="D2:D116"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D2" sqref="D2:D116"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="11" defaultRowHeight="15.75" x14ac:dyDescent="0.5"/>
   <sheetData>
-    <row r="2" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="2" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D2" t="s">
         <v>2038</v>
       </c>
     </row>
-    <row r="3" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="3" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D3" t="s">
         <v>2039</v>
       </c>
     </row>
-    <row r="4" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="4" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D4" t="s">
         <v>2040</v>
       </c>
     </row>
-    <row r="5" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="5" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D5" t="s">
         <v>2041</v>
       </c>
     </row>
-    <row r="6" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="6" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D6" t="s">
         <v>2042</v>
       </c>
     </row>
-    <row r="7" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="7" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D7" t="s">
         <v>2043</v>
       </c>
     </row>
-    <row r="8" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="8" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D8" t="s">
         <v>2044</v>
       </c>
     </row>
-    <row r="9" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="9" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D9" t="s">
         <v>2045</v>
       </c>
     </row>
-    <row r="10" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="10" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D10" t="s">
         <v>2046</v>
       </c>
     </row>
-    <row r="11" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="11" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D11" t="s">
         <v>2047</v>
       </c>
     </row>
-    <row r="12" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="12" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D12" t="s">
         <v>2048</v>
       </c>
     </row>
-    <row r="13" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="13" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D13" t="s">
         <v>2049</v>
       </c>
     </row>
-    <row r="14" spans="4:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="4:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.5">
       <c r="D14" t="s">
         <v>2050</v>
       </c>
     </row>
-    <row r="15" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="15" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D15" t="s">
         <v>2051</v>
       </c>
     </row>
-    <row r="16" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="16" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D16" t="s">
         <v>2052</v>
       </c>
     </row>
-    <row r="17" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="17" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D17" t="s">
         <v>2053</v>
       </c>
     </row>
-    <row r="18" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="18" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D18" t="s">
         <v>2054</v>
       </c>
     </row>
-    <row r="19" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="19" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D19" t="s">
         <v>2055</v>
       </c>
     </row>
-    <row r="20" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="20" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D20" t="s">
         <v>2056</v>
       </c>
     </row>
-    <row r="21" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="21" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D21" t="s">
         <v>2057</v>
       </c>
     </row>
-    <row r="22" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="22" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D22" t="s">
         <v>2058</v>
       </c>
     </row>
-    <row r="23" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="23" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D23" t="s">
         <v>2059</v>
       </c>
     </row>
-    <row r="24" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="24" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D24" t="s">
         <v>2060</v>
       </c>
     </row>
-    <row r="25" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="25" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D25" t="s">
         <v>2061</v>
       </c>
     </row>
-    <row r="26" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="26" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D26" t="s">
         <v>2062</v>
       </c>
     </row>
-    <row r="27" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="27" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D27" t="s">
         <v>2063</v>
       </c>
     </row>
-    <row r="28" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="28" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D28" t="s">
         <v>2064</v>
       </c>
     </row>
-    <row r="29" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="29" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D29" t="s">
         <v>2065</v>
       </c>
     </row>
-    <row r="30" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="30" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D30" t="s">
         <v>2064</v>
       </c>
     </row>
-    <row r="31" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="31" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D31" t="s">
         <v>2066</v>
       </c>
     </row>
-    <row r="32" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="32" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D32" t="s">
         <v>2067</v>
       </c>
     </row>
-    <row r="33" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="33" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D33" t="s">
         <v>2068</v>
       </c>
     </row>
-    <row r="34" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="34" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D34" t="s">
         <v>2069</v>
       </c>
     </row>
-    <row r="35" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="35" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D35" t="s">
         <v>2069</v>
       </c>
     </row>
-    <row r="36" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="36" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D36" t="s">
         <v>2070</v>
       </c>
     </row>
-    <row r="37" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="37" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D37" t="s">
         <v>2071</v>
       </c>
     </row>
-    <row r="38" spans="4:4" ht="330.75" x14ac:dyDescent="0.25">
+    <row r="38" spans="4:4" ht="330.75" x14ac:dyDescent="0.5">
       <c r="D38" s="3" t="s">
         <v>2072</v>
       </c>
     </row>
-    <row r="39" spans="4:4" ht="409.5" x14ac:dyDescent="0.25">
+    <row r="39" spans="4:4" ht="409.5" x14ac:dyDescent="0.5">
       <c r="D39" s="3" t="s">
         <v>2073</v>
       </c>
     </row>
-    <row r="40" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="40" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D40" t="s">
         <v>2074</v>
       </c>
     </row>
-    <row r="41" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="41" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D41" t="s">
         <v>2075</v>
       </c>
     </row>
-    <row r="42" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="42" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D42" t="s">
         <v>2076</v>
       </c>
     </row>
-    <row r="43" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="43" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D43" t="s">
         <v>2077</v>
       </c>
     </row>
-    <row r="44" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="44" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D44" t="s">
         <v>2078</v>
       </c>
     </row>
-    <row r="45" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="45" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D45" t="s">
         <v>2079</v>
       </c>
     </row>
-    <row r="46" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="46" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D46" t="s">
         <v>2080</v>
       </c>
     </row>
-    <row r="47" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="47" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D47" t="s">
         <v>2081</v>
       </c>
     </row>
-    <row r="48" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="48" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D48" t="s">
         <v>2082</v>
       </c>
     </row>
-    <row r="49" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="49" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D49" t="s">
         <v>2083</v>
       </c>
     </row>
-    <row r="50" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="50" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D50" t="s">
         <v>2084</v>
       </c>
     </row>
-    <row r="51" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="51" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D51" t="s">
         <v>2085</v>
       </c>
     </row>
-    <row r="52" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="52" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D52" t="s">
         <v>2086</v>
       </c>
     </row>
-    <row r="53" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="53" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D53" t="s">
         <v>2087</v>
       </c>
     </row>
-    <row r="54" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="54" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D54" t="s">
         <v>2088</v>
       </c>
     </row>
-    <row r="55" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="55" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D55" t="s">
         <v>2089</v>
       </c>
     </row>
-    <row r="56" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="56" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D56" t="s">
         <v>2090</v>
       </c>
     </row>
-    <row r="57" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="57" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D57" t="s">
         <v>2091</v>
       </c>
     </row>
-    <row r="58" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="58" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D58" t="s">
         <v>2092</v>
       </c>
     </row>
-    <row r="59" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="59" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D59" t="s">
         <v>2093</v>
       </c>
     </row>
-    <row r="60" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="60" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D60" t="s">
         <v>2094</v>
       </c>
     </row>
-    <row r="61" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="61" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D61" t="s">
         <v>2095</v>
       </c>
     </row>
-    <row r="62" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="62" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D62" t="s">
         <v>2096</v>
       </c>
     </row>
-    <row r="63" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="63" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D63" t="s">
         <v>2097</v>
       </c>
     </row>
-    <row r="64" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="64" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D64" t="s">
         <v>2098</v>
       </c>
     </row>
-    <row r="65" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="65" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D65" t="s">
         <v>2099</v>
       </c>
     </row>
-    <row r="66" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="66" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D66" t="s">
         <v>2100</v>
       </c>
     </row>
-    <row r="67" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="67" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D67" t="s">
         <v>2101</v>
       </c>
     </row>
-    <row r="68" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="68" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D68" t="s">
         <v>2102</v>
       </c>
     </row>
-    <row r="69" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="69" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D69" t="s">
         <v>2103</v>
       </c>
     </row>
-    <row r="70" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="70" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D70" t="s">
         <v>2104</v>
       </c>
     </row>
-    <row r="71" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="71" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D71" t="s">
         <v>2105</v>
       </c>
     </row>
-    <row r="72" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="72" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D72" t="s">
         <v>2106</v>
       </c>
     </row>
-    <row r="73" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="73" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D73" t="s">
         <v>2107</v>
       </c>
     </row>
-    <row r="74" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="74" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D74" t="s">
         <v>2108</v>
       </c>
     </row>
-    <row r="75" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="75" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D75" t="s">
         <v>2109</v>
       </c>
     </row>
-    <row r="76" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="76" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D76" t="s">
         <v>2110</v>
       </c>
     </row>
-    <row r="77" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="77" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D77" t="s">
         <v>2111</v>
       </c>
     </row>
-    <row r="78" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="78" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D78" t="s">
         <v>2112</v>
       </c>
     </row>
-    <row r="79" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="79" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D79" t="s">
         <v>2113</v>
       </c>
     </row>
-    <row r="80" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="80" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D80" t="s">
         <v>2114</v>
       </c>
     </row>
-    <row r="81" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="81" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D81" t="s">
         <v>2115</v>
       </c>
     </row>
-    <row r="82" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="82" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D82" t="s">
         <v>2116</v>
       </c>
     </row>
-    <row r="83" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="83" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D83" t="s">
         <v>2117</v>
       </c>
     </row>
-    <row r="84" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="84" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D84" t="s">
         <v>2118</v>
       </c>
     </row>
-    <row r="85" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="85" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D85" t="s">
         <v>2119</v>
       </c>
     </row>
-    <row r="86" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="86" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D86" t="s">
         <v>2120</v>
       </c>
     </row>
-    <row r="87" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="87" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D87" t="s">
         <v>2121</v>
       </c>
     </row>
-    <row r="88" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="88" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D88" t="s">
         <v>2122</v>
       </c>
     </row>
-    <row r="89" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="89" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D89" t="s">
         <v>2123</v>
       </c>
     </row>
-    <row r="90" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="90" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D90" t="s">
         <v>2124</v>
       </c>
     </row>
-    <row r="91" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="91" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D91" t="s">
         <v>2125</v>
       </c>
     </row>
-    <row r="92" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="92" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D92" t="s">
         <v>2126</v>
       </c>
     </row>
-    <row r="93" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="93" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D93" t="s">
         <v>2127</v>
       </c>
     </row>
-    <row r="94" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="94" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D94" t="s">
         <v>2128</v>
       </c>
     </row>
-    <row r="95" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="95" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D95" t="s">
         <v>2129</v>
       </c>
     </row>
-    <row r="96" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="96" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D96" t="s">
         <v>2130</v>
       </c>
     </row>
-    <row r="97" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="97" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D97" t="s">
         <v>2131</v>
       </c>
     </row>
-    <row r="98" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="98" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D98" t="s">
         <v>2132</v>
       </c>
     </row>
-    <row r="99" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="99" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D99" t="s">
         <v>2133</v>
       </c>
     </row>
-    <row r="100" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="100" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D100" t="s">
         <v>2134</v>
       </c>
     </row>
-    <row r="101" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="101" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D101" t="s">
         <v>2135</v>
       </c>
     </row>
-    <row r="102" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="102" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D102" t="s">
         <v>2136</v>
       </c>
     </row>
-    <row r="103" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="103" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D103" t="s">
         <v>2137</v>
       </c>
     </row>
-    <row r="104" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="104" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D104" t="s">
         <v>2138</v>
       </c>
     </row>
-    <row r="105" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="105" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D105" t="s">
         <v>2139</v>
       </c>
     </row>
-    <row r="106" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="106" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D106" t="s">
         <v>2140</v>
       </c>
     </row>
-    <row r="107" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="107" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D107" t="s">
         <v>2141</v>
       </c>
     </row>
-    <row r="108" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="108" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D108" t="s">
         <v>2142</v>
       </c>
     </row>
-    <row r="109" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="109" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D109" t="s">
         <v>2143</v>
       </c>
     </row>
-    <row r="110" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="110" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D110" t="s">
         <v>2144</v>
       </c>
     </row>
-    <row r="111" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="111" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D111" t="s">
         <v>2145</v>
       </c>
     </row>
-    <row r="112" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="112" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D112" t="s">
         <v>2146</v>
       </c>
     </row>
-    <row r="113" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="113" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D113" t="s">
         <v>2147</v>
       </c>
     </row>
-    <row r="114" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="114" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D114" t="s">
         <v>2148</v>
       </c>
     </row>
-    <row r="115" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="115" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D115" t="s">
         <v>2149</v>
       </c>
     </row>
-    <row r="116" spans="4:4" x14ac:dyDescent="0.25">
+    <row r="116" spans="4:4" x14ac:dyDescent="0.5">
       <c r="D116" t="s">
         <v>2150</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1E6A1ADC-1721-654E-A322-729619A1D973}">
   <dimension ref="D1:E523"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D25" sqref="D25"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="11" defaultRowHeight="15.75" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="4" max="4" width="37.375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="33" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="1" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D1" s="2" t="s">
         <v>833</v>
       </c>
       <c r="E1" t="s">
         <v>1414</v>
       </c>
     </row>
-    <row r="2" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="2" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D2" s="2" t="s">
         <v>834</v>
       </c>
       <c r="E2" t="s">
         <v>1361</v>
       </c>
     </row>
-    <row r="3" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="3" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D3" s="2" t="s">
         <v>835</v>
       </c>
       <c r="E3" t="s">
         <v>1415</v>
       </c>
     </row>
-    <row r="4" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="4" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D4" s="2" t="s">
         <v>836</v>
       </c>
       <c r="E4" t="s">
         <v>1416</v>
       </c>
     </row>
-    <row r="5" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="5" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D5" s="2" t="s">
         <v>837</v>
       </c>
       <c r="E5" t="s">
         <v>1417</v>
       </c>
     </row>
-    <row r="6" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="6" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D6" s="2" t="s">
         <v>838</v>
       </c>
       <c r="E6" t="s">
         <v>1405</v>
       </c>
     </row>
-    <row r="7" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="7" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D7" s="2" t="s">
         <v>839</v>
       </c>
       <c r="E7" t="s">
         <v>1362</v>
       </c>
     </row>
-    <row r="8" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="8" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D8" s="2" t="s">
         <v>840</v>
       </c>
       <c r="E8" t="s">
         <v>1363</v>
       </c>
     </row>
-    <row r="9" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="9" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D9" s="2" t="s">
         <v>841</v>
       </c>
       <c r="E9" t="s">
         <v>1418</v>
       </c>
     </row>
-    <row r="10" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="10" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D10" s="2" t="s">
         <v>842</v>
       </c>
       <c r="E10" t="s">
         <v>1419</v>
       </c>
     </row>
-    <row r="11" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="11" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D11" s="2" t="s">
         <v>843</v>
       </c>
       <c r="E11" t="s">
         <v>1420</v>
       </c>
     </row>
-    <row r="12" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="12" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D12" s="2" t="s">
         <v>844</v>
       </c>
       <c r="E12" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="13" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="13" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D13" s="2" t="s">
         <v>845</v>
       </c>
       <c r="E13" t="s">
         <v>1421</v>
       </c>
     </row>
-    <row r="14" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="14" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D14" s="2" t="s">
         <v>846</v>
       </c>
       <c r="E14" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="15" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="15" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D15" s="2" t="s">
         <v>847</v>
       </c>
       <c r="E15" t="s">
         <v>1422</v>
       </c>
     </row>
-    <row r="16" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="16" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D16" s="2" t="s">
         <v>848</v>
       </c>
       <c r="E16" t="s">
         <v>1423</v>
       </c>
     </row>
-    <row r="17" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="17" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D17" s="2" t="s">
         <v>849</v>
       </c>
       <c r="E17" t="s">
         <v>1364</v>
       </c>
     </row>
-    <row r="18" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="18" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D18" s="2" t="s">
         <v>850</v>
       </c>
       <c r="E18" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="19" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="19" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D19" s="2" t="s">
         <v>851</v>
       </c>
       <c r="E19" t="s">
         <v>1365</v>
       </c>
     </row>
-    <row r="20" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="20" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D20" s="2" t="s">
         <v>852</v>
       </c>
       <c r="E20" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="21" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="21" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D21" s="2" t="s">
         <v>853</v>
       </c>
       <c r="E21" t="s">
         <v>1424</v>
       </c>
     </row>
-    <row r="22" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="22" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D22" s="2" t="s">
         <v>854</v>
       </c>
       <c r="E22" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="23" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="23" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D23" s="2" t="s">
         <v>855</v>
       </c>
       <c r="E23" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="24" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="24" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D24" s="2" t="s">
         <v>856</v>
       </c>
       <c r="E24" t="s">
         <v>1425</v>
       </c>
     </row>
-    <row r="25" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="25" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D25" s="2" t="s">
         <v>857</v>
       </c>
       <c r="E25" t="s">
         <v>1425</v>
       </c>
     </row>
-    <row r="26" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="26" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D26" s="2" t="s">
         <v>859</v>
       </c>
       <c r="E26" t="s">
         <v>1366</v>
       </c>
     </row>
-    <row r="27" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="27" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D27" s="2" t="s">
         <v>860</v>
       </c>
       <c r="E27" t="s">
         <v>1426</v>
       </c>
     </row>
-    <row r="28" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="28" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D28" s="2" t="s">
         <v>861</v>
       </c>
       <c r="E28" t="s">
         <v>1406</v>
       </c>
     </row>
-    <row r="29" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="29" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D29" s="2" t="s">
         <v>862</v>
       </c>
       <c r="E29" t="s">
         <v>1367</v>
       </c>
     </row>
-    <row r="30" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="30" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D30" s="2" t="s">
         <v>863</v>
       </c>
       <c r="E30" t="s">
         <v>1427</v>
       </c>
     </row>
-    <row r="31" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="31" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D31" s="2" t="s">
         <v>864</v>
       </c>
       <c r="E31" t="s">
         <v>1428</v>
       </c>
     </row>
-    <row r="32" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="32" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D32" s="2" t="s">
         <v>865</v>
       </c>
       <c r="E32" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="33" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="33" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D33" s="2" t="s">
         <v>866</v>
       </c>
       <c r="E33" t="s">
         <v>1368</v>
       </c>
     </row>
-    <row r="34" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="34" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D34" s="2" t="s">
         <v>867</v>
       </c>
       <c r="E34" t="s">
         <v>1369</v>
       </c>
     </row>
-    <row r="35" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="35" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D35" s="2" t="s">
         <v>868</v>
       </c>
       <c r="E35" t="s">
         <v>1429</v>
       </c>
     </row>
-    <row r="36" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="36" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D36" s="2" t="s">
         <v>869</v>
       </c>
       <c r="E36" t="s">
         <v>1430</v>
       </c>
     </row>
-    <row r="37" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="37" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D37" s="2" t="s">
         <v>870</v>
       </c>
       <c r="E37" t="s">
         <v>1431</v>
       </c>
     </row>
-    <row r="38" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="38" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D38" s="2" t="s">
         <v>871</v>
       </c>
       <c r="E38" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="39" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="39" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D39" s="2" t="s">
         <v>872</v>
       </c>
       <c r="E39" t="s">
         <v>1432</v>
       </c>
     </row>
-    <row r="40" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="40" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D40" s="2" t="s">
         <v>873</v>
       </c>
       <c r="E40" t="s">
         <v>1433</v>
       </c>
     </row>
-    <row r="41" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="41" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D41" s="2" t="s">
         <v>874</v>
       </c>
       <c r="E41" t="s">
         <v>1407</v>
       </c>
     </row>
-    <row r="42" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="42" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D42" s="2" t="s">
         <v>875</v>
       </c>
       <c r="E42" t="s">
         <v>1408</v>
       </c>
     </row>
-    <row r="43" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="43" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D43" s="2" t="s">
         <v>876</v>
       </c>
       <c r="E43" t="s">
         <v>1434</v>
       </c>
     </row>
-    <row r="44" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="44" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D44" s="2" t="s">
         <v>877</v>
       </c>
       <c r="E44" t="s">
         <v>1435</v>
       </c>
     </row>
-    <row r="45" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="45" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D45" s="2" t="s">
         <v>878</v>
       </c>
       <c r="E45" t="s">
         <v>1436</v>
       </c>
     </row>
-    <row r="46" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="46" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D46" s="2" t="s">
         <v>879</v>
       </c>
       <c r="E46" t="s">
         <v>1437</v>
       </c>
     </row>
-    <row r="47" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="47" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D47" s="2" t="s">
         <v>880</v>
       </c>
       <c r="E47" t="s">
         <v>1438</v>
       </c>
     </row>
-    <row r="48" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="48" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D48" s="2" t="s">
         <v>881</v>
       </c>
       <c r="E48" t="s">
         <v>1439</v>
       </c>
     </row>
-    <row r="49" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="49" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D49" s="2" t="s">
         <v>882</v>
       </c>
       <c r="E49" t="s">
         <v>1440</v>
       </c>
     </row>
-    <row r="50" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="50" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D50" s="2" t="s">
         <v>883</v>
       </c>
       <c r="E50" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="51" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="51" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D51" s="2" t="s">
         <v>884</v>
       </c>
       <c r="E51" t="s">
         <v>1370</v>
       </c>
     </row>
-    <row r="52" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="52" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D52" s="2" t="s">
         <v>885</v>
       </c>
       <c r="E52" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="53" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="53" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D53" s="2" t="s">
         <v>886</v>
       </c>
       <c r="E53" t="s">
         <v>1371</v>
       </c>
     </row>
-    <row r="54" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="54" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D54" s="2" t="s">
         <v>887</v>
       </c>
       <c r="E54" t="s">
         <v>1372</v>
       </c>
     </row>
-    <row r="55" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="55" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D55" s="2" t="s">
         <v>888</v>
       </c>
       <c r="E55" t="s">
         <v>1441</v>
       </c>
     </row>
-    <row r="56" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="56" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D56" s="2" t="s">
         <v>889</v>
       </c>
       <c r="E56" t="s">
         <v>1409</v>
       </c>
     </row>
-    <row r="57" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="57" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D57" s="2" t="s">
         <v>890</v>
       </c>
       <c r="E57" t="s">
         <v>1373</v>
       </c>
     </row>
-    <row r="58" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="58" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D58" s="2" t="s">
         <v>891</v>
       </c>
       <c r="E58" t="s">
         <v>1442</v>
       </c>
     </row>
-    <row r="59" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="59" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D59" s="2" t="s">
         <v>892</v>
       </c>
       <c r="E59" t="s">
         <v>1374</v>
       </c>
     </row>
-    <row r="60" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="60" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D60" s="2" t="s">
         <v>893</v>
       </c>
       <c r="E60" t="s">
         <v>1375</v>
       </c>
     </row>
-    <row r="61" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="61" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D61" s="2" t="s">
         <v>894</v>
       </c>
       <c r="E61" t="s">
         <v>1376</v>
       </c>
     </row>
-    <row r="62" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="62" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D62" s="2" t="s">
         <v>895</v>
       </c>
       <c r="E62" t="s">
         <v>1443</v>
       </c>
     </row>
-    <row r="63" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="63" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D63" s="2" t="s">
         <v>896</v>
       </c>
       <c r="E63" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="64" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="64" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D64" s="2" t="s">
         <v>897</v>
       </c>
       <c r="E64" t="s">
         <v>1444</v>
       </c>
     </row>
-    <row r="65" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="65" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D65" s="2" t="s">
         <v>898</v>
       </c>
       <c r="E65" t="s">
         <v>1445</v>
       </c>
     </row>
-    <row r="66" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="66" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D66" s="2" t="s">
         <v>899</v>
       </c>
       <c r="E66" t="s">
         <v>1446</v>
       </c>
     </row>
-    <row r="67" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="67" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D67" s="2" t="s">
         <v>900</v>
       </c>
       <c r="E67" t="s">
         <v>1377</v>
       </c>
     </row>
-    <row r="68" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="68" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D68" s="2" t="s">
         <v>901</v>
       </c>
       <c r="E68" t="s">
         <v>1378</v>
       </c>
     </row>
-    <row r="69" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="69" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D69" s="2" t="s">
         <v>902</v>
       </c>
       <c r="E69" t="s">
         <v>1447</v>
       </c>
     </row>
-    <row r="70" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="70" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D70" s="2" t="s">
         <v>903</v>
       </c>
       <c r="E70" t="s">
         <v>1448</v>
       </c>
     </row>
-    <row r="71" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="71" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D71" s="2" t="s">
         <v>904</v>
       </c>
       <c r="E71" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="72" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="72" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D72" s="2" t="s">
         <v>905</v>
       </c>
       <c r="E72" t="s">
         <v>1410</v>
       </c>
     </row>
-    <row r="73" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="73" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D73" s="2" t="s">
         <v>906</v>
       </c>
       <c r="E73" t="s">
         <v>1379</v>
       </c>
     </row>
-    <row r="74" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="74" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D74" s="2" t="s">
         <v>907</v>
       </c>
       <c r="E74" t="s">
         <v>1371</v>
       </c>
     </row>
-    <row r="75" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="75" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D75" s="2" t="s">
         <v>908</v>
       </c>
       <c r="E75" t="s">
         <v>1412</v>
       </c>
     </row>
-    <row r="76" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="76" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D76" s="2" t="s">
         <v>909</v>
       </c>
       <c r="E76" t="s">
         <v>1449</v>
       </c>
     </row>
-    <row r="77" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="77" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D77" s="2" t="s">
         <v>910</v>
       </c>
       <c r="E77" t="s">
         <v>1450</v>
       </c>
     </row>
-    <row r="78" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="78" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D78" s="2" t="s">
         <v>911</v>
       </c>
       <c r="E78" t="s">
         <v>1380</v>
       </c>
     </row>
-    <row r="79" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="79" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D79" s="2" t="s">
         <v>912</v>
       </c>
       <c r="E79" t="s">
         <v>1451</v>
       </c>
     </row>
-    <row r="80" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="80" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D80" s="2" t="s">
         <v>913</v>
       </c>
       <c r="E80" t="s">
         <v>1452</v>
       </c>
     </row>
-    <row r="81" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="81" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D81" s="2" t="s">
         <v>914</v>
       </c>
       <c r="E81" t="s">
         <v>1381</v>
       </c>
     </row>
-    <row r="82" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="82" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D82" s="2" t="s">
         <v>915</v>
       </c>
       <c r="E82" t="s">
         <v>1453</v>
       </c>
     </row>
-    <row r="83" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="83" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D83" s="2" t="s">
         <v>916</v>
       </c>
       <c r="E83" t="s">
         <v>1382</v>
       </c>
     </row>
-    <row r="84" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="84" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D84" s="2" t="s">
         <v>917</v>
       </c>
       <c r="E84" t="s">
         <v>1454</v>
       </c>
     </row>
-    <row r="85" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="85" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D85" s="2" t="s">
         <v>918</v>
       </c>
       <c r="E85" t="s">
         <v>1455</v>
       </c>
     </row>
-    <row r="86" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="86" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D86" s="2" t="s">
         <v>919</v>
       </c>
       <c r="E86" t="s">
         <v>1456</v>
       </c>
     </row>
-    <row r="87" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="87" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D87" s="2" t="s">
         <v>920</v>
       </c>
       <c r="E87" t="s">
         <v>1457</v>
       </c>
     </row>
-    <row r="88" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="88" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D88" s="2" t="s">
         <v>921</v>
       </c>
       <c r="E88" t="s">
         <v>1413</v>
       </c>
     </row>
-    <row r="89" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="89" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D89" s="2" t="s">
         <v>922</v>
       </c>
       <c r="E89" t="s">
         <v>1383</v>
       </c>
     </row>
-    <row r="90" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="90" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D90" s="2" t="s">
         <v>923</v>
       </c>
       <c r="E90" t="s">
         <v>1458</v>
       </c>
     </row>
-    <row r="91" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="91" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D91" s="2" t="s">
         <v>924</v>
       </c>
       <c r="E91" t="s">
         <v>1459</v>
       </c>
     </row>
-    <row r="92" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="92" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D92" s="2" t="s">
         <v>925</v>
       </c>
       <c r="E92" t="s">
         <v>1460</v>
       </c>
     </row>
-    <row r="93" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="93" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D93" s="2" t="s">
         <v>926</v>
       </c>
       <c r="E93" t="s">
         <v>1461</v>
       </c>
     </row>
-    <row r="94" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="94" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D94" s="2" t="s">
         <v>927</v>
       </c>
       <c r="E94" t="s">
         <v>1384</v>
       </c>
     </row>
-    <row r="95" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="95" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D95" s="2" t="s">
         <v>928</v>
       </c>
       <c r="E95" t="s">
         <v>1462</v>
       </c>
     </row>
-    <row r="96" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="96" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D96" s="2" t="s">
         <v>929</v>
       </c>
       <c r="E96" t="s">
         <v>1463</v>
       </c>
     </row>
-    <row r="97" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="97" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D97" s="2" t="s">
         <v>930</v>
       </c>
       <c r="E97" t="s">
         <v>1464</v>
       </c>
     </row>
-    <row r="98" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="98" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D98" s="2" t="s">
         <v>931</v>
       </c>
       <c r="E98" t="s">
         <v>1465</v>
       </c>
     </row>
-    <row r="99" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="99" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D99" s="2" t="s">
         <v>932</v>
       </c>
       <c r="E99" t="s">
         <v>1466</v>
       </c>
     </row>
-    <row r="100" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="100" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D100" s="2" t="s">
         <v>933</v>
       </c>
       <c r="E100" t="s">
         <v>1467</v>
       </c>
     </row>
-    <row r="101" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="101" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D101" s="2" t="s">
         <v>934</v>
       </c>
       <c r="E101" t="s">
         <v>1468</v>
       </c>
     </row>
-    <row r="102" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="102" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D102" s="2" t="s">
         <v>935</v>
       </c>
       <c r="E102" t="s">
         <v>1385</v>
       </c>
     </row>
-    <row r="103" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="103" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D103" s="2" t="s">
         <v>936</v>
       </c>
       <c r="E103" t="s">
         <v>1469</v>
       </c>
     </row>
-    <row r="104" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="104" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D104" s="2" t="s">
         <v>937</v>
       </c>
       <c r="E104" t="s">
         <v>1470</v>
       </c>
     </row>
-    <row r="105" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="105" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D105" s="2" t="s">
         <v>938</v>
       </c>
       <c r="E105" t="s">
         <v>1471</v>
       </c>
     </row>
-    <row r="106" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="106" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D106" s="2" t="s">
         <v>939</v>
       </c>
       <c r="E106" t="s">
         <v>1472</v>
       </c>
     </row>
-    <row r="107" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="107" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D107" s="2" t="s">
         <v>940</v>
       </c>
       <c r="E107" t="s">
         <v>1386</v>
       </c>
     </row>
-    <row r="108" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="108" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D108" s="2" t="s">
         <v>941</v>
       </c>
       <c r="E108" t="s">
         <v>1473</v>
       </c>
     </row>
-    <row r="109" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="109" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D109" s="2" t="s">
         <v>942</v>
       </c>
       <c r="E109" t="s">
         <v>1474</v>
       </c>
     </row>
-    <row r="110" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="110" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D110" s="2" t="s">
         <v>943</v>
       </c>
       <c r="E110" t="s">
         <v>1387</v>
       </c>
     </row>
-    <row r="111" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="111" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D111" s="2" t="s">
         <v>944</v>
       </c>
       <c r="E111" t="s">
         <v>1475</v>
       </c>
     </row>
-    <row r="112" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="112" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D112" s="2" t="s">
         <v>945</v>
       </c>
       <c r="E112" t="s">
         <v>1476</v>
       </c>
     </row>
-    <row r="113" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="113" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D113" s="2" t="s">
         <v>946</v>
       </c>
       <c r="E113" t="s">
         <v>1477</v>
       </c>
     </row>
-    <row r="114" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="114" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D114" s="2" t="s">
         <v>947</v>
       </c>
       <c r="E114" t="s">
         <v>1478</v>
       </c>
     </row>
-    <row r="115" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="115" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D115" s="2" t="s">
         <v>948</v>
       </c>
       <c r="E115" t="s">
         <v>1479</v>
       </c>
     </row>
-    <row r="116" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="116" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D116" s="2" t="s">
         <v>949</v>
       </c>
       <c r="E116" t="s">
         <v>1388</v>
       </c>
     </row>
-    <row r="117" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="117" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D117" s="2" t="s">
         <v>950</v>
       </c>
       <c r="E117" t="s">
         <v>1480</v>
       </c>
     </row>
-    <row r="118" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="118" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D118" s="2" t="s">
         <v>951</v>
       </c>
       <c r="E118" t="s">
         <v>1481</v>
       </c>
     </row>
-    <row r="119" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="119" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D119" s="2" t="s">
         <v>952</v>
       </c>
       <c r="E119" t="s">
         <v>1482</v>
       </c>
     </row>
-    <row r="120" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="120" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D120" s="2" t="s">
         <v>953</v>
       </c>
       <c r="E120" t="s">
         <v>1483</v>
       </c>
     </row>
-    <row r="121" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="121" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D121" s="2" t="s">
         <v>954</v>
       </c>
       <c r="E121" t="s">
         <v>1389</v>
       </c>
     </row>
-    <row r="122" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="122" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D122" s="2" t="s">
         <v>955</v>
       </c>
       <c r="E122" t="s">
         <v>1484</v>
       </c>
     </row>
-    <row r="123" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="123" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D123" s="2" t="s">
         <v>956</v>
       </c>
       <c r="E123" t="s">
         <v>1485</v>
       </c>
     </row>
-    <row r="124" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="124" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D124" s="2" t="s">
         <v>957</v>
       </c>
       <c r="E124" t="s">
         <v>1486</v>
       </c>
     </row>
-    <row r="125" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="125" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D125" s="2" t="s">
         <v>958</v>
       </c>
       <c r="E125" t="s">
         <v>1487</v>
       </c>
     </row>
-    <row r="126" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="126" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D126" s="2" t="s">
         <v>959</v>
       </c>
       <c r="E126" t="s">
         <v>1390</v>
       </c>
     </row>
-    <row r="127" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="127" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D127" s="2" t="s">
         <v>960</v>
       </c>
       <c r="E127" t="s">
         <v>1391</v>
       </c>
     </row>
-    <row r="128" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="128" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D128" s="2" t="s">
         <v>961</v>
       </c>
       <c r="E128" t="s">
         <v>1488</v>
       </c>
     </row>
-    <row r="129" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="129" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D129" s="2" t="s">
         <v>962</v>
       </c>
       <c r="E129" t="s">
         <v>1489</v>
       </c>
     </row>
-    <row r="130" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="130" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D130" s="2" t="s">
         <v>963</v>
       </c>
       <c r="E130" t="s">
         <v>1490</v>
       </c>
     </row>
-    <row r="131" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="131" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D131" s="2" t="s">
         <v>964</v>
       </c>
       <c r="E131" t="s">
         <v>1491</v>
       </c>
     </row>
-    <row r="132" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="132" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D132" s="2" t="s">
         <v>965</v>
       </c>
       <c r="E132" t="s">
         <v>1492</v>
       </c>
     </row>
-    <row r="133" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="133" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D133" s="2" t="s">
         <v>966</v>
       </c>
       <c r="E133" t="s">
         <v>1392</v>
       </c>
     </row>
-    <row r="134" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="134" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D134" s="2" t="s">
         <v>967</v>
       </c>
       <c r="E134" t="s">
         <v>1393</v>
       </c>
     </row>
-    <row r="135" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="135" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D135" s="2" t="s">
         <v>968</v>
       </c>
       <c r="E135" t="s">
         <v>1394</v>
       </c>
     </row>
-    <row r="136" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="136" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D136" s="2" t="s">
         <v>969</v>
       </c>
       <c r="E136" t="s">
         <v>1493</v>
       </c>
     </row>
-    <row r="137" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="137" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D137" s="2" t="s">
         <v>970</v>
       </c>
       <c r="E137" t="s">
         <v>1494</v>
       </c>
     </row>
-    <row r="138" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="138" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D138" s="2" t="s">
         <v>971</v>
       </c>
       <c r="E138" t="s">
         <v>1395</v>
       </c>
     </row>
-    <row r="139" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="139" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D139" s="2" t="s">
         <v>972</v>
       </c>
       <c r="E139" t="s">
         <v>1495</v>
       </c>
     </row>
-    <row r="140" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="140" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D140" s="2" t="s">
         <v>973</v>
       </c>
       <c r="E140" t="s">
         <v>1496</v>
       </c>
     </row>
-    <row r="141" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="141" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D141" s="2" t="s">
         <v>974</v>
       </c>
       <c r="E141" t="s">
         <v>1497</v>
       </c>
     </row>
-    <row r="142" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="142" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D142" s="2" t="s">
         <v>975</v>
       </c>
       <c r="E142" t="s">
         <v>1498</v>
       </c>
     </row>
-    <row r="143" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="143" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D143" s="2" t="s">
         <v>976</v>
       </c>
       <c r="E143" t="s">
         <v>1499</v>
       </c>
     </row>
-    <row r="144" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="144" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D144" s="2" t="s">
         <v>977</v>
       </c>
       <c r="E144" t="s">
         <v>1500</v>
       </c>
     </row>
-    <row r="145" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="145" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D145" s="2" t="s">
         <v>978</v>
       </c>
       <c r="E145" t="s">
         <v>1501</v>
       </c>
     </row>
-    <row r="146" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="146" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D146" s="2" t="s">
         <v>979</v>
       </c>
       <c r="E146" t="s">
         <v>1502</v>
       </c>
     </row>
-    <row r="147" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="147" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D147" s="2" t="s">
         <v>980</v>
       </c>
       <c r="E147" t="s">
         <v>1503</v>
       </c>
     </row>
-    <row r="148" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="148" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D148" s="2" t="s">
         <v>981</v>
       </c>
       <c r="E148" t="s">
         <v>1504</v>
       </c>
     </row>
-    <row r="149" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="149" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D149" s="2" t="s">
         <v>982</v>
       </c>
       <c r="E149" t="s">
         <v>1505</v>
       </c>
     </row>
-    <row r="150" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="150" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D150" s="2" t="s">
         <v>983</v>
       </c>
       <c r="E150" t="s">
         <v>1396</v>
       </c>
     </row>
-    <row r="151" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="151" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D151" s="2" t="s">
         <v>984</v>
       </c>
       <c r="E151" t="s">
         <v>1397</v>
       </c>
     </row>
-    <row r="152" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="152" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D152" s="2" t="s">
         <v>985</v>
       </c>
       <c r="E152" t="s">
         <v>1506</v>
       </c>
     </row>
-    <row r="153" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="153" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D153" s="2" t="s">
         <v>986</v>
       </c>
       <c r="E153" t="s">
         <v>1507</v>
       </c>
     </row>
-    <row r="154" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="154" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D154" s="2" t="s">
         <v>987</v>
       </c>
       <c r="E154" t="s">
         <v>1508</v>
       </c>
     </row>
-    <row r="155" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="155" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D155" s="2" t="s">
         <v>988</v>
       </c>
       <c r="E155" t="s">
         <v>1509</v>
       </c>
     </row>
-    <row r="156" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="156" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D156" s="2" t="s">
         <v>989</v>
       </c>
       <c r="E156" t="s">
         <v>1398</v>
       </c>
     </row>
-    <row r="157" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="157" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D157" s="2" t="s">
         <v>991</v>
       </c>
       <c r="E157" t="s">
         <v>1399</v>
       </c>
     </row>
-    <row r="158" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="158" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D158" s="2" t="s">
         <v>992</v>
       </c>
       <c r="E158" t="s">
         <v>1400</v>
       </c>
     </row>
-    <row r="159" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="159" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D159" s="2" t="s">
         <v>993</v>
       </c>
       <c r="E159" t="s">
         <v>1510</v>
       </c>
     </row>
-    <row r="160" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="160" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D160" s="2" t="s">
         <v>994</v>
       </c>
       <c r="E160" t="s">
         <v>1511</v>
       </c>
     </row>
-    <row r="161" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="161" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D161" s="2" t="s">
         <v>995</v>
       </c>
       <c r="E161" t="s">
         <v>1512</v>
       </c>
     </row>
-    <row r="162" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="162" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D162" s="2" t="s">
         <v>996</v>
       </c>
       <c r="E162" t="s">
         <v>1401</v>
       </c>
     </row>
-    <row r="163" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="163" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D163" s="2" t="s">
         <v>997</v>
       </c>
       <c r="E163" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="164" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="164" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D164" s="2" t="s">
         <v>998</v>
       </c>
       <c r="E164" t="s">
         <v>1513</v>
       </c>
     </row>
-    <row r="165" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="165" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D165" s="2" t="s">
         <v>999</v>
       </c>
       <c r="E165" t="s">
         <v>1514</v>
       </c>
     </row>
-    <row r="166" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="166" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D166" s="2" t="s">
         <v>1000</v>
       </c>
       <c r="E166" t="s">
         <v>1367</v>
       </c>
     </row>
-    <row r="167" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="167" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D167" s="2" t="s">
         <v>1001</v>
       </c>
       <c r="E167" t="s">
         <v>1515</v>
       </c>
     </row>
-    <row r="168" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="168" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D168" s="2" t="s">
         <v>1002</v>
       </c>
       <c r="E168" t="s">
         <v>1516</v>
       </c>
     </row>
-    <row r="169" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="169" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D169" s="2" t="s">
         <v>1003</v>
       </c>
       <c r="E169" t="s">
         <v>1517</v>
       </c>
     </row>
-    <row r="170" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="170" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D170" s="2" t="s">
         <v>1004</v>
       </c>
       <c r="E170" t="s">
         <v>1518</v>
       </c>
     </row>
-    <row r="171" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="171" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D171" s="2" t="s">
         <v>1005</v>
       </c>
       <c r="E171" t="s">
         <v>1519</v>
       </c>
     </row>
-    <row r="172" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="172" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D172" s="2" t="s">
         <v>1006</v>
       </c>
       <c r="E172" t="s">
         <v>1520</v>
       </c>
     </row>
-    <row r="173" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="173" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D173" s="2" t="s">
         <v>1007</v>
       </c>
       <c r="E173" t="s">
         <v>1521</v>
       </c>
     </row>
-    <row r="174" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="174" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D174" s="2" t="s">
         <v>1009</v>
       </c>
       <c r="E174" t="s">
         <v>1522</v>
       </c>
     </row>
-    <row r="175" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="175" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D175" s="2" t="s">
         <v>1010</v>
       </c>
       <c r="E175" t="s">
         <v>1523</v>
       </c>
     </row>
-    <row r="176" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="176" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D176" s="2" t="s">
         <v>1011</v>
       </c>
       <c r="E176" t="s">
         <v>1524</v>
       </c>
     </row>
-    <row r="177" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="177" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D177" s="2" t="s">
         <v>1012</v>
       </c>
       <c r="E177" t="s">
         <v>1525</v>
       </c>
     </row>
-    <row r="178" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="178" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D178" s="2" t="s">
         <v>1013</v>
       </c>
       <c r="E178" t="s">
         <v>1526</v>
       </c>
     </row>
-    <row r="179" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="179" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D179" s="2" t="s">
         <v>1014</v>
       </c>
       <c r="E179" t="s">
         <v>1527</v>
       </c>
     </row>
-    <row r="180" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="180" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D180" s="2" t="s">
         <v>1015</v>
       </c>
       <c r="E180" t="s">
         <v>1411</v>
       </c>
     </row>
-    <row r="181" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="181" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D181" s="2" t="s">
         <v>1016</v>
       </c>
       <c r="E181" t="s">
         <v>1528</v>
       </c>
     </row>
-    <row r="182" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="182" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D182" s="2" t="s">
         <v>1017</v>
       </c>
       <c r="E182" t="s">
         <v>1529</v>
       </c>
     </row>
-    <row r="183" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="183" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D183" s="2" t="s">
         <v>1018</v>
       </c>
       <c r="E183" t="s">
         <v>1530</v>
       </c>
     </row>
-    <row r="184" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="184" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D184" s="2" t="s">
         <v>1019</v>
       </c>
       <c r="E184" t="s">
         <v>1531</v>
       </c>
     </row>
-    <row r="185" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="185" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D185" s="2" t="s">
         <v>1020</v>
       </c>
       <c r="E185" t="s">
         <v>1532</v>
       </c>
     </row>
-    <row r="186" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="186" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D186" s="2" t="s">
         <v>1021</v>
       </c>
       <c r="E186" t="s">
         <v>1533</v>
       </c>
     </row>
-    <row r="187" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="187" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D187" s="2" t="s">
         <v>1022</v>
       </c>
       <c r="E187" t="s">
         <v>1534</v>
       </c>
     </row>
-    <row r="188" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="188" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D188" s="2" t="s">
         <v>1023</v>
       </c>
       <c r="E188" t="s">
         <v>1535</v>
       </c>
     </row>
-    <row r="189" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="189" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D189" s="2" t="s">
         <v>1024</v>
       </c>
       <c r="E189" t="s">
         <v>1536</v>
       </c>
     </row>
-    <row r="190" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="190" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D190" s="2" t="s">
         <v>1025</v>
       </c>
       <c r="E190" t="s">
         <v>1537</v>
       </c>
     </row>
-    <row r="191" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="191" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D191" s="2" t="s">
         <v>1026</v>
       </c>
       <c r="E191" t="s">
         <v>1538</v>
       </c>
     </row>
-    <row r="192" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="192" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D192" s="2" t="s">
         <v>1027</v>
       </c>
       <c r="E192" t="s">
         <v>1539</v>
       </c>
     </row>
-    <row r="193" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="193" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D193" s="2" t="s">
         <v>1028</v>
       </c>
       <c r="E193" t="s">
         <v>1540</v>
       </c>
     </row>
-    <row r="194" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="194" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D194" s="2" t="s">
         <v>1029</v>
       </c>
       <c r="E194" t="s">
         <v>1541</v>
       </c>
     </row>
-    <row r="195" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="195" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D195" s="2" t="s">
         <v>1030</v>
       </c>
       <c r="E195" t="s">
         <v>1542</v>
       </c>
     </row>
-    <row r="196" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="196" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D196" s="2" t="s">
         <v>1031</v>
       </c>
       <c r="E196" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="197" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="197" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D197" s="2" t="s">
         <v>1032</v>
       </c>
       <c r="E197" t="s">
         <v>1543</v>
       </c>
     </row>
-    <row r="198" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="198" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D198" s="2" t="s">
         <v>1033</v>
       </c>
       <c r="E198" t="s">
         <v>1544</v>
       </c>
     </row>
-    <row r="199" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="199" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D199" s="2" t="s">
         <v>1034</v>
       </c>
       <c r="E199" t="s">
         <v>1545</v>
       </c>
     </row>
-    <row r="200" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="200" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D200" s="2" t="s">
         <v>1035</v>
       </c>
       <c r="E200" t="s">
         <v>1546</v>
       </c>
     </row>
-    <row r="201" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="201" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D201" s="2" t="s">
         <v>1036</v>
       </c>
       <c r="E201" t="s">
         <v>1547</v>
       </c>
     </row>
-    <row r="202" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="202" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D202" s="2" t="s">
         <v>1037</v>
       </c>
       <c r="E202" t="s">
         <v>1548</v>
       </c>
     </row>
-    <row r="203" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="203" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D203" s="2" t="s">
         <v>1038</v>
       </c>
       <c r="E203" t="s">
         <v>1549</v>
       </c>
     </row>
-    <row r="204" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="204" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D204" s="2" t="s">
         <v>1039</v>
       </c>
       <c r="E204" t="s">
         <v>1550</v>
       </c>
     </row>
-    <row r="205" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="205" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D205" s="2" t="s">
         <v>1040</v>
       </c>
       <c r="E205" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="206" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="206" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D206" s="2" t="s">
         <v>1041</v>
       </c>
       <c r="E206" t="s">
         <v>1551</v>
       </c>
     </row>
-    <row r="207" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="207" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D207" s="2" t="s">
         <v>1042</v>
       </c>
       <c r="E207" t="s">
         <v>1552</v>
       </c>
     </row>
-    <row r="208" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="208" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D208" s="2" t="s">
         <v>1043</v>
       </c>
       <c r="E208" t="s">
         <v>1553</v>
       </c>
     </row>
-    <row r="209" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="209" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D209" s="2" t="s">
         <v>1044</v>
       </c>
       <c r="E209" t="s">
         <v>1554</v>
       </c>
     </row>
-    <row r="210" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="210" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D210" s="2" t="s">
         <v>1045</v>
       </c>
       <c r="E210" t="s">
         <v>1555</v>
       </c>
     </row>
-    <row r="211" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="211" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D211" s="2" t="s">
         <v>1046</v>
       </c>
       <c r="E211" t="s">
         <v>1556</v>
       </c>
     </row>
-    <row r="212" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="212" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D212" s="2" t="s">
         <v>1047</v>
       </c>
       <c r="E212" t="s">
         <v>1557</v>
       </c>
     </row>
-    <row r="213" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="213" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D213" s="2" t="s">
         <v>1048</v>
       </c>
       <c r="E213" t="s">
         <v>1558</v>
       </c>
     </row>
-    <row r="214" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="214" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D214" s="2" t="s">
         <v>1049</v>
       </c>
       <c r="E214" t="s">
         <v>1559</v>
       </c>
     </row>
-    <row r="215" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="215" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D215" s="2" t="s">
         <v>1050</v>
       </c>
       <c r="E215" t="s">
         <v>1560</v>
       </c>
     </row>
-    <row r="216" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="216" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D216" s="2" t="s">
         <v>1051</v>
       </c>
       <c r="E216" t="s">
         <v>1561</v>
       </c>
     </row>
-    <row r="217" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="217" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D217" s="2" t="s">
         <v>1052</v>
       </c>
       <c r="E217" t="s">
         <v>1562</v>
       </c>
     </row>
-    <row r="218" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="218" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D218" s="2" t="s">
         <v>1053</v>
       </c>
       <c r="E218" t="s">
         <v>1563</v>
       </c>
     </row>
-    <row r="219" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="219" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D219" s="2" t="s">
         <v>1054</v>
       </c>
       <c r="E219" t="s">
         <v>1564</v>
       </c>
     </row>
-    <row r="220" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="220" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D220" s="2" t="s">
         <v>1055</v>
       </c>
       <c r="E220" t="s">
         <v>1565</v>
       </c>
     </row>
-    <row r="221" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="221" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D221" s="2" t="s">
         <v>1056</v>
       </c>
       <c r="E221" t="s">
         <v>1566</v>
       </c>
     </row>
-    <row r="222" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="222" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D222" s="2" t="s">
         <v>1057</v>
       </c>
       <c r="E222" t="s">
         <v>1567</v>
       </c>
     </row>
-    <row r="223" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="223" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D223" s="2" t="s">
         <v>1058</v>
       </c>
       <c r="E223" t="s">
         <v>1568</v>
       </c>
     </row>
-    <row r="224" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="224" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D224" s="2" t="s">
         <v>1059</v>
       </c>
       <c r="E224" t="s">
         <v>1569</v>
       </c>
     </row>
-    <row r="225" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="225" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D225" s="2" t="s">
         <v>1060</v>
       </c>
       <c r="E225" t="s">
         <v>1570</v>
       </c>
     </row>
-    <row r="226" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="226" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D226" s="2" t="s">
         <v>1061</v>
       </c>
       <c r="E226" t="s">
         <v>1402</v>
       </c>
     </row>
-    <row r="227" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="227" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D227" s="2" t="s">
         <v>1062</v>
       </c>
       <c r="E227" t="s">
         <v>1571</v>
       </c>
     </row>
-    <row r="228" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="228" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D228" s="2" t="s">
         <v>1063</v>
       </c>
       <c r="E228" t="s">
         <v>1572</v>
       </c>
     </row>
-    <row r="229" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="229" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D229" s="2" t="s">
         <v>1064</v>
       </c>
       <c r="E229" t="s">
         <v>1573</v>
       </c>
     </row>
-    <row r="230" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="230" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D230" s="2" t="s">
         <v>1065</v>
       </c>
       <c r="E230" t="s">
         <v>1574</v>
       </c>
     </row>
-    <row r="231" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="231" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D231" s="2" t="s">
         <v>1066</v>
       </c>
       <c r="E231" t="s">
         <v>1575</v>
       </c>
     </row>
-    <row r="232" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="232" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D232" s="2" t="s">
         <v>1067</v>
       </c>
       <c r="E232" t="s">
         <v>1576</v>
       </c>
     </row>
-    <row r="233" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="233" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D233" s="2" t="s">
         <v>1068</v>
       </c>
       <c r="E233" t="s">
         <v>1577</v>
       </c>
     </row>
-    <row r="234" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="234" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D234" s="2" t="s">
         <v>1069</v>
       </c>
       <c r="E234" t="s">
         <v>1578</v>
       </c>
     </row>
-    <row r="235" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="235" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D235" s="2" t="s">
         <v>1070</v>
       </c>
       <c r="E235" t="s">
         <v>1579</v>
       </c>
     </row>
-    <row r="236" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="236" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D236" s="2" t="s">
         <v>1071</v>
       </c>
       <c r="E236" t="s">
         <v>1580</v>
       </c>
     </row>
-    <row r="237" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="237" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D237" s="2" t="s">
         <v>1072</v>
       </c>
       <c r="E237" t="s">
         <v>1581</v>
       </c>
     </row>
-    <row r="238" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="238" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D238" s="2" t="s">
         <v>1073</v>
       </c>
       <c r="E238" t="s">
         <v>1582</v>
       </c>
     </row>
-    <row r="239" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="239" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D239" s="2" t="s">
         <v>1074</v>
       </c>
       <c r="E239" t="s">
         <v>1583</v>
       </c>
     </row>
-    <row r="240" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="240" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D240" s="2" t="s">
         <v>1360</v>
       </c>
       <c r="E240" t="s">
         <v>1584</v>
       </c>
     </row>
-    <row r="241" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="241" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D241" s="2" t="s">
         <v>1075</v>
       </c>
       <c r="E241" t="s">
         <v>1585</v>
       </c>
     </row>
-    <row r="242" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="242" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D242" s="2" t="s">
         <v>1076</v>
       </c>
       <c r="E242" t="s">
         <v>1586</v>
       </c>
     </row>
-    <row r="243" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="243" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D243" s="2" t="s">
         <v>1077</v>
       </c>
       <c r="E243" t="s">
         <v>1587</v>
       </c>
     </row>
-    <row r="244" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="244" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D244" s="2" t="s">
         <v>1078</v>
       </c>
       <c r="E244" t="s">
         <v>1588</v>
       </c>
     </row>
-    <row r="245" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="245" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D245" s="2" t="s">
         <v>1079</v>
       </c>
       <c r="E245" t="s">
         <v>1589</v>
       </c>
     </row>
-    <row r="246" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="246" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D246" s="2" t="s">
         <v>1080</v>
       </c>
       <c r="E246" t="s">
         <v>1590</v>
       </c>
     </row>
-    <row r="247" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="247" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D247" s="2" t="s">
         <v>1081</v>
       </c>
       <c r="E247" t="s">
         <v>1591</v>
       </c>
     </row>
-    <row r="248" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="248" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D248" s="2" t="s">
         <v>1082</v>
       </c>
       <c r="E248" t="s">
         <v>1592</v>
       </c>
     </row>
-    <row r="249" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="249" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D249" s="2" t="s">
         <v>1083</v>
       </c>
       <c r="E249" t="s">
         <v>1593</v>
       </c>
     </row>
-    <row r="250" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="250" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D250" s="2" t="s">
         <v>1084</v>
       </c>
       <c r="E250" t="s">
         <v>1594</v>
       </c>
     </row>
-    <row r="251" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="251" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D251" s="2" t="s">
         <v>1085</v>
       </c>
       <c r="E251" t="s">
         <v>1595</v>
       </c>
     </row>
-    <row r="252" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="252" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D252" s="2" t="s">
         <v>1086</v>
       </c>
       <c r="E252" t="s">
         <v>1596</v>
       </c>
     </row>
-    <row r="253" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="253" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D253" s="2" t="s">
         <v>1087</v>
       </c>
       <c r="E253" t="s">
         <v>1597</v>
       </c>
     </row>
-    <row r="254" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="254" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D254" s="2" t="s">
         <v>1088</v>
       </c>
       <c r="E254" t="s">
         <v>1598</v>
       </c>
     </row>
-    <row r="255" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="255" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D255" s="2" t="s">
         <v>1089</v>
       </c>
       <c r="E255" t="s">
         <v>1599</v>
       </c>
     </row>
-    <row r="256" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="256" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D256" s="2" t="s">
         <v>1090</v>
       </c>
       <c r="E256" t="s">
         <v>1600</v>
       </c>
     </row>
-    <row r="257" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="257" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D257" s="2" t="s">
         <v>1091</v>
       </c>
       <c r="E257" t="s">
         <v>1601</v>
       </c>
     </row>
-    <row r="258" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="258" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D258" s="2" t="s">
         <v>1092</v>
       </c>
       <c r="E258" t="s">
         <v>1602</v>
       </c>
     </row>
-    <row r="259" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="259" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D259" s="2" t="s">
         <v>1093</v>
       </c>
       <c r="E259" t="s">
         <v>1603</v>
       </c>
     </row>
-    <row r="260" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="260" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D260" s="2" t="s">
         <v>1094</v>
       </c>
       <c r="E260" t="s">
         <v>1604</v>
       </c>
     </row>
-    <row r="261" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="261" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D261" s="2" t="s">
         <v>1095</v>
       </c>
       <c r="E261" t="s">
         <v>1605</v>
       </c>
     </row>
-    <row r="262" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="262" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D262" s="2" t="s">
         <v>1096</v>
       </c>
       <c r="E262" t="s">
         <v>1606</v>
       </c>
     </row>
-    <row r="263" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="263" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D263" s="2" t="s">
         <v>1097</v>
       </c>
       <c r="E263" t="s">
         <v>1607</v>
       </c>
     </row>
-    <row r="264" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="264" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D264" s="2" t="s">
         <v>1098</v>
       </c>
       <c r="E264" t="s">
         <v>1608</v>
       </c>
     </row>
-    <row r="265" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="265" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D265" s="2" t="s">
         <v>1099</v>
       </c>
       <c r="E265" t="s">
         <v>1609</v>
       </c>
     </row>
-    <row r="266" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="266" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D266" s="2" t="s">
         <v>1100</v>
       </c>
       <c r="E266" t="s">
         <v>1610</v>
       </c>
     </row>
-    <row r="267" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="267" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D267" s="2" t="s">
         <v>1101</v>
       </c>
       <c r="E267" t="s">
         <v>1611</v>
       </c>
     </row>
-    <row r="268" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="268" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D268" s="2" t="s">
         <v>1102</v>
       </c>
       <c r="E268" t="s">
         <v>1612</v>
       </c>
     </row>
-    <row r="269" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="269" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D269" s="2" t="s">
         <v>1103</v>
       </c>
       <c r="E269" t="s">
         <v>1613</v>
       </c>
     </row>
-    <row r="270" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="270" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D270" s="2" t="s">
         <v>1104</v>
       </c>
       <c r="E270" t="s">
         <v>1614</v>
       </c>
     </row>
-    <row r="271" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="271" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D271" s="2" t="s">
         <v>1105</v>
       </c>
       <c r="E271" t="s">
         <v>1615</v>
       </c>
     </row>
-    <row r="272" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="272" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D272" s="2" t="s">
         <v>1106</v>
       </c>
       <c r="E272" t="s">
         <v>1616</v>
       </c>
     </row>
-    <row r="273" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="273" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D273" s="2" t="s">
         <v>1107</v>
       </c>
       <c r="E273" t="s">
         <v>1617</v>
       </c>
     </row>
-    <row r="274" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="274" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D274" s="2" t="s">
         <v>1108</v>
       </c>
       <c r="E274" t="s">
         <v>1618</v>
       </c>
     </row>
-    <row r="275" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="275" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D275" s="2" t="s">
         <v>1109</v>
       </c>
       <c r="E275" t="s">
         <v>1619</v>
       </c>
     </row>
-    <row r="276" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="276" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D276" s="2" t="s">
         <v>1110</v>
       </c>
       <c r="E276" t="s">
         <v>1620</v>
       </c>
     </row>
-    <row r="277" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="277" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D277" s="2" t="s">
         <v>1111</v>
       </c>
       <c r="E277" t="s">
         <v>1621</v>
       </c>
     </row>
-    <row r="278" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="278" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D278" s="2" t="s">
         <v>1112</v>
       </c>
       <c r="E278" t="s">
         <v>1622</v>
       </c>
     </row>
-    <row r="279" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="279" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D279" s="2" t="s">
         <v>1113</v>
       </c>
       <c r="E279" t="s">
         <v>1623</v>
       </c>
     </row>
-    <row r="280" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="280" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D280" s="2" t="s">
         <v>1114</v>
       </c>
       <c r="E280" t="s">
         <v>1624</v>
       </c>
     </row>
-    <row r="281" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="281" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D281" s="2" t="s">
         <v>1115</v>
       </c>
       <c r="E281" t="s">
         <v>1625</v>
       </c>
     </row>
-    <row r="282" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="282" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D282" s="2" t="s">
         <v>1116</v>
       </c>
       <c r="E282" t="s">
         <v>1626</v>
       </c>
     </row>
-    <row r="283" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="283" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D283" s="2" t="s">
         <v>1117</v>
       </c>
       <c r="E283" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="284" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="284" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D284" s="2" t="s">
         <v>1118</v>
       </c>
       <c r="E284" t="s">
         <v>1627</v>
       </c>
     </row>
-    <row r="285" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="285" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D285" s="2" t="s">
         <v>1119</v>
       </c>
       <c r="E285" t="s">
         <v>1628</v>
       </c>
     </row>
-    <row r="286" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="286" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D286" s="2" t="s">
         <v>1120</v>
       </c>
       <c r="E286" t="s">
         <v>1629</v>
       </c>
     </row>
-    <row r="287" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="287" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D287" s="2" t="s">
         <v>1121</v>
       </c>
       <c r="E287" t="s">
         <v>1630</v>
       </c>
     </row>
-    <row r="288" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="288" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D288" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="E288" t="s">
         <v>1631</v>
       </c>
     </row>
-    <row r="289" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="289" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D289" s="2" t="s">
         <v>1123</v>
       </c>
       <c r="E289" t="s">
         <v>1632</v>
       </c>
     </row>
-    <row r="290" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="290" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D290" s="2" t="s">
         <v>1124</v>
       </c>
       <c r="E290" t="s">
         <v>1633</v>
       </c>
     </row>
-    <row r="291" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="291" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D291" s="2" t="s">
         <v>1125</v>
       </c>
       <c r="E291" t="s">
         <v>1634</v>
       </c>
     </row>
-    <row r="292" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="292" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D292" s="2" t="s">
         <v>1126</v>
       </c>
       <c r="E292" t="s">
         <v>1635</v>
       </c>
     </row>
-    <row r="293" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="293" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D293" s="2" t="s">
         <v>1127</v>
       </c>
       <c r="E293" t="s">
         <v>1636</v>
       </c>
     </row>
-    <row r="294" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="294" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D294" s="2" t="s">
         <v>1128</v>
       </c>
       <c r="E294" t="s">
         <v>1637</v>
       </c>
     </row>
-    <row r="295" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="295" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D295" s="2" t="s">
         <v>1129</v>
       </c>
       <c r="E295" t="s">
         <v>1638</v>
       </c>
     </row>
-    <row r="296" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="296" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D296" s="2" t="s">
         <v>1130</v>
       </c>
       <c r="E296" t="s">
         <v>1639</v>
       </c>
     </row>
-    <row r="297" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="297" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D297" s="2" t="s">
         <v>1131</v>
       </c>
       <c r="E297" t="s">
         <v>1533</v>
       </c>
     </row>
-    <row r="298" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="298" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D298" s="2" t="s">
         <v>1132</v>
       </c>
       <c r="E298" t="s">
         <v>1640</v>
       </c>
     </row>
-    <row r="299" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="299" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D299" s="2" t="s">
         <v>1133</v>
       </c>
       <c r="E299" t="s">
         <v>1641</v>
       </c>
     </row>
-    <row r="300" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="300" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D300" s="2" t="s">
         <v>1134</v>
       </c>
       <c r="E300" t="s">
         <v>1642</v>
       </c>
     </row>
-    <row r="301" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="301" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D301" s="2" t="s">
         <v>1135</v>
       </c>
       <c r="E301" t="s">
         <v>1643</v>
       </c>
     </row>
-    <row r="302" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="302" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D302" s="2" t="s">
         <v>1136</v>
       </c>
       <c r="E302" t="s">
         <v>1644</v>
       </c>
     </row>
-    <row r="303" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="303" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D303" s="2" t="s">
         <v>1137</v>
       </c>
       <c r="E303" t="s">
         <v>1645</v>
       </c>
     </row>
-    <row r="304" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="304" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D304" s="2" t="s">
         <v>1138</v>
       </c>
       <c r="E304" t="s">
         <v>1646</v>
       </c>
     </row>
-    <row r="305" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="305" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D305" s="2" t="s">
         <v>1139</v>
       </c>
       <c r="E305" t="s">
         <v>1647</v>
       </c>
     </row>
-    <row r="306" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="306" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D306" s="2" t="s">
         <v>1140</v>
       </c>
       <c r="E306" t="s">
         <v>1648</v>
       </c>
     </row>
-    <row r="307" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="307" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D307" s="2" t="s">
         <v>1141</v>
       </c>
       <c r="E307" t="s">
         <v>1649</v>
       </c>
     </row>
-    <row r="308" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="308" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D308" s="2" t="s">
         <v>1142</v>
       </c>
       <c r="E308" t="s">
         <v>1650</v>
       </c>
     </row>
-    <row r="309" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="309" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D309" s="2" t="s">
         <v>1143</v>
       </c>
       <c r="E309" t="s">
         <v>1651</v>
       </c>
     </row>
-    <row r="310" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="310" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D310" s="2" t="s">
         <v>1144</v>
       </c>
       <c r="E310" t="s">
         <v>1652</v>
       </c>
     </row>
-    <row r="311" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="311" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D311" s="2" t="s">
         <v>1145</v>
       </c>
       <c r="E311" t="s">
         <v>1653</v>
       </c>
     </row>
-    <row r="312" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="312" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D312" s="2" t="s">
         <v>1146</v>
       </c>
       <c r="E312" t="s">
         <v>1654</v>
       </c>
     </row>
-    <row r="313" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="313" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D313" s="2" t="s">
         <v>1147</v>
       </c>
       <c r="E313" t="s">
         <v>1655</v>
       </c>
     </row>
-    <row r="314" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="314" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D314" s="2" t="s">
         <v>1148</v>
       </c>
       <c r="E314" t="s">
         <v>1656</v>
       </c>
     </row>
-    <row r="315" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="315" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D315" s="2" t="s">
         <v>1149</v>
       </c>
       <c r="E315" t="s">
         <v>1657</v>
       </c>
     </row>
-    <row r="316" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="316" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D316" s="2" t="s">
         <v>1150</v>
       </c>
       <c r="E316" t="s">
         <v>1658</v>
       </c>
     </row>
-    <row r="317" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="317" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D317" s="2" t="s">
         <v>1151</v>
       </c>
       <c r="E317" t="s">
         <v>1659</v>
       </c>
     </row>
-    <row r="318" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="318" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D318" s="2" t="s">
         <v>1152</v>
       </c>
       <c r="E318" t="s">
         <v>1660</v>
       </c>
     </row>
-    <row r="319" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="319" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D319" s="2" t="s">
         <v>1153</v>
       </c>
       <c r="E319" t="s">
         <v>1661</v>
       </c>
     </row>
-    <row r="320" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="320" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D320" s="2" t="s">
         <v>1154</v>
       </c>
       <c r="E320" t="s">
         <v>1662</v>
       </c>
     </row>
-    <row r="321" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="321" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D321" s="2" t="s">
         <v>1155</v>
       </c>
       <c r="E321" t="s">
         <v>1663</v>
       </c>
     </row>
-    <row r="322" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="322" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D322" s="2" t="s">
         <v>1156</v>
       </c>
       <c r="E322" t="s">
         <v>1664</v>
       </c>
     </row>
-    <row r="323" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="323" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D323" s="2" t="s">
         <v>1157</v>
       </c>
       <c r="E323" t="s">
         <v>1665</v>
       </c>
     </row>
-    <row r="324" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="324" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D324" s="2" t="s">
         <v>1158</v>
       </c>
       <c r="E324" t="s">
         <v>1666</v>
       </c>
     </row>
-    <row r="325" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="325" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D325" s="2" t="s">
         <v>1159</v>
       </c>
       <c r="E325" t="s">
         <v>1667</v>
       </c>
     </row>
-    <row r="326" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="326" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D326" s="2" t="s">
         <v>1160</v>
       </c>
       <c r="E326" t="s">
         <v>1668</v>
       </c>
     </row>
-    <row r="327" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="327" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D327" s="2" t="s">
         <v>1161</v>
       </c>
       <c r="E327" t="s">
         <v>1669</v>
       </c>
     </row>
-    <row r="328" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="328" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D328" s="2" t="s">
         <v>1162</v>
       </c>
       <c r="E328" t="s">
         <v>1617</v>
       </c>
     </row>
-    <row r="329" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="329" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D329" s="2" t="s">
         <v>1163</v>
       </c>
       <c r="E329" t="s">
         <v>1670</v>
       </c>
     </row>
-    <row r="330" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="330" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D330" s="2" t="s">
         <v>1164</v>
       </c>
       <c r="E330" t="s">
         <v>1671</v>
       </c>
     </row>
-    <row r="331" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="331" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D331" s="2" t="s">
         <v>1165</v>
       </c>
       <c r="E331" t="s">
         <v>1672</v>
       </c>
     </row>
-    <row r="332" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="332" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D332" s="2" t="s">
         <v>1166</v>
       </c>
       <c r="E332" t="s">
         <v>1673</v>
       </c>
     </row>
-    <row r="333" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="333" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D333" s="2" t="s">
         <v>1167</v>
       </c>
       <c r="E333" t="s">
         <v>1674</v>
       </c>
     </row>
-    <row r="334" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="334" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D334" s="2" t="s">
         <v>1168</v>
       </c>
       <c r="E334" t="s">
         <v>1675</v>
       </c>
     </row>
-    <row r="335" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="335" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D335" s="2" t="s">
         <v>1169</v>
       </c>
       <c r="E335" t="s">
         <v>1403</v>
       </c>
     </row>
-    <row r="336" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="336" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D336" s="2" t="s">
         <v>1170</v>
       </c>
       <c r="E336" t="s">
         <v>1676</v>
       </c>
     </row>
-    <row r="337" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="337" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D337" s="2" t="s">
         <v>1171</v>
       </c>
       <c r="E337" t="s">
         <v>1677</v>
       </c>
     </row>
-    <row r="338" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="338" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D338" s="2" t="s">
         <v>1172</v>
       </c>
       <c r="E338" t="s">
         <v>1678</v>
       </c>
     </row>
-    <row r="339" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="339" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D339" s="2" t="s">
         <v>1173</v>
       </c>
       <c r="E339" t="s">
         <v>1679</v>
       </c>
     </row>
-    <row r="340" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="340" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D340" s="2" t="s">
         <v>1174</v>
       </c>
       <c r="E340" t="s">
         <v>1680</v>
       </c>
     </row>
-    <row r="341" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="341" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D341" s="2" t="s">
         <v>1175</v>
       </c>
       <c r="E341" t="s">
         <v>1681</v>
       </c>
     </row>
-    <row r="342" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="342" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D342" s="2" t="s">
         <v>1176</v>
       </c>
       <c r="E342" t="s">
         <v>1682</v>
       </c>
     </row>
-    <row r="343" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="343" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D343" s="2" t="s">
         <v>1177</v>
       </c>
       <c r="E343" t="s">
         <v>1683</v>
       </c>
     </row>
-    <row r="344" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="344" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D344" s="2" t="s">
         <v>1178</v>
       </c>
       <c r="E344" t="s">
         <v>1684</v>
       </c>
     </row>
-    <row r="345" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="345" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D345" s="2" t="s">
         <v>1179</v>
       </c>
       <c r="E345" t="s">
         <v>1685</v>
       </c>
     </row>
-    <row r="346" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="346" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D346" s="2" t="s">
         <v>1180</v>
       </c>
       <c r="E346" t="s">
         <v>1686</v>
       </c>
     </row>
-    <row r="347" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="347" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D347" s="2" t="s">
         <v>1181</v>
       </c>
       <c r="E347" t="s">
         <v>1687</v>
       </c>
     </row>
-    <row r="348" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="348" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D348" s="2" t="s">
         <v>1182</v>
       </c>
       <c r="E348" t="s">
         <v>1688</v>
       </c>
     </row>
-    <row r="349" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="349" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D349" s="2" t="s">
         <v>1183</v>
       </c>
       <c r="E349" t="s">
         <v>1689</v>
       </c>
     </row>
-    <row r="350" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="350" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D350" s="2" t="s">
         <v>1184</v>
       </c>
       <c r="E350" t="s">
         <v>1690</v>
       </c>
     </row>
-    <row r="351" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="351" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D351" s="2" t="s">
         <v>1185</v>
       </c>
       <c r="E351" t="s">
         <v>1691</v>
       </c>
     </row>
-    <row r="352" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="352" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D352" s="2" t="s">
         <v>1186</v>
       </c>
       <c r="E352" t="s">
         <v>1692</v>
       </c>
     </row>
-    <row r="353" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="353" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D353" s="2" t="s">
         <v>1187</v>
       </c>
       <c r="E353" t="s">
         <v>1693</v>
       </c>
     </row>
-    <row r="354" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="354" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D354" s="2" t="s">
         <v>1188</v>
       </c>
       <c r="E354" t="s">
         <v>1694</v>
       </c>
     </row>
-    <row r="355" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="355" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D355" s="2" t="s">
         <v>1189</v>
       </c>
       <c r="E355" t="s">
         <v>1695</v>
       </c>
     </row>
-    <row r="356" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="356" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D356" s="2" t="s">
         <v>1191</v>
       </c>
       <c r="E356" t="s">
         <v>1696</v>
       </c>
     </row>
-    <row r="357" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="357" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D357" s="2" t="s">
         <v>1192</v>
       </c>
       <c r="E357" t="s">
         <v>1697</v>
       </c>
     </row>
-    <row r="358" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="358" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D358" s="2" t="s">
         <v>1193</v>
       </c>
       <c r="E358" t="s">
         <v>1698</v>
       </c>
     </row>
-    <row r="359" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="359" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D359" s="2" t="s">
         <v>1194</v>
       </c>
       <c r="E359" t="s">
         <v>1699</v>
       </c>
     </row>
-    <row r="360" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="360" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D360" s="2" t="s">
         <v>1195</v>
       </c>
       <c r="E360" t="s">
         <v>1700</v>
       </c>
     </row>
-    <row r="361" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="361" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D361" s="2" t="s">
         <v>1196</v>
       </c>
       <c r="E361" t="s">
         <v>1701</v>
       </c>
     </row>
-    <row r="362" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="362" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D362" s="2" t="s">
         <v>1197</v>
       </c>
       <c r="E362" t="s">
         <v>1702</v>
       </c>
     </row>
-    <row r="363" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="363" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D363" s="2" t="s">
         <v>1198</v>
       </c>
       <c r="E363" t="s">
         <v>1703</v>
       </c>
     </row>
-    <row r="364" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="364" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D364" s="2" t="s">
         <v>1199</v>
       </c>
       <c r="E364" t="s">
         <v>1704</v>
       </c>
     </row>
-    <row r="365" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="365" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D365" s="2" t="s">
         <v>1200</v>
       </c>
       <c r="E365" t="s">
         <v>1705</v>
       </c>
     </row>
-    <row r="366" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="366" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D366" s="2" t="s">
         <v>1201</v>
       </c>
       <c r="E366" t="s">
         <v>1706</v>
       </c>
     </row>
-    <row r="367" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="367" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D367" s="2" t="s">
         <v>1202</v>
       </c>
       <c r="E367" t="s">
         <v>1707</v>
       </c>
     </row>
-    <row r="368" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="368" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D368" s="2" t="s">
         <v>1203</v>
       </c>
       <c r="E368" t="s">
         <v>1708</v>
       </c>
     </row>
-    <row r="369" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="369" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D369" s="2" t="s">
         <v>1204</v>
       </c>
       <c r="E369" t="s">
         <v>1709</v>
       </c>
     </row>
-    <row r="370" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="370" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D370" s="2" t="s">
         <v>1205</v>
       </c>
       <c r="E370" t="s">
         <v>1710</v>
       </c>
     </row>
-    <row r="371" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="371" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D371" s="2" t="s">
         <v>1206</v>
       </c>
       <c r="E371" t="s">
         <v>1711</v>
       </c>
     </row>
-    <row r="372" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="372" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D372" s="2" t="s">
         <v>1207</v>
       </c>
       <c r="E372" t="s">
         <v>1712</v>
       </c>
     </row>
-    <row r="373" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="373" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D373" s="2" t="s">
         <v>1208</v>
       </c>
       <c r="E373" t="s">
         <v>1713</v>
       </c>
     </row>
-    <row r="374" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="374" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D374" s="2" t="s">
         <v>1209</v>
       </c>
       <c r="E374" t="s">
         <v>1714</v>
       </c>
     </row>
-    <row r="375" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="375" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D375" s="2" t="s">
         <v>1210</v>
       </c>
       <c r="E375" t="s">
         <v>1715</v>
       </c>
     </row>
-    <row r="376" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="376" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D376" s="2" t="s">
         <v>1211</v>
       </c>
       <c r="E376" t="s">
         <v>1716</v>
       </c>
     </row>
-    <row r="377" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="377" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D377" s="2" t="s">
         <v>1212</v>
       </c>
       <c r="E377" t="s">
         <v>1717</v>
       </c>
     </row>
-    <row r="378" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="378" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D378" s="2" t="s">
         <v>1213</v>
       </c>
       <c r="E378" t="s">
         <v>1718</v>
       </c>
     </row>
-    <row r="379" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="379" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D379" s="2" t="s">
         <v>1214</v>
       </c>
       <c r="E379" t="s">
         <v>1719</v>
       </c>
     </row>
-    <row r="380" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="380" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D380" s="2" t="s">
         <v>1215</v>
       </c>
       <c r="E380" t="s">
         <v>1404</v>
       </c>
     </row>
-    <row r="381" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="381" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D381" s="2" t="s">
         <v>1216</v>
       </c>
       <c r="E381" t="s">
         <v>1720</v>
       </c>
     </row>
-    <row r="382" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="382" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D382" s="2" t="s">
         <v>1217</v>
       </c>
       <c r="E382" t="s">
         <v>1721</v>
       </c>
     </row>
-    <row r="383" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="383" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D383" s="2" t="s">
         <v>1218</v>
       </c>
       <c r="E383" t="s">
         <v>1722</v>
       </c>
     </row>
-    <row r="384" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="384" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D384" s="2" t="s">
         <v>1219</v>
       </c>
       <c r="E384" t="s">
         <v>1723</v>
       </c>
     </row>
-    <row r="385" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="385" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D385" s="2" t="s">
         <v>1220</v>
       </c>
       <c r="E385" t="s">
         <v>1724</v>
       </c>
     </row>
-    <row r="386" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="386" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D386" s="2" t="s">
         <v>1221</v>
       </c>
       <c r="E386" t="s">
         <v>1725</v>
       </c>
     </row>
-    <row r="387" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="387" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D387" s="2" t="s">
         <v>1222</v>
       </c>
       <c r="E387" t="s">
         <v>1726</v>
       </c>
     </row>
-    <row r="388" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="388" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D388" s="2" t="s">
         <v>1223</v>
       </c>
       <c r="E388" t="s">
         <v>1727</v>
       </c>
     </row>
-    <row r="389" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="389" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D389" s="2" t="s">
         <v>1224</v>
       </c>
       <c r="E389" t="s">
         <v>1728</v>
       </c>
     </row>
-    <row r="390" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="390" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D390" s="2" t="s">
         <v>1225</v>
       </c>
       <c r="E390" t="s">
         <v>1729</v>
       </c>
     </row>
-    <row r="391" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="391" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D391" s="2" t="s">
         <v>1226</v>
       </c>
       <c r="E391" t="s">
         <v>1730</v>
       </c>
     </row>
-    <row r="392" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="392" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D392" s="2" t="s">
         <v>1227</v>
       </c>
       <c r="E392" t="s">
         <v>1488</v>
       </c>
     </row>
-    <row r="393" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="393" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D393" s="2" t="s">
         <v>1228</v>
       </c>
       <c r="E393" t="s">
         <v>1731</v>
       </c>
     </row>
-    <row r="394" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="394" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D394" s="2" t="s">
         <v>1229</v>
       </c>
       <c r="E394" t="s">
         <v>1732</v>
       </c>
     </row>
-    <row r="395" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="395" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D395" s="2" t="s">
         <v>1230</v>
       </c>
       <c r="E395" t="s">
         <v>1733</v>
       </c>
     </row>
-    <row r="396" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="396" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D396" s="2" t="s">
         <v>1231</v>
       </c>
       <c r="E396" t="s">
         <v>1734</v>
       </c>
     </row>
-    <row r="397" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="397" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D397" s="2" t="s">
         <v>1232</v>
       </c>
       <c r="E397" t="s">
         <v>1735</v>
       </c>
     </row>
-    <row r="398" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="398" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D398" s="2" t="s">
         <v>1233</v>
       </c>
       <c r="E398" t="s">
         <v>1736</v>
       </c>
     </row>
-    <row r="399" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="399" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D399" s="2" t="s">
         <v>1234</v>
       </c>
       <c r="E399" t="s">
         <v>1699</v>
       </c>
     </row>
-    <row r="400" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="400" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D400" s="2" t="s">
         <v>1235</v>
       </c>
       <c r="E400" t="s">
         <v>1737</v>
       </c>
     </row>
-    <row r="401" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="401" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D401" s="2" t="s">
         <v>1236</v>
       </c>
       <c r="E401" t="s">
         <v>1738</v>
       </c>
     </row>
-    <row r="402" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="402" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D402" s="2" t="s">
         <v>1237</v>
       </c>
       <c r="E402" t="s">
         <v>1739</v>
       </c>
     </row>
-    <row r="403" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="403" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D403" s="2" t="s">
         <v>1238</v>
       </c>
       <c r="E403" t="s">
         <v>1699</v>
       </c>
     </row>
-    <row r="404" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="404" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D404" s="2" t="s">
         <v>1239</v>
       </c>
       <c r="E404" t="s">
         <v>1740</v>
       </c>
     </row>
-    <row r="405" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="405" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D405" s="2" t="s">
         <v>1240</v>
       </c>
       <c r="E405" t="s">
         <v>1741</v>
       </c>
     </row>
-    <row r="406" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="406" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D406" s="2" t="s">
         <v>1241</v>
       </c>
       <c r="E406" t="s">
         <v>1742</v>
       </c>
     </row>
-    <row r="407" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="407" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D407" s="2" t="s">
         <v>1242</v>
       </c>
       <c r="E407" t="s">
         <v>1743</v>
       </c>
     </row>
-    <row r="408" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="408" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D408" s="2" t="s">
         <v>1243</v>
       </c>
       <c r="E408" t="s">
         <v>1744</v>
       </c>
     </row>
-    <row r="409" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="409" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D409" s="2" t="s">
         <v>1244</v>
       </c>
       <c r="E409" t="s">
         <v>1745</v>
       </c>
     </row>
-    <row r="410" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="410" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D410" s="2" t="s">
         <v>1245</v>
       </c>
       <c r="E410" t="s">
         <v>1746</v>
       </c>
     </row>
-    <row r="411" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="411" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D411" s="2" t="s">
         <v>1246</v>
       </c>
       <c r="E411" t="s">
         <v>1747</v>
       </c>
     </row>
-    <row r="412" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="412" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D412" s="2" t="s">
         <v>1247</v>
       </c>
       <c r="E412" t="s">
         <v>1748</v>
       </c>
     </row>
-    <row r="413" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="413" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D413" s="2" t="s">
         <v>1248</v>
       </c>
       <c r="E413" t="s">
         <v>1525</v>
       </c>
     </row>
-    <row r="414" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="414" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D414" s="2" t="s">
         <v>1249</v>
       </c>
       <c r="E414" t="s">
         <v>1412</v>
       </c>
     </row>
-    <row r="415" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="415" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D415" s="2" t="s">
         <v>1250</v>
       </c>
       <c r="E415" t="s">
         <v>1742</v>
       </c>
     </row>
-    <row r="416" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="416" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D416" s="2" t="s">
         <v>1251</v>
       </c>
       <c r="E416" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="417" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="417" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D417" s="2" t="s">
         <v>1252</v>
       </c>
       <c r="E417" t="s">
         <v>1749</v>
       </c>
     </row>
-    <row r="418" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="418" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D418" s="2" t="s">
         <v>1253</v>
       </c>
       <c r="E418" t="s">
         <v>1750</v>
       </c>
     </row>
-    <row r="419" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="419" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D419" s="2" t="s">
         <v>1254</v>
       </c>
       <c r="E419" t="s">
         <v>1751</v>
       </c>
     </row>
-    <row r="420" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="420" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D420" s="2" t="s">
         <v>1255</v>
       </c>
       <c r="E420" t="s">
         <v>1752</v>
       </c>
     </row>
-    <row r="421" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="421" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D421" s="2" t="s">
         <v>1256</v>
       </c>
       <c r="E421" t="s">
         <v>1753</v>
       </c>
     </row>
-    <row r="422" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="422" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D422" s="2" t="s">
         <v>1257</v>
       </c>
       <c r="E422" t="s">
         <v>1484</v>
       </c>
     </row>
-    <row r="423" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="423" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D423" s="2" t="s">
         <v>1258</v>
       </c>
       <c r="E423" t="s">
         <v>1740</v>
       </c>
     </row>
-    <row r="424" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="424" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D424" s="2" t="s">
         <v>1259</v>
       </c>
       <c r="E424" t="s">
         <v>1557</v>
       </c>
     </row>
-    <row r="425" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="425" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D425" s="2" t="s">
         <v>1260</v>
       </c>
       <c r="E425" t="s">
         <v>1754</v>
       </c>
     </row>
-    <row r="426" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="426" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D426" s="2" t="s">
         <v>1261</v>
       </c>
       <c r="E426" t="s">
         <v>1755</v>
       </c>
     </row>
-    <row r="427" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="427" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D427" s="2" t="s">
         <v>1262</v>
       </c>
       <c r="E427" t="s">
         <v>1547</v>
       </c>
     </row>
-    <row r="428" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="428" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D428" s="2" t="s">
         <v>1263</v>
       </c>
       <c r="E428" t="s">
         <v>1756</v>
       </c>
     </row>
-    <row r="429" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="429" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D429" s="2" t="s">
         <v>1265</v>
       </c>
       <c r="E429" t="s">
         <v>1757</v>
       </c>
     </row>
-    <row r="430" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="430" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D430" s="2" t="s">
         <v>1266</v>
       </c>
       <c r="E430" t="s">
         <v>1758</v>
       </c>
     </row>
-    <row r="431" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="431" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D431" s="2" t="s">
         <v>1267</v>
       </c>
       <c r="E431" t="s">
         <v>1759</v>
       </c>
     </row>
-    <row r="432" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="432" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D432" s="2" t="s">
         <v>1268</v>
       </c>
       <c r="E432" t="s">
         <v>1760</v>
       </c>
     </row>
-    <row r="433" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="433" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D433" s="2" t="s">
         <v>1269</v>
       </c>
       <c r="E433" t="s">
         <v>1761</v>
       </c>
     </row>
-    <row r="434" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="434" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D434" s="2" t="s">
         <v>1270</v>
       </c>
       <c r="E434" t="s">
         <v>1762</v>
       </c>
     </row>
-    <row r="435" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="435" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D435" s="2" t="s">
         <v>1271</v>
       </c>
       <c r="E435" t="s">
         <v>1761</v>
       </c>
     </row>
-    <row r="436" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="436" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D436" s="2" t="s">
         <v>1272</v>
       </c>
       <c r="E436" t="s">
         <v>1763</v>
       </c>
     </row>
-    <row r="437" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="437" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D437" s="2" t="s">
         <v>1273</v>
       </c>
       <c r="E437" t="s">
         <v>1764</v>
       </c>
     </row>
-    <row r="438" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="438" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D438" s="2" t="s">
         <v>1274</v>
       </c>
       <c r="E438" t="s">
         <v>1765</v>
       </c>
     </row>
-    <row r="439" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="439" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D439" s="2" t="s">
         <v>1275</v>
       </c>
       <c r="E439" t="s">
         <v>1766</v>
       </c>
     </row>
-    <row r="440" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="440" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D440" s="2" t="s">
         <v>1276</v>
       </c>
       <c r="E440" t="s">
         <v>1767</v>
       </c>
     </row>
-    <row r="441" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="441" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D441" s="2" t="s">
         <v>1277</v>
       </c>
       <c r="E441" t="s">
         <v>1768</v>
       </c>
     </row>
-    <row r="442" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="442" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D442" s="2" t="s">
         <v>1278</v>
       </c>
       <c r="E442" t="s">
         <v>1769</v>
       </c>
     </row>
-    <row r="443" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="443" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D443" s="2" t="s">
         <v>1279</v>
       </c>
       <c r="E443" t="s">
         <v>1770</v>
       </c>
     </row>
-    <row r="444" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="444" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D444" s="2" t="s">
         <v>1280</v>
       </c>
       <c r="E444" t="s">
         <v>1771</v>
       </c>
     </row>
-    <row r="445" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="445" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D445" s="2" t="s">
         <v>1281</v>
       </c>
       <c r="E445" t="s">
         <v>1772</v>
       </c>
     </row>
-    <row r="446" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="446" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D446" s="2" t="s">
         <v>1282</v>
       </c>
       <c r="E446" t="s">
         <v>1773</v>
       </c>
     </row>
-    <row r="447" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="447" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D447" s="2" t="s">
         <v>1283</v>
       </c>
       <c r="E447" t="s">
         <v>1774</v>
       </c>
     </row>
-    <row r="448" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="448" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D448" s="2" t="s">
         <v>1284</v>
       </c>
       <c r="E448" t="s">
         <v>1775</v>
       </c>
     </row>
-    <row r="449" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="449" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D449" s="2" t="s">
         <v>1285</v>
       </c>
       <c r="E449" t="s">
         <v>1776</v>
       </c>
     </row>
-    <row r="450" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="450" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D450" s="2" t="s">
         <v>1286</v>
       </c>
       <c r="E450" t="s">
         <v>1777</v>
       </c>
     </row>
-    <row r="451" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="451" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D451" s="2" t="s">
         <v>1287</v>
       </c>
       <c r="E451" t="s">
         <v>1778</v>
       </c>
     </row>
-    <row r="452" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="452" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D452" s="2" t="s">
         <v>1288</v>
       </c>
       <c r="E452" t="s">
         <v>1779</v>
       </c>
     </row>
-    <row r="453" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="453" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D453" s="2" t="s">
         <v>1289</v>
       </c>
       <c r="E453" t="s">
         <v>1579</v>
       </c>
     </row>
-    <row r="454" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="454" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D454" s="2" t="s">
         <v>1290</v>
       </c>
       <c r="E454" t="s">
         <v>1780</v>
       </c>
     </row>
-    <row r="455" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="455" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D455" s="2" t="s">
         <v>1291</v>
       </c>
       <c r="E455" t="s">
         <v>1781</v>
       </c>
     </row>
-    <row r="456" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="456" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D456" s="2" t="s">
         <v>1292</v>
       </c>
       <c r="E456" t="s">
         <v>1782</v>
       </c>
     </row>
-    <row r="457" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="457" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D457" s="2" t="s">
         <v>1293</v>
       </c>
       <c r="E457" t="s">
         <v>1783</v>
       </c>
     </row>
-    <row r="458" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="458" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D458" s="2" t="s">
         <v>1294</v>
       </c>
       <c r="E458" t="s">
         <v>1784</v>
       </c>
     </row>
-    <row r="459" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="459" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D459" s="2" t="s">
         <v>1295</v>
       </c>
       <c r="E459" t="s">
         <v>1785</v>
       </c>
     </row>
-    <row r="460" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="460" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D460" s="2" t="s">
         <v>1296</v>
       </c>
       <c r="E460" t="s">
         <v>1786</v>
       </c>
     </row>
-    <row r="461" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="461" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D461" s="2" t="s">
         <v>1297</v>
       </c>
       <c r="E461" t="s">
         <v>1787</v>
       </c>
     </row>
-    <row r="462" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="462" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D462" s="2" t="s">
         <v>1298</v>
       </c>
       <c r="E462" t="s">
         <v>1788</v>
       </c>
     </row>
-    <row r="463" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="463" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D463" s="2" t="s">
         <v>1299</v>
       </c>
       <c r="E463" t="s">
         <v>1789</v>
       </c>
     </row>
-    <row r="464" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="464" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D464" s="2" t="s">
         <v>1300</v>
       </c>
       <c r="E464" t="s">
         <v>1790</v>
       </c>
     </row>
-    <row r="465" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="465" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D465" s="2" t="s">
         <v>1301</v>
       </c>
       <c r="E465" t="s">
         <v>1785</v>
       </c>
     </row>
-    <row r="466" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="466" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D466" s="2" t="s">
         <v>1302</v>
       </c>
       <c r="E466" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="467" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="467" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D467" s="2" t="s">
         <v>1303</v>
       </c>
       <c r="E467" t="s">
         <v>1791</v>
       </c>
     </row>
-    <row r="468" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="468" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D468" s="2" t="s">
         <v>1304</v>
       </c>
       <c r="E468" t="s">
         <v>1792</v>
       </c>
     </row>
-    <row r="469" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="469" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D469" s="2" t="s">
         <v>1305</v>
       </c>
       <c r="E469" t="s">
         <v>1793</v>
       </c>
     </row>
-    <row r="470" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="470" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D470" s="2" t="s">
         <v>1306</v>
       </c>
       <c r="E470" t="s">
         <v>1794</v>
       </c>
     </row>
-    <row r="471" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="471" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D471" s="2" t="s">
         <v>1307</v>
       </c>
       <c r="E471" t="s">
         <v>1695</v>
       </c>
     </row>
-    <row r="472" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="472" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D472" s="2" t="s">
         <v>1308</v>
       </c>
       <c r="E472" t="s">
         <v>1795</v>
       </c>
     </row>
-    <row r="473" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="473" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D473" s="2" t="s">
         <v>1309</v>
       </c>
       <c r="E473" t="s">
         <v>1796</v>
       </c>
     </row>
-    <row r="474" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="474" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D474" s="2" t="s">
         <v>1310</v>
       </c>
       <c r="E474" t="s">
         <v>1797</v>
       </c>
     </row>
-    <row r="475" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="475" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D475" s="2" t="s">
         <v>1311</v>
       </c>
       <c r="E475" t="s">
         <v>1798</v>
       </c>
     </row>
-    <row r="476" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="476" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D476" s="2" t="s">
         <v>1312</v>
       </c>
       <c r="E476" t="s">
         <v>1799</v>
       </c>
     </row>
-    <row r="477" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="477" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D477" s="2" t="s">
         <v>1313</v>
       </c>
       <c r="E477" t="s">
         <v>1800</v>
       </c>
     </row>
-    <row r="478" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="478" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D478" s="2" t="s">
         <v>1314</v>
       </c>
       <c r="E478" t="s">
         <v>1801</v>
       </c>
     </row>
-    <row r="479" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="479" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D479" s="2" t="s">
         <v>1315</v>
       </c>
       <c r="E479" t="s">
         <v>1802</v>
       </c>
     </row>
-    <row r="480" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="480" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D480" s="2" t="s">
         <v>1316</v>
       </c>
       <c r="E480" t="s">
         <v>1803</v>
       </c>
     </row>
-    <row r="481" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="481" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D481" s="2" t="s">
         <v>1317</v>
       </c>
       <c r="E481" t="s">
         <v>1804</v>
       </c>
     </row>
-    <row r="482" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="482" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D482" s="2" t="s">
         <v>1318</v>
       </c>
       <c r="E482" t="s">
         <v>1805</v>
       </c>
     </row>
-    <row r="483" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="483" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D483" s="2" t="s">
         <v>1319</v>
       </c>
       <c r="E483" t="s">
         <v>1806</v>
       </c>
     </row>
-    <row r="484" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="484" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D484" s="2" t="s">
         <v>1320</v>
       </c>
       <c r="E484" t="s">
         <v>1807</v>
       </c>
     </row>
-    <row r="485" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="485" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D485" s="2" t="s">
         <v>1321</v>
       </c>
       <c r="E485" t="s">
         <v>1804</v>
       </c>
     </row>
-    <row r="486" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="486" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D486" s="2" t="s">
         <v>1322</v>
       </c>
       <c r="E486" t="s">
         <v>1808</v>
       </c>
     </row>
-    <row r="487" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="487" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D487" s="2" t="s">
         <v>1323</v>
       </c>
       <c r="E487" t="s">
         <v>1809</v>
       </c>
     </row>
-    <row r="488" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="488" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D488" s="2" t="s">
         <v>1324</v>
       </c>
       <c r="E488" t="s">
         <v>1810</v>
       </c>
     </row>
-    <row r="489" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="489" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D489" s="2" t="s">
         <v>1325</v>
       </c>
       <c r="E489" t="s">
         <v>1811</v>
       </c>
     </row>
-    <row r="490" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="490" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D490" s="2" t="s">
         <v>1326</v>
       </c>
       <c r="E490" t="s">
         <v>1812</v>
       </c>
     </row>
-    <row r="491" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="491" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D491" s="2" t="s">
         <v>1327</v>
       </c>
       <c r="E491" t="s">
         <v>1813</v>
       </c>
     </row>
-    <row r="492" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="492" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D492" s="2" t="s">
         <v>1328</v>
       </c>
       <c r="E492" t="s">
         <v>1814</v>
       </c>
     </row>
-    <row r="493" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="493" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D493" s="2" t="s">
         <v>1329</v>
       </c>
       <c r="E493" t="s">
         <v>1815</v>
       </c>
     </row>
-    <row r="494" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="494" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D494" s="2" t="s">
         <v>1330</v>
       </c>
       <c r="E494" t="s">
         <v>1816</v>
       </c>
     </row>
-    <row r="495" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="495" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D495" s="2" t="s">
         <v>1331</v>
       </c>
       <c r="E495" t="s">
         <v>1817</v>
       </c>
     </row>
-    <row r="496" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="496" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D496" s="2" t="s">
         <v>1332</v>
       </c>
       <c r="E496" t="s">
         <v>1818</v>
       </c>
     </row>
-    <row r="497" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="497" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D497" s="2" t="s">
         <v>1333</v>
       </c>
       <c r="E497" t="s">
         <v>1819</v>
       </c>
     </row>
-    <row r="498" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="498" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D498" s="2" t="s">
         <v>1334</v>
       </c>
       <c r="E498" t="s">
         <v>1820</v>
       </c>
     </row>
-    <row r="499" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="499" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D499" s="2" t="s">
         <v>1335</v>
       </c>
       <c r="E499" t="s">
         <v>1821</v>
       </c>
     </row>
-    <row r="500" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="500" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D500" s="2" t="s">
         <v>1336</v>
       </c>
       <c r="E500" t="s">
         <v>1822</v>
       </c>
     </row>
-    <row r="501" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="501" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D501" s="2" t="s">
         <v>1337</v>
       </c>
       <c r="E501" t="s">
         <v>1823</v>
       </c>
     </row>
-    <row r="502" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="502" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D502" s="2" t="s">
         <v>1338</v>
       </c>
       <c r="E502" t="s">
         <v>1824</v>
       </c>
     </row>
-    <row r="503" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="503" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D503" s="2" t="s">
         <v>1339</v>
       </c>
       <c r="E503" t="s">
         <v>1825</v>
       </c>
     </row>
-    <row r="504" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="504" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D504" s="2" t="s">
         <v>1340</v>
       </c>
       <c r="E504" t="s">
         <v>1826</v>
       </c>
     </row>
-    <row r="505" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="505" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D505" s="2" t="s">
         <v>1341</v>
       </c>
       <c r="E505" t="s">
         <v>1827</v>
       </c>
     </row>
-    <row r="506" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="506" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D506" s="2" t="s">
         <v>1342</v>
       </c>
       <c r="E506" t="s">
         <v>1828</v>
       </c>
     </row>
-    <row r="507" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="507" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D507" s="2" t="s">
         <v>1343</v>
       </c>
       <c r="E507" t="s">
         <v>1829</v>
       </c>
     </row>
-    <row r="508" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="508" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D508" s="2" t="s">
         <v>1344</v>
       </c>
       <c r="E508" t="s">
         <v>1830</v>
       </c>
     </row>
-    <row r="509" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="509" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D509" s="2" t="s">
         <v>1345</v>
       </c>
       <c r="E509" t="s">
         <v>1831</v>
       </c>
     </row>
-    <row r="510" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="510" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D510" s="2" t="s">
         <v>1346</v>
       </c>
       <c r="E510" t="s">
         <v>1832</v>
       </c>
     </row>
-    <row r="511" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="511" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D511" s="2" t="s">
         <v>1347</v>
       </c>
       <c r="E511" t="s">
         <v>1833</v>
       </c>
     </row>
-    <row r="512" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="512" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D512" s="2" t="s">
         <v>1348</v>
       </c>
       <c r="E512" t="s">
         <v>1834</v>
       </c>
     </row>
-    <row r="513" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="513" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D513" s="2" t="s">
         <v>1349</v>
       </c>
       <c r="E513" t="s">
         <v>1835</v>
       </c>
     </row>
-    <row r="514" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="514" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D514" s="2" t="s">
         <v>1350</v>
       </c>
       <c r="E514" t="s">
         <v>1836</v>
       </c>
     </row>
-    <row r="515" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="515" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D515" s="2" t="s">
         <v>1351</v>
       </c>
       <c r="E515" t="s">
         <v>1837</v>
       </c>
     </row>
-    <row r="516" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="516" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D516" s="2" t="s">
         <v>1352</v>
       </c>
       <c r="E516" t="s">
         <v>1838</v>
       </c>
     </row>
-    <row r="517" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="517" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D517" s="2" t="s">
         <v>1353</v>
       </c>
       <c r="E517" t="s">
         <v>1839</v>
       </c>
     </row>
-    <row r="518" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="518" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D518" s="2" t="s">
         <v>1354</v>
       </c>
       <c r="E518" t="s">
         <v>1840</v>
       </c>
     </row>
-    <row r="519" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="519" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D519" s="2" t="s">
         <v>1355</v>
       </c>
       <c r="E519" t="s">
         <v>1841</v>
       </c>
     </row>
-    <row r="520" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="520" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D520" s="2" t="s">
         <v>1356</v>
       </c>
       <c r="E520" t="s">
         <v>1842</v>
       </c>
     </row>
-    <row r="521" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="521" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D521" s="2" t="s">
         <v>1357</v>
       </c>
       <c r="E521" t="s">
         <v>1843</v>
       </c>
     </row>
-    <row r="522" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="522" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D522" s="2" t="s">
         <v>1358</v>
       </c>
       <c r="E522" t="s">
         <v>1844</v>
       </c>
     </row>
-    <row r="523" spans="4:5" x14ac:dyDescent="0.25">
+    <row r="523" spans="4:5" x14ac:dyDescent="0.5">
       <c r="D523" s="2" t="s">
         <v>1359</v>
       </c>
       <c r="E523" t="s">
         <v>1845</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>