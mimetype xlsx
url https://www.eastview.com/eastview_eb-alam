--- v1 (2025-11-21)
+++ v2 (2026-02-23)
@@ -1,10784 +1,6461 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
-[...6 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{07F412FF-54B1-4DC6-B6AB-418234A51DD1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="202300"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7825EB69-EB99-45E2-83A0-4093552D6A2C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-98" yWindow="-98" windowWidth="21376" windowHeight="14595" xr2:uid="{06B9DD43-B8E4-8A44-B3C9-E486FED924F2}"/>
+    <workbookView xWindow="-98" yWindow="-98" windowWidth="21376" windowHeight="14595" xr2:uid="{814F1194-F08F-498A-815B-E9D96E2F2C8B}"/>
   </bookViews>
   <sheets>
-    <sheet name="ALL PDF" sheetId="2" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="Sheet3" sheetId="3" state="hidden" r:id="rId4"/>
+    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <definedNames>
-[...2 lines deleted...]
-  <calcPr calcId="191029" refMode="R1C1"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6461" uniqueCount="3432">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3723" uniqueCount="2031">
+  <si>
+    <t>Contents of Alam Al-Kotob Digital Library (EB-ALAM)</t>
+  </si>
   <si>
     <t>ISBN</t>
   </si>
   <si>
-    <t>Book Subject</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Year of Publication </t>
   </si>
   <si>
-    <t>Mustafa Youssef</t>
-[...17 lines deleted...]
-    <t>Mistakes in Contemporary Arabic</t>
+    <t>2669656BO</t>
+  </si>
+  <si>
+    <t>2669657BO</t>
+  </si>
+  <si>
+    <t>2669658BO</t>
+  </si>
+  <si>
+    <t>2669659BO</t>
+  </si>
+  <si>
+    <t>2669660BO</t>
+  </si>
+  <si>
+    <t>2669661BO</t>
+  </si>
+  <si>
+    <t>2669662BO</t>
+  </si>
+  <si>
+    <t>2669663BO</t>
+  </si>
+  <si>
+    <t>2669664BO</t>
+  </si>
+  <si>
+    <t>2669665BO</t>
+  </si>
+  <si>
+    <t>2669666BO</t>
+  </si>
+  <si>
+    <t>2669667BO</t>
+  </si>
+  <si>
+    <t>2669668BO</t>
+  </si>
+  <si>
+    <t>2669669BO</t>
+  </si>
+  <si>
+    <t>2669670BO</t>
+  </si>
+  <si>
+    <t>2669671BO</t>
+  </si>
+  <si>
+    <t>2669672BO</t>
+  </si>
+  <si>
+    <t>2669673BO</t>
+  </si>
+  <si>
+    <t>2669674BO</t>
+  </si>
+  <si>
+    <t>2669675BO</t>
+  </si>
+  <si>
+    <t>2669676BO</t>
+  </si>
+  <si>
+    <t>2669677BO</t>
+  </si>
+  <si>
+    <t>2669678BO</t>
+  </si>
+  <si>
+    <t>2669679BO</t>
+  </si>
+  <si>
+    <t>2669680BO</t>
+  </si>
+  <si>
+    <t>2669681BO</t>
+  </si>
+  <si>
+    <t>2669682BO</t>
+  </si>
+  <si>
+    <t>2669683BO</t>
+  </si>
+  <si>
+    <t>2669684BO</t>
+  </si>
+  <si>
+    <t>2669685BO</t>
+  </si>
+  <si>
+    <t>2669686BO</t>
+  </si>
+  <si>
+    <t>2669687BO</t>
+  </si>
+  <si>
+    <t>2669688BO</t>
+  </si>
+  <si>
+    <t>2669689BO</t>
+  </si>
+  <si>
+    <t>2669690BO</t>
+  </si>
+  <si>
+    <t>2669691BO</t>
+  </si>
+  <si>
+    <t>2669692BO</t>
+  </si>
+  <si>
+    <t>2669693BO</t>
+  </si>
+  <si>
+    <t>2669695BO</t>
+  </si>
+  <si>
+    <t>2669696BO</t>
+  </si>
+  <si>
+    <t>2669697BO</t>
+  </si>
+  <si>
+    <t>2669698BO</t>
+  </si>
+  <si>
+    <t>2669699BO</t>
+  </si>
+  <si>
+    <t>2669700BO</t>
+  </si>
+  <si>
+    <t>2669701BO</t>
+  </si>
+  <si>
+    <t>2669702BO</t>
+  </si>
+  <si>
+    <t>2669704BO</t>
+  </si>
+  <si>
+    <t>2669705BO</t>
+  </si>
+  <si>
+    <t>2669706BO</t>
+  </si>
+  <si>
+    <t>2669707BO</t>
+  </si>
+  <si>
+    <t>2669708BO</t>
+  </si>
+  <si>
+    <t>2669709BO</t>
+  </si>
+  <si>
+    <t>2669710BO</t>
+  </si>
+  <si>
+    <t>2669711BO</t>
+  </si>
+  <si>
+    <t>2669713BO</t>
+  </si>
+  <si>
+    <t>2669714BO</t>
+  </si>
+  <si>
+    <t>2669715BO</t>
+  </si>
+  <si>
+    <t>2669716BO</t>
+  </si>
+  <si>
+    <t>2669717BO</t>
+  </si>
+  <si>
+    <t>2669718BO</t>
+  </si>
+  <si>
+    <t>2669719BO</t>
+  </si>
+  <si>
+    <t>2669720BO</t>
+  </si>
+  <si>
+    <t>2669721BO</t>
+  </si>
+  <si>
+    <t>2669722BO</t>
+  </si>
+  <si>
+    <t>2669723BO</t>
+  </si>
+  <si>
+    <t>2669724BO</t>
+  </si>
+  <si>
+    <t>2669725BO</t>
+  </si>
+  <si>
+    <t>2669726BO</t>
+  </si>
+  <si>
+    <t>2669727BO</t>
+  </si>
+  <si>
+    <t>2669728BO</t>
+  </si>
+  <si>
+    <t>2669729BO</t>
+  </si>
+  <si>
+    <t>2669730BO</t>
+  </si>
+  <si>
+    <t>2669731BO</t>
+  </si>
+  <si>
+    <t>2669732BO</t>
+  </si>
+  <si>
+    <t>2669733BO</t>
+  </si>
+  <si>
+    <t>2669734BO</t>
+  </si>
+  <si>
+    <t>2669735BO</t>
+  </si>
+  <si>
+    <t>2669737BO</t>
+  </si>
+  <si>
+    <t>2669738BO</t>
+  </si>
+  <si>
+    <t>2669739BO</t>
+  </si>
+  <si>
+    <t>2669740BO</t>
+  </si>
+  <si>
+    <t>2669741BO</t>
+  </si>
+  <si>
+    <t>2669742BO</t>
+  </si>
+  <si>
+    <t>2669743BO</t>
+  </si>
+  <si>
+    <t>2669744BO</t>
+  </si>
+  <si>
+    <t>2669745BO</t>
+  </si>
+  <si>
+    <t>2669746BO</t>
+  </si>
+  <si>
+    <t>2669747BO</t>
+  </si>
+  <si>
+    <t>2669748BO</t>
+  </si>
+  <si>
+    <t>2669749BO</t>
+  </si>
+  <si>
+    <t>2669750BO</t>
+  </si>
+  <si>
+    <t>2669751BO</t>
+  </si>
+  <si>
+    <t>2669752BO</t>
+  </si>
+  <si>
+    <t>2669753BO</t>
+  </si>
+  <si>
+    <t>2669754BO</t>
+  </si>
+  <si>
+    <t>2669755BO</t>
+  </si>
+  <si>
+    <t>2669756BO</t>
+  </si>
+  <si>
+    <t>2669758BO</t>
+  </si>
+  <si>
+    <t>2669759BO</t>
+  </si>
+  <si>
+    <t>2669760BO</t>
+  </si>
+  <si>
+    <t>2669761BO</t>
+  </si>
+  <si>
+    <t>2669762BO</t>
+  </si>
+  <si>
+    <t>2669763BO</t>
+  </si>
+  <si>
+    <t>2669764BO</t>
+  </si>
+  <si>
+    <t>2669765BO</t>
+  </si>
+  <si>
+    <t>2669767BO</t>
+  </si>
+  <si>
+    <t>2669768BO</t>
+  </si>
+  <si>
+    <t>2669769BO</t>
+  </si>
+  <si>
+    <t>2669770BO</t>
+  </si>
+  <si>
+    <t>2669771BO</t>
+  </si>
+  <si>
+    <t>2669772BO</t>
+  </si>
+  <si>
+    <t>2669773BO</t>
+  </si>
+  <si>
+    <t>2669774BO</t>
+  </si>
+  <si>
+    <t>2669775BO</t>
+  </si>
+  <si>
+    <t>2669776BO</t>
+  </si>
+  <si>
+    <t>2669777BO</t>
+  </si>
+  <si>
+    <t>2669778BO</t>
+  </si>
+  <si>
+    <t>2669779BO</t>
+  </si>
+  <si>
+    <t>2669780BO</t>
+  </si>
+  <si>
+    <t>2669781BO</t>
+  </si>
+  <si>
+    <t>2669782BO</t>
+  </si>
+  <si>
+    <t>2669783BO</t>
+  </si>
+  <si>
+    <t>2669784BO</t>
+  </si>
+  <si>
+    <t>2669785BO</t>
+  </si>
+  <si>
+    <t>2669786BO</t>
+  </si>
+  <si>
+    <t>2669787BO</t>
+  </si>
+  <si>
+    <t>2669788BO</t>
+  </si>
+  <si>
+    <t>2669789BO</t>
+  </si>
+  <si>
+    <t>2669790BO</t>
+  </si>
+  <si>
+    <t>2669791BO</t>
+  </si>
+  <si>
+    <t>2669792BO</t>
+  </si>
+  <si>
+    <t>2669793BO</t>
+  </si>
+  <si>
+    <t>2669794BO</t>
+  </si>
+  <si>
+    <t>2669795BO</t>
+  </si>
+  <si>
+    <t>2669796BO</t>
+  </si>
+  <si>
+    <t>2669797BO</t>
+  </si>
+  <si>
+    <t>2669798BO</t>
+  </si>
+  <si>
+    <t>2669800BO</t>
+  </si>
+  <si>
+    <t>2669801BO</t>
+  </si>
+  <si>
+    <t>2669802BO</t>
+  </si>
+  <si>
+    <t>2669803BO</t>
+  </si>
+  <si>
+    <t>2669804BO</t>
+  </si>
+  <si>
+    <t>2669805BO</t>
+  </si>
+  <si>
+    <t>2669806BO</t>
+  </si>
+  <si>
+    <t>2669807BO</t>
+  </si>
+  <si>
+    <t>2669808BO</t>
+  </si>
+  <si>
+    <t>2669809BO</t>
+  </si>
+  <si>
+    <t>2669810BO</t>
+  </si>
+  <si>
+    <t>2669811BO</t>
+  </si>
+  <si>
+    <t>2669812BO</t>
+  </si>
+  <si>
+    <t>2669813BO</t>
+  </si>
+  <si>
+    <t>2669814BO</t>
+  </si>
+  <si>
+    <t>2669815BO</t>
+  </si>
+  <si>
+    <t>2669816BO</t>
+  </si>
+  <si>
+    <t>2669817BO</t>
+  </si>
+  <si>
+    <t>2669818BO</t>
+  </si>
+  <si>
+    <t>2669819BO</t>
+  </si>
+  <si>
+    <t>2669820BO</t>
+  </si>
+  <si>
+    <t>2669821BO</t>
+  </si>
+  <si>
+    <t>2669822BO</t>
+  </si>
+  <si>
+    <t>2669823BO</t>
+  </si>
+  <si>
+    <t>2669824BO</t>
+  </si>
+  <si>
+    <t>2669825BO</t>
+  </si>
+  <si>
+    <t>2669826BO</t>
+  </si>
+  <si>
+    <t>2669827BO</t>
+  </si>
+  <si>
+    <t>2669828BO</t>
+  </si>
+  <si>
+    <t>2669829BO</t>
+  </si>
+  <si>
+    <t>2669830BO</t>
+  </si>
+  <si>
+    <t>2669831BO</t>
+  </si>
+  <si>
+    <t>2669833BO</t>
+  </si>
+  <si>
+    <t>2669834BO</t>
+  </si>
+  <si>
+    <t>2669835BO</t>
+  </si>
+  <si>
+    <t>2669836BO</t>
+  </si>
+  <si>
+    <t>2669837BO</t>
+  </si>
+  <si>
+    <t>2669838BO</t>
+  </si>
+  <si>
+    <t>2669839BO</t>
+  </si>
+  <si>
+    <t>2669840BO</t>
+  </si>
+  <si>
+    <t>2669841BO</t>
+  </si>
+  <si>
+    <t>2669842BO</t>
+  </si>
+  <si>
+    <t>2669843BO</t>
+  </si>
+  <si>
+    <t>2669844BO</t>
+  </si>
+  <si>
+    <t>2669845BO</t>
+  </si>
+  <si>
+    <t>2669846BO</t>
+  </si>
+  <si>
+    <t>2669847BO</t>
+  </si>
+  <si>
+    <t>2669848BO</t>
+  </si>
+  <si>
+    <t>2669849BO</t>
+  </si>
+  <si>
+    <t>2669850BO</t>
+  </si>
+  <si>
+    <t>2669851BO</t>
+  </si>
+  <si>
+    <t>2669852BO</t>
+  </si>
+  <si>
+    <t>2669853BO</t>
+  </si>
+  <si>
+    <t>2669854BO</t>
+  </si>
+  <si>
+    <t>2669855BO</t>
+  </si>
+  <si>
+    <t>2669857BO</t>
+  </si>
+  <si>
+    <t>2669858BO</t>
+  </si>
+  <si>
+    <t>2669859BO</t>
+  </si>
+  <si>
+    <t>2669860BO</t>
+  </si>
+  <si>
+    <t>2669862BO</t>
+  </si>
+  <si>
+    <t>2669864BO</t>
+  </si>
+  <si>
+    <t>2669865BO</t>
+  </si>
+  <si>
+    <t>2669866BO</t>
+  </si>
+  <si>
+    <t>2669867BO</t>
+  </si>
+  <si>
+    <t>2669868BO</t>
+  </si>
+  <si>
+    <t>2669869BO</t>
+  </si>
+  <si>
+    <t>2669870BO</t>
+  </si>
+  <si>
+    <t>2669872BO</t>
+  </si>
+  <si>
+    <t>2669873BO</t>
+  </si>
+  <si>
+    <t>2669874BO</t>
+  </si>
+  <si>
+    <t>2669875BO</t>
+  </si>
+  <si>
+    <t>2669876BO</t>
+  </si>
+  <si>
+    <t>2669877BO</t>
+  </si>
+  <si>
+    <t>2669878BO</t>
+  </si>
+  <si>
+    <t>2669879BO</t>
+  </si>
+  <si>
+    <t>2669880BO</t>
+  </si>
+  <si>
+    <t>2669881BO</t>
+  </si>
+  <si>
+    <t>2669882BO</t>
+  </si>
+  <si>
+    <t>2669883BO</t>
+  </si>
+  <si>
+    <t>2669884BO</t>
+  </si>
+  <si>
+    <t>2669885BO</t>
+  </si>
+  <si>
+    <t>2669886BO</t>
+  </si>
+  <si>
+    <t>2669887BO</t>
+  </si>
+  <si>
+    <t>2669888BO</t>
+  </si>
+  <si>
+    <t>2669889BO</t>
+  </si>
+  <si>
+    <t>2669890BO</t>
+  </si>
+  <si>
+    <t>2669891BO</t>
+  </si>
+  <si>
+    <t>2669892BO</t>
+  </si>
+  <si>
+    <t>2669893BO</t>
+  </si>
+  <si>
+    <t>2669894BO</t>
+  </si>
+  <si>
+    <t>2669895BO</t>
+  </si>
+  <si>
+    <t>2669896BO</t>
+  </si>
+  <si>
+    <t>2669897BO</t>
+  </si>
+  <si>
+    <t>2669898BO</t>
+  </si>
+  <si>
+    <t>2669900BO</t>
+  </si>
+  <si>
+    <t>2669901BO</t>
+  </si>
+  <si>
+    <t>2669902BO</t>
+  </si>
+  <si>
+    <t>2669904BO</t>
+  </si>
+  <si>
+    <t>2669906BO</t>
+  </si>
+  <si>
+    <t>2669907BO</t>
+  </si>
+  <si>
+    <t>2669908BO</t>
+  </si>
+  <si>
+    <t>2669909BO</t>
+  </si>
+  <si>
+    <t>2669910BO</t>
+  </si>
+  <si>
+    <t>2669911BO</t>
+  </si>
+  <si>
+    <t>2669912BO</t>
+  </si>
+  <si>
+    <t>2669913BO</t>
+  </si>
+  <si>
+    <t>2669914BO</t>
+  </si>
+  <si>
+    <t>2669916BO</t>
+  </si>
+  <si>
+    <t>2669917BO</t>
+  </si>
+  <si>
+    <t>2669918BO</t>
+  </si>
+  <si>
+    <t>2669919BO</t>
+  </si>
+  <si>
+    <t>2669920BO</t>
+  </si>
+  <si>
+    <t>2669921BO</t>
+  </si>
+  <si>
+    <t>2669922BO</t>
+  </si>
+  <si>
+    <t>2669923BO</t>
+  </si>
+  <si>
+    <t>2669924BO</t>
+  </si>
+  <si>
+    <t>2669925BO</t>
+  </si>
+  <si>
+    <t>2669926BO</t>
+  </si>
+  <si>
+    <t>2669927BO</t>
+  </si>
+  <si>
+    <t>2669928BO</t>
+  </si>
+  <si>
+    <t>2669929BO</t>
+  </si>
+  <si>
+    <t>2669930BO</t>
+  </si>
+  <si>
+    <t>2669932BO</t>
+  </si>
+  <si>
+    <t>2669933BO</t>
+  </si>
+  <si>
+    <t>2669934BO</t>
+  </si>
+  <si>
+    <t>2669935BO</t>
+  </si>
+  <si>
+    <t>2669936BO</t>
+  </si>
+  <si>
+    <t>2669938BO</t>
+  </si>
+  <si>
+    <t>2669939BO</t>
+  </si>
+  <si>
+    <t>2669940BO</t>
+  </si>
+  <si>
+    <t>2669941BO</t>
+  </si>
+  <si>
+    <t>2669942BO</t>
+  </si>
+  <si>
+    <t>2669943BO</t>
+  </si>
+  <si>
+    <t>2669944BO</t>
+  </si>
+  <si>
+    <t>2669945BO</t>
+  </si>
+  <si>
+    <t>2669946BO</t>
+  </si>
+  <si>
+    <t>2669947BO</t>
+  </si>
+  <si>
+    <t>2669948BO</t>
+  </si>
+  <si>
+    <t>2669949BO</t>
+  </si>
+  <si>
+    <t>2669950BO</t>
+  </si>
+  <si>
+    <t>2669951BO</t>
+  </si>
+  <si>
+    <t>2669952BO</t>
+  </si>
+  <si>
+    <t>2669953BO</t>
+  </si>
+  <si>
+    <t>2669954BO</t>
+  </si>
+  <si>
+    <t>2669955BO</t>
+  </si>
+  <si>
+    <t>2669956BO</t>
+  </si>
+  <si>
+    <t>2669957BO</t>
+  </si>
+  <si>
+    <t>2669958BO</t>
+  </si>
+  <si>
+    <t>2669959BO</t>
+  </si>
+  <si>
+    <t>2669960BO</t>
+  </si>
+  <si>
+    <t>2669961BO</t>
+  </si>
+  <si>
+    <t>2669962BO</t>
+  </si>
+  <si>
+    <t>2669963BO</t>
+  </si>
+  <si>
+    <t>2669964BO</t>
+  </si>
+  <si>
+    <t>2669965BO</t>
+  </si>
+  <si>
+    <t>2669966BO</t>
+  </si>
+  <si>
+    <t>2669967BO</t>
+  </si>
+  <si>
+    <t>2669968BO</t>
+  </si>
+  <si>
+    <t>2669969BO</t>
+  </si>
+  <si>
+    <t>2669970BO</t>
+  </si>
+  <si>
+    <t>2669971BO</t>
+  </si>
+  <si>
+    <t>2669972BO</t>
+  </si>
+  <si>
+    <t>2669973BO</t>
+  </si>
+  <si>
+    <t>2669974BO</t>
+  </si>
+  <si>
+    <t>2669975BO</t>
+  </si>
+  <si>
+    <t>2669976BO</t>
+  </si>
+  <si>
+    <t>2669977BO</t>
+  </si>
+  <si>
+    <t>2669978BO</t>
+  </si>
+  <si>
+    <t>2669980BO</t>
+  </si>
+  <si>
+    <t>2669981BO</t>
+  </si>
+  <si>
+    <t>2669982BO</t>
+  </si>
+  <si>
+    <t>2669983BO</t>
+  </si>
+  <si>
+    <t>2669984BO</t>
+  </si>
+  <si>
+    <t>2669985BO</t>
+  </si>
+  <si>
+    <t>2669986BO</t>
+  </si>
+  <si>
+    <t>2669987BO</t>
+  </si>
+  <si>
+    <t>2669988BO</t>
+  </si>
+  <si>
+    <t>2669989BO</t>
+  </si>
+  <si>
+    <t>2669990BO</t>
+  </si>
+  <si>
+    <t>2669991BO</t>
+  </si>
+  <si>
+    <t>2669992BO</t>
+  </si>
+  <si>
+    <t>2669993BO</t>
+  </si>
+  <si>
+    <t>2669994BO</t>
+  </si>
+  <si>
+    <t>2669995BO</t>
+  </si>
+  <si>
+    <t>2669996BO</t>
+  </si>
+  <si>
+    <t>2669997BO</t>
+  </si>
+  <si>
+    <t>2669998BO</t>
+  </si>
+  <si>
+    <t>2669999BO</t>
+  </si>
+  <si>
+    <t>2670000BO</t>
+  </si>
+  <si>
+    <t>2670001BO</t>
+  </si>
+  <si>
+    <t>2670003BO</t>
+  </si>
+  <si>
+    <t>2670004BO</t>
+  </si>
+  <si>
+    <t>2670005BO</t>
+  </si>
+  <si>
+    <t>2670006BO</t>
+  </si>
+  <si>
+    <t>2670008BO</t>
+  </si>
+  <si>
+    <t>2670009BO</t>
+  </si>
+  <si>
+    <t>2670011BO</t>
+  </si>
+  <si>
+    <t>2670012BO</t>
+  </si>
+  <si>
+    <t>2670013BO</t>
+  </si>
+  <si>
+    <t>2670015BO</t>
+  </si>
+  <si>
+    <t>2670018BO</t>
+  </si>
+  <si>
+    <t>2670019BO</t>
+  </si>
+  <si>
+    <t>2670020BO</t>
+  </si>
+  <si>
+    <t>2670021BO</t>
+  </si>
+  <si>
+    <t>2670022BO</t>
+  </si>
+  <si>
+    <t>2670023BO</t>
+  </si>
+  <si>
+    <t>2670024BO</t>
+  </si>
+  <si>
+    <t>2670025BO</t>
+  </si>
+  <si>
+    <t>2670026BO</t>
+  </si>
+  <si>
+    <t>2670027BO</t>
+  </si>
+  <si>
+    <t>2670028BO</t>
+  </si>
+  <si>
+    <t>2670029BO</t>
+  </si>
+  <si>
+    <t>2670030BO</t>
+  </si>
+  <si>
+    <t>2670031BO</t>
+  </si>
+  <si>
+    <t>2670032BO</t>
+  </si>
+  <si>
+    <t>2670033BO</t>
+  </si>
+  <si>
+    <t>2670034BO</t>
+  </si>
+  <si>
+    <t>2670035BO</t>
+  </si>
+  <si>
+    <t>2670036BO</t>
+  </si>
+  <si>
+    <t>2670037BO</t>
+  </si>
+  <si>
+    <t>2670038BO</t>
+  </si>
+  <si>
+    <t>2670039BO</t>
+  </si>
+  <si>
+    <t>2670040BO</t>
+  </si>
+  <si>
+    <t>2670041BO</t>
+  </si>
+  <si>
+    <t>2670042BO</t>
+  </si>
+  <si>
+    <t>2670043BO</t>
+  </si>
+  <si>
+    <t>2670044BO</t>
+  </si>
+  <si>
+    <t>2670045BO</t>
+  </si>
+  <si>
+    <t>2670046BO</t>
+  </si>
+  <si>
+    <t>2670047BO</t>
+  </si>
+  <si>
+    <t>2670048BO</t>
+  </si>
+  <si>
+    <t>2670049BO</t>
+  </si>
+  <si>
+    <t>2670050BO</t>
+  </si>
+  <si>
+    <t>2670052BO</t>
+  </si>
+  <si>
+    <t>2670053BO</t>
+  </si>
+  <si>
+    <t>2670054BO</t>
+  </si>
+  <si>
+    <t>2670055BO</t>
+  </si>
+  <si>
+    <t>2670056BO</t>
+  </si>
+  <si>
+    <t>2670057BO</t>
+  </si>
+  <si>
+    <t>2670058BO</t>
+  </si>
+  <si>
+    <t>2670059BO</t>
+  </si>
+  <si>
+    <t>2670060BO</t>
+  </si>
+  <si>
+    <t>2670061BO</t>
+  </si>
+  <si>
+    <t>2670062BO</t>
+  </si>
+  <si>
+    <t>2670063BO</t>
+  </si>
+  <si>
+    <t>2670064BO</t>
+  </si>
+  <si>
+    <t>2670065BO</t>
+  </si>
+  <si>
+    <t>2670066BO</t>
+  </si>
+  <si>
+    <t>2670067BO</t>
+  </si>
+  <si>
+    <t>2670068BO</t>
+  </si>
+  <si>
+    <t>2670069BO</t>
+  </si>
+  <si>
+    <t>2670070BO</t>
+  </si>
+  <si>
+    <t>2670071BO</t>
+  </si>
+  <si>
+    <t>2670072BO</t>
+  </si>
+  <si>
+    <t>2670073BO</t>
+  </si>
+  <si>
+    <t>2670074BO</t>
+  </si>
+  <si>
+    <t>2670075BO</t>
+  </si>
+  <si>
+    <t>2670076BO</t>
+  </si>
+  <si>
+    <t>2670077BO</t>
+  </si>
+  <si>
+    <t>2670078BO</t>
+  </si>
+  <si>
+    <t>2670079BO</t>
+  </si>
+  <si>
+    <t>2670080BO</t>
+  </si>
+  <si>
+    <t>2670081BO</t>
+  </si>
+  <si>
+    <t>2670082BO</t>
+  </si>
+  <si>
+    <t>2670083BO</t>
+  </si>
+  <si>
+    <t>2670084BO</t>
+  </si>
+  <si>
+    <t>2670085BO</t>
+  </si>
+  <si>
+    <t>2670086BO</t>
+  </si>
+  <si>
+    <t>2670087BO</t>
+  </si>
+  <si>
+    <t>2670088BO</t>
+  </si>
+  <si>
+    <t>2670089BO</t>
+  </si>
+  <si>
+    <t>2670090BO</t>
+  </si>
+  <si>
+    <t>2670091BO</t>
+  </si>
+  <si>
+    <t>2670092BO</t>
+  </si>
+  <si>
+    <t>2670093BO</t>
+  </si>
+  <si>
+    <t>2670094BO</t>
+  </si>
+  <si>
+    <t>2670095BO</t>
+  </si>
+  <si>
+    <t>2670096BO</t>
+  </si>
+  <si>
+    <t>2670097BO</t>
+  </si>
+  <si>
+    <t>2670098BO</t>
+  </si>
+  <si>
+    <t>2670099BO</t>
+  </si>
+  <si>
+    <t>2670100BO</t>
+  </si>
+  <si>
+    <t>2670101BO</t>
+  </si>
+  <si>
+    <t>2670102BO</t>
+  </si>
+  <si>
+    <t>2670103BO</t>
+  </si>
+  <si>
+    <t>2670104BO</t>
+  </si>
+  <si>
+    <t>2670106BO</t>
+  </si>
+  <si>
+    <t>2670107BO</t>
+  </si>
+  <si>
+    <t>2670108BO</t>
+  </si>
+  <si>
+    <t>2670109BO</t>
+  </si>
+  <si>
+    <t>2670110BO</t>
+  </si>
+  <si>
+    <t>2670111BO</t>
+  </si>
+  <si>
+    <t>2670112BO</t>
+  </si>
+  <si>
+    <t>2670113BO</t>
+  </si>
+  <si>
+    <t>2670114BO</t>
+  </si>
+  <si>
+    <t>2670116BO</t>
+  </si>
+  <si>
+    <t>2670117BO</t>
+  </si>
+  <si>
+    <t>2670118BO</t>
+  </si>
+  <si>
+    <t>2670119BO</t>
+  </si>
+  <si>
+    <t>2670120BO</t>
+  </si>
+  <si>
+    <t>2670121BO</t>
+  </si>
+  <si>
+    <t>2670122BO</t>
+  </si>
+  <si>
+    <t>2670123BO</t>
+  </si>
+  <si>
+    <t>2670124BO</t>
+  </si>
+  <si>
+    <t>2670126BO</t>
+  </si>
+  <si>
+    <t>2670127BO</t>
+  </si>
+  <si>
+    <t>2670128BO</t>
+  </si>
+  <si>
+    <t>2670129BO</t>
+  </si>
+  <si>
+    <t>2670130BO</t>
+  </si>
+  <si>
+    <t>2670131BO</t>
+  </si>
+  <si>
+    <t>2670132BO</t>
+  </si>
+  <si>
+    <t>2670133BO</t>
+  </si>
+  <si>
+    <t>2670134BO</t>
+  </si>
+  <si>
+    <t>2670135BO</t>
+  </si>
+  <si>
+    <t>2670136BO</t>
+  </si>
+  <si>
+    <t>2670137BO</t>
+  </si>
+  <si>
+    <t>2670138BO</t>
+  </si>
+  <si>
+    <t>2670139BO</t>
+  </si>
+  <si>
+    <t>2670140BO</t>
+  </si>
+  <si>
+    <t>2670141BO</t>
+  </si>
+  <si>
+    <t>2670142BO</t>
+  </si>
+  <si>
+    <t>2670143BO</t>
+  </si>
+  <si>
+    <t>2670144BO</t>
+  </si>
+  <si>
+    <t>2670145BO</t>
+  </si>
+  <si>
+    <t>2670146BO</t>
+  </si>
+  <si>
+    <t>2670147BO</t>
+  </si>
+  <si>
+    <t>2670148BO</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918546</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918566</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918586</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919028</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918626</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919390</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919367</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919426</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919069</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919510</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919427</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919386</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918826</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918830</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918827</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918848</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918835</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918834</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918817</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918821</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918869</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918871</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918915</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918912</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918896</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918911</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919270</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919335</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919211</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919212</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918815</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919321</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919322</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919196</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919108</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919428</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919429</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919506</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919346</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919099</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919226</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918857</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918820</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918860</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918816</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918829</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919511</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919446</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919265</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919271</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919234</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919235</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919338</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919236</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919197</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919198</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919254</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919255</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919228</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919229</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919193</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919163</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919165</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919166</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919096</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919126</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918850</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919112</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919243</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919085</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919447</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919078</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919448</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919449</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919481</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919450</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919050</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919482</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918808</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919430</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919066</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919509</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919328</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919151</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919515</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919431</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919512</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919010</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919264</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919432</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919433</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919434</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919435</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919436</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919437</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919438</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919439</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919440</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919159</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919161</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919074</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919090</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919093</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919091</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919086</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919088</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919160</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918822</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918908</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919441</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919517</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919442</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919347</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919348</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919349</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919350</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919351</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919352</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919353</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919311</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919409</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919312</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919313</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919314</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919354</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919355</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919356</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918922</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919443</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918897</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918989</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918930</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918932</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918916</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918927</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918909</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918813</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918814</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918917</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918974</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918852</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919483</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919444</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919445</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919466</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919467</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919106</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919468</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919081</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919469</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919114</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918858</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918928</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918903</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919256</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919031</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918973</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919009</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919016</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919046</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919034</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918900</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918853</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918855</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918872</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919195</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919248</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918854</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918818</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918865</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919407</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919262</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919246</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919249</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918866</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918893</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919470</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919071</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919092</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918891</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919273</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919188</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919507</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918823</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918901</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918910</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919370</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919369</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919221</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918877</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919406</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919192</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919247</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919117</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918948</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918875</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919332</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918991</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918879</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918861</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919333</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918889</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918886</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918929</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919324</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919242</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919241</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919097</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919217</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919219</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919371</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919286</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918946</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919266</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919244</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919095</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918880</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918925</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918924</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919220</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919508</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919073</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919084</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919006</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919316</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919471</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919331</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919472</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919473</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919474</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919232</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919275</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919276</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918809</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918931</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919475</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919484</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919087</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919526</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919476</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919477</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919263</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919334</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919213</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919122</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919451</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919520</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919257</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918874</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918933</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918862</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918881</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918970</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918894</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919147</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919035</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918806</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919048</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918873</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918967</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918975</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919077</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919392</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918914</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919049</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919150</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919067</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919026</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919207</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919164</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919075</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919072</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919393</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918987</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918878</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919289</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918988</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919191</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918904</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919518</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919032</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918887</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919408</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919306</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919366</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919027</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919110</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919080</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919113</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919083</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919079</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919267</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918824</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919148</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919230</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919231</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919486</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918902</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918890</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918947</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919253</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919336</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918895</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919388</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918882</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918812</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918847</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919008</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918918</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919194</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919389</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919337</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919218</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919098</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918856</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919157</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918972</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919387</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918966</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918905</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918935</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918919</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918868</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918831</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919215</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919186</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919068</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919309</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919307</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919308</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919310</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919237</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919238</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919119</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918846</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919149</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919118</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919070</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919011</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919319</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919187</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919153</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918923</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919516</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918913</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919358</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919029</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919146</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919115</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919007</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918921</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918833</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918849</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918934</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918898</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918990</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918859</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918926</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918906</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919250</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919327</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919330</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919487</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919123</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919124</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919162</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919206</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918807</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919076</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919268</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919519</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918836</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919368</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918969</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918810</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918971</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918968</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919033</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918920</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918888</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918992</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918986</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919154</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918867</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918976</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919030</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919013</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919015</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918851</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918828</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919012</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919488</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919489</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918876</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918825</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919391</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919125</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919490</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919107</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919082</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919491</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919492</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919323</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919317</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918832</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918892</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919261</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919252</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919120</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919094</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919152</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919227</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919493</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919278</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919109</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919357</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919047</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919259</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918899</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919111</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919116</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919089</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919260</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919494</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919325</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919240</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919239</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919233</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918870</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919287</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919121</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919214</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919288</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919189</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919190</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919208</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919209</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919478</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919479</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919326</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919251</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919014</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919269</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918864</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919258</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919155</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919156</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919514</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919329</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919318</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919315</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919320</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919513</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918819</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919274</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919277</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919272</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918811</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919216</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919210</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918863</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/918907</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919158</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/book/919480</t>
+  </si>
+  <si>
+    <t>URL</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Cairo</t>
+  </si>
+  <si>
+    <t>الفن الجدارى ( الخامة – الغرض – الموضوعات )</t>
+  </si>
+  <si>
+    <t>الفكاهة المرة عرض لنشأة وتطور الرسم الكاريكاتيرى</t>
+  </si>
+  <si>
+    <t>روائع الفن الاسلامى</t>
+  </si>
+  <si>
+    <t>اصول وجذور " دراسة كشفية للاصول الاسلامية للفن التشكيلى المعاصر "</t>
+  </si>
+  <si>
+    <t>التصوير الجمالى فى القرآن الكريم</t>
+  </si>
+  <si>
+    <t>فلسفة الفن والجمال فى الفكر الاسلامى</t>
+  </si>
+  <si>
+    <t>الشعار فى الفن التشكيلى</t>
+  </si>
+  <si>
+    <t>البحث فى الفن والتربية الفنية</t>
+  </si>
+  <si>
+    <t>أسرار الفن التشكيلي</t>
+  </si>
+  <si>
+    <t>أسس التربية الفنية</t>
+  </si>
+  <si>
+    <t>قضايا التربية الفنية</t>
+  </si>
+  <si>
+    <t>هندسة المعرفة وانقرائية الصورة الالكترونية</t>
+  </si>
+  <si>
+    <t>التشريح الفنى الاساسى</t>
+  </si>
+  <si>
+    <t>اساسيات التشريح الفنى</t>
+  </si>
+  <si>
+    <t>رسم البورتريه</t>
+  </si>
+  <si>
+    <t>التشريح للفنان</t>
+  </si>
+  <si>
+    <t>التشريح للفنانين</t>
+  </si>
+  <si>
+    <t>تشريح البورتريه</t>
+  </si>
+  <si>
+    <t>التشريح الفنى المبسط</t>
+  </si>
+  <si>
+    <t>التشريح دليل الفنان المحترف</t>
+  </si>
+  <si>
+    <t>التشريح فى مجال الفن</t>
+  </si>
+  <si>
+    <t>فن ما قبل التاريخ والحضارات القديمة</t>
+  </si>
+  <si>
+    <t>التشريح الفنى الحركى</t>
+  </si>
+  <si>
+    <t>التشريح الفنى وعلم الحركة</t>
+  </si>
+  <si>
+    <t>التشريح دراسات فى الفن</t>
+  </si>
+  <si>
+    <t>التشريح الفنى</t>
+  </si>
+  <si>
+    <t>التشريح " الدليل الكامل للفنانين "</t>
+  </si>
+  <si>
+    <t>محمد لطفى جمعة بيوجرافيا وببليوجرافيا</t>
+  </si>
+  <si>
+    <t>شخصيات صنعت التاريخ "فى الأدب والفنون "</t>
+  </si>
+  <si>
+    <t>شخصيات صنعت التاريخ" فى البطولة والفداء والنهضة الفكرية "</t>
+  </si>
+  <si>
+    <t>هيلين كيلر الاعجاز والانجاز مقالات فى فلسفة الحياة</t>
+  </si>
+  <si>
+    <t>تطور الفكر الجغرافى عند جمال حمدان</t>
+  </si>
+  <si>
+    <t>العلامة الدكتور جمال حمدان ولمحات من مذكراته الخاصة</t>
+  </si>
+  <si>
+    <t>محمد لطفي جمعة بين المحاماة والقانون</t>
+  </si>
+  <si>
+    <t>تذكار الصبا : ذكرى 19 مارس</t>
+  </si>
+  <si>
+    <t>قمم أدبية</t>
+  </si>
+  <si>
+    <t>إسرائيل فى عقيدة الإرض والموعودة</t>
+  </si>
+  <si>
+    <t>أمريكا والعلاقات الدولية</t>
+  </si>
+  <si>
+    <t>الأماكن المشهورة فى القرآن الكريم</t>
+  </si>
+  <si>
+    <t>اماكن مشهورة في حياة محمد</t>
+  </si>
+  <si>
+    <t>ملامح التسامح والعنف والارهاب فى الاديان السماوية</t>
+  </si>
+  <si>
+    <t>نور الايمان جـ5 ؛ زاد العقول لبلوغ الهمة لمعرفة مصابيح الامة</t>
+  </si>
+  <si>
+    <t>نور الايمان جـ1 ؛ زاد العقل الى تقوى القلب "الشريعة - العقيدة"</t>
+  </si>
+  <si>
+    <t>نور الايمان جـ2 ؛ زاد العقل الى تقوى القلب "السيرة- العبادات"</t>
+  </si>
+  <si>
+    <t>نور الايمان جـ3 ؛ زاد العقول لمعرفة خلفاء الرسول</t>
+  </si>
+  <si>
+    <t>نور الايمان جـ4 ؛ مختصر شرح الاربعين النووية وأئمة السنة</t>
+  </si>
+  <si>
+    <t>منهج ابن تيمية فى تفسير القرآن الكريم</t>
+  </si>
+  <si>
+    <t>الإسلام والتيارات الفكرية - أضواء على التصوف</t>
+  </si>
+  <si>
+    <t>زبدة التراث جـ19 أراء أهل المدينة الفاضلة</t>
+  </si>
+  <si>
+    <t>زبدة التراث جـ20 السيرة النبوية</t>
+  </si>
+  <si>
+    <t>زبدة التراث جـ17 نكت الهميان فى نكت العميان</t>
+  </si>
+  <si>
+    <t>زبدة التراث جـ18 الأحكام السلطانية واولايات الديني</t>
+  </si>
+  <si>
+    <t>زبدة التراث جـ15 كليلة ودمنة / بيديا</t>
+  </si>
+  <si>
+    <t>زبدة التراث جـ16 آداب الملوك لأبى منصور الثعالبى</t>
+  </si>
+  <si>
+    <t>زبدة التراث جـ11 مقدمة بن خلدون لعبد الرحمن بن محمد</t>
+  </si>
+  <si>
+    <t>زبدة التراث جـ12 تهذيب الأخلاق لأحمد بن يعقوب</t>
+  </si>
+  <si>
+    <t>زبدة التراث جـ14 سراج الملوك الطرطوشى</t>
+  </si>
+  <si>
+    <t>زبدة التراث جـ13 روح الحيوان المناوى</t>
+  </si>
+  <si>
+    <t>زبدة التراث جـ8 الرسالة القشيرية للأمام عبد الكريم القشيرى</t>
+  </si>
+  <si>
+    <t>زبدة التراث جـ9 بلوغ المراد من الحيوان والنبات والجماد للحموى</t>
+  </si>
+  <si>
+    <t>زبدة التراث جـ10 الجواهر المضية فى بيان الأداب السلطانية</t>
+  </si>
+  <si>
+    <t>زبدة التراث جـ5 الفراسة فخر الدين الرازى</t>
+  </si>
+  <si>
+    <t>زبدة التراث جـ6 طبائع الحيوان المقالة الأولى في أحوال الإنسان</t>
+  </si>
+  <si>
+    <t>زبدة التراث جـ4 ما لا يسع الطبيب جهله الإمام جمال الدين</t>
+  </si>
+  <si>
+    <t>زبدة التراث جـ7 مواد البيان لعلى بن خلف بن عبد الوهاب "</t>
+  </si>
+  <si>
+    <t>زبدة التراث جـ2 نصيحة الملوك للإمام الغزالى</t>
+  </si>
+  <si>
+    <t>زبدة التراث جـ1 نهج البلاغة لعلى بن ابى طالب</t>
+  </si>
+  <si>
+    <t>زبدة التراث جـ3 فصوص الحكم لأبن العربي</t>
+  </si>
+  <si>
+    <t>الإمامة والتقية عند مفكرى الاباضية</t>
+  </si>
+  <si>
+    <t>المعجــزات وخـوارق العـادات عنـد الغزالـي وابـن رشـد</t>
+  </si>
+  <si>
+    <t>قضايا إسلامية معاصرة</t>
+  </si>
+  <si>
+    <t>الاسلام والمسلمون فى شرق إفريقيا</t>
+  </si>
+  <si>
+    <t>موجز احكام الشريعة الاسلامية فى التجريم والعقاب</t>
+  </si>
+  <si>
+    <t>الإسلام  و الحياة الجنسية</t>
+  </si>
+  <si>
+    <t>دور القضاء فى المنازعة الإدارية</t>
+  </si>
+  <si>
+    <t>المسئولية الدولية عن الآضرار الناتجة عن استخدام الطاقة النووية وقت السلم</t>
+  </si>
+  <si>
+    <t>المطول فى شرح الصيغ القانونية للدعاوى والآوراق القضائية</t>
+  </si>
+  <si>
+    <t>مبدأ المشروعية فى النظام الإسلامى والأنظمة القانونية المعاصرة</t>
+  </si>
+  <si>
+    <t>شرح قانون الوظائف القيادية</t>
+  </si>
+  <si>
+    <t>تقدري كفاية العاملين بالخدمة المدنية فى علم الإدارة العامة والقانون الإدارى</t>
+  </si>
+  <si>
+    <t>البحث الفنى -الدليل المادى- التحقيق الجنائى</t>
+  </si>
+  <si>
+    <t>سلطة التاديب بين الإدارة والقضاء دراسة القانون</t>
+  </si>
+  <si>
+    <t>المشكلات العملية فى دعاوى النسب والارث</t>
+  </si>
+  <si>
+    <t>المشكلات العملية فى دعاوى الطلاق والفسخ والخلع</t>
+  </si>
+  <si>
+    <t>لائحة المأذونين فى ضوء الفقة وأحكام الإدارية العليا</t>
+  </si>
+  <si>
+    <t>احكام الولاية على المال</t>
+  </si>
+  <si>
+    <t>مرافعات الاحوال الشخصية للولاية على النفس</t>
+  </si>
+  <si>
+    <t>المشتريات الحكومية: الوسيط فى شرح وتحليل قانون المناقصات والمزايدات</t>
+  </si>
+  <si>
+    <t>نظــرية الالتـزام التـنظيمى</t>
+  </si>
+  <si>
+    <t>نظم الحكم المعاصرة - دراسة مقارنة فى أصول النظم السياسية -</t>
+  </si>
+  <si>
+    <t>الطعن الجنائى فى التشريع المصرى والمقارن</t>
+  </si>
+  <si>
+    <t>الدفاع الشرعى فى الفقة الإسلامى</t>
+  </si>
+  <si>
+    <t>الشرط كوصف للتراضى فى قانون المدنى المقارن والشريعة الاسلامية</t>
+  </si>
+  <si>
+    <t>فائض العمالة فى الدول النامية - دراسة مقارنة</t>
+  </si>
+  <si>
+    <t>اختصاص المحكمة الدستورية العليا</t>
+  </si>
+  <si>
+    <t>الدعوى وإجراءاتها فى القضاء العادى والإدارى</t>
+  </si>
+  <si>
+    <t>حقوق المدنين تحت الاحتلال الحربى مع دراسة خاصة بانتهاكات اسرائيل لحقوق الانسان فى الاراضى المحتلة</t>
+  </si>
+  <si>
+    <t>المساءلة التأدبية</t>
+  </si>
+  <si>
+    <t>دور التصنيف في المكتبات ومراكز المعلومات</t>
+  </si>
+  <si>
+    <t>التنظيم الموضوعي للمعلومات</t>
+  </si>
+  <si>
+    <t>التحليل الموضوعي في فهارس البحث المباشر</t>
+  </si>
+  <si>
+    <t>التصـنيف لأغـراض استرجاع المعلومات</t>
+  </si>
+  <si>
+    <t>التصنيف العملي والتكشيف</t>
+  </si>
+  <si>
+    <t>الاطار العام للخطة ونظرية المسلمين فى تنظيم المعرفة</t>
+  </si>
+  <si>
+    <t>دراسـات في علوم المكتـبات والتوثيق والببليوجرافيا</t>
+  </si>
+  <si>
+    <t>الفهرس المصنف : أسسه وتطبيقاته</t>
+  </si>
+  <si>
+    <t>صيانة المخطوطات علماََ وعملاََ</t>
+  </si>
+  <si>
+    <t>ابناء حفصة " رواية "</t>
+  </si>
+  <si>
+    <t>درب الانين =رواية</t>
+  </si>
+  <si>
+    <t>رفائيل لشاعر الحب والجمال لامرتين</t>
+  </si>
+  <si>
+    <t>سلمان الفارسى الباحث عن الحقيقة</t>
+  </si>
+  <si>
+    <t>أغان وألعاب شعبية مصرية للأطفال</t>
+  </si>
+  <si>
+    <t>أسئلة وأجوبة لسن 3-6 سنوات من أين تأتى الأشياء ؟</t>
+  </si>
+  <si>
+    <t>أسئلة وأجوبة لسن 3-6 سنوات حياة الطفل الرضيع</t>
+  </si>
+  <si>
+    <t>أسئلة وأجوبة لسن 3-6 سنوات السيرك</t>
+  </si>
+  <si>
+    <t>أسئلة وأجوبة لسن 3-6 سنوات قصور حصينة وفرسان</t>
+  </si>
+  <si>
+    <t>أسئلة وأجوبة لسن 3-6 سنوات النهــــر</t>
+  </si>
+  <si>
+    <t>أسئلة وأجوبة لسن 3-6 سنوات الماء والأرض والهواء والنار</t>
+  </si>
+  <si>
+    <t>أسئلة وأجوبة لسن 3-6 سنوات الأعياد والمواسم</t>
+  </si>
+  <si>
+    <t>أسئلة وأجوبة لسن 3-6 سنوات جســـدى</t>
+  </si>
+  <si>
+    <t>أسئلة وأجوبة لسن 3-6 سنوات حديقة الحيوان</t>
+  </si>
+  <si>
+    <t>أسئلة وأجوبة لسن 3-6 سنوات فى المدينة</t>
+  </si>
+  <si>
+    <t>أسئلة وأجوبة لسن 3-6 سنوات الغــــــــابة</t>
+  </si>
+  <si>
+    <t>أسئلة وأجوبة لسن 3-6 سنوات طوال اليوم</t>
+  </si>
+  <si>
+    <t>أسئلة وأجوبة لسن 3-6 سنوات الحيوانات الصغيرة</t>
+  </si>
+  <si>
+    <t>أسئلة وأجوبة لسن 3-6 سنوات شواطىء البحر</t>
+  </si>
+  <si>
+    <t>أسئلة وأجوبة لسن 3-6 سنوات حيوانات العالم</t>
+  </si>
+  <si>
+    <t>مسالك الثقافة الإغريقية إلى العرب</t>
+  </si>
+  <si>
+    <t>تسلية مع آداب السلوك</t>
+  </si>
+  <si>
+    <t>فتح الاندلس</t>
+  </si>
+  <si>
+    <t>17رمضان</t>
+  </si>
+  <si>
+    <t>صلاح الدين الايوبى</t>
+  </si>
+  <si>
+    <t>عروس فرغانة</t>
+  </si>
+  <si>
+    <t>غادة كربلاء</t>
+  </si>
+  <si>
+    <t>عذراء قريش</t>
+  </si>
+  <si>
+    <t>أرمانوسة المصرية</t>
+  </si>
+  <si>
+    <t>حافلة الطاقة " 10 قواعد لدعم حياتك</t>
+  </si>
+  <si>
+    <t>النجار " قصة عن اعظم نجاح</t>
+  </si>
+  <si>
+    <t>شعراء أم كلثوم</t>
+  </si>
+  <si>
+    <t>تنبيه الاخبار على ما قيل فى المنام</t>
+  </si>
+  <si>
+    <t>الثعلب .. ملكا للغابة  " قصة للناشئة 4 لون "</t>
+  </si>
+  <si>
+    <t>رجل الحرب والسلام عبد الرحمن بن الحكم</t>
+  </si>
+  <si>
+    <t>أمير المؤمنين عبد الرحمن الناصر</t>
+  </si>
+  <si>
+    <t>صانع النصر المعتمد بن عباد</t>
+  </si>
+  <si>
+    <t>سالم  سليم</t>
+  </si>
+  <si>
+    <t>الوحدة الفنية فى القصة القرآنية</t>
+  </si>
+  <si>
+    <t>الأدب المسرحي المعاصر</t>
+  </si>
+  <si>
+    <t>فى صحبة الشعر والشعراء</t>
+  </si>
+  <si>
+    <t>نحو أدب روائي عالمي جديد : عولس لجيمس جويس</t>
+  </si>
+  <si>
+    <t>المنتخب فى عصور الأدب</t>
+  </si>
+  <si>
+    <t>مفهوم الإبداع " في الفكر النقدي عند العرب"</t>
+  </si>
+  <si>
+    <t>الاتصال بالجماهير ولغة الجسد</t>
+  </si>
+  <si>
+    <t>الصحافة الريادية مدخل لتخطيط مناهج الإعلام في عصر اقتصاد المعرفة</t>
+  </si>
+  <si>
+    <t>الصحافة الروبوتية الايكولوجية</t>
+  </si>
+  <si>
+    <t>الصحافة الدينية فى اسرائيل" بين قضايا الصراع مع العرب "</t>
+  </si>
+  <si>
+    <t>فن الاعلان ادارة التأثير والجاذبية</t>
+  </si>
+  <si>
+    <t>البروتوكول الرسمى والدبلوماسى</t>
+  </si>
+  <si>
+    <t>إبتكار الأفكار الاعلانية</t>
+  </si>
+  <si>
+    <t>الإعلام وادارة الأزمات الدولية</t>
+  </si>
+  <si>
+    <t>الاتصال وادارة التغيير والصراع والازمات</t>
+  </si>
+  <si>
+    <t>ملكية وسائل الاعلام والممارسة الديمقراطية</t>
+  </si>
+  <si>
+    <t>نظريات ونماذج فى العلاقات العامة والتسويق</t>
+  </si>
+  <si>
+    <t>الابداع فى التسويق والترويج</t>
+  </si>
+  <si>
+    <t>الكتابة للعلاقات العامة من المؤسسة للجمهور</t>
+  </si>
+  <si>
+    <t>كسر قواعد الاتيكيت والبروتوكول</t>
+  </si>
+  <si>
+    <t>الدراما التليفزيونية وأثرها فى حياة أطفالنا</t>
+  </si>
+  <si>
+    <t>الإعلام والمجتمع " أطفال فى ظروف صعبة ووسائل إعلام مؤثرة</t>
+  </si>
+  <si>
+    <t>حروب الجيل الرابع دومينو الشائعات والأخبار الزائفة</t>
+  </si>
+  <si>
+    <t>جمهورية الفيسبوك مابين الشائعات وادارة الازمات</t>
+  </si>
+  <si>
+    <t>حرية الاعلام والتحول الديمقراطى فى مصر</t>
+  </si>
+  <si>
+    <t>آراء فى الصحافة والسياسة والمجتمع</t>
+  </si>
+  <si>
+    <t>دراسات فى الاعلام وتكنولوجيا الاتصال والرأى العام</t>
+  </si>
+  <si>
+    <t>النخبة السياسية والتغير الاجتماعى</t>
+  </si>
+  <si>
+    <t>الاعلام والسياسة وسائل الاتصال والمشاركة السياسية</t>
+  </si>
+  <si>
+    <t>نظريات الاتصال فى الفضاء التقليدى الى الفضاء الرقمى</t>
+  </si>
+  <si>
+    <t>العلاقات العامة والازمات المالية</t>
+  </si>
+  <si>
+    <t>إنتاج الآخبار فى الراديو والتلفزيون</t>
+  </si>
+  <si>
+    <t>بحوث الاعلام "دراسات في مناهج البحث العلمي</t>
+  </si>
+  <si>
+    <t>الرأي العام : الأسس النظرية والجوانب المنهجية</t>
+  </si>
+  <si>
+    <t>الخطاب الإعلامي والقضايا المعاصرة</t>
+  </si>
+  <si>
+    <t>بحوث الصحافة الإلكترونية</t>
+  </si>
+  <si>
+    <t>صحافة الأطفال فى الوطن العربى</t>
+  </si>
+  <si>
+    <t>مدخل لتاريخ الصحافة الإسلامية</t>
+  </si>
+  <si>
+    <t>الاعلام والانتخابات - دراسة فى طبيعة وسائل الاعلام التقليدية والجديدة</t>
+  </si>
+  <si>
+    <t>المجال العام الافتراضى والتحول الديمقراطى فى مصر</t>
+  </si>
+  <si>
+    <t>تأثير الضغوط الاعلانية على الاداء الاعلامى</t>
+  </si>
+  <si>
+    <t>الدراما فى الراديو التليفزيون المدخل الاجتماعى للدراما</t>
+  </si>
+  <si>
+    <t>مقدمة الى علم الاتصال</t>
+  </si>
+  <si>
+    <t>الجغرافيا الصحفية وتاريخ الصحافة العربية</t>
+  </si>
+  <si>
+    <t>الشائعات وخطرها فى ظل وسائل الاعلام الجديد</t>
+  </si>
+  <si>
+    <t>فنون ومهارات العمل فى الاذاعة والتليفزيون</t>
+  </si>
+  <si>
+    <t>العلاقات العامة والصـــــورة الذهنية</t>
+  </si>
+  <si>
+    <t>إدارة العلاقـات العامــة بـين الإدارة الاستراتيجيــة وإدارة الأزمـات</t>
+  </si>
+  <si>
+    <t>العلاقات العامة بين النظرية والتطبيق</t>
+  </si>
+  <si>
+    <t>حرب الشائعات على مواقع التواصل الاجتماعى</t>
+  </si>
+  <si>
+    <t>صحافة المواطن .. ظاهرة اعلامية</t>
+  </si>
+  <si>
+    <t>التربية الاعلامية فى بيئة الاعلام الجديد</t>
+  </si>
+  <si>
+    <t>الصحافة الالكترونية وتحرير الفنون الصحفية</t>
+  </si>
+  <si>
+    <t>ادارة الصورة الذهنية بين العلاقات العامة الدولية والدبلوماسية</t>
+  </si>
+  <si>
+    <t>الاتصال الاستراتيجى فى العلاقات العامة</t>
+  </si>
+  <si>
+    <t>العلاقات العامة الحكومية والتصدى للشائعات</t>
+  </si>
+  <si>
+    <t>العلاقات العامة الالكترونية</t>
+  </si>
+  <si>
+    <t>مطبوعات العلاقات العامة فى عصر التكنولوجية الحديثة</t>
+  </si>
+  <si>
+    <t>العلاقات العامة وتغيير ثقافة المنظمات</t>
+  </si>
+  <si>
+    <t>الإعلام الدولى</t>
+  </si>
+  <si>
+    <t>التسويق الاجتماعى وتخطيط الحملات الاعلامية</t>
+  </si>
+  <si>
+    <t>التسويق السياحى وتخطيط الحملات الترويجية</t>
+  </si>
+  <si>
+    <t>الاتصال الشخصي " في عصر تكنولوجيا الاتصال "</t>
+  </si>
+  <si>
+    <t>التنمية السياحية فى مصر والعالم العربى</t>
+  </si>
+  <si>
+    <t>العلاقات العامة فى المنشأت السياحية</t>
+  </si>
+  <si>
+    <t>انهيار وصعود النظام الإعلامي الدولى</t>
+  </si>
+  <si>
+    <t>الصحافة العــربية المهاجرة</t>
+  </si>
+  <si>
+    <t>الاعلام والديمقراطية</t>
+  </si>
+  <si>
+    <t>الاعلام والسلطة - اعلام السلطة وسلطة الاعلام</t>
+  </si>
+  <si>
+    <t>فن الكتابة الصحفية</t>
+  </si>
+  <si>
+    <t>الفكر الليبرالي في الصحافة المصرية</t>
+  </si>
+  <si>
+    <t>انهيار النظام الإعلامى الدولى</t>
+  </si>
+  <si>
+    <t>التربية الاعلامية من الحماية الى المشاركة</t>
+  </si>
+  <si>
+    <t>الإلقاء وفن الحديث المؤثر</t>
+  </si>
+  <si>
+    <t>شخصياتنا المعاصرة بين الواقع والدراما التليفزيونية</t>
+  </si>
+  <si>
+    <t>الاتصال والاعلام على شبكة الانترنت</t>
+  </si>
+  <si>
+    <t>نظريات الإعلام واتجاهات التأثير</t>
+  </si>
+  <si>
+    <t>البحث العلمي في الدراسات الإعلامية</t>
+  </si>
+  <si>
+    <t>تحليل المحتوى فى بحوث الاعلام</t>
+  </si>
+  <si>
+    <t>المدونات : الاعلام البديل</t>
+  </si>
+  <si>
+    <t>الاتصال فى مجالات الابداع الفنى الجماهيرى</t>
+  </si>
+  <si>
+    <t>الراديو والتنمية السياسية</t>
+  </si>
+  <si>
+    <t>الإعلام العربى</t>
+  </si>
+  <si>
+    <t>دور التكنيك فى الاعلام الدولى دراسة نظرية وتطبيقية</t>
+  </si>
+  <si>
+    <t>الصحافة بين السلطة والسلطان</t>
+  </si>
+  <si>
+    <t>التليفزيون والمرأة " دوره فى تلبية احتياجاتها</t>
+  </si>
+  <si>
+    <t>الإخراج الصحفى فن وعلم</t>
+  </si>
+  <si>
+    <t>الإنتاج الإذاعى والتليفزيونى</t>
+  </si>
+  <si>
+    <t>الصحافة الالكترونية اخراجها وتصميمها</t>
+  </si>
+  <si>
+    <t>العلاقات العامة والاتصال التفاعلى عبر المواقع الالكترونية والاجتماعية</t>
+  </si>
+  <si>
+    <t>مضمار الحقائق وسر الخالق</t>
+  </si>
+  <si>
+    <t>ميلاد العصور الوسطى</t>
+  </si>
+  <si>
+    <t>معركة بلاط الشهداء في التاريخ الإسلامي والأوربي(رمضان 114 هـ - أكتوبر 732 م)</t>
+  </si>
+  <si>
+    <t>الإسلام والثقافة العربية فى أوربا</t>
+  </si>
+  <si>
+    <t>رواد الصناعة</t>
+  </si>
+  <si>
+    <t>الخروج من الآزمة دراسات فى السياسة الاقتصادية والمجتمع المصرى</t>
+  </si>
+  <si>
+    <t>الجندر ....... غزو ثقافى</t>
+  </si>
+  <si>
+    <t>خطرات أفكار</t>
+  </si>
+  <si>
+    <t>لذكـــراك</t>
+  </si>
+  <si>
+    <t>مباحــث في التـاريـخ</t>
+  </si>
+  <si>
+    <t>ثلاث أزهار فى معرفة البحار</t>
+  </si>
+  <si>
+    <t>اللص والكلاب محنة من البنوك المصرية</t>
+  </si>
+  <si>
+    <t>إعجاز القرآن الكريم فى العمارة والعمران</t>
+  </si>
+  <si>
+    <t>امبراطورية الصحراء المملكة العربية السعودية</t>
+  </si>
+  <si>
+    <t>العربية المعاصرة " بحوث لغوية "</t>
+  </si>
+  <si>
+    <t>لغة المقال الصحفى والاكاديمى</t>
+  </si>
+  <si>
+    <t>توسيع بنية الجملة فى القصة القصيرة فى ضوء النحو الوظيفى</t>
+  </si>
+  <si>
+    <t>النحو الوظيفى ودراسة العربية</t>
+  </si>
+  <si>
+    <t>نظرية اكس بار اللغوية وتطبيقها على اللغة العربية</t>
+  </si>
+  <si>
+    <t>درس تاريخى فى العربية المحكية</t>
+  </si>
+  <si>
+    <t>رحلة فى المعجم التاريخى</t>
+  </si>
+  <si>
+    <t>الاقتراض اللغوى فى المعجمات العربية المعاصرة</t>
+  </si>
+  <si>
+    <t>الاستدلال عند النحاة  2 جزء</t>
+  </si>
+  <si>
+    <t>فى عمق النص - دراسة فى الشعر الجاهلى</t>
+  </si>
+  <si>
+    <t>أسس علم اللغة</t>
+  </si>
+  <si>
+    <t>البحث اللغوي عند العرب</t>
+  </si>
+  <si>
+    <t>صناعة المعجم الحديث</t>
+  </si>
+  <si>
+    <t>علم الدلالة</t>
+  </si>
+  <si>
+    <t>اللغة واللون</t>
+  </si>
+  <si>
+    <t>معجم اللغة العربية المعاصرة ( 4 مجلدات )</t>
+  </si>
+  <si>
+    <t>دراسات لغوية في القرآن الكريم وقراءاته</t>
+  </si>
+  <si>
+    <t>أخطاء اللغة العربية المعاصرة</t>
+  </si>
+  <si>
+    <t>دراسة الصوت اللغوي</t>
+  </si>
+  <si>
+    <t>الاشتراك والتضاد فى القران الكريم</t>
+  </si>
+  <si>
+    <t>أنا واللغة والمجمع</t>
+  </si>
+  <si>
+    <t>العربية الصحيحة</t>
+  </si>
+  <si>
+    <t>تاريــخ اللغة العربية في مصــر والمغــرب الأدني</t>
+  </si>
+  <si>
+    <t>المنجد في اللغة : أقدم معجم شامل للمشترك اللفظي</t>
+  </si>
+  <si>
+    <t>خطاب النثر العربى بلاغة التشكيل والتأويل</t>
+  </si>
+  <si>
+    <t>بنية الجملة العربية وأسس تحليلها فى ضوء المنهج التوليدى التحويلى</t>
+  </si>
+  <si>
+    <t>دراسات فى آليات التحليل وأصول اللغة والنحو</t>
+  </si>
+  <si>
+    <t>الاتصال غير اللفظى فى روايات نجيب محفوظ "دراسة فى التحليل اللغوى"</t>
+  </si>
+  <si>
+    <t>فى القصيدة العباسية : دراسات غربية معاصرة</t>
+  </si>
+  <si>
+    <t>حداثة القصيدة فى شعر عبد الوهاب البياتى</t>
+  </si>
+  <si>
+    <t>التوجيه الدلالى للظاهرة النحوية</t>
+  </si>
+  <si>
+    <t>معايير النصية دراسة فى نحو النص</t>
+  </si>
+  <si>
+    <t>آليات الشعرية الحداثية عند أدونيس</t>
+  </si>
+  <si>
+    <t>أدونيس فى ميزان النقد أربع مسائل خلافية بين أدونيس ومعارضيه</t>
+  </si>
+  <si>
+    <t>تيسير تعليمية النحو: رؤية فى أساليب تطوير العملية التعليمية من منظور النظرية اللغوية</t>
+  </si>
+  <si>
+    <t>الفكر اللغوى الجديد</t>
+  </si>
+  <si>
+    <t>مفاهيم ومواقف فى اللغة والقرآن</t>
+  </si>
+  <si>
+    <t>الخلاصة النحوية</t>
+  </si>
+  <si>
+    <t>اللغة العربية معناها ومبناها</t>
+  </si>
+  <si>
+    <t>البيان في روائع القرآن 2مج فى مجلد واحد</t>
+  </si>
+  <si>
+    <t>الأصول " دراسة ابستيمولوجية للفكر اللغوي عند العرب"</t>
+  </si>
+  <si>
+    <t>النص والخطاب والاجراء</t>
+  </si>
+  <si>
+    <t>اجتهادات لغــــوية</t>
+  </si>
+  <si>
+    <t>خواطر من تأمل لغة القرآن الكريم</t>
+  </si>
+  <si>
+    <t>اللغة بين المعيارية والوصفية</t>
+  </si>
+  <si>
+    <t>مقالات فى اللغة والأدب جـ2</t>
+  </si>
+  <si>
+    <t>مقالات فى اللغة والأدب جـ1</t>
+  </si>
+  <si>
+    <t>اسرار النظام اللغوى</t>
+  </si>
+  <si>
+    <t>الشتويات</t>
+  </si>
+  <si>
+    <t>تمحيص التلخيص فى علوم البلاغة</t>
+  </si>
+  <si>
+    <t>اصول الابواب فى النحو العربى</t>
+  </si>
+  <si>
+    <t>الاجماع فى الدراسات النحوية</t>
+  </si>
+  <si>
+    <t>الموقعية فى النحو العربى</t>
+  </si>
+  <si>
+    <t>تحليل الخطاب النوعى " الشعر - الرواية - الاجناس الجديدة "</t>
+  </si>
+  <si>
+    <t>فى تحليل الخطاب رؤية منهجية ونماذج تطبيقية</t>
+  </si>
+  <si>
+    <t>آثار الخلاف النحوى</t>
+  </si>
+  <si>
+    <t>المفيد فى علم التصريف للزمخشرى</t>
+  </si>
+  <si>
+    <t>ثابت الايقاع ... متنوع الوقع " رسالة فى بلاغة التشكيل الصوتى للتفعيلة العروضية  "</t>
+  </si>
+  <si>
+    <t>فى اللسانيات والنقد - اوراق بينية</t>
+  </si>
+  <si>
+    <t>فى تاريخ العربية - مغامرات بحثية</t>
+  </si>
+  <si>
+    <t>فى اللسانيات العربية المعاصرة</t>
+  </si>
+  <si>
+    <t>حازم القرطاجنى ونظرية المحاكاة والتخيل فى الشعر</t>
+  </si>
+  <si>
+    <t>فى البلاغة العربية والأسلوبيات اللسانية</t>
+  </si>
+  <si>
+    <t>فى النقد اللسانى" دراسات ومثاقفات فى مسائل الخلاف "</t>
+  </si>
+  <si>
+    <t>فى النص الأدبى</t>
+  </si>
+  <si>
+    <t>الأسلوب "دراسة لغوية إحصائية "</t>
+  </si>
+  <si>
+    <t>مدخل إلى التصوير الطيفي للكلام</t>
+  </si>
+  <si>
+    <t>العلة النحوية فى القرن السابع الهجرى</t>
+  </si>
+  <si>
+    <t>القسم فى القران الكريم</t>
+  </si>
+  <si>
+    <t>اسم المصدر فى القرآن الكريم</t>
+  </si>
+  <si>
+    <t>الادوات المختصة في القرآن الكريم تصنيف جديد للأدوات بحسب الاختصاص</t>
+  </si>
+  <si>
+    <t>حوسبة الأدوات النحوية  "مقاربة نحو- حاسوبية للأدوات المختصة"</t>
+  </si>
+  <si>
+    <t>المدخل النحوى لقراءة النص ونقده</t>
+  </si>
+  <si>
+    <t>لسانيات المدونة وتطبيقاتها البحثية على اللغة العربية</t>
+  </si>
+  <si>
+    <t>تمام حسان فى الادبيات العربية المعاصرة</t>
+  </si>
+  <si>
+    <t>الإدغام الكبير " الإمام أبى عمرو عثمان بن سعيد الدانى"</t>
+  </si>
+  <si>
+    <t>تمام حسان رائداَ لغوياَ</t>
+  </si>
+  <si>
+    <t>جار الله محمود بن عمر الزمخشري : حياته وشعره</t>
+  </si>
+  <si>
+    <t>غريب القرآن الكريم فى عصر الرسول والصحابة والتابعين</t>
+  </si>
+  <si>
+    <t>المشترك اللفظى فى ضوء غريب القرآن الكريم</t>
+  </si>
+  <si>
+    <t>القراءات القرآنية وأثرها فى الدراسات النحوية</t>
+  </si>
+  <si>
+    <t>الترادف فى الحقل القرآنى</t>
+  </si>
+  <si>
+    <t>أسلوب إذ فى ضوء الدراسات القرآنية والنحوية</t>
+  </si>
+  <si>
+    <t>الحجة فى القراءات السبع لابن خالوية</t>
+  </si>
+  <si>
+    <t>تدريبات نحوية ولغوية في ظلال النصوص القرآنية والادبية</t>
+  </si>
+  <si>
+    <t>التعريب في التراث اللغوي</t>
+  </si>
+  <si>
+    <t>من الدراسات القرآنية</t>
+  </si>
+  <si>
+    <t>من الدراسات الإسلامية</t>
+  </si>
+  <si>
+    <t>اللغة العربية فى رحاب القرآن الكريم</t>
+  </si>
+  <si>
+    <t>الامالة والتفخيم فى القراءات القرآنية</t>
+  </si>
+  <si>
+    <t>الممنوع من الصرف فى اللغة العربية</t>
+  </si>
+  <si>
+    <t>فرائد القصائد " من ديوان الشعر الغربى "</t>
+  </si>
+  <si>
+    <t>ضاد العربية في ضوء القراءات القرآنية</t>
+  </si>
+  <si>
+    <t>لغة الاعلان الصحفى فى جريدة الاهرام "دراسة لسانية تاريخية "</t>
+  </si>
+  <si>
+    <t>التكرير بين المثير والتأثير</t>
+  </si>
+  <si>
+    <t>المعجم العربى - مباحثات فى عمله وفن صناعته</t>
+  </si>
+  <si>
+    <t>الألفاظ المحدثة فى المعاجم العربية المعاصرة</t>
+  </si>
+  <si>
+    <t>التغير النحوى فى الجملة الشرطية دراسة فى ضوء علم اللغة التاريخى</t>
+  </si>
+  <si>
+    <t>اسس النقد الأدبي في عيار الشعر</t>
+  </si>
+  <si>
+    <t>مصادر التراث في كتب التراجم الأدبية</t>
+  </si>
+  <si>
+    <t>اتجاهات التأليف النحوى فى القرنين 7/8 هجرى</t>
+  </si>
+  <si>
+    <t>النعت ووظائفه التركبية والدلالية</t>
+  </si>
+  <si>
+    <t>فى التحليل النصى للشعر</t>
+  </si>
+  <si>
+    <t>فى النحو العربى والنحو التحويلى</t>
+  </si>
+  <si>
+    <t>الوحدة الفنية في القصة القرآنية</t>
+  </si>
+  <si>
+    <t>أصول النحو عند الفراء من خلال كتابه "معاني القرآن"</t>
+  </si>
+  <si>
+    <t>المُشَابَهَةُ ودَوْرُهَا فِي التُّرَاثِ النَّحْوِيّ</t>
+  </si>
+  <si>
+    <t>بلاغة الايجاز فى القرآن الكريم وصلتها بالقرائن الاسلوبية والعقلية والسياقات النصية</t>
+  </si>
+  <si>
+    <t>الابداع فى الفكر اللغوى والنحوى المعاصر</t>
+  </si>
+  <si>
+    <t>بين العربية واللغات السامية " دراسات لغوية مقارنة "</t>
+  </si>
+  <si>
+    <t>النحو المصفى    مجــــلــــد</t>
+  </si>
+  <si>
+    <t>أصول النحو العربى</t>
+  </si>
+  <si>
+    <t>المظاهر الطارئة على الفصحى</t>
+  </si>
+  <si>
+    <t>المستوى اللغوى للفصحى واللهجات</t>
+  </si>
+  <si>
+    <t>سلسلة شاملة الأنواع لخطوط العربية؛ 3 تعلم خط الثلث</t>
+  </si>
+  <si>
+    <t>سلسلة شاملة الأنواع لخطوط العربية؛ 4 تعلم خط الديوانى</t>
+  </si>
+  <si>
+    <t>سلسلة شاملة الأنواع لخطوط العربية؛ 5 تعلم الخط الفارسي</t>
+  </si>
+  <si>
+    <t>سلسلة شاملة الأنواع لخطوط العربية؛ 6 تعلم الخط الكوفى</t>
+  </si>
+  <si>
+    <t>سلسلة شاملة الأنواع لخطوط العربية؛ 1تعلم خط النسخ بدون معلم</t>
+  </si>
+  <si>
+    <t>سلسلة شاملة الأنواع لخطوط العربية؛ 2 تعلم خط الرقعة بدون معلم</t>
+  </si>
+  <si>
+    <t>سلسلة شاملة الأنواع لخطوط العربية؛ 7 تعلم خط الديوانى الجلى</t>
+  </si>
+  <si>
+    <t>علم اللغة النصى وتطبيقاته فى تعليم العربية</t>
+  </si>
+  <si>
+    <t>مجاز المجاز</t>
+  </si>
+  <si>
+    <t>الاستشهاد فى المعجم اللغوى التاريخى</t>
+  </si>
+  <si>
+    <t>اللهجات العربية فى المعجم اللغوى التاريخى</t>
+  </si>
+  <si>
+    <t>كتاب المصنوع فى اللغة</t>
+  </si>
+  <si>
+    <t>قل ولا حرج ...... دفع ما يتوهم خطؤه</t>
+  </si>
+  <si>
+    <t>محاورات فى اللغة والفكر والادب</t>
+  </si>
+  <si>
+    <t>جهود مجمع اللغة العربية الصرف والنحو</t>
+  </si>
+  <si>
+    <t>جهود مجمع اللغة العربية المعجم والدلالة</t>
   </si>
   <si>
     <t>قوم لسانك " قل ولا تقل "</t>
   </si>
   <si>
-    <t>فى تاريخ العربية - مغامرات بحثية</t>
-[...2 lines deleted...]
-    <t>فى اللسانيات والنقد - اوراق بينية</t>
+    <t>المواد والمداخل فى المعجم اللغوى التاريخى</t>
+  </si>
+  <si>
+    <t>القصائد السياسية لنزار قبانى " دراسة سيميائية "</t>
+  </si>
+  <si>
+    <t>الباب الصرفى وصفات الأصوات</t>
+  </si>
+  <si>
+    <t>تراكب الأصوات في الفعل الثلاثي الصحيح : دراسة استقائية في القاموس المحيط</t>
+  </si>
+  <si>
+    <t>الاقتصاد فى العربية وموقعه من المقاصد اللغوية</t>
   </si>
   <si>
     <t>افعال الحواس فى اللغة العربية المعاصرة</t>
   </si>
   <si>
-    <t>الدرر اللوامع على همع الهوامع " 7× مجلدان "</t>
-[...116 lines deleted...]
-    <t>977-232-255-2</t>
+    <t>الخصائص اللغوية فى ادب نجيب محفوظ</t>
+  </si>
+  <si>
+    <t>احكام رحم المرأة فى الفقه الاسلامى</t>
+  </si>
+  <si>
+    <t>الروح والنفس</t>
+  </si>
+  <si>
+    <t>أخبار الملائكة</t>
+  </si>
+  <si>
+    <t>القيم الاخلاقية فى الغزوات الاسلامية واثرها فى الدعوة</t>
+  </si>
+  <si>
+    <t>تفسير قتادة رضى الله عنه</t>
+  </si>
+  <si>
+    <t>تفسير أم المؤمنين عائشة رضى الله عنها</t>
+  </si>
+  <si>
+    <t>حادثة ملك الموت دراسة عقدية فى ضوء عقيدة اهل السنة</t>
+  </si>
+  <si>
+    <t>التجديد عند اهل الاهواء والبدع</t>
+  </si>
+  <si>
+    <t>الاسلام فى الفكر الغربى</t>
+  </si>
+  <si>
+    <t>كيف السبيل لإحياء الشرق والإسلام</t>
+  </si>
+  <si>
+    <t>نظرات عصرية فى القرآن الكريم</t>
+  </si>
+  <si>
+    <t>تاريخ فلاسفة الإسلام</t>
+  </si>
+  <si>
+    <t>مجتمع الفضيلة : الأخلاق في الإسلام</t>
+  </si>
+  <si>
+    <t>مدخل النظم الإسلامية</t>
+  </si>
+  <si>
+    <t>النظم الإسلامية الأساسية</t>
+  </si>
+  <si>
+    <t>عبقرية معاملة العميل ( مترجم )</t>
+  </si>
+  <si>
+    <t>التراث الملبسى للمرأة فى فلسطين</t>
+  </si>
+  <si>
+    <t>متابعات فى الثقافة والسياسة</t>
+  </si>
+  <si>
+    <t>الصين والعالم رؤية الصين للعالم ورؤية العالم للصين</t>
+  </si>
+  <si>
+    <t>نظرات فى العلاقات الدولية</t>
+  </si>
+  <si>
+    <t>أمريكا والعالم"متابعات فى السياسة الخارجية الأمريكية</t>
+  </si>
+  <si>
+    <t>التسعينيات : أسئلة ما بعد الحرب الباردة</t>
+  </si>
+  <si>
+    <t>في الدبلوماسية المعاصرة</t>
+  </si>
+  <si>
+    <t>عمالة الأطفال : كظاهرة اجتماعية ريفية</t>
+  </si>
+  <si>
+    <t>الديمقراطية في أمريكا ( مجلد )</t>
+  </si>
+  <si>
+    <t>الدبلوماسية  - البروتوكول والإيتكيت والمجاملة</t>
+  </si>
+  <si>
+    <t>التصميم والتطريز على أقمشة الإيتامين</t>
+  </si>
+  <si>
+    <t>الإنتـــرنت والعــولمة</t>
+  </si>
+  <si>
+    <t>العبقرية التجارية ( مترجم )</t>
+  </si>
+  <si>
+    <t>عبقرية التسويق ( مترجم )</t>
+  </si>
+  <si>
+    <t>موسوعة تاريخ الأزياء الأوربية ومكملاتها وزخارفها وتطريزها</t>
+  </si>
+  <si>
+    <t>التصميم الزخرفى فى الملابس والمفروشات</t>
+  </si>
+  <si>
+    <t>أزياء النساء في العصر العثماني</t>
+  </si>
+  <si>
+    <t>النسيج المطرز في العصر العثماني</t>
+  </si>
+  <si>
+    <t>تاريخ الأزياء</t>
+  </si>
+  <si>
+    <t>موسوعة التطريز : تاريخه وفنونه وجودته</t>
+  </si>
+  <si>
+    <t>المثقفون فى البلاد النامية البحث فى الفئات والعلاقات الطبقية</t>
+  </si>
+  <si>
+    <t>أطفال الشوارع بين الرعاية والتهميش فى ظل العولمة</t>
+  </si>
+  <si>
+    <t>العوامل المؤثرة على اتجاهات الموضة لأزياء النساء</t>
+  </si>
+  <si>
+    <t>أسس تصميم الأزياء للنساء</t>
+  </si>
+  <si>
+    <t>انماط الازياء التقلدية فى الوطن العربى وعلاقتها بالفلكلور</t>
+  </si>
+  <si>
+    <t>تخطيط وانتاج صناعة الملابس</t>
+  </si>
+  <si>
+    <t>آلات ومعدات الأسس التقنية للملابس</t>
+  </si>
+  <si>
+    <t>الحاســب في صناعة الملابس</t>
+  </si>
+  <si>
+    <t>الجودة فى صناعة الملابس</t>
+  </si>
+  <si>
+    <t>الحابكات المنزلقة فى صناعة الملابس</t>
+  </si>
+  <si>
+    <t>بورصات الأوراق المالية</t>
+  </si>
+  <si>
+    <t>القطاع المصرفى والإقتصاد الوطنى</t>
+  </si>
+  <si>
+    <t>الاتحاد الاوربى والعملة الموحدة</t>
+  </si>
+  <si>
+    <t>الشركات متعددة الجنسيات</t>
+  </si>
+  <si>
+    <t>علم الاجتماع والعلوم الاجتماعية</t>
+  </si>
+  <si>
+    <t>منهجية العلوم الاجتماعية</t>
+  </si>
+  <si>
+    <t>تاريخ القبائل العربية فى مصر</t>
+  </si>
+  <si>
+    <t>تطور ملابس الرجال بأوروبا خلال القرن العشرين</t>
+  </si>
+  <si>
+    <t>رؤية فنية حديثة لجماليات تصميم وتشكيل أزياء المناسبات</t>
+  </si>
+  <si>
+    <t>أسس تصميم الملابس الخارجية للرجال</t>
+  </si>
+  <si>
+    <t>تكنولوجيا الحشو فى صناعة الملابس ( تصميم وانتاج القميص الرجالى )</t>
+  </si>
+  <si>
+    <t>عالم المراة العصرية - مجلد - 4لون</t>
+  </si>
+  <si>
+    <t>الادوات والأجهزة المنزلية</t>
+  </si>
+  <si>
+    <t>الادارة المنزلية</t>
+  </si>
+  <si>
+    <t>المرجع فى التربية الأسرية</t>
+  </si>
+  <si>
+    <t>الديمقراطية بين الحقيقة والوهم</t>
+  </si>
+  <si>
+    <t>نظريات القيادة: واستراتيجيات الاستحواذ على القوة</t>
+  </si>
+  <si>
+    <t>الحياكة علم وفن</t>
+  </si>
+  <si>
+    <t>الأداء الإقتصادى للمصارف الاسلامية</t>
+  </si>
+  <si>
+    <t>العلوم السياسية - دراسة فى الأصول والنظريات والتطبيق</t>
+  </si>
+  <si>
+    <t>مقدمة فى التريكو  والكروشيه</t>
+  </si>
+  <si>
+    <t>الملابس والصحة فى القرن الحادى والعشرين</t>
+  </si>
+  <si>
+    <t>جماليات التراث الشعبى لملابس النساء فى دولة الامارات</t>
+  </si>
+  <si>
+    <t>فلسفة الازياء من منظور النقد الفنى</t>
+  </si>
+  <si>
+    <t>من وحى البحرتحليل وتوصيف تصميمات</t>
+  </si>
+  <si>
+    <t>التراث الشعبى للأزياء فى الوطن العربى</t>
+  </si>
+  <si>
+    <t>التشكيل على المانيكان بين الأصالة والحداثة</t>
+  </si>
+  <si>
+    <t>جماليات الكسرات والبليسيه والبلى سولى فى الازياء</t>
+  </si>
+  <si>
+    <t>تصميم الأزياء التطبيقى " أفكار وتجارب تصميمية "</t>
+  </si>
+  <si>
+    <t>قواعد وأسس تصميم الأزياء</t>
+  </si>
+  <si>
+    <t>الخدمة الإجتماعية والتغير الإجتماعى</t>
+  </si>
+  <si>
+    <t>بركات سعيد</t>
+  </si>
+  <si>
+    <t>سحر المهيوبى</t>
+  </si>
+  <si>
+    <t>عادل الألوسى</t>
+  </si>
+  <si>
+    <t>عيد سعد يونس</t>
+  </si>
+  <si>
+    <t>عيد يونس</t>
+  </si>
+  <si>
+    <t>فاطمة الزهراء رشوان</t>
+  </si>
+  <si>
+    <t>فتح الباب عبدالحليم</t>
+  </si>
+  <si>
+    <t>محمود البسيونى</t>
+  </si>
+  <si>
+    <t>مراد حكيم بباوى</t>
+  </si>
+  <si>
+    <t>هشام المعداوى</t>
+  </si>
+  <si>
+    <t>احمد حسين الطماوى</t>
+  </si>
+  <si>
+    <t>اسماعيل ابراهيم</t>
+  </si>
+  <si>
+    <t>السيد دعدور،حسن المرسى،نجلاء سليم</t>
+  </si>
+  <si>
+    <t>عبد الحميد حمدان</t>
+  </si>
+  <si>
+    <t>محمد لطفى جمعة</t>
+  </si>
+  <si>
+    <t>محمد لطفي جمعة</t>
+  </si>
+  <si>
+    <t>نعمات أحمد فؤاد</t>
+  </si>
+  <si>
+    <t>ابكار السقاف</t>
+  </si>
+  <si>
+    <t>رأفت غنيمى الشيخ</t>
+  </si>
+  <si>
+    <t>حنفى المحلاوى</t>
+  </si>
+  <si>
+    <t>رمزه خير الله</t>
+  </si>
+  <si>
+    <t>صبرى المتولى</t>
+  </si>
+  <si>
+    <t>طلعت غنام</t>
+  </si>
+  <si>
+    <t>عبد الحميد درويش</t>
+  </si>
+  <si>
+    <t>عبد الشافى غنيم عبد القادر- رأفت غنيمى الشيخ</t>
+  </si>
+  <si>
+    <t>عــبد الفتاح الغنيمي</t>
+  </si>
+  <si>
+    <t>أحمد هبة</t>
+  </si>
+  <si>
+    <t>أحمد شوقى الفنجرى</t>
+  </si>
+  <si>
+    <t>حسن السيد بسيونى</t>
+  </si>
+  <si>
+    <t>سمير محمد فاضل</t>
+  </si>
+  <si>
+    <t>سيد حسن البغال</t>
+  </si>
+  <si>
+    <t>عبدالجليل محمد على</t>
+  </si>
+  <si>
+    <t>عماد الوقاد</t>
+  </si>
+  <si>
+    <t>فاروق عبدالبر</t>
+  </si>
+  <si>
+    <t>قدرى الشهاوى</t>
+  </si>
+  <si>
+    <t>قهمى عزت</t>
+  </si>
+  <si>
+    <t>كمال صالح البنا</t>
+  </si>
+  <si>
+    <t>محمد احمد درويش</t>
+  </si>
+  <si>
+    <t>محمد الشافعى أبو راس</t>
+  </si>
+  <si>
+    <t>محمد جمعة عبد القادر</t>
+  </si>
+  <si>
+    <t>محمد سيد عبد التواب</t>
+  </si>
+  <si>
+    <t>محمد شتا ابو سعد</t>
+  </si>
+  <si>
+    <t>محمد محمود غنيمى</t>
+  </si>
+  <si>
+    <t>محمد نصر الدين كامل</t>
+  </si>
+  <si>
+    <t>محمد نصرالدين كامل</t>
+  </si>
+  <si>
+    <t>محي الدين على عشماوى</t>
+  </si>
+  <si>
+    <t>مغاورى محمد شاهين</t>
+  </si>
+  <si>
+    <t>عبد الوهاب أبو النور</t>
+  </si>
+  <si>
+    <t>مصطفى السيد يوسف</t>
+  </si>
+  <si>
+    <t>احمد ماضى</t>
+  </si>
+  <si>
+    <t>امير القرشى</t>
+  </si>
+  <si>
+    <t>أحمد حسين الزيات</t>
+  </si>
+  <si>
+    <t>بهيجة صدقى رشيد</t>
+  </si>
+  <si>
+    <t>ترجمة ميرندا بشارة</t>
+  </si>
+  <si>
+    <t>تمام حســــــان</t>
+  </si>
+  <si>
+    <t>ثابت طاهر الطناحى</t>
+  </si>
+  <si>
+    <t>جرجى زيدان</t>
+  </si>
+  <si>
+    <t>جون جوردون</t>
+  </si>
+  <si>
+    <t>حنفي المحلاوى</t>
+  </si>
+  <si>
+    <t>خطاب احمد خطاب</t>
+  </si>
+  <si>
+    <t>زكريا القاضى</t>
+  </si>
+  <si>
+    <t>سعد إسماعيل شلبى</t>
+  </si>
+  <si>
+    <t>كميل محمد فريد</t>
+  </si>
+  <si>
+    <t>محمد الدالى</t>
+  </si>
+  <si>
+    <t>محمد الدالي</t>
+  </si>
+  <si>
+    <t>محمد عبد الغنى حسن</t>
+  </si>
+  <si>
+    <t>محمد منير مرسى وأخرون</t>
+  </si>
+  <si>
+    <t>محمد طه عصر</t>
+  </si>
+  <si>
+    <t>احمد العميرى</t>
+  </si>
+  <si>
+    <t>احمد عادل درويش</t>
+  </si>
+  <si>
+    <t>احمد فؤاد انور</t>
+  </si>
+  <si>
+    <t>السيد بهنسى</t>
+  </si>
+  <si>
+    <t>السيد عبد الرحمن على</t>
+  </si>
+  <si>
+    <t>امانى البرت</t>
+  </si>
+  <si>
+    <t>امانى الحسينى</t>
+  </si>
+  <si>
+    <t>أمانى ألبرت</t>
+  </si>
+  <si>
+    <t>بسيونى حمادة</t>
+  </si>
+  <si>
+    <t>ثروت مكى</t>
+  </si>
+  <si>
+    <t>ثريا البدوى</t>
+  </si>
+  <si>
+    <t>حنان موسى</t>
+  </si>
+  <si>
+    <t>سعبد محمد السيد</t>
+  </si>
+  <si>
+    <t>سمير حسين</t>
+  </si>
+  <si>
+    <t>شعيب الغباشى</t>
+  </si>
+  <si>
+    <t>شعيب الغباشى - على عبد الله</t>
+  </si>
+  <si>
+    <t>شيرين كدوانى</t>
+  </si>
+  <si>
+    <t>طلال زكى</t>
+  </si>
+  <si>
+    <t>عبد الرحيم درويش</t>
+  </si>
+  <si>
+    <t>عبد العزيز شرف</t>
+  </si>
+  <si>
+    <t>على الكلبانى</t>
+  </si>
+  <si>
+    <t>على عبد الرحمن</t>
+  </si>
+  <si>
+    <t>على عجـــــوة</t>
+  </si>
+  <si>
+    <t>علياء رمضان</t>
+  </si>
+  <si>
+    <t>علياء عبد الفتاح رمضان</t>
+  </si>
+  <si>
+    <t>فؤادة البكرى</t>
+  </si>
+  <si>
+    <t>فؤادة البكــــــرى</t>
+  </si>
+  <si>
+    <t>فاروق ابو زيد</t>
+  </si>
+  <si>
+    <t>فاروق أبو زيد</t>
+  </si>
+  <si>
+    <t>ماجدة مراد</t>
+  </si>
+  <si>
+    <t>محمد عبد الحميد</t>
+  </si>
+  <si>
+    <t>محمد على العوينى</t>
+  </si>
+  <si>
+    <t>مصطفى مرعى</t>
+  </si>
+  <si>
+    <t>منى حسين</t>
+  </si>
+  <si>
+    <t>هانى البطل</t>
+  </si>
+  <si>
+    <t>هبه مصطفى</t>
+  </si>
+  <si>
+    <t>حاتم على الصالحى</t>
+  </si>
+  <si>
+    <t>حسن حبشى</t>
+  </si>
+  <si>
+    <t>عبد العزيز توفيق جاويد</t>
+  </si>
+  <si>
+    <t>عبد الفتاح مقلد الغنيمى</t>
+  </si>
+  <si>
+    <t>على عبد العزيز سليمان</t>
+  </si>
+  <si>
+    <t>فاروق عبده</t>
+  </si>
+  <si>
+    <t>محمد منير مرسى</t>
+  </si>
+  <si>
+    <t>يحى حسن وزيرى</t>
+  </si>
+  <si>
+    <t>يس العيوطى</t>
+  </si>
+  <si>
+    <t>ابراهيم الدسوقى</t>
+  </si>
+  <si>
+    <t>ابراهيم السامرائى</t>
+  </si>
+  <si>
+    <t>ابراهيم عبد الله</t>
+  </si>
+  <si>
+    <t>احمد الشمرى</t>
+  </si>
+  <si>
+    <t>احمد صلاح البنا</t>
+  </si>
+  <si>
+    <t>احمد مختار عمر</t>
+  </si>
+  <si>
+    <t>احمد يحيى ،احمد عبد العظيم</t>
+  </si>
+  <si>
+    <t>السعيد شنوقة</t>
+  </si>
+  <si>
+    <t>السيد العربى يوسف</t>
+  </si>
+  <si>
+    <t>الهام المفتى</t>
+  </si>
+  <si>
+    <t>الياس مستارى</t>
+  </si>
+  <si>
+    <t>ايمن محمود موسى</t>
+  </si>
+  <si>
+    <t>أشرف الشامى</t>
+  </si>
+  <si>
+    <t>بشير تاوريريت</t>
+  </si>
+  <si>
+    <t>بومعزة رابح</t>
+  </si>
+  <si>
+    <t>حامد محمد امين شعبان</t>
+  </si>
+  <si>
+    <t>حسن عبد الهادى</t>
+  </si>
+  <si>
+    <t>حسين اسود</t>
+  </si>
+  <si>
+    <t>حسين رفعت حسين</t>
+  </si>
+  <si>
+    <t>حمدى النورج</t>
+  </si>
+  <si>
+    <t>حوراء عبد العزيز سفر</t>
+  </si>
+  <si>
+    <t>سعد مصلوح</t>
+  </si>
+  <si>
+    <t>سـعد مصـلوح</t>
+  </si>
+  <si>
+    <t>سليمان ابراهيم</t>
+  </si>
+  <si>
+    <t>سيد عبد العاطى</t>
+  </si>
+  <si>
+    <t>سيد محمد خلاف</t>
+  </si>
+  <si>
+    <t>سيد محمد عبد العاطى</t>
+  </si>
+  <si>
+    <t>صفوت على صالح</t>
+  </si>
+  <si>
+    <t>عبد الرحمن العارف</t>
+  </si>
+  <si>
+    <t>عبد الستار ضيف</t>
+  </si>
+  <si>
+    <t>عبد العال سالم مكرم</t>
+  </si>
+  <si>
+    <t>عبد العزيز سفر</t>
+  </si>
+  <si>
+    <t>عبد العزيز مصلوح</t>
+  </si>
+  <si>
+    <t>عبد اللطيف الخطيب</t>
+  </si>
+  <si>
+    <t>عبير الايوبى</t>
+  </si>
+  <si>
+    <t>عز الدين على السيد</t>
+  </si>
+  <si>
+    <t>على الصراف</t>
+  </si>
+  <si>
+    <t>على حجى الصراف</t>
+  </si>
+  <si>
+    <t>عمرو عطيفى</t>
+  </si>
+  <si>
+    <t>فخر الدين عامر</t>
+  </si>
+  <si>
+    <t>فضل يوسف زيد</t>
+  </si>
+  <si>
+    <t>محمد العمراوي</t>
+  </si>
+  <si>
+    <t>محمد خويلد</t>
+  </si>
+  <si>
+    <t>محمد رجب الوزير</t>
+  </si>
+  <si>
+    <t>محمد عيد</t>
+  </si>
+  <si>
+    <t>محمود ابراهيم</t>
+  </si>
+  <si>
+    <t>محمود جلال الدين سليمان</t>
+  </si>
+  <si>
+    <t>مصطفى صلاح</t>
+  </si>
+  <si>
+    <t>مصطفى محمد صلاح</t>
+  </si>
+  <si>
+    <t>مصطفى يوسف</t>
+  </si>
+  <si>
+    <t>نبيلة تاوريريت</t>
+  </si>
+  <si>
+    <t>وفاء كامل فايد</t>
+  </si>
+  <si>
+    <t>وليد محمد خير الله</t>
+  </si>
+  <si>
+    <t>يسرية حسين السيد جاد</t>
+  </si>
+  <si>
+    <t>حمده المنصورى</t>
+  </si>
+  <si>
+    <t>عبد الغنى سليمان</t>
+  </si>
+  <si>
+    <t>عبد الله أبو السعود بدر</t>
+  </si>
+  <si>
+    <t>عبدالله أبوالسعود بدر</t>
+  </si>
+  <si>
+    <t>عفاف الهاشمى</t>
+  </si>
+  <si>
+    <t>لطيفة ابراهيم خضر</t>
+  </si>
+  <si>
+    <t>مصطفى كمال وصفى</t>
+  </si>
+  <si>
+    <t>احمد طاهر،حسن محمد</t>
+  </si>
+  <si>
+    <t>ابتهال عبد الشكور،زينب عبد الحفيظ،مها الدباغ</t>
+  </si>
+  <si>
+    <t>السيد امين شلبى</t>
+  </si>
+  <si>
+    <t>السيد أمين شلبى</t>
+  </si>
+  <si>
+    <t>اماني عبد الفتاح</t>
+  </si>
+  <si>
+    <t>امين مرسى قنديل</t>
+  </si>
+  <si>
+    <t>أحمد حلمى ابراهيم</t>
+  </si>
+  <si>
+    <t>بسمة كمال سعد</t>
+  </si>
+  <si>
+    <t>بهاء شاهين</t>
+  </si>
+  <si>
+    <t>ترجمة احمد ثابت</t>
+  </si>
+  <si>
+    <t>ترجمة احمد طاهر</t>
+  </si>
+  <si>
+    <t>ثريا نصـــــــــر</t>
+  </si>
+  <si>
+    <t>ثريا نصر، زينات طاحون</t>
+  </si>
+  <si>
+    <t>ثريا نصر،سهام زكى،احكام سليمان</t>
+  </si>
+  <si>
+    <t>حمود العودى</t>
+  </si>
+  <si>
+    <t>حنان صابر</t>
+  </si>
+  <si>
+    <t>رباب حسن محمد</t>
+  </si>
+  <si>
+    <t>سحر زغلول</t>
+  </si>
+  <si>
+    <t>سنية خميس</t>
+  </si>
+  <si>
+    <t>سهام زكى،سوسن،عماد جوهر،عمرو عباس</t>
+  </si>
+  <si>
+    <t>سوسن عبد اللطيف</t>
+  </si>
+  <si>
+    <t>سوسن عبد اللطيف،محمد البدرى</t>
+  </si>
+  <si>
+    <t>سوسن عبد اللطيف،مها مالك،علاء عبد القادر</t>
+  </si>
+  <si>
+    <t>صلاح السيسى</t>
+  </si>
+  <si>
+    <t>صلاح مصطفى الفوال</t>
+  </si>
+  <si>
+    <t>عبد العزيز جودة،احمد حسنى،محمد محمود</t>
+  </si>
+  <si>
+    <t>كفاية سليمان، أخرون</t>
+  </si>
+  <si>
+    <t>كفاية سليمان،سوسن،اشرف البردخينى</t>
+  </si>
+  <si>
+    <t>كوثر حسين كوجك</t>
+  </si>
+  <si>
+    <t>كوثر كوجك-لولو جيد</t>
+  </si>
+  <si>
+    <t>محمد البدرى</t>
+  </si>
+  <si>
+    <t>محمد الفقى</t>
+  </si>
+  <si>
+    <t>منال البكرى</t>
+  </si>
+  <si>
+    <t>منى عــــــزت</t>
+  </si>
+  <si>
+    <t>ميراهان فرج</t>
+  </si>
+  <si>
+    <t>نجوى شكرى</t>
+  </si>
+  <si>
+    <t>نجوى شكرى، سلوى هنرى</t>
+  </si>
+  <si>
+    <t>نجوى شكرى،ايمان عبد السلام،حنان نبيه،منى محمود</t>
+  </si>
+  <si>
+    <t>نجوى شكرى،حنان الزفتاوى،دعاء عبود</t>
+  </si>
+  <si>
+    <t>يسرى معوض</t>
+  </si>
+  <si>
+    <t>يسرى معوض عيسى</t>
+  </si>
+  <si>
+    <t>الفاروق زكى يونس</t>
+  </si>
+  <si>
+    <t>9772325993</t>
+  </si>
+  <si>
+    <t>9789777802321</t>
+  </si>
+  <si>
+    <t>9772323087</t>
+  </si>
+  <si>
+    <t>9789777800761</t>
+  </si>
+  <si>
+    <t>9772324903</t>
+  </si>
+  <si>
+    <t>9772329891</t>
+  </si>
+  <si>
+    <t>9772328216</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>9772320479</t>
+  </si>
+  <si>
+    <t>9772329205</t>
+  </si>
+  <si>
+    <t>9789777803243</t>
+  </si>
+  <si>
+    <t>9789777803267</t>
+  </si>
+  <si>
+    <t>9789777803335</t>
+  </si>
+  <si>
+    <t>9789777803274</t>
+  </si>
+  <si>
+    <t>9789777803250</t>
+  </si>
+  <si>
+    <t>9789777803328</t>
+  </si>
+  <si>
+    <t>9789777803236</t>
+  </si>
+  <si>
+    <t>9789777803205</t>
+  </si>
+  <si>
+    <t>9789777803229</t>
+  </si>
+  <si>
+    <t>9789777803311</t>
+  </si>
+  <si>
+    <t>9789777803151</t>
+  </si>
+  <si>
+    <t>9789777803168</t>
+  </si>
+  <si>
+    <t>9789777803212</t>
+  </si>
+  <si>
+    <t>9789777801591</t>
+  </si>
+  <si>
+    <t>9772325985</t>
+  </si>
+  <si>
+    <t>977232461x</t>
+  </si>
+  <si>
+    <t>9772323478</t>
+  </si>
+  <si>
+    <t>9772323486</t>
+  </si>
+  <si>
+    <t>9772327279</t>
+  </si>
+  <si>
+    <t>9772327732</t>
+  </si>
+  <si>
+    <t>9772327740</t>
+  </si>
+  <si>
+    <t>9772324393</t>
+  </si>
+  <si>
+    <t>9772321815</t>
+  </si>
+  <si>
+    <t>9772326701</t>
+  </si>
+  <si>
+    <t>9772322986</t>
+  </si>
+  <si>
+    <t>9772323575</t>
+  </si>
+  <si>
+    <t>9772329556</t>
+  </si>
+  <si>
+    <t>9772327538</t>
+  </si>
+  <si>
+    <t>9772327546</t>
+  </si>
+  <si>
+    <t>9772327554</t>
+  </si>
+  <si>
+    <t>9772327562</t>
+  </si>
+  <si>
+    <t>9772326388</t>
+  </si>
+  <si>
+    <t>9772326396</t>
+  </si>
+  <si>
+    <t>9772325543</t>
+  </si>
+  <si>
+    <t>9772325551</t>
+  </si>
+  <si>
+    <t>977232556x</t>
+  </si>
+  <si>
+    <t>9772325578</t>
+  </si>
+  <si>
+    <t>9772324466</t>
+  </si>
+  <si>
+    <t>9772324474</t>
+  </si>
+  <si>
+    <t>9772324806</t>
+  </si>
+  <si>
+    <t>9772324830</t>
+  </si>
+  <si>
+    <t>9772324067</t>
+  </si>
+  <si>
+    <t>9772324075</t>
+  </si>
+  <si>
+    <t>9772324083</t>
+  </si>
+  <si>
+    <t>9772322862</t>
+  </si>
+  <si>
+    <t>9772322889</t>
+  </si>
+  <si>
+    <t>9772322897</t>
+  </si>
+  <si>
+    <t>9772322900</t>
+  </si>
+  <si>
+    <t>9772322021</t>
+  </si>
+  <si>
+    <t>977232203X</t>
+  </si>
+  <si>
+    <t>9772322048</t>
+  </si>
+  <si>
+    <t>9772325772</t>
+  </si>
+  <si>
+    <t>9772322196</t>
+  </si>
+  <si>
+    <t>9772321262</t>
+  </si>
+  <si>
+    <t>9772322374</t>
+  </si>
+  <si>
+    <t>9772320053</t>
+  </si>
+  <si>
+    <t>9773732838</t>
+  </si>
+  <si>
+    <t>9772322358</t>
+  </si>
+  <si>
+    <t>9713232977</t>
+  </si>
+  <si>
+    <t>9772326302</t>
+  </si>
+  <si>
+    <t>9772322730</t>
+  </si>
+  <si>
+    <t>9772322765</t>
+  </si>
+  <si>
+    <t>9772321130</t>
+  </si>
+  <si>
+    <t>9772320843</t>
+  </si>
+  <si>
+    <t>9772320932</t>
+  </si>
+  <si>
+    <t>9772320894</t>
+  </si>
+  <si>
+    <t>9772320797</t>
+  </si>
+  <si>
+    <t>9772320827</t>
+  </si>
+  <si>
+    <t>9772322757</t>
+  </si>
+  <si>
+    <t>9789777800969</t>
+  </si>
+  <si>
+    <t>9789777802079</t>
+  </si>
+  <si>
+    <t>9772326779</t>
+  </si>
+  <si>
+    <t>9772326787</t>
+  </si>
+  <si>
+    <t>9772326795</t>
+  </si>
+  <si>
+    <t>9772326809</t>
+  </si>
+  <si>
+    <t>9772326817</t>
+  </si>
+  <si>
+    <t>9772326825</t>
+  </si>
+  <si>
+    <t>9772326833</t>
+  </si>
+  <si>
+    <t>9772326841</t>
+  </si>
+  <si>
+    <t>977232685x</t>
+  </si>
+  <si>
+    <t>9772326868</t>
+  </si>
+  <si>
+    <t>9772326876</t>
+  </si>
+  <si>
+    <t>9772326884</t>
+  </si>
+  <si>
+    <t>9772326892</t>
+  </si>
+  <si>
+    <t>9772326906</t>
+  </si>
+  <si>
+    <t>9772326914</t>
+  </si>
+  <si>
+    <t>977232296X</t>
+  </si>
+  <si>
+    <t>9789777801331</t>
+  </si>
+  <si>
+    <t>9789777801300</t>
+  </si>
+  <si>
+    <t>9789777801324</t>
+  </si>
+  <si>
+    <t>9789777801294</t>
+  </si>
+  <si>
+    <t>9789777801270</t>
+  </si>
+  <si>
+    <t>9789777801287</t>
+  </si>
+  <si>
+    <t>9789777801263</t>
+  </si>
+  <si>
+    <t>9789777800396</t>
+  </si>
+  <si>
+    <t>9789777800419</t>
+  </si>
+  <si>
+    <t>977232217X</t>
+  </si>
+  <si>
+    <t>9789777803069</t>
+  </si>
+  <si>
+    <t>9789777800730</t>
+  </si>
+  <si>
+    <t>9772321564</t>
+  </si>
+  <si>
+    <t>9772321459</t>
+  </si>
+  <si>
+    <t>9772322080</t>
+  </si>
+  <si>
+    <t>9789777802031</t>
+  </si>
+  <si>
+    <t>9789777803014</t>
+  </si>
+  <si>
+    <t>9789777802437</t>
+  </si>
+  <si>
+    <t>9772324860</t>
+  </si>
+  <si>
+    <t>9789777801546</t>
   </si>
   <si>
     <t>9789772328987</t>
   </si>
   <si>
-    <t>977-232-409-1</t>
-[...35 lines deleted...]
-    <t>977-232-920-5</t>
+    <t>977232 573x</t>
+  </si>
+  <si>
+    <t>9772327570</t>
+  </si>
+  <si>
+    <t>9789777801584</t>
+  </si>
+  <si>
+    <t>9789777801577</t>
+  </si>
+  <si>
+    <t>9789777802635</t>
+  </si>
+  <si>
+    <t>9789777802017</t>
+  </si>
+  <si>
+    <t>9789777801645</t>
+  </si>
+  <si>
+    <t>9789777801034</t>
+  </si>
+  <si>
+    <t>9772324164</t>
+  </si>
+  <si>
+    <t>9772324512</t>
+  </si>
+  <si>
+    <t>9789777803199</t>
+  </si>
+  <si>
+    <t>9789777802994</t>
   </si>
   <si>
     <t>9789772328932</t>
   </si>
   <si>
+    <t>977232640x</t>
+  </si>
+  <si>
+    <t>9772326272</t>
+  </si>
+  <si>
+    <t>9772324490</t>
+  </si>
+  <si>
+    <t>9772324644</t>
+  </si>
+  <si>
+    <t>9789777801386</t>
+  </si>
+  <si>
+    <t>9789777802062</t>
+  </si>
+  <si>
+    <t>9772320711</t>
+  </si>
+  <si>
+    <t>9772320916</t>
+  </si>
+  <si>
     <t>9789772329106</t>
   </si>
   <si>
-    <t>977-232-858-5</t>
-[...7082 lines deleted...]
-    <t>Book Subject in English</t>
+    <t>9772327686</t>
+  </si>
+  <si>
+    <t>9772323109</t>
+  </si>
+  <si>
+    <t>977232119x</t>
+  </si>
+  <si>
+    <t>9789777802406</t>
+  </si>
+  <si>
+    <t>9789777800884</t>
+  </si>
+  <si>
+    <t>9789777800907</t>
+  </si>
+  <si>
+    <t>9772328585</t>
+  </si>
+  <si>
+    <t>9772328569</t>
+  </si>
+  <si>
+    <t>9772323974</t>
+  </si>
+  <si>
+    <t>9789777800846</t>
+  </si>
+  <si>
+    <t>977232637x</t>
+  </si>
+  <si>
+    <t>9772323214</t>
+  </si>
+  <si>
+    <t>9772324491</t>
+  </si>
+  <si>
+    <t>9772322463</t>
+  </si>
+  <si>
+    <t>9789777802246</t>
+  </si>
+  <si>
+    <t>9789777802239</t>
+  </si>
+  <si>
+    <t>9789777801614</t>
+  </si>
+  <si>
+    <t>9789777801317</t>
+  </si>
+  <si>
+    <t>9789777802222</t>
+  </si>
+  <si>
+    <t>9789777801669</t>
+  </si>
+  <si>
+    <t>9789777801713</t>
+  </si>
+  <si>
+    <t>9789777801348</t>
+  </si>
+  <si>
+    <t>9789777801355</t>
+  </si>
+  <si>
+    <t>9789772329809</t>
+  </si>
+  <si>
+    <t>9772327775</t>
+  </si>
+  <si>
+    <t>9772325713</t>
+  </si>
+  <si>
+    <t>9772325705</t>
+  </si>
+  <si>
+    <t>9772322935</t>
+  </si>
+  <si>
+    <t>9772323761</t>
+  </si>
+  <si>
+    <t>9772323796</t>
+  </si>
+  <si>
+    <t>9772328631</t>
+  </si>
+  <si>
+    <t>9772326398</t>
+  </si>
+  <si>
+    <t>9772327503</t>
+  </si>
+  <si>
+    <t>9772325802</t>
+  </si>
+  <si>
+    <t>9772325799</t>
+  </si>
+  <si>
+    <t>9772321041</t>
+  </si>
+  <si>
+    <t>9770013692</t>
+  </si>
+  <si>
+    <t>9789777802888</t>
+  </si>
+  <si>
+    <t>9789777802000</t>
+  </si>
+  <si>
+    <t>9772323869</t>
+  </si>
+  <si>
+    <t>9789777800488</t>
+  </si>
+  <si>
+    <t>9772321076</t>
+  </si>
+  <si>
+    <t>9772322188</t>
+  </si>
+  <si>
+    <t>9772327597</t>
+  </si>
+  <si>
+    <t>9772326973</t>
+  </si>
+  <si>
+    <t>9777325266</t>
+  </si>
+  <si>
+    <t>9772325403</t>
+  </si>
+  <si>
+    <t>9772327937</t>
+  </si>
+  <si>
+    <t>9772327945</t>
+  </si>
+  <si>
+    <t>9789777802666</t>
+  </si>
+  <si>
+    <t>9789777801058</t>
+  </si>
+  <si>
+    <t>9772320819</t>
+  </si>
+  <si>
+    <t>9772326299</t>
+  </si>
+  <si>
+    <t>977232332x</t>
+  </si>
+  <si>
+    <t>9772323540</t>
+  </si>
+  <si>
+    <t>9772322582</t>
+  </si>
+  <si>
+    <t>9772326027</t>
+  </si>
+  <si>
+    <t>9789777802628</t>
+  </si>
+  <si>
+    <t>9789777802673</t>
+  </si>
+  <si>
+    <t>9789777802109</t>
+  </si>
+  <si>
+    <t>9789777801539</t>
+  </si>
+  <si>
+    <t>9789777801218</t>
+  </si>
+  <si>
+    <t>9789777800983</t>
+  </si>
+  <si>
+    <t>9772322276</t>
+  </si>
+  <si>
+    <t>977232153X</t>
+  </si>
+  <si>
+    <t>9789777802741</t>
+  </si>
+  <si>
+    <t>9789777800594</t>
+  </si>
+  <si>
+    <t>9789777802543</t>
+  </si>
+  <si>
+    <t>9772327333</t>
+  </si>
+  <si>
+    <t>977232735x</t>
+  </si>
+  <si>
+    <t>9772321254</t>
+  </si>
+  <si>
+    <t>9773730875</t>
+  </si>
+  <si>
+    <t>9771916513</t>
+  </si>
+  <si>
+    <t>9772326264</t>
+  </si>
+  <si>
+    <t>9772322331</t>
+  </si>
+  <si>
+    <t>9772320088</t>
+  </si>
+  <si>
+    <t>9772320037</t>
+  </si>
+  <si>
+    <t>9772323311</t>
+  </si>
+  <si>
+    <t>9772322870</t>
+  </si>
+  <si>
+    <t>9772321203</t>
+  </si>
+  <si>
+    <t>9772320777</t>
+  </si>
+  <si>
+    <t>9773730891</t>
+  </si>
+  <si>
+    <t>9789777800242</t>
+  </si>
+  <si>
+    <t>9772327449</t>
+  </si>
+  <si>
+    <t>9772326531</t>
+  </si>
+  <si>
+    <t>9789777801744</t>
+  </si>
+  <si>
+    <t>9772323176</t>
+  </si>
+  <si>
+    <t>9789777801072</t>
+  </si>
+  <si>
+    <t>9.772329427E8</t>
+  </si>
+  <si>
+    <t>9789777802086</t>
+  </si>
+  <si>
+    <t>9772326574</t>
+  </si>
+  <si>
+    <t>977232668x</t>
+  </si>
+  <si>
+    <t>9772326566</t>
+  </si>
+  <si>
+    <t>9772328186</t>
+  </si>
+  <si>
+    <t>9772327376</t>
+  </si>
+  <si>
+    <t>9772321904</t>
+  </si>
+  <si>
+    <t>9772321319</t>
+  </si>
+  <si>
+    <t>9772322072</t>
+  </si>
+  <si>
+    <t>9772322129</t>
+  </si>
+  <si>
+    <t>9772321270</t>
+  </si>
+  <si>
+    <t>9772325837</t>
+  </si>
+  <si>
+    <t>9772324954</t>
+  </si>
+  <si>
+    <t>9772322277</t>
+  </si>
+  <si>
+    <t>9772324938</t>
+  </si>
+  <si>
+    <t>9772324946</t>
+  </si>
+  <si>
+    <t>9789777800778</t>
+  </si>
+  <si>
+    <t>9789777800723</t>
+  </si>
+  <si>
+    <t>9789777802277</t>
+  </si>
+  <si>
+    <t>9772324741</t>
+  </si>
+  <si>
+    <t>977232475x</t>
+  </si>
+  <si>
+    <t>9789777801256</t>
+  </si>
+  <si>
+    <t>9772329601</t>
+  </si>
+  <si>
+    <t>9789777801676</t>
+  </si>
+  <si>
+    <t>9789777803052</t>
+  </si>
+  <si>
+    <t>9789777802949</t>
+  </si>
+  <si>
+    <t>9789777800655</t>
+  </si>
+  <si>
+    <t>9789777800648</t>
+  </si>
+  <si>
+    <t>9772324091</t>
+  </si>
+  <si>
+    <t>9772329755</t>
+  </si>
+  <si>
+    <t>977232525x</t>
+  </si>
+  <si>
+    <t>9772323788</t>
+  </si>
+  <si>
+    <t>9772322978</t>
+  </si>
+  <si>
+    <t>9772320118</t>
+  </si>
+  <si>
+    <t>9772322714</t>
+  </si>
+  <si>
+    <t>9789777800914</t>
+  </si>
+  <si>
+    <t>9772329595</t>
+  </si>
+  <si>
+    <t>9789777803007</t>
+  </si>
+  <si>
+    <t>9789777802055</t>
+  </si>
+  <si>
+    <t>9789777802048</t>
+  </si>
+  <si>
+    <t>9789777801454</t>
+  </si>
+  <si>
+    <t>9789777801997</t>
+  </si>
+  <si>
+    <t>9789777802932</t>
+  </si>
+  <si>
+    <t>9772323567</t>
+  </si>
+  <si>
+    <t>9772323052</t>
+  </si>
+  <si>
+    <t>9772320460</t>
+  </si>
+  <si>
+    <t>9772326604</t>
+  </si>
+  <si>
+    <t>9772326582</t>
+  </si>
+  <si>
+    <t>9772326590</t>
+  </si>
+  <si>
+    <t>9772326612</t>
+  </si>
+  <si>
+    <t>9772325632</t>
+  </si>
+  <si>
+    <t>9772325640</t>
+  </si>
+  <si>
+    <t>9772322498</t>
+  </si>
+  <si>
+    <t>977232234x</t>
+  </si>
+  <si>
+    <t>9772322293</t>
+  </si>
+  <si>
+    <t>9772322471</t>
+  </si>
+  <si>
+    <t>9772320674</t>
+  </si>
+  <si>
+    <t>9789777800600</t>
+  </si>
+  <si>
+    <t>9772327155</t>
+  </si>
+  <si>
+    <t>9772323079</t>
+  </si>
+  <si>
+    <t>9772322633</t>
+  </si>
+  <si>
+    <t>9789777800754</t>
+  </si>
+  <si>
+    <t>9789777802178</t>
+  </si>
+  <si>
+    <t>9772327171</t>
+  </si>
+  <si>
+    <t>9789777802581</t>
+  </si>
+  <si>
+    <t>9772322234</t>
+  </si>
+  <si>
+    <t>9772322242</t>
+  </si>
+  <si>
+    <t>9789777802116</t>
+  </si>
+  <si>
+    <t>9789777801140</t>
+  </si>
+  <si>
+    <t>9789777801133</t>
+  </si>
+  <si>
+    <t>9789777801126</t>
+  </si>
+  <si>
+    <t>9770057193</t>
+  </si>
+  <si>
+    <t>9789777801430</t>
+  </si>
+  <si>
+    <t>9789777801423</t>
+  </si>
+  <si>
+    <t>9789777801096</t>
+  </si>
+  <si>
+    <t>9789777801904</t>
+  </si>
+  <si>
+    <t>9789777801195</t>
+  </si>
+  <si>
+    <t>9772324660</t>
+  </si>
+  <si>
+    <t>9773731111</t>
+  </si>
+  <si>
+    <t>9777325126</t>
+  </si>
+  <si>
+    <t>9772322595</t>
+  </si>
+  <si>
+    <t>9772322609</t>
+  </si>
+  <si>
+    <t>9772322781</t>
+  </si>
+  <si>
+    <t>9772323265</t>
+  </si>
+  <si>
+    <t>977232122X</t>
+  </si>
+  <si>
+    <t>9772321238</t>
+  </si>
+  <si>
+    <t>9772325853</t>
+  </si>
+  <si>
+    <t>9789777800662</t>
+  </si>
+  <si>
+    <t>9789777802413</t>
+  </si>
+  <si>
+    <t>9772328313</t>
+  </si>
+  <si>
+    <t>9789777802161</t>
+  </si>
+  <si>
+    <t>9789777801522</t>
+  </si>
+  <si>
+    <t>9789777802710</t>
+  </si>
+  <si>
+    <t>9789777802703</t>
+  </si>
+  <si>
+    <t>9789777802123</t>
+  </si>
+  <si>
+    <t>9789777802130</t>
+  </si>
+  <si>
+    <t>9789777801720</t>
+  </si>
+  <si>
+    <t>9789772329649</t>
+  </si>
+  <si>
+    <t>9789777801065</t>
+  </si>
+  <si>
+    <t>9772322641</t>
+  </si>
+  <si>
+    <t>9770023302</t>
+  </si>
+  <si>
+    <t>9789777801201</t>
+  </si>
+  <si>
+    <t>9789777800686</t>
+  </si>
+  <si>
+    <t>9789777800693</t>
+  </si>
+  <si>
+    <t>9789777802611</t>
+  </si>
+  <si>
+    <t>9789772329625</t>
+  </si>
+  <si>
+    <t>9789772329632</t>
+  </si>
+  <si>
+    <t>9789777802284</t>
+  </si>
+  <si>
+    <t>9789777802314</t>
+  </si>
+  <si>
+    <t>9789777802185</t>
+  </si>
+  <si>
+    <t>9773323192</t>
+  </si>
+  <si>
+    <t>9772323001</t>
+  </si>
+  <si>
+    <t>9772321807</t>
+  </si>
+  <si>
+    <t>9772321505</t>
+  </si>
+  <si>
+    <t>9772327759</t>
+  </si>
+  <si>
+    <t>9772327031</t>
+  </si>
+  <si>
+    <t>9789777802864</t>
+  </si>
+  <si>
+    <t>9789777801607</t>
+  </si>
+  <si>
+    <t>9772326175</t>
+  </si>
+  <si>
+    <t>9772324709</t>
+  </si>
+  <si>
+    <t>9772322501</t>
+  </si>
+  <si>
+    <t>9772320940</t>
+  </si>
+  <si>
+    <t>9772322455</t>
+  </si>
+  <si>
+    <t>9772323990</t>
+  </si>
+  <si>
+    <t>9772328054</t>
+  </si>
+  <si>
+    <t>9772321874</t>
+  </si>
+  <si>
+    <t>9772326922</t>
+  </si>
+  <si>
+    <t>9772327392</t>
+  </si>
+  <si>
+    <t>9772326051</t>
+  </si>
+  <si>
+    <t>977232301x</t>
+  </si>
+  <si>
+    <t>9772322013</t>
+  </si>
+  <si>
+    <t>9772322250</t>
+  </si>
+  <si>
+    <t>9772320835</t>
+  </si>
+  <si>
+    <t>9772326167</t>
+  </si>
+  <si>
+    <t>9772328062</t>
+  </si>
+  <si>
+    <t>9772325675</t>
+  </si>
+  <si>
+    <t>9772325667</t>
+  </si>
+  <si>
+    <t>9772325470</t>
+  </si>
+  <si>
+    <t>977232329X</t>
+  </si>
+  <si>
+    <t>9772326515</t>
+  </si>
+  <si>
+    <t>9772322528</t>
+  </si>
+  <si>
+    <t>9772323559</t>
+  </si>
+  <si>
+    <t>9772326523</t>
+  </si>
+  <si>
+    <t>9772323117</t>
+  </si>
+  <si>
+    <t>9772323125</t>
+  </si>
+  <si>
+    <t>9772323346</t>
+  </si>
+  <si>
+    <t>9772323354</t>
+  </si>
+  <si>
+    <t>9772326671</t>
+  </si>
+  <si>
+    <t>9772324679</t>
+  </si>
+  <si>
+    <t>977232766x</t>
+  </si>
+  <si>
+    <t>9772325977</t>
+  </si>
+  <si>
+    <t>9772326507</t>
+  </si>
+  <si>
+    <t>9772326035</t>
+  </si>
+  <si>
+    <t>9772322676</t>
+  </si>
+  <si>
+    <t>9772322684</t>
+  </si>
+  <si>
+    <t>9773735020</t>
+  </si>
+  <si>
+    <t>9772327147</t>
+  </si>
+  <si>
+    <t>9772326965</t>
+  </si>
+  <si>
+    <t>9772327724</t>
+  </si>
+  <si>
+    <t>9789777802093</t>
+  </si>
+  <si>
+    <t>9772327902</t>
+  </si>
+  <si>
+    <t>9772328003</t>
+  </si>
+  <si>
+    <t>9772327260</t>
+  </si>
+  <si>
+    <t>9789777801416</t>
+  </si>
+  <si>
+    <t>9772323729</t>
+  </si>
+  <si>
+    <t>9772323389</t>
+  </si>
+  <si>
+    <t>9789777800204</t>
+  </si>
+  <si>
+    <t>9789777801393</t>
+  </si>
+  <si>
+    <t>9772322722</t>
+  </si>
+  <si>
+    <t>Country of Publication</t>
+  </si>
+  <si>
+    <t>City of Publication</t>
+  </si>
+  <si>
+    <t>Author</t>
+  </si>
+  <si>
+    <t>Book Title</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Prod#</t>
+  </si>
+  <si>
+    <t>As at January 2026</t>
+  </si>
+  <si>
+    <t>Subjects (English)</t>
+  </si>
+  <si>
+    <t>Fine Arts / Architecture / Photography</t>
+  </si>
+  <si>
+    <t>Biography / Memoirs</t>
+  </si>
+  <si>
+    <t>Foreign Policy / International Relations</t>
   </si>
   <si>
     <t>Islamic Studies</t>
   </si>
   <si>
+    <t>Law</t>
+  </si>
+  <si>
+    <t>Library Science and Bibliography</t>
+  </si>
+  <si>
+    <t>Literature</t>
+  </si>
+  <si>
+    <t>Mass Media / Journalism</t>
+  </si>
+  <si>
+    <t>Ethnic Studies / Ethnology</t>
+  </si>
+  <si>
+    <t>Philology / Linguistics</t>
+  </si>
+  <si>
+    <t>Religion</t>
+  </si>
+  <si>
     <t>Social Sciences</t>
-  </si>
-[...3004 lines deleted...]
-    <t>Contents of Alam Al-Kotob Digital Library (EB-ALAM)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="13" x14ac:knownFonts="1">
-[...14 lines deleted...]
-    </font>
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <charset val="178"/>
-[...16 lines deleted...]
-      <charset val="178"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Sakkal Majalla"/>
       <charset val="178"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Sakkal Majalla"/>
       <charset val="178"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
-      <color indexed="10"/>
+      <sz val="18"/>
       <name val="Arial"/>
       <family val="2"/>
-      <charset val="1"/>
     </font>
     <font>
-      <b/>
-      <sz val="18"/>
+      <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="0"/>
       <name val="Sakkal Majalla"/>
       <charset val="178"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="0"/>
       <name val="Sakkal Majalla"/>
       <charset val="178"/>
     </font>
+    <font>
+      <b/>
+      <sz val="20"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="1"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="5">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="32">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="1" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...56 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
-  <cellStyles count="5">
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="3" xr:uid="{B515A4B4-B3DE-7548-80D5-4FA1BACA17AC}"/>
-[...2 lines deleted...]
-    <cellStyle name="Normal 5" xfId="2" xr:uid="{F8505666-2105-DF44-93F4-98E551156D14}"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{88274C25-85F0-4361-B5E3-5ADE4E6FDE09}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>142875</xdr:colOff>
+      <xdr:colOff>304800</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>76200</xdr:rowOff>
+      <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>1</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>285750</xdr:rowOff>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>3162300</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>188129</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 2">
+        <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{429717F5-D1C8-446E-8495-15EB03003683}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2950BE0-6053-45DD-A0C0-4CA429C59C9E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="142875" y="76200"/>
-          <a:ext cx="2143125" cy="828675"/>
+          <a:off x="304800" y="19050"/>
+          <a:ext cx="2857500" cy="1083479"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -10786,51 +6463,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -10838,51 +6515,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -10897,65 +6574,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -10976,25627 +6653,13645 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2B6735A8-CEBE-3048-984B-ABF947AE0C2C}">
-  <dimension ref="A2:J692"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{01FD8E06-147B-4E49-B133-7411F32D4888}">
+  <dimension ref="A1:I469"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A6" sqref="A6"/>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="31.125" defaultRowHeight="24" x14ac:dyDescent="1.05"/>
+  <sheetFormatPr defaultColWidth="35.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="21.5" style="9" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="32.875" style="11" customWidth="1"/>
+    <col min="1" max="1" width="60.28515625" customWidth="1"/>
+    <col min="2" max="2" width="37.5703125" customWidth="1"/>
+    <col min="3" max="3" width="23.42578125" customWidth="1"/>
+    <col min="4" max="4" width="42.85546875" customWidth="1"/>
+    <col min="5" max="5" width="22.140625" customWidth="1"/>
+    <col min="6" max="6" width="24" customWidth="1"/>
+    <col min="7" max="7" width="15.85546875" customWidth="1"/>
+    <col min="8" max="8" width="36.28515625" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="50.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:10" ht="25.9" x14ac:dyDescent="1.05">
-[...16 lines deleted...]
-      <c r="C5" s="29" t="s">
+    <row r="1" spans="1:9" ht="23.25" x14ac:dyDescent="0.5">
+      <c r="A1" s="1"/>
+      <c r="B1" s="4"/>
+      <c r="C1" s="2"/>
+      <c r="D1" s="3"/>
+      <c r="E1" s="1"/>
+      <c r="G1" s="1"/>
+      <c r="H1" s="1"/>
+    </row>
+    <row r="2" spans="1:9" ht="25.5" x14ac:dyDescent="0.5">
+      <c r="A2" s="1"/>
+      <c r="B2" s="5" t="s">
         <v>0</v>
       </c>
-      <c r="D5" s="29" t="s">
+      <c r="C2" s="5"/>
+      <c r="D2" s="3"/>
+      <c r="E2" s="1"/>
+    </row>
+    <row r="3" spans="1:9" ht="23.25" x14ac:dyDescent="0.5">
+      <c r="A3" s="1"/>
+      <c r="B3" s="6" t="s">
+        <v>2017</v>
+      </c>
+      <c r="C3" s="6"/>
+      <c r="D3" s="3"/>
+      <c r="E3" s="1"/>
+    </row>
+    <row r="4" spans="1:9" ht="23.25" x14ac:dyDescent="0.5">
+      <c r="A4" s="1"/>
+      <c r="B4" s="4"/>
+      <c r="C4" s="2"/>
+      <c r="D4" s="3"/>
+      <c r="E4" s="1"/>
+      <c r="G4" s="1"/>
+      <c r="H4" s="1"/>
+    </row>
+    <row r="5" spans="1:9" s="10" customFormat="1" ht="55.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A5" s="7" t="s">
+        <v>2015</v>
+      </c>
+      <c r="B5" s="8" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="7" t="s">
+        <v>2012</v>
+      </c>
+      <c r="E5" s="7" t="s">
+        <v>2013</v>
+      </c>
+      <c r="F5" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="G5" s="7" t="s">
+        <v>2016</v>
+      </c>
+      <c r="H5" s="7" t="s">
+        <v>2018</v>
+      </c>
+      <c r="I5" s="7" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>934</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1614</v>
+      </c>
+      <c r="D6" t="s">
+        <v>932</v>
+      </c>
+      <c r="E6" t="s">
+        <v>933</v>
+      </c>
+      <c r="F6">
+        <v>2008</v>
+      </c>
+      <c r="G6" t="s">
+        <v>3</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I6" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>935</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1615</v>
+      </c>
+      <c r="D7" t="s">
+        <v>932</v>
+      </c>
+      <c r="E7" t="s">
+        <v>933</v>
+      </c>
+      <c r="F7">
+        <v>2021</v>
+      </c>
+      <c r="G7" t="s">
+        <v>4</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I7" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>936</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1400</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D8" t="s">
+        <v>932</v>
+      </c>
+      <c r="E8" t="s">
+        <v>933</v>
+      </c>
+      <c r="F8">
+        <v>2003</v>
+      </c>
+      <c r="G8" t="s">
+        <v>5</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I8" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>937</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1617</v>
+      </c>
+      <c r="D9" t="s">
+        <v>932</v>
+      </c>
+      <c r="E9" t="s">
+        <v>933</v>
+      </c>
+      <c r="F9">
+        <v>2017</v>
+      </c>
+      <c r="G9" t="s">
+        <v>6</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I9" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>938</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1618</v>
+      </c>
+      <c r="D10" t="s">
+        <v>932</v>
+      </c>
+      <c r="E10" t="s">
+        <v>933</v>
+      </c>
+      <c r="F10">
+        <v>2006</v>
+      </c>
+      <c r="G10" t="s">
+        <v>7</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I10" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>939</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1619</v>
+      </c>
+      <c r="D11" t="s">
+        <v>932</v>
+      </c>
+      <c r="E11" t="s">
+        <v>933</v>
+      </c>
+      <c r="F11">
+        <v>2015</v>
+      </c>
+      <c r="G11" t="s">
+        <v>8</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I11" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>940</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1620</v>
+      </c>
+      <c r="D12" t="s">
+        <v>932</v>
+      </c>
+      <c r="E12" t="s">
+        <v>933</v>
+      </c>
+      <c r="F12">
+        <v>2011</v>
+      </c>
+      <c r="G12" t="s">
+        <v>9</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I12" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
+        <v>941</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1404</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D13" t="s">
+        <v>932</v>
+      </c>
+      <c r="E13" t="s">
+        <v>933</v>
+      </c>
+      <c r="F13">
+        <v>1983</v>
+      </c>
+      <c r="G13" t="s">
+        <v>10</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I13" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>942</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1622</v>
+      </c>
+      <c r="D14" t="s">
+        <v>932</v>
+      </c>
+      <c r="E14" t="s">
+        <v>933</v>
+      </c>
+      <c r="F14">
+        <v>2006</v>
+      </c>
+      <c r="G14" t="s">
+        <v>11</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I14" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>943</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D15" t="s">
+        <v>932</v>
+      </c>
+      <c r="E15" t="s">
+        <v>933</v>
+      </c>
+      <c r="F15">
+        <v>1992</v>
+      </c>
+      <c r="G15" t="s">
+        <v>12</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I15" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>944</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D16" t="s">
+        <v>932</v>
+      </c>
+      <c r="E16" t="s">
+        <v>933</v>
+      </c>
+      <c r="F16">
+        <v>1985</v>
+      </c>
+      <c r="G16" t="s">
+        <v>13</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I16" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>945</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1623</v>
+      </c>
+      <c r="D17" t="s">
+        <v>932</v>
+      </c>
+      <c r="E17" t="s">
+        <v>933</v>
+      </c>
+      <c r="F17">
+        <v>2014</v>
+      </c>
+      <c r="G17" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I17" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>946</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D18" t="s">
+        <v>932</v>
+      </c>
+      <c r="E18" t="s">
+        <v>933</v>
+      </c>
+      <c r="F18">
+        <v>2024</v>
+      </c>
+      <c r="G18" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I18" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>947</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1625</v>
+      </c>
+      <c r="D19" t="s">
+        <v>932</v>
+      </c>
+      <c r="E19" t="s">
+        <v>933</v>
+      </c>
+      <c r="F19">
+        <v>2024</v>
+      </c>
+      <c r="G19" t="s">
+        <v>16</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I19" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>948</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1626</v>
+      </c>
+      <c r="D20" t="s">
+        <v>932</v>
+      </c>
+      <c r="E20" t="s">
+        <v>933</v>
+      </c>
+      <c r="F20">
+        <v>2024</v>
+      </c>
+      <c r="G20" t="s">
+        <v>17</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I20" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>949</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D21" t="s">
+        <v>932</v>
+      </c>
+      <c r="E21" t="s">
+        <v>933</v>
+      </c>
+      <c r="F21">
+        <v>2024</v>
+      </c>
+      <c r="G21" t="s">
+        <v>18</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I21" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>950</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1628</v>
+      </c>
+      <c r="D22" t="s">
+        <v>932</v>
+      </c>
+      <c r="E22" t="s">
+        <v>933</v>
+      </c>
+      <c r="F22">
+        <v>2024</v>
+      </c>
+      <c r="G22" t="s">
+        <v>19</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I22" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>951</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D23" t="s">
+        <v>932</v>
+      </c>
+      <c r="E23" t="s">
+        <v>933</v>
+      </c>
+      <c r="F23">
+        <v>2024</v>
+      </c>
+      <c r="G23" t="s">
+        <v>20</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I23" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>952</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1630</v>
+      </c>
+      <c r="D24" t="s">
+        <v>932</v>
+      </c>
+      <c r="E24" t="s">
+        <v>933</v>
+      </c>
+      <c r="F24">
+        <v>2024</v>
+      </c>
+      <c r="G24" t="s">
+        <v>21</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I24" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>953</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1631</v>
+      </c>
+      <c r="D25" t="s">
+        <v>932</v>
+      </c>
+      <c r="E25" t="s">
+        <v>933</v>
+      </c>
+      <c r="F25">
+        <v>2024</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I25" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>954</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D26" t="s">
+        <v>932</v>
+      </c>
+      <c r="E26" t="s">
+        <v>933</v>
+      </c>
+      <c r="F26">
+        <v>2024</v>
+      </c>
+      <c r="G26" t="s">
+        <v>23</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I26" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>955</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C27" t="s">
+        <v>1633</v>
+      </c>
+      <c r="D27" t="s">
+        <v>932</v>
+      </c>
+      <c r="E27" t="s">
+        <v>933</v>
+      </c>
+      <c r="F27">
+        <v>2024</v>
+      </c>
+      <c r="G27" t="s">
+        <v>24</v>
+      </c>
+      <c r="H27" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I27" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>956</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C28" t="s">
+        <v>1634</v>
+      </c>
+      <c r="D28" t="s">
+        <v>932</v>
+      </c>
+      <c r="E28" t="s">
+        <v>933</v>
+      </c>
+      <c r="F28">
+        <v>2024</v>
+      </c>
+      <c r="G28" t="s">
+        <v>25</v>
+      </c>
+      <c r="H28" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I28" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>957</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C29" t="s">
+        <v>1635</v>
+      </c>
+      <c r="D29" t="s">
+        <v>932</v>
+      </c>
+      <c r="E29" t="s">
+        <v>933</v>
+      </c>
+      <c r="F29">
+        <v>2024</v>
+      </c>
+      <c r="G29" t="s">
+        <v>26</v>
+      </c>
+      <c r="H29" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I29" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>958</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C30" t="s">
+        <v>1636</v>
+      </c>
+      <c r="D30" t="s">
+        <v>932</v>
+      </c>
+      <c r="E30" t="s">
+        <v>933</v>
+      </c>
+      <c r="F30">
+        <v>2024</v>
+      </c>
+      <c r="G30" t="s">
+        <v>27</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I30" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>959</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C31" t="s">
+        <v>1637</v>
+      </c>
+      <c r="D31" t="s">
+        <v>932</v>
+      </c>
+      <c r="E31" t="s">
+        <v>933</v>
+      </c>
+      <c r="F31">
+        <v>2024</v>
+      </c>
+      <c r="G31" t="s">
+        <v>28</v>
+      </c>
+      <c r="H31" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I31" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>960</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C32" t="s">
+        <v>1638</v>
+      </c>
+      <c r="D32" t="s">
+        <v>932</v>
+      </c>
+      <c r="E32" t="s">
+        <v>933</v>
+      </c>
+      <c r="F32">
+        <v>2024</v>
+      </c>
+      <c r="G32" t="s">
+        <v>29</v>
+      </c>
+      <c r="H32" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I32" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>961</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C33" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D33" t="s">
+        <v>932</v>
+      </c>
+      <c r="E33" t="s">
+        <v>933</v>
+      </c>
+      <c r="F33">
+        <v>2005</v>
+      </c>
+      <c r="G33" t="s">
+        <v>30</v>
+      </c>
+      <c r="H33" t="s">
+        <v>2020</v>
+      </c>
+      <c r="I33" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>962</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1409</v>
+      </c>
+      <c r="C34" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D34" t="s">
+        <v>932</v>
+      </c>
+      <c r="E34" t="s">
+        <v>933</v>
+      </c>
+      <c r="F34">
+        <v>2003</v>
+      </c>
+      <c r="G34" t="s">
+        <v>31</v>
+      </c>
+      <c r="H34" t="s">
+        <v>2020</v>
+      </c>
+      <c r="I34" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>963</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1409</v>
+      </c>
+      <c r="C35" t="s">
+        <v>1641</v>
+      </c>
+      <c r="D35" t="s">
+        <v>932</v>
+      </c>
+      <c r="E35" t="s">
+        <v>933</v>
+      </c>
+      <c r="F35">
+        <v>2003</v>
+      </c>
+      <c r="G35" t="s">
+        <v>32</v>
+      </c>
+      <c r="H35" t="s">
+        <v>2020</v>
+      </c>
+      <c r="I35" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>964</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C36" t="s">
+        <v>1642</v>
+      </c>
+      <c r="D36" t="s">
+        <v>932</v>
+      </c>
+      <c r="E36" t="s">
+        <v>933</v>
+      </c>
+      <c r="F36">
+        <v>2009</v>
+      </c>
+      <c r="G36" t="s">
+        <v>33</v>
+      </c>
+      <c r="H36" t="s">
+        <v>2020</v>
+      </c>
+      <c r="I36" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>965</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C37" t="s">
+        <v>1643</v>
+      </c>
+      <c r="D37" t="s">
+        <v>932</v>
+      </c>
+      <c r="E37" t="s">
+        <v>933</v>
+      </c>
+      <c r="F37">
+        <v>2010</v>
+      </c>
+      <c r="G37" t="s">
+        <v>34</v>
+      </c>
+      <c r="H37" t="s">
+        <v>2020</v>
+      </c>
+      <c r="I37" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>966</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C38" t="s">
+        <v>1644</v>
+      </c>
+      <c r="D38" t="s">
+        <v>932</v>
+      </c>
+      <c r="E38" t="s">
+        <v>933</v>
+      </c>
+      <c r="F38">
+        <v>2010</v>
+      </c>
+      <c r="G38" t="s">
+        <v>35</v>
+      </c>
+      <c r="H38" t="s">
+        <v>2020</v>
+      </c>
+      <c r="I38" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>967</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1645</v>
+      </c>
+      <c r="D39" t="s">
+        <v>932</v>
+      </c>
+      <c r="E39" t="s">
+        <v>933</v>
+      </c>
+      <c r="F39">
+        <v>2008</v>
+      </c>
+      <c r="G39" t="s">
+        <v>36</v>
+      </c>
+      <c r="H39" t="s">
+        <v>2020</v>
+      </c>
+      <c r="I39" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>968</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C40" t="s">
+        <v>1646</v>
+      </c>
+      <c r="D40" t="s">
+        <v>932</v>
+      </c>
+      <c r="E40" t="s">
+        <v>933</v>
+      </c>
+      <c r="F40">
+        <v>1999</v>
+      </c>
+      <c r="G40" t="s">
+        <v>37</v>
+      </c>
+      <c r="H40" t="s">
+        <v>2020</v>
+      </c>
+      <c r="I40" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>969</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1414</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D41" t="s">
+        <v>932</v>
+      </c>
+      <c r="E41" t="s">
+        <v>933</v>
+      </c>
+      <c r="F41">
+        <v>1984</v>
+      </c>
+      <c r="G41" t="s">
+        <v>38</v>
+      </c>
+      <c r="H41" t="s">
+        <v>2020</v>
+      </c>
+      <c r="I41" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>970</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D42" t="s">
+        <v>932</v>
+      </c>
+      <c r="E42" t="s">
+        <v>933</v>
+      </c>
+      <c r="F42">
+        <v>1967</v>
+      </c>
+      <c r="G42" t="s">
+        <v>39</v>
+      </c>
+      <c r="H42" t="s">
+        <v>2021</v>
+      </c>
+      <c r="I42" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>971</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1416</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D43" t="s">
+        <v>932</v>
+      </c>
+      <c r="E43" t="s">
+        <v>933</v>
+      </c>
+      <c r="F43">
+        <v>1979</v>
+      </c>
+      <c r="G43" t="s">
+        <v>40</v>
+      </c>
+      <c r="H43" t="s">
+        <v>2021</v>
+      </c>
+      <c r="I43" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>972</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D44" t="s">
+        <v>932</v>
+      </c>
+      <c r="E44" t="s">
+        <v>933</v>
+      </c>
+      <c r="F44">
+        <v>2009</v>
+      </c>
+      <c r="G44" t="s">
+        <v>41</v>
+      </c>
+      <c r="H44" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I44" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>973</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C45" t="s">
+        <v>1648</v>
+      </c>
+      <c r="D45" t="s">
+        <v>932</v>
+      </c>
+      <c r="E45" t="s">
+        <v>933</v>
+      </c>
+      <c r="F45">
+        <v>2003</v>
+      </c>
+      <c r="G45" t="s">
+        <v>42</v>
+      </c>
+      <c r="H45" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I45" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
+        <v>974</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1649</v>
+      </c>
+      <c r="D46" t="s">
+        <v>932</v>
+      </c>
+      <c r="E46" t="s">
+        <v>933</v>
+      </c>
+      <c r="F46">
+        <v>2003</v>
+      </c>
+      <c r="G46" t="s">
+        <v>43</v>
+      </c>
+      <c r="H46" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I46" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A47" t="s">
+        <v>975</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1650</v>
+      </c>
+      <c r="D47" t="s">
+        <v>932</v>
+      </c>
+      <c r="E47" t="s">
+        <v>933</v>
+      </c>
+      <c r="F47">
+        <v>2013</v>
+      </c>
+      <c r="G47" t="s">
+        <v>44</v>
+      </c>
+      <c r="H47" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I47" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
+        <v>976</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D48" t="s">
+        <v>932</v>
+      </c>
+      <c r="E48" t="s">
+        <v>933</v>
+      </c>
+      <c r="F48">
+        <v>2013</v>
+      </c>
+      <c r="G48" t="s">
+        <v>45</v>
+      </c>
+      <c r="H48" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I48" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>977</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1652</v>
+      </c>
+      <c r="D49" t="s">
+        <v>932</v>
+      </c>
+      <c r="E49" t="s">
+        <v>933</v>
+      </c>
+      <c r="F49">
+        <v>2013</v>
+      </c>
+      <c r="G49" t="s">
+        <v>46</v>
+      </c>
+      <c r="H49" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I49" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A50" t="s">
+        <v>978</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1653</v>
+      </c>
+      <c r="D50" t="s">
+        <v>932</v>
+      </c>
+      <c r="E50" t="s">
+        <v>933</v>
+      </c>
+      <c r="F50">
+        <v>2013</v>
+      </c>
+      <c r="G50" t="s">
+        <v>47</v>
+      </c>
+      <c r="H50" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I50" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>979</v>
+      </c>
+      <c r="B51" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C51" t="s">
+        <v>1654</v>
+      </c>
+      <c r="D51" t="s">
+        <v>932</v>
+      </c>
+      <c r="E51" t="s">
+        <v>933</v>
+      </c>
+      <c r="F51">
+        <v>2013</v>
+      </c>
+      <c r="G51" t="s">
+        <v>48</v>
+      </c>
+      <c r="H51" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I51" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>980</v>
+      </c>
+      <c r="B52" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C52" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D52" t="s">
+        <v>932</v>
+      </c>
+      <c r="E52" t="s">
+        <v>933</v>
+      </c>
+      <c r="F52">
+        <v>1981</v>
+      </c>
+      <c r="G52" t="s">
+        <v>49</v>
+      </c>
+      <c r="H52" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I52" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>981</v>
+      </c>
+      <c r="B53" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C53" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D53" t="s">
+        <v>932</v>
+      </c>
+      <c r="E53" t="s">
+        <v>933</v>
+      </c>
+      <c r="F53">
+        <v>1979</v>
+      </c>
+      <c r="G53" t="s">
+        <v>50</v>
+      </c>
+      <c r="H53" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I53" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>982</v>
+      </c>
+      <c r="B54" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C54" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D54" t="s">
+        <v>932</v>
+      </c>
+      <c r="E54" t="s">
+        <v>933</v>
+      </c>
+      <c r="F54">
+        <v>2008</v>
+      </c>
+      <c r="G54" t="s">
+        <v>51</v>
+      </c>
+      <c r="H54" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I54" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>983</v>
+      </c>
+      <c r="B55" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C55" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D55" t="s">
+        <v>932</v>
+      </c>
+      <c r="E55" t="s">
+        <v>933</v>
+      </c>
+      <c r="F55">
+        <v>2008</v>
+      </c>
+      <c r="G55" t="s">
+        <v>52</v>
+      </c>
+      <c r="H55" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I55" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>984</v>
+      </c>
+      <c r="B56" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C56" t="s">
+        <v>1657</v>
+      </c>
+      <c r="D56" t="s">
+        <v>932</v>
+      </c>
+      <c r="E56" t="s">
+        <v>933</v>
+      </c>
+      <c r="F56">
+        <v>2007</v>
+      </c>
+      <c r="G56" t="s">
+        <v>53</v>
+      </c>
+      <c r="H56" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I56" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>985</v>
+      </c>
+      <c r="B57" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C57" t="s">
+        <v>1658</v>
+      </c>
+      <c r="D57" t="s">
+        <v>932</v>
+      </c>
+      <c r="E57" t="s">
+        <v>933</v>
+      </c>
+      <c r="F57">
+        <v>2007</v>
+      </c>
+      <c r="G57" t="s">
+        <v>54</v>
+      </c>
+      <c r="H57" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I57" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
+        <v>986</v>
+      </c>
+      <c r="B58" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C58" t="s">
+        <v>1659</v>
+      </c>
+      <c r="D58" t="s">
+        <v>932</v>
+      </c>
+      <c r="E58" t="s">
+        <v>933</v>
+      </c>
+      <c r="F58">
+        <v>2007</v>
+      </c>
+      <c r="G58" t="s">
+        <v>55</v>
+      </c>
+      <c r="H58" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I58" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>987</v>
+      </c>
+      <c r="B59" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C59" t="s">
+        <v>1660</v>
+      </c>
+      <c r="D59" t="s">
+        <v>932</v>
+      </c>
+      <c r="E59" t="s">
+        <v>933</v>
+      </c>
+      <c r="F59">
+        <v>2007</v>
+      </c>
+      <c r="G59" t="s">
+        <v>56</v>
+      </c>
+      <c r="H59" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I59" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
+        <v>988</v>
+      </c>
+      <c r="B60" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C60" t="s">
+        <v>1661</v>
+      </c>
+      <c r="D60" t="s">
+        <v>932</v>
+      </c>
+      <c r="E60" t="s">
+        <v>933</v>
+      </c>
+      <c r="F60">
+        <v>2005</v>
+      </c>
+      <c r="G60" t="s">
+        <v>57</v>
+      </c>
+      <c r="H60" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I60" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A61" t="s">
+        <v>989</v>
+      </c>
+      <c r="B61" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C61" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D61" t="s">
+        <v>932</v>
+      </c>
+      <c r="E61" t="s">
+        <v>933</v>
+      </c>
+      <c r="F61">
+        <v>2005</v>
+      </c>
+      <c r="G61" t="s">
+        <v>58</v>
+      </c>
+      <c r="H61" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I61" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62" t="s">
+        <v>990</v>
+      </c>
+      <c r="B62" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C62" t="s">
+        <v>1663</v>
+      </c>
+      <c r="D62" t="s">
+        <v>932</v>
+      </c>
+      <c r="E62" t="s">
+        <v>933</v>
+      </c>
+      <c r="F62">
+        <v>2005</v>
+      </c>
+      <c r="G62" t="s">
+        <v>59</v>
+      </c>
+      <c r="H62" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I62" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A63" t="s">
+        <v>991</v>
+      </c>
+      <c r="B63" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C63" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D63" t="s">
+        <v>932</v>
+      </c>
+      <c r="E63" t="s">
+        <v>933</v>
+      </c>
+      <c r="F63">
+        <v>2005</v>
+      </c>
+      <c r="G63" t="s">
+        <v>60</v>
+      </c>
+      <c r="H63" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I63" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A64" t="s">
+        <v>992</v>
+      </c>
+      <c r="B64" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C64" t="s">
+        <v>1665</v>
+      </c>
+      <c r="D64" t="s">
+        <v>932</v>
+      </c>
+      <c r="E64" t="s">
+        <v>933</v>
+      </c>
+      <c r="F64">
+        <v>2004</v>
+      </c>
+      <c r="G64" t="s">
+        <v>61</v>
+      </c>
+      <c r="H64" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I64" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A65" t="s">
+        <v>993</v>
+      </c>
+      <c r="B65" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C65" t="s">
+        <v>1666</v>
+      </c>
+      <c r="D65" t="s">
+        <v>932</v>
+      </c>
+      <c r="E65" t="s">
+        <v>933</v>
+      </c>
+      <c r="F65">
+        <v>2008</v>
+      </c>
+      <c r="G65" t="s">
+        <v>62</v>
+      </c>
+      <c r="H65" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I65" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A66" t="s">
+        <v>994</v>
+      </c>
+      <c r="B66" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C66" t="s">
+        <v>1667</v>
+      </c>
+      <c r="D66" t="s">
+        <v>932</v>
+      </c>
+      <c r="E66" t="s">
+        <v>933</v>
+      </c>
+      <c r="F66">
+        <v>2004</v>
+      </c>
+      <c r="G66" t="s">
+        <v>63</v>
+      </c>
+      <c r="H66" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I66" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A67" t="s">
+        <v>995</v>
+      </c>
+      <c r="B67" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C67" t="s">
+        <v>1668</v>
+      </c>
+      <c r="D67" t="s">
+        <v>932</v>
+      </c>
+      <c r="E67" t="s">
+        <v>933</v>
+      </c>
+      <c r="F67">
+        <v>2002</v>
+      </c>
+      <c r="G67" t="s">
+        <v>64</v>
+      </c>
+      <c r="H67" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I67" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A68" t="s">
+        <v>996</v>
+      </c>
+      <c r="B68" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C68" t="s">
+        <v>1669</v>
+      </c>
+      <c r="D68" t="s">
+        <v>932</v>
+      </c>
+      <c r="E68" t="s">
+        <v>933</v>
+      </c>
+      <c r="F68">
+        <v>2002</v>
+      </c>
+      <c r="G68" t="s">
+        <v>65</v>
+      </c>
+      <c r="H68" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I68" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A69" t="s">
+        <v>997</v>
+      </c>
+      <c r="B69" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C69" t="s">
+        <v>1670</v>
+      </c>
+      <c r="D69" t="s">
+        <v>932</v>
+      </c>
+      <c r="E69" t="s">
+        <v>933</v>
+      </c>
+      <c r="F69">
+        <v>2002</v>
+      </c>
+      <c r="G69" t="s">
+        <v>66</v>
+      </c>
+      <c r="H69" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I69" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A70" t="s">
+        <v>998</v>
+      </c>
+      <c r="B70" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C70" t="s">
+        <v>1671</v>
+      </c>
+      <c r="D70" t="s">
+        <v>932</v>
+      </c>
+      <c r="E70" t="s">
+        <v>933</v>
+      </c>
+      <c r="F70">
+        <v>2002</v>
+      </c>
+      <c r="G70" t="s">
+        <v>67</v>
+      </c>
+      <c r="H70" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I70" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A71" t="s">
+        <v>999</v>
+      </c>
+      <c r="B71" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C71" t="s">
+        <v>1672</v>
+      </c>
+      <c r="D71" t="s">
+        <v>932</v>
+      </c>
+      <c r="E71" t="s">
+        <v>933</v>
+      </c>
+      <c r="F71">
+        <v>2000</v>
+      </c>
+      <c r="G71" t="s">
+        <v>68</v>
+      </c>
+      <c r="H71" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I71" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A72" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B72" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C72" t="s">
+        <v>1673</v>
+      </c>
+      <c r="D72" t="s">
+        <v>932</v>
+      </c>
+      <c r="E72" t="s">
+        <v>933</v>
+      </c>
+      <c r="F72">
+        <v>2000</v>
+      </c>
+      <c r="G72" t="s">
+        <v>69</v>
+      </c>
+      <c r="H72" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I72" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A73" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B73" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C73" t="s">
+        <v>1674</v>
+      </c>
+      <c r="D73" t="s">
+        <v>932</v>
+      </c>
+      <c r="E73" t="s">
+        <v>933</v>
+      </c>
+      <c r="F73">
+        <v>2000</v>
+      </c>
+      <c r="G73" t="s">
+        <v>70</v>
+      </c>
+      <c r="H73" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I73" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A74" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B74" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C74" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D74" t="s">
+        <v>932</v>
+      </c>
+      <c r="E74" t="s">
+        <v>933</v>
+      </c>
+      <c r="F74">
+        <v>2007</v>
+      </c>
+      <c r="G74" t="s">
+        <v>71</v>
+      </c>
+      <c r="H74" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I74" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A75" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B75" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C75" t="s">
+        <v>1676</v>
+      </c>
+      <c r="D75" t="s">
+        <v>932</v>
+      </c>
+      <c r="E75" t="s">
+        <v>933</v>
+      </c>
+      <c r="F75">
+        <v>2008</v>
+      </c>
+      <c r="G75" t="s">
+        <v>72</v>
+      </c>
+      <c r="H75" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I75" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A76" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B76" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C76" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D76" t="s">
+        <v>932</v>
+      </c>
+      <c r="E76" t="s">
+        <v>933</v>
+      </c>
+      <c r="F76">
+        <v>1980</v>
+      </c>
+      <c r="G76" t="s">
+        <v>73</v>
+      </c>
+      <c r="H76" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I76" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A77" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B77" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C77" t="s">
+        <v>1677</v>
+      </c>
+      <c r="D77" t="s">
+        <v>932</v>
+      </c>
+      <c r="E77" t="s">
+        <v>933</v>
+      </c>
+      <c r="F77">
+        <v>2007</v>
+      </c>
+      <c r="G77" t="s">
+        <v>74</v>
+      </c>
+      <c r="H77" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I77" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A78" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B78" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C78" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D78" t="s">
+        <v>932</v>
+      </c>
+      <c r="E78" t="s">
+        <v>933</v>
+      </c>
+      <c r="F78">
+        <v>1985</v>
+      </c>
+      <c r="G78" t="s">
+        <v>75</v>
+      </c>
+      <c r="H78" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I78" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A79" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B79" t="s">
+        <v>1425</v>
+      </c>
+      <c r="C79" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D79" t="s">
+        <v>932</v>
+      </c>
+      <c r="E79" t="s">
+        <v>933</v>
+      </c>
+      <c r="F79">
+        <v>1986</v>
+      </c>
+      <c r="G79" t="s">
+        <v>76</v>
+      </c>
+      <c r="H79" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I79" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A80" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B80" t="s">
+        <v>1426</v>
+      </c>
+      <c r="C80" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D80" t="s">
+        <v>932</v>
+      </c>
+      <c r="E80" t="s">
+        <v>933</v>
+      </c>
+      <c r="F80">
+        <v>1981</v>
+      </c>
+      <c r="G80" t="s">
+        <v>77</v>
+      </c>
+      <c r="H80" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I80" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A81" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B81" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C81" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D81" t="s">
+        <v>932</v>
+      </c>
+      <c r="E81" t="s">
+        <v>933</v>
+      </c>
+      <c r="F81">
+        <v>1976</v>
+      </c>
+      <c r="G81" t="s">
+        <v>78</v>
+      </c>
+      <c r="H81" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I81" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A82" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B82" t="s">
+        <v>1428</v>
+      </c>
+      <c r="C82" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D82" t="s">
+        <v>932</v>
+      </c>
+      <c r="E82" t="s">
+        <v>933</v>
+      </c>
+      <c r="F82">
+        <v>1991</v>
+      </c>
+      <c r="G82" t="s">
+        <v>79</v>
+      </c>
+      <c r="H82" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I82" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A83" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B83" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C83" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D83" t="s">
+        <v>932</v>
+      </c>
+      <c r="E83" t="s">
+        <v>933</v>
+      </c>
+      <c r="F83">
+        <v>1984</v>
+      </c>
+      <c r="G83" t="s">
+        <v>80</v>
+      </c>
+      <c r="H83" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I83" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A84" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B84" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C84" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D84" t="s">
+        <v>932</v>
+      </c>
+      <c r="E84" t="s">
+        <v>933</v>
+      </c>
+      <c r="F84">
+        <v>2001</v>
+      </c>
+      <c r="G84" t="s">
+        <v>81</v>
+      </c>
+      <c r="H84" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I84" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A85" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B85" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C85" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D85" t="s">
+        <v>932</v>
+      </c>
+      <c r="E85" t="s">
+        <v>933</v>
+      </c>
+      <c r="F85">
+        <v>1983</v>
+      </c>
+      <c r="G85" t="s">
+        <v>82</v>
+      </c>
+      <c r="H85" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I85" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A86" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B86" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C86" t="s">
+        <v>1679</v>
+      </c>
+      <c r="D86" t="s">
+        <v>932</v>
+      </c>
+      <c r="E86" t="s">
+        <v>933</v>
+      </c>
+      <c r="F86">
+        <v>1991</v>
+      </c>
+      <c r="G86" t="s">
+        <v>83</v>
+      </c>
+      <c r="H86" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I86" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A87" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B87" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C87" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D87" t="s">
+        <v>932</v>
+      </c>
+      <c r="E87" t="s">
+        <v>933</v>
+      </c>
+      <c r="F87">
+        <v>1980</v>
+      </c>
+      <c r="G87" t="s">
+        <v>84</v>
+      </c>
+      <c r="H87" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I87" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A88" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B88" t="s">
+        <v>1434</v>
+      </c>
+      <c r="C88" t="s">
+        <v>1680</v>
+      </c>
+      <c r="D88" t="s">
+        <v>932</v>
+      </c>
+      <c r="E88" t="s">
+        <v>933</v>
+      </c>
+      <c r="F88">
+        <v>2002</v>
+      </c>
+      <c r="G88" t="s">
+        <v>85</v>
+      </c>
+      <c r="H88" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I88" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A89" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B89" t="s">
+        <v>1434</v>
+      </c>
+      <c r="C89" t="s">
+        <v>1681</v>
+      </c>
+      <c r="D89" t="s">
+        <v>932</v>
+      </c>
+      <c r="E89" t="s">
+        <v>933</v>
+      </c>
+      <c r="F89">
+        <v>2002</v>
+      </c>
+      <c r="G89" t="s">
+        <v>86</v>
+      </c>
+      <c r="H89" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I89" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A90" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B90" t="s">
+        <v>1434</v>
+      </c>
+      <c r="C90" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D90" t="s">
+        <v>932</v>
+      </c>
+      <c r="E90" t="s">
+        <v>933</v>
+      </c>
+      <c r="F90">
+        <v>1989</v>
+      </c>
+      <c r="G90" t="s">
+        <v>87</v>
+      </c>
+      <c r="H90" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I90" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A91" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B91" t="s">
+        <v>1434</v>
+      </c>
+      <c r="C91" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D91" t="s">
+        <v>932</v>
+      </c>
+      <c r="E91" t="s">
+        <v>933</v>
+      </c>
+      <c r="F91">
+        <v>1983</v>
+      </c>
+      <c r="G91" t="s">
+        <v>88</v>
+      </c>
+      <c r="H91" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I91" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A92" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B92" t="s">
+        <v>1434</v>
+      </c>
+      <c r="C92" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D92" t="s">
+        <v>932</v>
+      </c>
+      <c r="E92" t="s">
+        <v>933</v>
+      </c>
+      <c r="F92">
+        <v>1987</v>
+      </c>
+      <c r="G92" t="s">
+        <v>89</v>
+      </c>
+      <c r="H92" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I92" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A93" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B93" t="s">
+        <v>1435</v>
+      </c>
+      <c r="C93" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D93" t="s">
+        <v>932</v>
+      </c>
+      <c r="E93" t="s">
+        <v>933</v>
+      </c>
+      <c r="F93">
+        <v>2008</v>
+      </c>
+      <c r="G93" t="s">
+        <v>90</v>
+      </c>
+      <c r="H93" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I93" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A94" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B94" t="s">
+        <v>1435</v>
+      </c>
+      <c r="C94" t="s">
+        <v>1683</v>
+      </c>
+      <c r="D94" t="s">
+        <v>932</v>
+      </c>
+      <c r="E94" t="s">
+        <v>933</v>
+      </c>
+      <c r="F94">
+        <v>2008</v>
+      </c>
+      <c r="G94" t="s">
+        <v>91</v>
+      </c>
+      <c r="H94" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I94" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A95" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B95" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C95" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D95" t="s">
+        <v>932</v>
+      </c>
+      <c r="E95" t="s">
+        <v>933</v>
+      </c>
+      <c r="F95">
+        <v>2001</v>
+      </c>
+      <c r="G95" t="s">
+        <v>92</v>
+      </c>
+      <c r="H95" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I95" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A96" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B96" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C96" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D96" t="s">
+        <v>932</v>
+      </c>
+      <c r="E96" t="s">
+        <v>933</v>
+      </c>
+      <c r="F96">
+        <v>1982</v>
+      </c>
+      <c r="G96" t="s">
+        <v>93</v>
+      </c>
+      <c r="H96" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I96" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A97" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B97" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C97" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D97" t="s">
+        <v>932</v>
+      </c>
+      <c r="E97" t="s">
+        <v>933</v>
+      </c>
+      <c r="F97">
+        <v>1980</v>
+      </c>
+      <c r="G97" t="s">
+        <v>94</v>
+      </c>
+      <c r="H97" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I97" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A98" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B98" t="s">
+        <v>1439</v>
+      </c>
+      <c r="C98" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D98" t="s">
+        <v>932</v>
+      </c>
+      <c r="E98" t="s">
+        <v>933</v>
+      </c>
+      <c r="F98">
+        <v>1983</v>
+      </c>
+      <c r="G98" t="s">
+        <v>95</v>
+      </c>
+      <c r="H98" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I98" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A99" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B99" t="s">
+        <v>1440</v>
+      </c>
+      <c r="C99" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D99" t="s">
+        <v>932</v>
+      </c>
+      <c r="E99" t="s">
+        <v>933</v>
+      </c>
+      <c r="F99">
+        <v>1989</v>
+      </c>
+      <c r="G99" t="s">
+        <v>96</v>
+      </c>
+      <c r="H99" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I99" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A100" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B100" t="s">
+        <v>1441</v>
+      </c>
+      <c r="C100" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D100" t="s">
+        <v>932</v>
+      </c>
+      <c r="E100" t="s">
+        <v>933</v>
+      </c>
+      <c r="F100">
+        <v>1989</v>
+      </c>
+      <c r="G100" t="s">
+        <v>97</v>
+      </c>
+      <c r="H100" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I100" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A101" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B101" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C101" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D101" t="s">
+        <v>932</v>
+      </c>
+      <c r="E101" t="s">
+        <v>933</v>
+      </c>
+      <c r="F101">
+        <v>1971</v>
+      </c>
+      <c r="G101" t="s">
+        <v>98</v>
+      </c>
+      <c r="H101" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I101" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A102" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B102" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C102" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D102" t="s">
+        <v>932</v>
+      </c>
+      <c r="E102" t="s">
+        <v>933</v>
+      </c>
+      <c r="F102">
+        <v>2002</v>
+      </c>
+      <c r="G102" t="s">
+        <v>99</v>
+      </c>
+      <c r="H102" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I102" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A103" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B103" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C103" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D103" t="s">
+        <v>932</v>
+      </c>
+      <c r="E103" t="s">
+        <v>933</v>
+      </c>
+      <c r="F103">
+        <v>1982</v>
+      </c>
+      <c r="G103" t="s">
+        <v>100</v>
+      </c>
+      <c r="H103" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I103" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A104" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B104" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C104" t="s">
+        <v>1684</v>
+      </c>
+      <c r="D104" t="s">
+        <v>932</v>
+      </c>
+      <c r="E104" t="s">
+        <v>933</v>
+      </c>
+      <c r="F104">
+        <v>2002</v>
+      </c>
+      <c r="G104" t="s">
+        <v>101</v>
+      </c>
+      <c r="H104" t="s">
+        <v>2024</v>
+      </c>
+      <c r="I104" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A105" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B105" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C105" t="s">
+        <v>1685</v>
+      </c>
+      <c r="D105" t="s">
+        <v>932</v>
+      </c>
+      <c r="E105" t="s">
+        <v>933</v>
+      </c>
+      <c r="F105">
+        <v>1998</v>
+      </c>
+      <c r="G105" t="s">
+        <v>102</v>
+      </c>
+      <c r="H105" t="s">
+        <v>2024</v>
+      </c>
+      <c r="I105" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A106" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B106" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C106" t="s">
+        <v>1686</v>
+      </c>
+      <c r="D106" t="s">
+        <v>932</v>
+      </c>
+      <c r="E106" t="s">
+        <v>933</v>
+      </c>
+      <c r="F106">
+        <v>1996</v>
+      </c>
+      <c r="G106" t="s">
+        <v>103</v>
+      </c>
+      <c r="H106" t="s">
+        <v>2024</v>
+      </c>
+      <c r="I106" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A107" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B107" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C107" t="s">
+        <v>1687</v>
+      </c>
+      <c r="D107" t="s">
+        <v>932</v>
+      </c>
+      <c r="E107" t="s">
+        <v>933</v>
+      </c>
+      <c r="F107">
+        <v>1996</v>
+      </c>
+      <c r="G107" t="s">
+        <v>104</v>
+      </c>
+      <c r="H107" t="s">
+        <v>2024</v>
+      </c>
+      <c r="I107" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A108" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B108" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C108" t="s">
+        <v>1688</v>
+      </c>
+      <c r="D108" t="s">
+        <v>932</v>
+      </c>
+      <c r="E108" t="s">
+        <v>933</v>
+      </c>
+      <c r="F108">
+        <v>1996</v>
+      </c>
+      <c r="G108" t="s">
+        <v>105</v>
+      </c>
+      <c r="H108" t="s">
+        <v>2024</v>
+      </c>
+      <c r="I108" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A109" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B109" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C109" t="s">
+        <v>1689</v>
+      </c>
+      <c r="D109" t="s">
+        <v>932</v>
+      </c>
+      <c r="E109" t="s">
+        <v>933</v>
+      </c>
+      <c r="F109">
+        <v>1996</v>
+      </c>
+      <c r="G109" t="s">
+        <v>106</v>
+      </c>
+      <c r="H109" t="s">
+        <v>2024</v>
+      </c>
+      <c r="I109" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A110" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B110" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C110" t="s">
+        <v>1690</v>
+      </c>
+      <c r="D110" t="s">
+        <v>932</v>
+      </c>
+      <c r="E110" t="s">
+        <v>933</v>
+      </c>
+      <c r="F110">
+        <v>1996</v>
+      </c>
+      <c r="G110" t="s">
+        <v>107</v>
+      </c>
+      <c r="H110" t="s">
+        <v>2024</v>
+      </c>
+      <c r="I110" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A111" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B111" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C111" t="s">
+        <v>1691</v>
+      </c>
+      <c r="D111" t="s">
+        <v>932</v>
+      </c>
+      <c r="E111" t="s">
+        <v>933</v>
+      </c>
+      <c r="F111">
+        <v>2017</v>
+      </c>
+      <c r="G111" t="s">
+        <v>108</v>
+      </c>
+      <c r="H111" t="s">
+        <v>2024</v>
+      </c>
+      <c r="I111" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A112" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B112" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C112" t="s">
+        <v>1692</v>
+      </c>
+      <c r="D112" t="s">
+        <v>932</v>
+      </c>
+      <c r="E112" t="s">
+        <v>933</v>
+      </c>
+      <c r="F112">
+        <v>2020</v>
+      </c>
+      <c r="G112" t="s">
+        <v>109</v>
+      </c>
+      <c r="H112" t="s">
+        <v>2024</v>
+      </c>
+      <c r="I112" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A113" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B113" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C113" t="s">
+        <v>1693</v>
+      </c>
+      <c r="D113" t="s">
+        <v>932</v>
+      </c>
+      <c r="E113" t="s">
+        <v>933</v>
+      </c>
+      <c r="F113">
+        <v>1967</v>
+      </c>
+      <c r="G113" t="s">
+        <v>110</v>
+      </c>
+      <c r="H113" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I113" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A114" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B114" t="s">
+        <v>1448</v>
+      </c>
+      <c r="C114" t="s">
+        <v>1694</v>
+      </c>
+      <c r="D114" t="s">
+        <v>932</v>
+      </c>
+      <c r="E114" t="s">
+        <v>933</v>
+      </c>
+      <c r="F114">
+        <v>1987</v>
+      </c>
+      <c r="G114" t="s">
+        <v>111</v>
+      </c>
+      <c r="H114" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I114" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A115" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B115" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C115" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D115" t="s">
+        <v>932</v>
+      </c>
+      <c r="E115" t="s">
+        <v>933</v>
+      </c>
+      <c r="F115">
+        <v>1967</v>
+      </c>
+      <c r="G115" t="s">
+        <v>112</v>
+      </c>
+      <c r="H115" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I115" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A116" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B116" t="s">
+        <v>1425</v>
+      </c>
+      <c r="C116" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D116" t="s">
+        <v>932</v>
+      </c>
+      <c r="E116" t="s">
+        <v>933</v>
+      </c>
+      <c r="F116">
+        <v>2009</v>
+      </c>
+      <c r="G116" t="s">
+        <v>113</v>
+      </c>
+      <c r="H116" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I116" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A117" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B117" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C117" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D117" t="s">
+        <v>932</v>
+      </c>
+      <c r="E117" t="s">
+        <v>933</v>
+      </c>
+      <c r="F117">
+        <v>2009</v>
+      </c>
+      <c r="G117" t="s">
+        <v>114</v>
+      </c>
+      <c r="H117" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I117" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A118" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B118" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C118" t="s">
+        <v>1695</v>
+      </c>
+      <c r="D118" t="s">
+        <v>932</v>
+      </c>
+      <c r="E118" t="s">
+        <v>933</v>
+      </c>
+      <c r="F118">
+        <v>2009</v>
+      </c>
+      <c r="G118" t="s">
+        <v>115</v>
+      </c>
+      <c r="H118" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I118" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A119" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B119" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C119" t="s">
+        <v>1696</v>
+      </c>
+      <c r="D119" t="s">
+        <v>932</v>
+      </c>
+      <c r="E119" t="s">
+        <v>933</v>
+      </c>
+      <c r="F119">
+        <v>2009</v>
+      </c>
+      <c r="G119" t="s">
+        <v>116</v>
+      </c>
+      <c r="H119" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I119" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A120" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B120" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C120" t="s">
+        <v>1697</v>
+      </c>
+      <c r="D120" t="s">
+        <v>932</v>
+      </c>
+      <c r="E120" t="s">
+        <v>933</v>
+      </c>
+      <c r="F120">
+        <v>2009</v>
+      </c>
+      <c r="G120" t="s">
+        <v>117</v>
+      </c>
+      <c r="H120" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I120" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A121" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B121" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C121" t="s">
+        <v>1698</v>
+      </c>
+      <c r="D121" t="s">
+        <v>932</v>
+      </c>
+      <c r="E121" t="s">
+        <v>933</v>
+      </c>
+      <c r="F121">
+        <v>2009</v>
+      </c>
+      <c r="G121" t="s">
+        <v>118</v>
+      </c>
+      <c r="H121" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I121" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A122" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B122" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C122" t="s">
+        <v>1699</v>
+      </c>
+      <c r="D122" t="s">
+        <v>932</v>
+      </c>
+      <c r="E122" t="s">
+        <v>933</v>
+      </c>
+      <c r="F122">
+        <v>2009</v>
+      </c>
+      <c r="G122" t="s">
+        <v>119</v>
+      </c>
+      <c r="H122" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I122" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A123" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B123" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C123" t="s">
+        <v>1700</v>
+      </c>
+      <c r="D123" t="s">
+        <v>932</v>
+      </c>
+      <c r="E123" t="s">
+        <v>933</v>
+      </c>
+      <c r="F123">
+        <v>2009</v>
+      </c>
+      <c r="G123" t="s">
+        <v>120</v>
+      </c>
+      <c r="H123" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I123" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A124" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B124" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C124" t="s">
+        <v>1701</v>
+      </c>
+      <c r="D124" t="s">
+        <v>932</v>
+      </c>
+      <c r="E124" t="s">
+        <v>933</v>
+      </c>
+      <c r="F124">
+        <v>2009</v>
+      </c>
+      <c r="G124" t="s">
+        <v>121</v>
+      </c>
+      <c r="H124" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I124" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A125" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B125" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C125" t="s">
+        <v>1702</v>
+      </c>
+      <c r="D125" t="s">
+        <v>932</v>
+      </c>
+      <c r="E125" t="s">
+        <v>933</v>
+      </c>
+      <c r="F125">
+        <v>2009</v>
+      </c>
+      <c r="G125" t="s">
+        <v>122</v>
+      </c>
+      <c r="H125" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I125" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="126" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A126" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B126" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C126" t="s">
+        <v>1703</v>
+      </c>
+      <c r="D126" t="s">
+        <v>932</v>
+      </c>
+      <c r="E126" t="s">
+        <v>933</v>
+      </c>
+      <c r="F126">
+        <v>2009</v>
+      </c>
+      <c r="G126" t="s">
+        <v>123</v>
+      </c>
+      <c r="H126" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I126" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A127" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B127" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C127" t="s">
+        <v>1704</v>
+      </c>
+      <c r="D127" t="s">
+        <v>932</v>
+      </c>
+      <c r="E127" t="s">
+        <v>933</v>
+      </c>
+      <c r="F127">
+        <v>2009</v>
+      </c>
+      <c r="G127" t="s">
+        <v>124</v>
+      </c>
+      <c r="H127" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I127" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="128" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A128" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B128" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C128" t="s">
+        <v>1705</v>
+      </c>
+      <c r="D128" t="s">
+        <v>932</v>
+      </c>
+      <c r="E128" t="s">
+        <v>933</v>
+      </c>
+      <c r="F128">
+        <v>2009</v>
+      </c>
+      <c r="G128" t="s">
+        <v>125</v>
+      </c>
+      <c r="H128" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I128" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A129" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B129" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C129" t="s">
+        <v>1706</v>
+      </c>
+      <c r="D129" t="s">
+        <v>932</v>
+      </c>
+      <c r="E129" t="s">
+        <v>933</v>
+      </c>
+      <c r="F129">
+        <v>2009</v>
+      </c>
+      <c r="G129" t="s">
+        <v>126</v>
+      </c>
+      <c r="H129" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I129" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A130" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B130" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C130" t="s">
+        <v>1707</v>
+      </c>
+      <c r="D130" t="s">
+        <v>932</v>
+      </c>
+      <c r="E130" t="s">
+        <v>933</v>
+      </c>
+      <c r="F130">
+        <v>2009</v>
+      </c>
+      <c r="G130" t="s">
+        <v>127</v>
+      </c>
+      <c r="H130" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I130" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A131" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B131" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C131" t="s">
+        <v>1708</v>
+      </c>
+      <c r="D131" t="s">
+        <v>932</v>
+      </c>
+      <c r="E131" t="s">
+        <v>933</v>
+      </c>
+      <c r="F131">
+        <v>2002</v>
+      </c>
+      <c r="G131" t="s">
+        <v>128</v>
+      </c>
+      <c r="H131" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I131" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="132" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A132" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B132" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C132" t="s">
+        <v>1709</v>
+      </c>
+      <c r="D132" t="s">
+        <v>932</v>
+      </c>
+      <c r="E132" t="s">
+        <v>933</v>
+      </c>
+      <c r="F132">
+        <v>1963</v>
+      </c>
+      <c r="G132" t="s">
+        <v>129</v>
+      </c>
+      <c r="H132" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I132" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A133" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B133" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C133" t="s">
+        <v>1710</v>
+      </c>
+      <c r="D133" t="s">
+        <v>932</v>
+      </c>
+      <c r="E133" t="s">
+        <v>933</v>
+      </c>
+      <c r="F133">
+        <v>2018</v>
+      </c>
+      <c r="G133" t="s">
+        <v>130</v>
+      </c>
+      <c r="H133" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I133" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A134" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B134" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C134" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D134" t="s">
+        <v>932</v>
+      </c>
+      <c r="E134" t="s">
+        <v>933</v>
+      </c>
+      <c r="F134">
+        <v>2018</v>
+      </c>
+      <c r="G134" t="s">
+        <v>131</v>
+      </c>
+      <c r="H134" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I134" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="135" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A135" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B135" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C135" t="s">
+        <v>1711</v>
+      </c>
+      <c r="D135" t="s">
+        <v>932</v>
+      </c>
+      <c r="E135" t="s">
+        <v>933</v>
+      </c>
+      <c r="F135">
+        <v>2018</v>
+      </c>
+      <c r="G135" t="s">
+        <v>132</v>
+      </c>
+      <c r="H135" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I135" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A136" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B136" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C136" t="s">
+        <v>1712</v>
+      </c>
+      <c r="D136" t="s">
+        <v>932</v>
+      </c>
+      <c r="E136" t="s">
+        <v>933</v>
+      </c>
+      <c r="F136">
+        <v>2018</v>
+      </c>
+      <c r="G136" t="s">
+        <v>133</v>
+      </c>
+      <c r="H136" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I136" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A137" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B137" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C137" t="s">
+        <v>1713</v>
+      </c>
+      <c r="D137" t="s">
+        <v>932</v>
+      </c>
+      <c r="E137" t="s">
+        <v>933</v>
+      </c>
+      <c r="F137">
+        <v>2018</v>
+      </c>
+      <c r="G137" t="s">
+        <v>134</v>
+      </c>
+      <c r="H137" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I137" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="138" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A138" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B138" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C138" t="s">
+        <v>1714</v>
+      </c>
+      <c r="D138" t="s">
+        <v>932</v>
+      </c>
+      <c r="E138" t="s">
+        <v>933</v>
+      </c>
+      <c r="F138">
+        <v>2018</v>
+      </c>
+      <c r="G138" t="s">
+        <v>135</v>
+      </c>
+      <c r="H138" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I138" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A139" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B139" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C139" t="s">
+        <v>1715</v>
+      </c>
+      <c r="D139" t="s">
+        <v>932</v>
+      </c>
+      <c r="E139" t="s">
+        <v>933</v>
+      </c>
+      <c r="F139">
+        <v>2018</v>
+      </c>
+      <c r="G139" t="s">
+        <v>136</v>
+      </c>
+      <c r="H139" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I139" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A140" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B140" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C140" t="s">
+        <v>1716</v>
+      </c>
+      <c r="D140" t="s">
+        <v>932</v>
+      </c>
+      <c r="E140" t="s">
+        <v>933</v>
+      </c>
+      <c r="F140">
+        <v>2016</v>
+      </c>
+      <c r="G140" t="s">
+        <v>137</v>
+      </c>
+      <c r="H140" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I140" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="141" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A141" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B141" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C141" t="s">
+        <v>1717</v>
+      </c>
+      <c r="D141" t="s">
+        <v>932</v>
+      </c>
+      <c r="E141" t="s">
+        <v>933</v>
+      </c>
+      <c r="F141">
+        <v>2016</v>
+      </c>
+      <c r="G141" t="s">
+        <v>138</v>
+      </c>
+      <c r="H141" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I141" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="142" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A142" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B142" t="s">
+        <v>1455</v>
+      </c>
+      <c r="C142" t="s">
+        <v>1718</v>
+      </c>
+      <c r="D142" t="s">
+        <v>932</v>
+      </c>
+      <c r="E142" t="s">
+        <v>933</v>
+      </c>
+      <c r="F142">
+        <v>2016</v>
+      </c>
+      <c r="G142" t="s">
+        <v>139</v>
+      </c>
+      <c r="H142" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I142" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="143" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A143" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B143" t="s">
+        <v>1455</v>
+      </c>
+      <c r="C143" t="s">
+        <v>1719</v>
+      </c>
+      <c r="D143" t="s">
+        <v>932</v>
+      </c>
+      <c r="E143" t="s">
+        <v>933</v>
+      </c>
+      <c r="F143">
+        <v>2023</v>
+      </c>
+      <c r="G143" t="s">
+        <v>140</v>
+      </c>
+      <c r="H143" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I143" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="144" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A144" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B144" t="s">
+        <v>1456</v>
+      </c>
+      <c r="C144" t="s">
+        <v>1720</v>
+      </c>
+      <c r="D144" t="s">
+        <v>932</v>
+      </c>
+      <c r="E144" t="s">
+        <v>933</v>
+      </c>
+      <c r="F144">
+        <v>2017</v>
+      </c>
+      <c r="G144" t="s">
+        <v>141</v>
+      </c>
+      <c r="H144" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I144" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="145" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A145" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B145" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C145" t="s">
+        <v>1721</v>
+      </c>
+      <c r="D145" t="s">
+        <v>932</v>
+      </c>
+      <c r="E145" t="s">
+        <v>933</v>
+      </c>
+      <c r="F145">
+        <v>1975</v>
+      </c>
+      <c r="G145" t="s">
+        <v>142</v>
+      </c>
+      <c r="H145" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I145" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="146" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A146" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B146" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C146" t="s">
+        <v>1722</v>
+      </c>
+      <c r="D146" t="s">
+        <v>932</v>
+      </c>
+      <c r="E146" t="s">
+        <v>933</v>
+      </c>
+      <c r="F146">
+        <v>1975</v>
+      </c>
+      <c r="G146" t="s">
+        <v>143</v>
+      </c>
+      <c r="H146" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I146" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A147" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B147" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C147" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D147" t="s">
+        <v>932</v>
+      </c>
+      <c r="E147" t="s">
+        <v>933</v>
+      </c>
+      <c r="F147">
+        <v>1975</v>
+      </c>
+      <c r="G147" t="s">
+        <v>144</v>
+      </c>
+      <c r="H147" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I147" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="148" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A148" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B148" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C148" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D148" t="s">
+        <v>932</v>
+      </c>
+      <c r="E148" t="s">
+        <v>933</v>
+      </c>
+      <c r="F148">
+        <v>1963</v>
+      </c>
+      <c r="G148" t="s">
+        <v>145</v>
+      </c>
+      <c r="H148" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I148" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A149" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B149" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C149" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D149" t="s">
+        <v>932</v>
+      </c>
+      <c r="E149" t="s">
+        <v>933</v>
+      </c>
+      <c r="F149">
+        <v>1993</v>
+      </c>
+      <c r="G149" t="s">
+        <v>146</v>
+      </c>
+      <c r="H149" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I149" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A150" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B150" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C150" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D150" t="s">
+        <v>932</v>
+      </c>
+      <c r="E150" t="s">
+        <v>933</v>
+      </c>
+      <c r="F150">
+        <v>2006</v>
+      </c>
+      <c r="G150" t="s">
+        <v>147</v>
+      </c>
+      <c r="H150" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I150" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="151" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A151" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B151" t="s">
+        <v>1461</v>
+      </c>
+      <c r="C151" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D151" t="s">
+        <v>932</v>
+      </c>
+      <c r="E151" t="s">
+        <v>933</v>
+      </c>
+      <c r="F151">
+        <v>1973</v>
+      </c>
+      <c r="G151" t="s">
+        <v>148</v>
+      </c>
+      <c r="H151" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I151" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A152" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B152" t="s">
+        <v>1462</v>
+      </c>
+      <c r="C152" t="s">
+        <v>1723</v>
+      </c>
+      <c r="D152" t="s">
+        <v>932</v>
+      </c>
+      <c r="E152" t="s">
+        <v>933</v>
+      </c>
+      <c r="F152">
+        <v>1998</v>
+      </c>
+      <c r="G152" t="s">
+        <v>149</v>
+      </c>
+      <c r="H152" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I152" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A153" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B153" t="s">
+        <v>1463</v>
+      </c>
+      <c r="C153" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D153" t="s">
+        <v>932</v>
+      </c>
+      <c r="E153" t="s">
+        <v>933</v>
+      </c>
+      <c r="F153">
+        <v>1976</v>
+      </c>
+      <c r="G153" t="s">
+        <v>150</v>
+      </c>
+      <c r="H153" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I153" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="154" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A154" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B154" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C154" t="s">
+        <v>1724</v>
+      </c>
+      <c r="D154" t="s">
+        <v>932</v>
+      </c>
+      <c r="E154" t="s">
+        <v>933</v>
+      </c>
+      <c r="F154">
+        <v>2020</v>
+      </c>
+      <c r="G154" t="s">
+        <v>151</v>
+      </c>
+      <c r="H154" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I154" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="155" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A155" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B155" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C155" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D155" t="s">
+        <v>932</v>
+      </c>
+      <c r="E155" t="s">
+        <v>933</v>
+      </c>
+      <c r="F155">
+        <v>2023</v>
+      </c>
+      <c r="G155" t="s">
+        <v>152</v>
+      </c>
+      <c r="H155" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I155" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="156" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A156" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B156" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C156" t="s">
+        <v>1725</v>
+      </c>
+      <c r="D156" t="s">
+        <v>932</v>
+      </c>
+      <c r="E156" t="s">
+        <v>933</v>
+      </c>
+      <c r="F156">
+        <v>1999</v>
+      </c>
+      <c r="G156" t="s">
+        <v>153</v>
+      </c>
+      <c r="H156" t="s">
+        <v>2025</v>
+      </c>
+      <c r="I156" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="157" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A157" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B157" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C157" t="s">
+        <v>1726</v>
+      </c>
+      <c r="D157" t="s">
+        <v>932</v>
+      </c>
+      <c r="E157" t="s">
+        <v>933</v>
+      </c>
+      <c r="F157">
+        <v>2021</v>
+      </c>
+      <c r="G157" t="s">
+        <v>154</v>
+      </c>
+      <c r="H157" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I157" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="158" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A158" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B158" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C158" t="s">
+        <v>1727</v>
+      </c>
+      <c r="D158" t="s">
+        <v>932</v>
+      </c>
+      <c r="E158" t="s">
+        <v>933</v>
+      </c>
+      <c r="F158">
+        <v>2010</v>
+      </c>
+      <c r="G158" t="s">
+        <v>155</v>
+      </c>
+      <c r="H158" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I158" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="159" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A159" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B159" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C159" t="s">
+        <v>1728</v>
+      </c>
+      <c r="D159" t="s">
+        <v>932</v>
+      </c>
+      <c r="E159" t="s">
+        <v>933</v>
+      </c>
+      <c r="F159">
+        <v>2019</v>
+      </c>
+      <c r="G159" t="s">
+        <v>156</v>
+      </c>
+      <c r="H159" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I159" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="160" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A160" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B160" t="s">
+        <v>1468</v>
+      </c>
+      <c r="C160" t="s">
+        <v>1729</v>
+      </c>
+      <c r="D160" t="s">
+        <v>932</v>
+      </c>
+      <c r="E160" t="s">
+        <v>933</v>
+      </c>
+      <c r="F160">
+        <v>2022</v>
+      </c>
+      <c r="G160" t="s">
+        <v>157</v>
+      </c>
+      <c r="H160" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I160" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="161" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A161" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B161" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C161" t="s">
+        <v>1730</v>
+      </c>
+      <c r="D161" t="s">
+        <v>932</v>
+      </c>
+      <c r="E161" t="s">
+        <v>933</v>
+      </c>
+      <c r="F161">
+        <v>2022</v>
+      </c>
+      <c r="G161" t="s">
+        <v>158</v>
+      </c>
+      <c r="H161" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I161" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="162" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A162" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B162" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C162" t="s">
+        <v>1731</v>
+      </c>
+      <c r="D162" t="s">
+        <v>932</v>
+      </c>
+      <c r="E162" t="s">
+        <v>933</v>
+      </c>
+      <c r="F162">
+        <v>2022</v>
+      </c>
+      <c r="G162" t="s">
+        <v>159</v>
+      </c>
+      <c r="H162" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I162" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="163" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A163" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B163" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C163" t="s">
+        <v>1732</v>
+      </c>
+      <c r="D163" t="s">
+        <v>932</v>
+      </c>
+      <c r="E163" t="s">
+        <v>933</v>
+      </c>
+      <c r="F163">
+        <v>2022</v>
+      </c>
+      <c r="G163" t="s">
+        <v>160</v>
+      </c>
+      <c r="H163" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I163" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="164" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A164" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B164" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C164" t="s">
+        <v>1733</v>
+      </c>
+      <c r="D164" t="s">
+        <v>932</v>
+      </c>
+      <c r="E164" t="s">
+        <v>933</v>
+      </c>
+      <c r="F164">
+        <v>2022</v>
+      </c>
+      <c r="G164" t="s">
+        <v>161</v>
+      </c>
+      <c r="H164" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I164" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="165" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A165" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B165" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C165" t="s">
+        <v>1734</v>
+      </c>
+      <c r="D165" t="s">
+        <v>932</v>
+      </c>
+      <c r="E165" t="s">
+        <v>933</v>
+      </c>
+      <c r="F165">
+        <v>2020</v>
+      </c>
+      <c r="G165" t="s">
+        <v>162</v>
+      </c>
+      <c r="H165" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I165" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="166" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A166" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B166" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C166" t="s">
+        <v>1735</v>
+      </c>
+      <c r="D166" t="s">
+        <v>932</v>
+      </c>
+      <c r="E166" t="s">
+        <v>933</v>
+      </c>
+      <c r="F166">
+        <v>2023</v>
+      </c>
+      <c r="G166" t="s">
+        <v>163</v>
+      </c>
+      <c r="H166" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I166" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="167" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A167" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B167" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C167" t="s">
+        <v>1736</v>
+      </c>
+      <c r="D167" t="s">
+        <v>932</v>
+      </c>
+      <c r="E167" t="s">
+        <v>933</v>
+      </c>
+      <c r="F167">
+        <v>2018</v>
+      </c>
+      <c r="G167" t="s">
+        <v>164</v>
+      </c>
+      <c r="H167" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I167" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="168" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A168" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B168" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C168" t="s">
+        <v>1737</v>
+      </c>
+      <c r="D168" t="s">
+        <v>932</v>
+      </c>
+      <c r="E168" t="s">
+        <v>933</v>
+      </c>
+      <c r="F168">
+        <v>2005</v>
+      </c>
+      <c r="G168" t="s">
+        <v>165</v>
+      </c>
+      <c r="H168" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I168" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="169" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A169" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B169" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C169" t="s">
+        <v>1738</v>
+      </c>
+      <c r="D169" t="s">
+        <v>932</v>
+      </c>
+      <c r="E169" t="s">
+        <v>933</v>
+      </c>
+      <c r="F169">
+        <v>2006</v>
+      </c>
+      <c r="G169" t="s">
+        <v>166</v>
+      </c>
+      <c r="H169" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I169" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="170" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A170" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B170" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C170" t="s">
+        <v>1739</v>
+      </c>
+      <c r="D170" t="s">
+        <v>932</v>
+      </c>
+      <c r="E170" t="s">
+        <v>933</v>
+      </c>
+      <c r="F170">
+        <v>2024</v>
+      </c>
+      <c r="G170" t="s">
+        <v>167</v>
+      </c>
+      <c r="H170" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I170" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A171" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B171" t="s">
+        <v>1472</v>
+      </c>
+      <c r="C171" t="s">
+        <v>1740</v>
+      </c>
+      <c r="D171" t="s">
+        <v>932</v>
+      </c>
+      <c r="E171" t="s">
+        <v>933</v>
+      </c>
+      <c r="F171">
+        <v>2023</v>
+      </c>
+      <c r="G171" t="s">
+        <v>168</v>
+      </c>
+      <c r="H171" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I171" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="172" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A172" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B172" t="s">
+        <v>1472</v>
+      </c>
+      <c r="C172" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D172" t="s">
+        <v>932</v>
+      </c>
+      <c r="E172" t="s">
+        <v>933</v>
+      </c>
+      <c r="F172">
+        <v>2023</v>
+      </c>
+      <c r="G172" t="s">
+        <v>169</v>
+      </c>
+      <c r="H172" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I172" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="173" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A173" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B173" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C173" t="s">
+        <v>1742</v>
+      </c>
+      <c r="D173" t="s">
+        <v>932</v>
+      </c>
+      <c r="E173" t="s">
+        <v>933</v>
+      </c>
+      <c r="F173">
+        <v>2013</v>
+      </c>
+      <c r="G173" t="s">
+        <v>170</v>
+      </c>
+      <c r="H173" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I173" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="174" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A174" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B174" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C174" t="s">
+        <v>1743</v>
+      </c>
+      <c r="D174" t="s">
+        <v>932</v>
+      </c>
+      <c r="E174" t="s">
+        <v>933</v>
+      </c>
+      <c r="F174">
+        <v>2008</v>
+      </c>
+      <c r="G174" t="s">
+        <v>171</v>
+      </c>
+      <c r="H174" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I174" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="175" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A175" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B175" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C175" t="s">
+        <v>1744</v>
+      </c>
+      <c r="D175" t="s">
+        <v>932</v>
+      </c>
+      <c r="E175" t="s">
+        <v>933</v>
+      </c>
+      <c r="F175">
+        <v>2005</v>
+      </c>
+      <c r="G175" t="s">
+        <v>172</v>
+      </c>
+      <c r="H175" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I175" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="176" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A176" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B176" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C176" t="s">
+        <v>1745</v>
+      </c>
+      <c r="D176" t="s">
+        <v>932</v>
+      </c>
+      <c r="E176" t="s">
+        <v>933</v>
+      </c>
+      <c r="F176">
+        <v>2005</v>
+      </c>
+      <c r="G176" t="s">
+        <v>173</v>
+      </c>
+      <c r="H176" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I176" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="177" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A177" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B177" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C177" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D177" t="s">
+        <v>932</v>
+      </c>
+      <c r="E177" t="s">
+        <v>933</v>
+      </c>
+      <c r="F177">
+        <v>2019</v>
+      </c>
+      <c r="G177" t="s">
+        <v>174</v>
+      </c>
+      <c r="H177" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I177" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="178" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A178" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B178" t="s">
+        <v>1475</v>
+      </c>
+      <c r="C178" t="s">
+        <v>1747</v>
+      </c>
+      <c r="D178" t="s">
+        <v>932</v>
+      </c>
+      <c r="E178" t="s">
+        <v>933</v>
+      </c>
+      <c r="F178">
+        <v>2020</v>
+      </c>
+      <c r="G178" t="s">
+        <v>175</v>
+      </c>
+      <c r="H178" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I178" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="179" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A179" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B179" t="s">
+        <v>1475</v>
+      </c>
+      <c r="C179" t="s">
+        <v>1748</v>
+      </c>
+      <c r="D179" t="s">
+        <v>932</v>
+      </c>
+      <c r="E179" t="s">
+        <v>933</v>
+      </c>
+      <c r="F179">
+        <v>1988</v>
+      </c>
+      <c r="G179" t="s">
+        <v>176</v>
+      </c>
+      <c r="H179" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I179" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="180" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A180" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B180" t="s">
+        <v>1476</v>
+      </c>
+      <c r="C180" t="s">
+        <v>1749</v>
+      </c>
+      <c r="D180" t="s">
+        <v>932</v>
+      </c>
+      <c r="E180" t="s">
+        <v>933</v>
+      </c>
+      <c r="F180">
+        <v>2010</v>
+      </c>
+      <c r="G180" t="s">
+        <v>177</v>
+      </c>
+      <c r="H180" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I180" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="181" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A181" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B181" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C181" t="s">
+        <v>1750</v>
+      </c>
+      <c r="D181" t="s">
+        <v>932</v>
+      </c>
+      <c r="E181" t="s">
+        <v>933</v>
+      </c>
+      <c r="F181">
+        <v>1997</v>
+      </c>
+      <c r="G181" t="s">
+        <v>178</v>
+      </c>
+      <c r="H181" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I181" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="182" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A182" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B182" t="s">
+        <v>1478</v>
+      </c>
+      <c r="C182" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D182" t="s">
+        <v>932</v>
+      </c>
+      <c r="E182" t="s">
+        <v>933</v>
+      </c>
+      <c r="F182">
+        <v>2013</v>
+      </c>
+      <c r="G182" t="s">
+        <v>179</v>
+      </c>
+      <c r="H182" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I182" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="183" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A183" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B183" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C183" t="s">
+        <v>1751</v>
+      </c>
+      <c r="D183" t="s">
+        <v>932</v>
+      </c>
+      <c r="E183" t="s">
+        <v>933</v>
+      </c>
+      <c r="F183">
+        <v>2010</v>
+      </c>
+      <c r="G183" t="s">
+        <v>180</v>
+      </c>
+      <c r="H183" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I183" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="184" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A184" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C184" t="s">
+        <v>1752</v>
+      </c>
+      <c r="D184" t="s">
+        <v>932</v>
+      </c>
+      <c r="E184" t="s">
+        <v>933</v>
+      </c>
+      <c r="F184">
+        <v>2002</v>
+      </c>
+      <c r="G184" t="s">
+        <v>181</v>
+      </c>
+      <c r="H184" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I184" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="185" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A185" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B185" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C185" t="s">
+        <v>1753</v>
+      </c>
+      <c r="D185" t="s">
+        <v>932</v>
+      </c>
+      <c r="E185" t="s">
+        <v>933</v>
+      </c>
+      <c r="F185">
+        <v>1998</v>
+      </c>
+      <c r="G185" t="s">
+        <v>182</v>
+      </c>
+      <c r="H185" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I185" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="186" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A186" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C186" t="s">
+        <v>1754</v>
+      </c>
+      <c r="D186" t="s">
+        <v>932</v>
+      </c>
+      <c r="E186" t="s">
+        <v>933</v>
+      </c>
+      <c r="F186">
+        <v>2021</v>
+      </c>
+      <c r="G186" t="s">
+        <v>183</v>
+      </c>
+      <c r="H186" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I186" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="187" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A187" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1755</v>
+      </c>
+      <c r="D187" t="s">
+        <v>932</v>
+      </c>
+      <c r="E187" t="s">
+        <v>933</v>
+      </c>
+      <c r="F187">
+        <v>2017</v>
+      </c>
+      <c r="G187" t="s">
+        <v>184</v>
+      </c>
+      <c r="H187" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I187" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="188" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A188" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C188" t="s">
+        <v>1756</v>
+      </c>
+      <c r="D188" t="s">
+        <v>932</v>
+      </c>
+      <c r="E188" t="s">
+        <v>933</v>
+      </c>
+      <c r="F188">
+        <v>2017</v>
+      </c>
+      <c r="G188" t="s">
+        <v>185</v>
+      </c>
+      <c r="H188" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I188" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="189" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A189" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C189" t="s">
+        <v>1757</v>
+      </c>
+      <c r="D189" t="s">
+        <v>932</v>
+      </c>
+      <c r="E189" t="s">
+        <v>933</v>
+      </c>
+      <c r="F189">
+        <v>2013</v>
+      </c>
+      <c r="G189" t="s">
+        <v>186</v>
+      </c>
+      <c r="H189" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I189" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="190" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A190" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1482</v>
+      </c>
+      <c r="C190" t="s">
+        <v>1758</v>
+      </c>
+      <c r="D190" t="s">
+        <v>932</v>
+      </c>
+      <c r="E190" t="s">
+        <v>933</v>
+      </c>
+      <c r="F190">
+        <v>2012</v>
+      </c>
+      <c r="G190" t="s">
+        <v>187</v>
+      </c>
+      <c r="H190" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I190" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="191" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A191" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C191" t="s">
+        <v>1759</v>
+      </c>
+      <c r="D191" t="s">
+        <v>932</v>
+      </c>
+      <c r="E191" t="s">
+        <v>933</v>
+      </c>
+      <c r="F191">
+        <v>2004</v>
+      </c>
+      <c r="G191" t="s">
+        <v>188</v>
+      </c>
+      <c r="H191" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I191" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="192" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A192" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C192" t="s">
+        <v>1760</v>
+      </c>
+      <c r="D192" t="s">
+        <v>932</v>
+      </c>
+      <c r="E192" t="s">
+        <v>933</v>
+      </c>
+      <c r="F192">
+        <v>2017</v>
+      </c>
+      <c r="G192" t="s">
+        <v>189</v>
+      </c>
+      <c r="H192" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I192" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="193" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A193" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1761</v>
+      </c>
+      <c r="D193" t="s">
+        <v>932</v>
+      </c>
+      <c r="E193" t="s">
+        <v>933</v>
+      </c>
+      <c r="F193">
+        <v>2008</v>
+      </c>
+      <c r="G193" t="s">
+        <v>190</v>
+      </c>
+      <c r="H193" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I193" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="194" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A194" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1762</v>
+      </c>
+      <c r="D194" t="s">
+        <v>932</v>
+      </c>
+      <c r="E194" t="s">
+        <v>933</v>
+      </c>
+      <c r="F194">
+        <v>2014</v>
+      </c>
+      <c r="G194" t="s">
+        <v>191</v>
+      </c>
+      <c r="H194" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I194" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="195" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A195" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1486</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1763</v>
+      </c>
+      <c r="D195" t="s">
+        <v>932</v>
+      </c>
+      <c r="E195" t="s">
+        <v>933</v>
+      </c>
+      <c r="F195">
+        <v>2009</v>
+      </c>
+      <c r="G195" t="s">
+        <v>192</v>
+      </c>
+      <c r="H195" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I195" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="196" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A196" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C196" t="s">
+        <v>1764</v>
+      </c>
+      <c r="D196" t="s">
+        <v>932</v>
+      </c>
+      <c r="E196" t="s">
+        <v>933</v>
+      </c>
+      <c r="F196">
+        <v>2008</v>
+      </c>
+      <c r="G196" t="s">
+        <v>193</v>
+      </c>
+      <c r="H196" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I196" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="197" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A197" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1765</v>
+      </c>
+      <c r="D197" t="s">
+        <v>932</v>
+      </c>
+      <c r="E197" t="s">
+        <v>933</v>
+      </c>
+      <c r="F197">
+        <v>2001</v>
+      </c>
+      <c r="G197" t="s">
+        <v>194</v>
+      </c>
+      <c r="H197" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I197" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="198" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A198" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1766</v>
+      </c>
+      <c r="D198" t="s">
+        <v>932</v>
+      </c>
+      <c r="E198" t="s">
+        <v>933</v>
+      </c>
+      <c r="F198">
+        <v>2021</v>
+      </c>
+      <c r="G198" t="s">
+        <v>195</v>
+      </c>
+      <c r="H198" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I198" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="199" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A199" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1767</v>
+      </c>
+      <c r="D199" t="s">
+        <v>932</v>
+      </c>
+      <c r="E199" t="s">
+        <v>933</v>
+      </c>
+      <c r="F199">
+        <v>2019</v>
+      </c>
+      <c r="G199" t="s">
+        <v>196</v>
+      </c>
+      <c r="H199" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I199" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="200" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A200" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1768</v>
+      </c>
+      <c r="D200" t="s">
+        <v>932</v>
+      </c>
+      <c r="E200" t="s">
+        <v>933</v>
+      </c>
+      <c r="F200">
+        <v>2019</v>
+      </c>
+      <c r="G200" t="s">
+        <v>197</v>
+      </c>
+      <c r="H200" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I200" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="201" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A201" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C201" t="s">
+        <v>1769</v>
+      </c>
+      <c r="D201" t="s">
+        <v>932</v>
+      </c>
+      <c r="E201" t="s">
+        <v>933</v>
+      </c>
+      <c r="F201">
+        <v>2019</v>
+      </c>
+      <c r="G201" t="s">
+        <v>198</v>
+      </c>
+      <c r="H201" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I201" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="202" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A202" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C202" t="s">
+        <v>1770</v>
+      </c>
+      <c r="D202" t="s">
+        <v>932</v>
+      </c>
+      <c r="E202" t="s">
+        <v>933</v>
+      </c>
+      <c r="F202">
+        <v>2021</v>
+      </c>
+      <c r="G202" t="s">
+        <v>199</v>
+      </c>
+      <c r="H202" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I202" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="203" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A203" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C203" t="s">
+        <v>1771</v>
+      </c>
+      <c r="D203" t="s">
+        <v>932</v>
+      </c>
+      <c r="E203" t="s">
+        <v>933</v>
+      </c>
+      <c r="F203">
+        <v>2019</v>
+      </c>
+      <c r="G203" t="s">
+        <v>200</v>
+      </c>
+      <c r="H203" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I203" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="204" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A204" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C204" t="s">
+        <v>1772</v>
+      </c>
+      <c r="D204" t="s">
+        <v>932</v>
+      </c>
+      <c r="E204" t="s">
+        <v>933</v>
+      </c>
+      <c r="F204">
+        <v>2018</v>
+      </c>
+      <c r="G204" t="s">
+        <v>201</v>
+      </c>
+      <c r="H204" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I204" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="205" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A205" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C205" t="s">
+        <v>1773</v>
+      </c>
+      <c r="D205" t="s">
+        <v>932</v>
+      </c>
+      <c r="E205" t="s">
+        <v>933</v>
+      </c>
+      <c r="F205">
+        <v>2018</v>
+      </c>
+      <c r="G205" t="s">
+        <v>202</v>
+      </c>
+      <c r="H205" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I205" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="206" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A206" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C206" t="s">
+        <v>1774</v>
+      </c>
+      <c r="D206" t="s">
+        <v>932</v>
+      </c>
+      <c r="E206" t="s">
+        <v>933</v>
+      </c>
+      <c r="F206">
+        <v>2015</v>
+      </c>
+      <c r="G206" t="s">
+        <v>203</v>
+      </c>
+      <c r="H206" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I206" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="207" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A207" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C207" t="s">
+        <v>1775</v>
+      </c>
+      <c r="D207" t="s">
+        <v>932</v>
+      </c>
+      <c r="E207" t="s">
+        <v>933</v>
+      </c>
+      <c r="F207">
+        <v>2014</v>
+      </c>
+      <c r="G207" t="s">
+        <v>204</v>
+      </c>
+      <c r="H207" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I207" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="208" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A208" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C208" t="s">
+        <v>1776</v>
+      </c>
+      <c r="D208" t="s">
+        <v>932</v>
+      </c>
+      <c r="E208" t="s">
+        <v>933</v>
+      </c>
+      <c r="F208">
+        <v>2011</v>
+      </c>
+      <c r="G208" t="s">
+        <v>205</v>
+      </c>
+      <c r="H208" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I208" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="209" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A209" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C209" t="s">
+        <v>1777</v>
+      </c>
+      <c r="D209" t="s">
+        <v>932</v>
+      </c>
+      <c r="E209" t="s">
+        <v>933</v>
+      </c>
+      <c r="F209">
+        <v>2007</v>
+      </c>
+      <c r="G209" t="s">
+        <v>206</v>
+      </c>
+      <c r="H209" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I209" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="210" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A210" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C210" t="s">
+        <v>1778</v>
+      </c>
+      <c r="D210" t="s">
+        <v>932</v>
+      </c>
+      <c r="E210" t="s">
+        <v>933</v>
+      </c>
+      <c r="F210">
+        <v>2005</v>
+      </c>
+      <c r="G210" t="s">
+        <v>207</v>
+      </c>
+      <c r="H210" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I210" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="211" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A211" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C211" t="s">
+        <v>1779</v>
+      </c>
+      <c r="D211" t="s">
+        <v>932</v>
+      </c>
+      <c r="E211" t="s">
+        <v>933</v>
+      </c>
+      <c r="F211">
+        <v>2005</v>
+      </c>
+      <c r="G211" t="s">
+        <v>208</v>
+      </c>
+      <c r="H211" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I211" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="212" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A212" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C212" t="s">
+        <v>1780</v>
+      </c>
+      <c r="D212" t="s">
+        <v>932</v>
+      </c>
+      <c r="E212" t="s">
+        <v>933</v>
+      </c>
+      <c r="F212">
+        <v>2004</v>
+      </c>
+      <c r="G212" t="s">
+        <v>209</v>
+      </c>
+      <c r="H212" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I212" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="213" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A213" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C213" t="s">
+        <v>1781</v>
+      </c>
+      <c r="D213" t="s">
+        <v>932</v>
+      </c>
+      <c r="E213" t="s">
+        <v>933</v>
+      </c>
+      <c r="F213">
+        <v>2012</v>
+      </c>
+      <c r="G213" t="s">
+        <v>210</v>
+      </c>
+      <c r="H213" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I213" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="214" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A214" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C214" t="s">
+        <v>1782</v>
+      </c>
+      <c r="D214" t="s">
+        <v>932</v>
+      </c>
+      <c r="E214" t="s">
+        <v>933</v>
+      </c>
+      <c r="F214">
+        <v>2010</v>
+      </c>
+      <c r="G214" t="s">
+        <v>211</v>
+      </c>
+      <c r="H214" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I214" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="215" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A215" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C215" t="s">
+        <v>1783</v>
+      </c>
+      <c r="D215" t="s">
+        <v>932</v>
+      </c>
+      <c r="E215" t="s">
+        <v>933</v>
+      </c>
+      <c r="F215">
+        <v>2010</v>
+      </c>
+      <c r="G215" t="s">
+        <v>212</v>
+      </c>
+      <c r="H215" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I215" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="216" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A216" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C216" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D216" t="s">
+        <v>932</v>
+      </c>
+      <c r="E216" t="s">
+        <v>933</v>
+      </c>
+      <c r="F216">
+        <v>2005</v>
+      </c>
+      <c r="G216" t="s">
+        <v>213</v>
+      </c>
+      <c r="H216" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I216" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="217" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A217" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C217" t="s">
+        <v>1785</v>
+      </c>
+      <c r="D217" t="s">
+        <v>932</v>
+      </c>
+      <c r="E217" t="s">
+        <v>933</v>
+      </c>
+      <c r="F217">
+        <v>2007</v>
+      </c>
+      <c r="G217" t="s">
+        <v>214</v>
+      </c>
+      <c r="H217" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I217" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="218" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A218" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C218" t="s">
+        <v>1786</v>
+      </c>
+      <c r="D218" t="s">
+        <v>932</v>
+      </c>
+      <c r="E218" t="s">
+        <v>933</v>
+      </c>
+      <c r="F218">
+        <v>1997</v>
+      </c>
+      <c r="G218" t="s">
+        <v>215</v>
+      </c>
+      <c r="H218" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I218" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="219" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A219" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C219" t="s">
+        <v>1787</v>
+      </c>
+      <c r="D219" t="s">
+        <v>932</v>
+      </c>
+      <c r="E219" t="s">
+        <v>933</v>
+      </c>
+      <c r="F219">
+        <v>2005</v>
+      </c>
+      <c r="G219" t="s">
+        <v>216</v>
+      </c>
+      <c r="H219" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I219" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="220" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A220" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C220" t="s">
+        <v>1788</v>
+      </c>
+      <c r="D220" t="s">
+        <v>932</v>
+      </c>
+      <c r="E220" t="s">
+        <v>933</v>
+      </c>
+      <c r="F220">
+        <v>2023</v>
+      </c>
+      <c r="G220" t="s">
+        <v>217</v>
+      </c>
+      <c r="H220" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I220" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="221" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A221" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C221" t="s">
+        <v>1789</v>
+      </c>
+      <c r="D221" t="s">
+        <v>932</v>
+      </c>
+      <c r="E221" t="s">
+        <v>933</v>
+      </c>
+      <c r="F221">
+        <v>2020</v>
+      </c>
+      <c r="G221" t="s">
+        <v>218</v>
+      </c>
+      <c r="H221" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I221" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="222" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A222" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1494</v>
+      </c>
+      <c r="C222" t="s">
+        <v>1790</v>
+      </c>
+      <c r="D222" t="s">
+        <v>932</v>
+      </c>
+      <c r="E222" t="s">
+        <v>933</v>
+      </c>
+      <c r="F222">
+        <v>2004</v>
+      </c>
+      <c r="G222" t="s">
+        <v>219</v>
+      </c>
+      <c r="H222" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I222" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="223" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A223" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B223" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C223" t="s">
+        <v>1791</v>
+      </c>
+      <c r="D223" t="s">
+        <v>932</v>
+      </c>
+      <c r="E223" t="s">
+        <v>933</v>
+      </c>
+      <c r="F223">
+        <v>2015</v>
+      </c>
+      <c r="G223" t="s">
+        <v>220</v>
+      </c>
+      <c r="H223" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I223" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="224" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A224" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B224" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C224" t="s">
+        <v>1792</v>
+      </c>
+      <c r="D224" t="s">
+        <v>932</v>
+      </c>
+      <c r="E224" t="s">
+        <v>933</v>
+      </c>
+      <c r="F224">
+        <v>2015</v>
+      </c>
+      <c r="G224" t="s">
+        <v>221</v>
+      </c>
+      <c r="H224" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I224" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="225" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A225" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C225" t="s">
+        <v>1793</v>
+      </c>
+      <c r="D225" t="s">
+        <v>932</v>
+      </c>
+      <c r="E225" t="s">
+        <v>933</v>
+      </c>
+      <c r="F225">
+        <v>2010</v>
+      </c>
+      <c r="G225" t="s">
+        <v>222</v>
+      </c>
+      <c r="H225" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I225" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="226" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A226" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C226" t="s">
+        <v>1794</v>
+      </c>
+      <c r="D226" t="s">
+        <v>932</v>
+      </c>
+      <c r="E226" t="s">
+        <v>933</v>
+      </c>
+      <c r="F226">
+        <v>2009</v>
+      </c>
+      <c r="G226" t="s">
+        <v>223</v>
+      </c>
+      <c r="H226" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I226" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="227" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A227" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C227" t="s">
+        <v>1795</v>
+      </c>
+      <c r="D227" t="s">
+        <v>932</v>
+      </c>
+      <c r="E227" t="s">
+        <v>933</v>
+      </c>
+      <c r="F227">
+        <v>1983</v>
+      </c>
+      <c r="G227" t="s">
+        <v>224</v>
+      </c>
+      <c r="H227" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I227" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="228" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A228" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C228" t="s">
+        <v>1796</v>
+      </c>
+      <c r="D228" t="s">
+        <v>932</v>
+      </c>
+      <c r="E228" t="s">
+        <v>933</v>
+      </c>
+      <c r="F228">
+        <v>1981</v>
+      </c>
+      <c r="G228" t="s">
+        <v>225</v>
+      </c>
+      <c r="H228" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I228" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="229" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A229" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C229" t="s">
+        <v>1797</v>
+      </c>
+      <c r="D229" t="s">
+        <v>932</v>
+      </c>
+      <c r="E229" t="s">
+        <v>933</v>
+      </c>
+      <c r="F229">
+        <v>1979</v>
+      </c>
+      <c r="G229" t="s">
+        <v>226</v>
+      </c>
+      <c r="H229" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I229" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="230" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A230" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C230" t="s">
+        <v>1798</v>
+      </c>
+      <c r="D230" t="s">
+        <v>932</v>
+      </c>
+      <c r="E230" t="s">
+        <v>933</v>
+      </c>
+      <c r="F230">
+        <v>1980</v>
+      </c>
+      <c r="G230" t="s">
+        <v>227</v>
+      </c>
+      <c r="H230" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I230" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="231" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A231" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C231" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D231" t="s">
+        <v>932</v>
+      </c>
+      <c r="E231" t="s">
+        <v>933</v>
+      </c>
+      <c r="F231">
+        <v>2008</v>
+      </c>
+      <c r="G231" t="s">
+        <v>228</v>
+      </c>
+      <c r="H231" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I231" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="232" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A232" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C232" t="s">
+        <v>1799</v>
+      </c>
+      <c r="D232" t="s">
+        <v>932</v>
+      </c>
+      <c r="E232" t="s">
+        <v>933</v>
+      </c>
+      <c r="F232">
+        <v>2008</v>
+      </c>
+      <c r="G232" t="s">
+        <v>229</v>
+      </c>
+      <c r="H232" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I232" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="233" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A233" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C233" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D233" t="s">
+        <v>932</v>
+      </c>
+      <c r="E233" t="s">
+        <v>933</v>
+      </c>
+      <c r="F233">
+        <v>2011</v>
+      </c>
+      <c r="G233" t="s">
+        <v>230</v>
+      </c>
+      <c r="H233" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I233" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="234" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A234" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C234" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D234" t="s">
+        <v>932</v>
+      </c>
+      <c r="E234" t="s">
+        <v>933</v>
+      </c>
+      <c r="F234">
+        <v>2011</v>
+      </c>
+      <c r="G234" t="s">
+        <v>231</v>
+      </c>
+      <c r="H234" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I234" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="235" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A235" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B235" t="s">
+        <v>1498</v>
+      </c>
+      <c r="C235" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D235" t="s">
+        <v>932</v>
+      </c>
+      <c r="E235" t="s">
+        <v>933</v>
+      </c>
+      <c r="F235">
+        <v>2022</v>
+      </c>
+      <c r="G235" t="s">
+        <v>232</v>
+      </c>
+      <c r="H235" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I235" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="236" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A236" t="s">
+        <v>1164</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C236" t="s">
+        <v>1800</v>
+      </c>
+      <c r="D236" t="s">
+        <v>932</v>
+      </c>
+      <c r="E236" t="s">
+        <v>933</v>
+      </c>
+      <c r="F236">
+        <v>2022</v>
+      </c>
+      <c r="G236" t="s">
+        <v>233</v>
+      </c>
+      <c r="H236" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I236" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="237" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A237" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1500</v>
+      </c>
+      <c r="C237" t="s">
+        <v>1801</v>
+      </c>
+      <c r="D237" t="s">
+        <v>932</v>
+      </c>
+      <c r="E237" t="s">
+        <v>933</v>
+      </c>
+      <c r="F237">
+        <v>1967</v>
+      </c>
+      <c r="G237" t="s">
+        <v>234</v>
+      </c>
+      <c r="H237" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I237" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="238" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A238" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1500</v>
+      </c>
+      <c r="C238" t="s">
+        <v>1802</v>
+      </c>
+      <c r="D238" t="s">
+        <v>932</v>
+      </c>
+      <c r="E238" t="s">
+        <v>933</v>
+      </c>
+      <c r="F238">
+        <v>1996</v>
+      </c>
+      <c r="G238" t="s">
+        <v>235</v>
+      </c>
+      <c r="H238" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I238" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="239" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A239" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1501</v>
+      </c>
+      <c r="C239" t="s">
+        <v>1803</v>
+      </c>
+      <c r="D239" t="s">
+        <v>932</v>
+      </c>
+      <c r="E239" t="s">
+        <v>933</v>
+      </c>
+      <c r="F239">
+        <v>1979</v>
+      </c>
+      <c r="G239" t="s">
+        <v>236</v>
+      </c>
+      <c r="H239" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I239" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="240" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A240" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1502</v>
+      </c>
+      <c r="C240" t="s">
+        <v>1804</v>
+      </c>
+      <c r="D240" t="s">
+        <v>932</v>
+      </c>
+      <c r="E240" t="s">
+        <v>933</v>
+      </c>
+      <c r="F240">
+        <v>2018</v>
+      </c>
+      <c r="G240" t="s">
+        <v>237</v>
+      </c>
+      <c r="H240" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I240" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="241" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A241" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C241" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D241" t="s">
+        <v>932</v>
+      </c>
+      <c r="E241" t="s">
+        <v>933</v>
+      </c>
+      <c r="F241">
+        <v>1989</v>
+      </c>
+      <c r="G241" t="s">
+        <v>238</v>
+      </c>
+      <c r="H241" t="s">
+        <v>2027</v>
+      </c>
+      <c r="I241" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="242" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A242" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C242" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D242" t="s">
+        <v>932</v>
+      </c>
+      <c r="E242" t="s">
+        <v>933</v>
+      </c>
+      <c r="F242">
+        <v>2008</v>
+      </c>
+      <c r="G242" t="s">
+        <v>239</v>
+      </c>
+      <c r="H242" t="s">
+        <v>2027</v>
+      </c>
+      <c r="I242" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="243" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A243" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B243" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C243" t="s">
+        <v>1805</v>
+      </c>
+      <c r="D243" t="s">
+        <v>932</v>
+      </c>
+      <c r="E243" t="s">
+        <v>933</v>
+      </c>
+      <c r="F243">
+        <v>2002</v>
+      </c>
+      <c r="G243" t="s">
+        <v>240</v>
+      </c>
+      <c r="H243" t="s">
+        <v>2027</v>
+      </c>
+      <c r="I243" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="244" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A244" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1505</v>
+      </c>
+      <c r="C244" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D244" t="s">
+        <v>932</v>
+      </c>
+      <c r="E244" t="s">
+        <v>933</v>
+      </c>
+      <c r="F244">
+        <v>2002</v>
+      </c>
+      <c r="G244" t="s">
+        <v>241</v>
+      </c>
+      <c r="H244" t="s">
+        <v>2027</v>
+      </c>
+      <c r="I244" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="245" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A245" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C245" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D245" t="s">
+        <v>932</v>
+      </c>
+      <c r="E245" t="s">
+        <v>933</v>
+      </c>
+      <c r="F245">
+        <v>1997</v>
+      </c>
+      <c r="G245" t="s">
+        <v>242</v>
+      </c>
+      <c r="H245" t="s">
+        <v>2027</v>
+      </c>
+      <c r="I245" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="246" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A246" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C246" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D246" t="s">
+        <v>932</v>
+      </c>
+      <c r="E246" t="s">
+        <v>933</v>
+      </c>
+      <c r="F246">
+        <v>2001</v>
+      </c>
+      <c r="G246" t="s">
+        <v>243</v>
+      </c>
+      <c r="H246" t="s">
+        <v>2027</v>
+      </c>
+      <c r="I246" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="247" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A247" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B247" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C247" t="s">
+        <v>1806</v>
+      </c>
+      <c r="D247" t="s">
+        <v>932</v>
+      </c>
+      <c r="E247" t="s">
+        <v>933</v>
+      </c>
+      <c r="F247">
+        <v>1969</v>
+      </c>
+      <c r="G247" t="s">
+        <v>244</v>
+      </c>
+      <c r="H247" t="s">
+        <v>2027</v>
+      </c>
+      <c r="I247" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="248" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A248" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B248" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C248" t="s">
+        <v>1807</v>
+      </c>
+      <c r="D248" t="s">
+        <v>932</v>
+      </c>
+      <c r="E248" t="s">
+        <v>933</v>
+      </c>
+      <c r="F248">
+        <v>1987</v>
+      </c>
+      <c r="G248" t="s">
+        <v>245</v>
+      </c>
+      <c r="H248" t="s">
+        <v>2027</v>
+      </c>
+      <c r="I248" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="249" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A249" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B249" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C249" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D249" t="s">
+        <v>932</v>
+      </c>
+      <c r="E249" t="s">
+        <v>933</v>
+      </c>
+      <c r="F249">
+        <v>2008</v>
+      </c>
+      <c r="G249" t="s">
+        <v>246</v>
+      </c>
+      <c r="H249" t="s">
+        <v>2027</v>
+      </c>
+      <c r="I249" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="250" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A250" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B250" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C250" t="s">
+        <v>1809</v>
+      </c>
+      <c r="D250" t="s">
+        <v>932</v>
+      </c>
+      <c r="E250" t="s">
+        <v>933</v>
+      </c>
+      <c r="F250">
+        <v>2022</v>
+      </c>
+      <c r="G250" t="s">
+        <v>247</v>
+      </c>
+      <c r="H250" t="s">
+        <v>2027</v>
+      </c>
+      <c r="I250" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="251" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A251" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1508</v>
+      </c>
+      <c r="C251" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D251" t="s">
+        <v>932</v>
+      </c>
+      <c r="E251" t="s">
+        <v>933</v>
+      </c>
+      <c r="F251">
+        <v>2020</v>
+      </c>
+      <c r="G251" t="s">
+        <v>248</v>
+      </c>
+      <c r="H251" t="s">
+        <v>2027</v>
+      </c>
+      <c r="I251" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="252" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A252" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B252" t="s">
+        <v>1414</v>
+      </c>
+      <c r="C252" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D252" t="s">
+        <v>932</v>
+      </c>
+      <c r="E252" t="s">
+        <v>933</v>
+      </c>
+      <c r="F252">
+        <v>2019</v>
+      </c>
+      <c r="G252" t="s">
+        <v>249</v>
+      </c>
+      <c r="H252" t="s">
+        <v>2027</v>
+      </c>
+      <c r="I252" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="253" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A253" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B253" t="s">
+        <v>1509</v>
+      </c>
+      <c r="C253" t="s">
+        <v>1810</v>
+      </c>
+      <c r="D253" t="s">
+        <v>932</v>
+      </c>
+      <c r="E253" t="s">
+        <v>933</v>
+      </c>
+      <c r="F253">
+        <v>2018</v>
+      </c>
+      <c r="G253" t="s">
+        <v>250</v>
+      </c>
+      <c r="H253" t="s">
+        <v>2027</v>
+      </c>
+      <c r="I253" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="254" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A254" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B254" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C254" t="s">
+        <v>1811</v>
+      </c>
+      <c r="D254" t="s">
+        <v>932</v>
+      </c>
+      <c r="E254" t="s">
+        <v>933</v>
+      </c>
+      <c r="F254">
+        <v>2017</v>
+      </c>
+      <c r="G254" t="s">
+        <v>251</v>
+      </c>
+      <c r="H254" t="s">
+        <v>2027</v>
+      </c>
+      <c r="I254" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="255" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A255" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B255" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C255" t="s">
+        <v>1812</v>
+      </c>
+      <c r="D255" t="s">
+        <v>932</v>
+      </c>
+      <c r="E255" t="s">
+        <v>933</v>
+      </c>
+      <c r="F255">
+        <v>2000</v>
+      </c>
+      <c r="G255" t="s">
+        <v>252</v>
+      </c>
+      <c r="H255" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I255" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="256" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A256" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B256" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C256" t="s">
+        <v>1813</v>
+      </c>
+      <c r="D256" t="s">
+        <v>932</v>
+      </c>
+      <c r="E256" t="s">
+        <v>933</v>
+      </c>
+      <c r="F256">
+        <v>1999</v>
+      </c>
+      <c r="G256" t="s">
+        <v>253</v>
+      </c>
+      <c r="H256" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I256" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="257" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A257" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B257" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C257" t="s">
+        <v>1814</v>
+      </c>
+      <c r="D257" t="s">
+        <v>932</v>
+      </c>
+      <c r="E257" t="s">
+        <v>933</v>
+      </c>
+      <c r="F257">
+        <v>2022</v>
+      </c>
+      <c r="G257" t="s">
+        <v>254</v>
+      </c>
+      <c r="H257" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I257" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="258" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A258" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B258" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C258" t="s">
+        <v>1815</v>
+      </c>
+      <c r="D258" t="s">
+        <v>932</v>
+      </c>
+      <c r="E258" t="s">
+        <v>933</v>
+      </c>
+      <c r="F258">
+        <v>2019</v>
+      </c>
+      <c r="G258" t="s">
+        <v>255</v>
+      </c>
+      <c r="H258" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I258" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="259" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A259" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B259" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C259" t="s">
+        <v>1816</v>
+      </c>
+      <c r="D259" t="s">
+        <v>932</v>
+      </c>
+      <c r="E259" t="s">
+        <v>933</v>
+      </c>
+      <c r="F259">
+        <v>2021</v>
+      </c>
+      <c r="G259" t="s">
+        <v>256</v>
+      </c>
+      <c r="H259" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I259" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="260" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A260" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B260" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C260" t="s">
+        <v>1817</v>
+      </c>
+      <c r="D260" t="s">
+        <v>932</v>
+      </c>
+      <c r="E260" t="s">
+        <v>933</v>
+      </c>
+      <c r="F260">
+        <v>1997</v>
+      </c>
+      <c r="G260" t="s">
+        <v>257</v>
+      </c>
+      <c r="H260" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I260" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="261" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A261" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B261" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C261" t="s">
+        <v>1818</v>
+      </c>
+      <c r="D261" t="s">
+        <v>932</v>
+      </c>
+      <c r="E261" t="s">
+        <v>933</v>
+      </c>
+      <c r="F261">
+        <v>2014</v>
+      </c>
+      <c r="G261" t="s">
+        <v>258</v>
+      </c>
+      <c r="H261" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I261" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="262" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A262" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B262" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C262" t="s">
+        <v>1819</v>
+      </c>
+      <c r="D262" t="s">
+        <v>932</v>
+      </c>
+      <c r="E262" t="s">
+        <v>933</v>
+      </c>
+      <c r="F262">
+        <v>2010</v>
+      </c>
+      <c r="G262" t="s">
+        <v>259</v>
+      </c>
+      <c r="H262" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I262" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="263" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A263" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B263" t="s">
+        <v>1514</v>
+      </c>
+      <c r="C263" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D263" t="s">
+        <v>932</v>
+      </c>
+      <c r="E263" t="s">
+        <v>933</v>
+      </c>
+      <c r="F263">
+        <v>2009</v>
+      </c>
+      <c r="G263" t="s">
+        <v>260</v>
+      </c>
+      <c r="H263" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I263" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="264" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A264" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B264" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C264" t="s">
+        <v>1821</v>
+      </c>
+      <c r="D264" t="s">
+        <v>932</v>
+      </c>
+      <c r="E264" t="s">
+        <v>933</v>
+      </c>
+      <c r="F264">
+        <v>2009</v>
+      </c>
+      <c r="G264" t="s">
+        <v>261</v>
+      </c>
+      <c r="H264" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I264" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="265" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A265" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B265" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C265" t="s">
+        <v>1822</v>
+      </c>
+      <c r="D265" t="s">
+        <v>932</v>
+      </c>
+      <c r="E265" t="s">
+        <v>933</v>
+      </c>
+      <c r="F265">
+        <v>2008</v>
+      </c>
+      <c r="G265" t="s">
+        <v>262</v>
+      </c>
+      <c r="H265" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I265" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="266" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A266" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B266" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C266" t="s">
+        <v>1823</v>
+      </c>
+      <c r="D266" t="s">
+        <v>932</v>
+      </c>
+      <c r="E266" t="s">
+        <v>933</v>
+      </c>
+      <c r="F266">
+        <v>2008</v>
+      </c>
+      <c r="G266" t="s">
+        <v>263</v>
+      </c>
+      <c r="H266" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I266" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="267" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A267" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B267" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C267" t="s">
+        <v>1824</v>
+      </c>
+      <c r="D267" t="s">
+        <v>932</v>
+      </c>
+      <c r="E267" t="s">
+        <v>933</v>
+      </c>
+      <c r="F267">
+        <v>2006</v>
+      </c>
+      <c r="G267" t="s">
+        <v>264</v>
+      </c>
+      <c r="H267" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I267" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="268" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A268" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B268" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C268" t="s">
+        <v>1825</v>
+      </c>
+      <c r="D268" t="s">
+        <v>932</v>
+      </c>
+      <c r="E268" t="s">
+        <v>933</v>
+      </c>
+      <c r="F268">
+        <v>2006</v>
+      </c>
+      <c r="G268" t="s">
+        <v>265</v>
+      </c>
+      <c r="H268" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I268" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="269" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A269" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B269" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C269" t="s">
+        <v>1826</v>
+      </c>
+      <c r="D269" t="s">
+        <v>932</v>
+      </c>
+      <c r="E269" t="s">
+        <v>933</v>
+      </c>
+      <c r="F269">
+        <v>2004</v>
+      </c>
+      <c r="G269" t="s">
+        <v>266</v>
+      </c>
+      <c r="H269" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I269" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="270" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A270" t="s">
+        <v>1198</v>
+      </c>
+      <c r="B270" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C270" t="s">
+        <v>1827</v>
+      </c>
+      <c r="D270" t="s">
+        <v>932</v>
+      </c>
+      <c r="E270" t="s">
+        <v>933</v>
+      </c>
+      <c r="F270">
+        <v>2002</v>
+      </c>
+      <c r="G270" t="s">
+        <v>267</v>
+      </c>
+      <c r="H270" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I270" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="271" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A271" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B271" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C271" t="s">
+        <v>1828</v>
+      </c>
+      <c r="D271" t="s">
+        <v>932</v>
+      </c>
+      <c r="E271" t="s">
+        <v>933</v>
+      </c>
+      <c r="F271">
+        <v>1998</v>
+      </c>
+      <c r="G271" t="s">
+        <v>268</v>
+      </c>
+      <c r="H271" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I271" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="272" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A272" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B272" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C272" t="s">
+        <v>1829</v>
+      </c>
+      <c r="D272" t="s">
+        <v>932</v>
+      </c>
+      <c r="E272" t="s">
+        <v>933</v>
+      </c>
+      <c r="F272">
+        <v>1992</v>
+      </c>
+      <c r="G272" t="s">
+        <v>269</v>
+      </c>
+      <c r="H272" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I272" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="273" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A273" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B273" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C273" t="s">
+        <v>1830</v>
+      </c>
+      <c r="D273" t="s">
+        <v>932</v>
+      </c>
+      <c r="E273" t="s">
+        <v>933</v>
+      </c>
+      <c r="F273">
+        <v>2000</v>
+      </c>
+      <c r="G273" t="s">
+        <v>270</v>
+      </c>
+      <c r="H273" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I273" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="274" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A274" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B274" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C274" t="s">
+        <v>1831</v>
+      </c>
+      <c r="D274" t="s">
+        <v>932</v>
+      </c>
+      <c r="E274" t="s">
+        <v>933</v>
+      </c>
+      <c r="F274">
+        <v>2016</v>
+      </c>
+      <c r="G274" t="s">
+        <v>271</v>
+      </c>
+      <c r="H274" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I274" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="275" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A275" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B275" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C275" t="s">
+        <v>1832</v>
+      </c>
+      <c r="D275" t="s">
+        <v>932</v>
+      </c>
+      <c r="E275" t="s">
+        <v>933</v>
+      </c>
+      <c r="F275">
+        <v>2010</v>
+      </c>
+      <c r="G275" t="s">
+        <v>272</v>
+      </c>
+      <c r="H275" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I275" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="276" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A276" t="s">
+        <v>1204</v>
+      </c>
+      <c r="B276" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C276" t="s">
+        <v>1833</v>
+      </c>
+      <c r="D276" t="s">
+        <v>932</v>
+      </c>
+      <c r="E276" t="s">
+        <v>933</v>
+      </c>
+      <c r="F276">
+        <v>2009</v>
+      </c>
+      <c r="G276" t="s">
+        <v>273</v>
+      </c>
+      <c r="H276" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I276" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="277" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A277" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B277" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C277" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D277" t="s">
+        <v>932</v>
+      </c>
+      <c r="E277" t="s">
+        <v>933</v>
+      </c>
+      <c r="F277">
+        <v>2020</v>
+      </c>
+      <c r="G277" t="s">
+        <v>274</v>
+      </c>
+      <c r="H277" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I277" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="278" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A278" t="s">
+        <v>1206</v>
+      </c>
+      <c r="B278" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C278" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D278" t="s">
+        <v>932</v>
+      </c>
+      <c r="E278" t="s">
+        <v>933</v>
+      </c>
+      <c r="F278">
+        <v>2002</v>
+      </c>
+      <c r="G278" t="s">
+        <v>275</v>
+      </c>
+      <c r="H278" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I278" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="279" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A279" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B279" t="s">
+        <v>1517</v>
+      </c>
+      <c r="C279" t="s">
+        <v>1836</v>
+      </c>
+      <c r="D279" t="s">
+        <v>932</v>
+      </c>
+      <c r="E279" t="s">
+        <v>933</v>
+      </c>
+      <c r="F279">
+        <v>2018</v>
+      </c>
+      <c r="G279" t="s">
+        <v>276</v>
+      </c>
+      <c r="H279" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I279" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="280" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A280" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B280" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C280" t="s">
+        <v>1837</v>
+      </c>
+      <c r="D280" t="s">
+        <v>932</v>
+      </c>
+      <c r="E280" t="s">
+        <v>933</v>
+      </c>
+      <c r="F280">
+        <v>2014</v>
+      </c>
+      <c r="G280" t="s">
+        <v>277</v>
+      </c>
+      <c r="H280" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I280" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="281" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A281" t="s">
+        <v>1209</v>
+      </c>
+      <c r="B281" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C281" t="s">
+        <v>1838</v>
+      </c>
+      <c r="D281" t="s">
+        <v>932</v>
+      </c>
+      <c r="E281" t="s">
+        <v>933</v>
+      </c>
+      <c r="F281">
+        <v>2020</v>
+      </c>
+      <c r="G281" t="s">
+        <v>278</v>
+      </c>
+      <c r="H281" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I281" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="282" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A282" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B282" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C282" t="s">
+        <v>1839</v>
+      </c>
+      <c r="D282" t="s">
+        <v>932</v>
+      </c>
+      <c r="E282" t="s">
+        <v>933</v>
+      </c>
+      <c r="F282">
+        <v>2009</v>
+      </c>
+      <c r="G282" t="s">
+        <v>279</v>
+      </c>
+      <c r="H282" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I282" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="283" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A283" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B283" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C283" t="s">
+        <v>1840</v>
+      </c>
+      <c r="D283" t="s">
+        <v>932</v>
+      </c>
+      <c r="E283" t="s">
+        <v>933</v>
+      </c>
+      <c r="F283">
+        <v>2009</v>
+      </c>
+      <c r="G283" t="s">
+        <v>280</v>
+      </c>
+      <c r="H283" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I283" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="284" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A284" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B284" t="s">
+        <v>1521</v>
+      </c>
+      <c r="C284" t="s">
+        <v>1841</v>
+      </c>
+      <c r="D284" t="s">
+        <v>932</v>
+      </c>
+      <c r="E284" t="s">
+        <v>933</v>
+      </c>
+      <c r="F284">
+        <v>2008</v>
+      </c>
+      <c r="G284" t="s">
+        <v>281</v>
+      </c>
+      <c r="H284" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I284" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="285" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A285" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B285" t="s">
+        <v>1522</v>
+      </c>
+      <c r="C285" t="s">
+        <v>1842</v>
+      </c>
+      <c r="D285" t="s">
+        <v>932</v>
+      </c>
+      <c r="E285" t="s">
+        <v>933</v>
+      </c>
+      <c r="F285">
+        <v>2011</v>
+      </c>
+      <c r="G285" t="s">
+        <v>282</v>
+      </c>
+      <c r="H285" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I285" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="286" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A286" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B286" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C286" t="s">
+        <v>1843</v>
+      </c>
+      <c r="D286" t="s">
+        <v>932</v>
+      </c>
+      <c r="E286" t="s">
+        <v>933</v>
+      </c>
+      <c r="F286">
+        <v>2010</v>
+      </c>
+      <c r="G286" t="s">
+        <v>283</v>
+      </c>
+      <c r="H286" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I286" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="287" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A287" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B287" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C287" t="s">
+        <v>1844</v>
+      </c>
+      <c r="D287" t="s">
+        <v>932</v>
+      </c>
+      <c r="E287" t="s">
+        <v>933</v>
+      </c>
+      <c r="F287">
+        <v>2009</v>
+      </c>
+      <c r="G287" t="s">
+        <v>284</v>
+      </c>
+      <c r="H287" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I287" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="288" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A288" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B288" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C288" t="s">
+        <v>1845</v>
+      </c>
+      <c r="D288" t="s">
+        <v>932</v>
+      </c>
+      <c r="E288" t="s">
+        <v>933</v>
+      </c>
+      <c r="F288">
+        <v>2009</v>
+      </c>
+      <c r="G288" t="s">
+        <v>285</v>
+      </c>
+      <c r="H288" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I288" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="289" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A289" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B289" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C289" t="s">
+        <v>1846</v>
+      </c>
+      <c r="D289" t="s">
+        <v>932</v>
+      </c>
+      <c r="E289" t="s">
+        <v>933</v>
+      </c>
+      <c r="F289">
+        <v>2009</v>
+      </c>
+      <c r="G289" t="s">
+        <v>286</v>
+      </c>
+      <c r="H289" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I289" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="290" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A290" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B290" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C290" t="s">
+        <v>1847</v>
+      </c>
+      <c r="D290" t="s">
+        <v>932</v>
+      </c>
+      <c r="E290" t="s">
+        <v>933</v>
+      </c>
+      <c r="F290">
+        <v>2009</v>
+      </c>
+      <c r="G290" t="s">
+        <v>287</v>
+      </c>
+      <c r="H290" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I290" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="291" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A291" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B291" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C291" t="s">
+        <v>1848</v>
+      </c>
+      <c r="D291" t="s">
+        <v>932</v>
+      </c>
+      <c r="E291" t="s">
+        <v>933</v>
+      </c>
+      <c r="F291">
+        <v>2007</v>
+      </c>
+      <c r="G291" t="s">
+        <v>288</v>
+      </c>
+      <c r="H291" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I291" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="292" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A292" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B292" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C292" t="s">
+        <v>1849</v>
+      </c>
+      <c r="D292" t="s">
+        <v>932</v>
+      </c>
+      <c r="E292" t="s">
+        <v>933</v>
+      </c>
+      <c r="F292">
+        <v>2007</v>
+      </c>
+      <c r="G292" t="s">
+        <v>289</v>
+      </c>
+      <c r="H292" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I292" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="293" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A293" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B293" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C293" t="s">
+        <v>1850</v>
+      </c>
+      <c r="D293" t="s">
+        <v>932</v>
+      </c>
+      <c r="E293" t="s">
+        <v>933</v>
+      </c>
+      <c r="F293">
+        <v>2006</v>
+      </c>
+      <c r="G293" t="s">
+        <v>290</v>
+      </c>
+      <c r="H293" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I293" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="294" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A294" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B294" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C294" t="s">
+        <v>1851</v>
+      </c>
+      <c r="D294" t="s">
+        <v>932</v>
+      </c>
+      <c r="E294" t="s">
+        <v>933</v>
+      </c>
+      <c r="F294">
+        <v>2006</v>
+      </c>
+      <c r="G294" t="s">
+        <v>291</v>
+      </c>
+      <c r="H294" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I294" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="295" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A295" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B295" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C295" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D295" t="s">
+        <v>932</v>
+      </c>
+      <c r="E295" t="s">
+        <v>933</v>
+      </c>
+      <c r="F295">
+        <v>2006</v>
+      </c>
+      <c r="G295" t="s">
+        <v>292</v>
+      </c>
+      <c r="H295" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I295" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="296" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A296" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B296" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C296" t="s">
+        <v>1853</v>
+      </c>
+      <c r="D296" t="s">
+        <v>932</v>
+      </c>
+      <c r="E296" t="s">
+        <v>933</v>
+      </c>
+      <c r="F296">
+        <v>2006</v>
+      </c>
+      <c r="G296" t="s">
+        <v>293</v>
+      </c>
+      <c r="H296" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I296" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="297" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A297" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B297" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C297" t="s">
+        <v>1854</v>
+      </c>
+      <c r="D297" t="s">
+        <v>932</v>
+      </c>
+      <c r="E297" t="s">
+        <v>933</v>
+      </c>
+      <c r="F297">
+        <v>1979</v>
+      </c>
+      <c r="G297" t="s">
+        <v>294</v>
+      </c>
+      <c r="H297" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I297" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="298" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A298" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B298" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C298" t="s">
+        <v>1855</v>
+      </c>
+      <c r="D298" t="s">
+        <v>932</v>
+      </c>
+      <c r="E298" t="s">
+        <v>933</v>
+      </c>
+      <c r="F298">
+        <v>2017</v>
+      </c>
+      <c r="G298" t="s">
+        <v>295</v>
+      </c>
+      <c r="H298" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I298" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="299" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A299" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B299" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C299" t="s">
+        <v>1856</v>
+      </c>
+      <c r="D299" t="s">
+        <v>932</v>
+      </c>
+      <c r="E299" t="s">
+        <v>933</v>
+      </c>
+      <c r="F299">
+        <v>2017</v>
+      </c>
+      <c r="G299" t="s">
+        <v>296</v>
+      </c>
+      <c r="H299" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I299" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="300" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A300" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B300" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C300" t="s">
+        <v>1857</v>
+      </c>
+      <c r="D300" t="s">
+        <v>932</v>
+      </c>
+      <c r="E300" t="s">
+        <v>933</v>
+      </c>
+      <c r="F300">
+        <v>2021</v>
+      </c>
+      <c r="G300" t="s">
+        <v>297</v>
+      </c>
+      <c r="H300" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I300" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="301" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A301" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B301" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C301" t="s">
+        <v>1858</v>
+      </c>
+      <c r="D301" t="s">
+        <v>932</v>
+      </c>
+      <c r="E301" t="s">
+        <v>933</v>
+      </c>
+      <c r="F301">
+        <v>2010</v>
+      </c>
+      <c r="G301" t="s">
+        <v>298</v>
+      </c>
+      <c r="H301" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I301" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="302" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A302" t="s">
+        <v>1230</v>
+      </c>
+      <c r="B302" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C302" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D302" t="s">
+        <v>932</v>
+      </c>
+      <c r="E302" t="s">
+        <v>933</v>
+      </c>
+      <c r="F302">
+        <v>2010</v>
+      </c>
+      <c r="G302" t="s">
+        <v>299</v>
+      </c>
+      <c r="H302" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I302" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="303" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A303" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B303" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C303" t="s">
+        <v>1859</v>
+      </c>
+      <c r="D303" t="s">
+        <v>932</v>
+      </c>
+      <c r="E303" t="s">
+        <v>933</v>
+      </c>
+      <c r="F303">
+        <v>2014</v>
+      </c>
+      <c r="G303" t="s">
+        <v>300</v>
+      </c>
+      <c r="H303" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I303" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="304" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A304" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B304" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C304" t="s">
+        <v>1860</v>
+      </c>
+      <c r="D304" t="s">
+        <v>932</v>
+      </c>
+      <c r="E304" t="s">
+        <v>933</v>
+      </c>
+      <c r="F304">
+        <v>2019</v>
+      </c>
+      <c r="G304" t="s">
+        <v>301</v>
+      </c>
+      <c r="H304" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I304" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="305" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A305" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B305" t="s">
+        <v>1529</v>
+      </c>
+      <c r="C305" t="s">
+        <v>1861</v>
+      </c>
+      <c r="D305" t="s">
+        <v>932</v>
+      </c>
+      <c r="E305" t="s">
+        <v>933</v>
+      </c>
+      <c r="F305">
+        <v>2016</v>
+      </c>
+      <c r="G305" t="s">
+        <v>302</v>
+      </c>
+      <c r="H305" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I305" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="306" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A306" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B306" t="s">
+        <v>1529</v>
+      </c>
+      <c r="C306" t="s">
+        <v>1862</v>
+      </c>
+      <c r="D306" t="s">
+        <v>932</v>
+      </c>
+      <c r="E306" t="s">
+        <v>933</v>
+      </c>
+      <c r="F306">
+        <v>2023</v>
+      </c>
+      <c r="G306" t="s">
+        <v>303</v>
+      </c>
+      <c r="H306" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I306" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="307" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A307" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B307" t="s">
+        <v>1529</v>
+      </c>
+      <c r="C307" t="s">
+        <v>1863</v>
+      </c>
+      <c r="D307" t="s">
+        <v>932</v>
+      </c>
+      <c r="E307" t="s">
+        <v>933</v>
+      </c>
+      <c r="F307">
+        <v>2023</v>
+      </c>
+      <c r="G307" t="s">
+        <v>304</v>
+      </c>
+      <c r="H307" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I307" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="308" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A308" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B308" t="s">
+        <v>1530</v>
+      </c>
+      <c r="C308" t="s">
+        <v>1864</v>
+      </c>
+      <c r="D308" t="s">
+        <v>932</v>
+      </c>
+      <c r="E308" t="s">
+        <v>933</v>
+      </c>
+      <c r="F308">
+        <v>2017</v>
+      </c>
+      <c r="G308" t="s">
+        <v>305</v>
+      </c>
+      <c r="H308" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I308" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="309" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A309" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B309" t="s">
+        <v>1530</v>
+      </c>
+      <c r="C309" t="s">
+        <v>1865</v>
+      </c>
+      <c r="D309" t="s">
+        <v>932</v>
+      </c>
+      <c r="E309" t="s">
+        <v>933</v>
+      </c>
+      <c r="F309">
+        <v>2017</v>
+      </c>
+      <c r="G309" t="s">
+        <v>306</v>
+      </c>
+      <c r="H309" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I309" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="310" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A310" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B310" t="s">
+        <v>1531</v>
+      </c>
+      <c r="C310" t="s">
+        <v>1866</v>
+      </c>
+      <c r="D310" t="s">
+        <v>932</v>
+      </c>
+      <c r="E310" t="s">
+        <v>933</v>
+      </c>
+      <c r="F310">
+        <v>2015</v>
+      </c>
+      <c r="G310" t="s">
+        <v>307</v>
+      </c>
+      <c r="H310" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I310" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="311" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A311" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B311" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C311" t="s">
+        <v>1867</v>
+      </c>
+      <c r="D311" t="s">
+        <v>932</v>
+      </c>
+      <c r="E311" t="s">
+        <v>933</v>
+      </c>
+      <c r="F311">
+        <v>2017</v>
+      </c>
+      <c r="G311" t="s">
+        <v>308</v>
+      </c>
+      <c r="H311" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I311" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="312" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A312" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B312" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C312" t="s">
+        <v>1868</v>
+      </c>
+      <c r="D312" t="s">
+        <v>932</v>
+      </c>
+      <c r="E312" t="s">
+        <v>933</v>
+      </c>
+      <c r="F312">
+        <v>2017</v>
+      </c>
+      <c r="G312" t="s">
+        <v>309</v>
+      </c>
+      <c r="H312" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I312" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="313" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A313" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B313" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C313" t="s">
+        <v>1869</v>
+      </c>
+      <c r="D313" t="s">
+        <v>932</v>
+      </c>
+      <c r="E313" t="s">
+        <v>933</v>
+      </c>
+      <c r="F313">
+        <v>2006</v>
+      </c>
+      <c r="G313" t="s">
+        <v>310</v>
+      </c>
+      <c r="H313" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I313" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="314" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A314" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B314" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C314" t="s">
+        <v>1870</v>
+      </c>
+      <c r="D314" t="s">
+        <v>932</v>
+      </c>
+      <c r="E314" t="s">
+        <v>933</v>
+      </c>
+      <c r="F314">
+        <v>2004</v>
+      </c>
+      <c r="G314" t="s">
+        <v>311</v>
+      </c>
+      <c r="H314" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I314" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="315" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A315" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B315" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C315" t="s">
+        <v>1871</v>
+      </c>
+      <c r="D315" t="s">
+        <v>932</v>
+      </c>
+      <c r="E315" t="s">
+        <v>933</v>
+      </c>
+      <c r="F315">
+        <v>2002</v>
+      </c>
+      <c r="G315" t="s">
+        <v>312</v>
+      </c>
+      <c r="H315" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I315" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="316" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A316" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B316" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C316" t="s">
+        <v>1872</v>
+      </c>
+      <c r="D316" t="s">
+        <v>932</v>
+      </c>
+      <c r="E316" t="s">
+        <v>933</v>
+      </c>
+      <c r="F316">
+        <v>2002</v>
+      </c>
+      <c r="G316" t="s">
+        <v>313</v>
+      </c>
+      <c r="H316" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I316" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="317" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A317" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B317" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C317" t="s">
+        <v>1873</v>
+      </c>
+      <c r="D317" t="s">
+        <v>932</v>
+      </c>
+      <c r="E317" t="s">
+        <v>933</v>
+      </c>
+      <c r="F317">
+        <v>2014</v>
+      </c>
+      <c r="G317" t="s">
+        <v>314</v>
+      </c>
+      <c r="H317" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I317" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="318" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A318" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B318" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C318" t="s">
+        <v>1874</v>
+      </c>
+      <c r="D318" t="s">
+        <v>932</v>
+      </c>
+      <c r="E318" t="s">
+        <v>933</v>
+      </c>
+      <c r="F318">
+        <v>2023</v>
+      </c>
+      <c r="G318" t="s">
+        <v>315</v>
+      </c>
+      <c r="H318" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I318" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="319" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A319" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B319" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C319" t="s">
+        <v>1875</v>
+      </c>
+      <c r="D319" t="s">
+        <v>932</v>
+      </c>
+      <c r="E319" t="s">
+        <v>933</v>
+      </c>
+      <c r="F319">
+        <v>2020</v>
+      </c>
+      <c r="G319" t="s">
+        <v>316</v>
+      </c>
+      <c r="H319" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I319" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="320" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A320" t="s">
+        <v>1248</v>
+      </c>
+      <c r="B320" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C320" t="s">
+        <v>1876</v>
+      </c>
+      <c r="D320" t="s">
+        <v>932</v>
+      </c>
+      <c r="E320" t="s">
+        <v>933</v>
+      </c>
+      <c r="F320">
+        <v>2020</v>
+      </c>
+      <c r="G320" t="s">
+        <v>317</v>
+      </c>
+      <c r="H320" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I320" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="321" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A321" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B321" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C321" t="s">
+        <v>1877</v>
+      </c>
+      <c r="D321" t="s">
+        <v>932</v>
+      </c>
+      <c r="E321" t="s">
+        <v>933</v>
+      </c>
+      <c r="F321">
+        <v>2019</v>
+      </c>
+      <c r="G321" t="s">
+        <v>318</v>
+      </c>
+      <c r="H321" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I321" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="322" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A322" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B322" t="s">
+        <v>1534</v>
+      </c>
+      <c r="C322" t="s">
+        <v>1878</v>
+      </c>
+      <c r="D322" t="s">
+        <v>932</v>
+      </c>
+      <c r="E322" t="s">
+        <v>933</v>
+      </c>
+      <c r="F322">
+        <v>2023</v>
+      </c>
+      <c r="G322" t="s">
+        <v>319</v>
+      </c>
+      <c r="H322" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I322" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="323" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A323" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B323" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C323" t="s">
+        <v>1879</v>
+      </c>
+      <c r="D323" t="s">
+        <v>932</v>
+      </c>
+      <c r="E323" t="s">
+        <v>933</v>
+      </c>
+      <c r="F323">
+        <v>2003</v>
+      </c>
+      <c r="G323" t="s">
+        <v>320</v>
+      </c>
+      <c r="H323" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I323" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="324" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A324" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B324" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C324" t="s">
+        <v>1880</v>
+      </c>
+      <c r="D324" t="s">
+        <v>932</v>
+      </c>
+      <c r="E324" t="s">
+        <v>933</v>
+      </c>
+      <c r="F324">
+        <v>2002</v>
+      </c>
+      <c r="G324" t="s">
+        <v>321</v>
+      </c>
+      <c r="H324" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I324" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="325" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A325" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B325" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C325" t="s">
+        <v>1881</v>
+      </c>
+      <c r="D325" t="s">
+        <v>932</v>
+      </c>
+      <c r="E325" t="s">
+        <v>933</v>
+      </c>
+      <c r="F325">
+        <v>1994</v>
+      </c>
+      <c r="G325" t="s">
+        <v>322</v>
+      </c>
+      <c r="H325" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I325" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="326" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A326" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B326" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C326" t="s">
+        <v>1882</v>
+      </c>
+      <c r="D326" t="s">
+        <v>932</v>
+      </c>
+      <c r="E326" t="s">
+        <v>933</v>
+      </c>
+      <c r="F326">
+        <v>2013</v>
+      </c>
+      <c r="G326" t="s">
+        <v>323</v>
+      </c>
+      <c r="H326" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I326" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="327" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A327" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B327" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C327" t="s">
+        <v>1883</v>
+      </c>
+      <c r="D327" t="s">
+        <v>932</v>
+      </c>
+      <c r="E327" t="s">
+        <v>933</v>
+      </c>
+      <c r="F327">
+        <v>2009</v>
+      </c>
+      <c r="G327" t="s">
+        <v>324</v>
+      </c>
+      <c r="H327" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I327" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="328" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A328" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B328" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C328" t="s">
+        <v>1884</v>
+      </c>
+      <c r="D328" t="s">
+        <v>932</v>
+      </c>
+      <c r="E328" t="s">
+        <v>933</v>
+      </c>
+      <c r="F328">
+        <v>2009</v>
+      </c>
+      <c r="G328" t="s">
+        <v>325</v>
+      </c>
+      <c r="H328" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I328" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="329" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A329" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B329" t="s">
+        <v>1539</v>
+      </c>
+      <c r="C329" t="s">
+        <v>1885</v>
+      </c>
+      <c r="D329" t="s">
+        <v>932</v>
+      </c>
+      <c r="E329" t="s">
+        <v>933</v>
+      </c>
+      <c r="F329">
+        <v>2009</v>
+      </c>
+      <c r="G329" t="s">
+        <v>326</v>
+      </c>
+      <c r="H329" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I329" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="330" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A330" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B330" t="s">
+        <v>1539</v>
+      </c>
+      <c r="C330" t="s">
+        <v>1886</v>
+      </c>
+      <c r="D330" t="s">
+        <v>932</v>
+      </c>
+      <c r="E330" t="s">
+        <v>933</v>
+      </c>
+      <c r="F330">
+        <v>2009</v>
+      </c>
+      <c r="G330" t="s">
+        <v>327</v>
+      </c>
+      <c r="H330" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I330" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="331" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A331" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B331" t="s">
+        <v>1539</v>
+      </c>
+      <c r="C331" t="s">
+        <v>1887</v>
+      </c>
+      <c r="D331" t="s">
+        <v>932</v>
+      </c>
+      <c r="E331" t="s">
+        <v>933</v>
+      </c>
+      <c r="F331">
+        <v>2009</v>
+      </c>
+      <c r="G331" t="s">
+        <v>328</v>
+      </c>
+      <c r="H331" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I331" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="332" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A332" t="s">
+        <v>1260</v>
+      </c>
+      <c r="B332" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C332" t="s">
+        <v>1888</v>
+      </c>
+      <c r="D332" t="s">
+        <v>932</v>
+      </c>
+      <c r="E332" t="s">
+        <v>933</v>
+      </c>
+      <c r="F332">
+        <v>2007</v>
+      </c>
+      <c r="G332" t="s">
+        <v>329</v>
+      </c>
+      <c r="H332" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I332" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="333" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A333" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B333" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C333" t="s">
+        <v>1889</v>
+      </c>
+      <c r="D333" t="s">
+        <v>932</v>
+      </c>
+      <c r="E333" t="s">
+        <v>933</v>
+      </c>
+      <c r="F333">
+        <v>2003</v>
+      </c>
+      <c r="G333" t="s">
+        <v>330</v>
+      </c>
+      <c r="H333" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I333" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="334" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A334" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B334" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C334" t="s">
+        <v>1890</v>
+      </c>
+      <c r="D334" t="s">
+        <v>932</v>
+      </c>
+      <c r="E334" t="s">
+        <v>933</v>
+      </c>
+      <c r="F334">
+        <v>2002</v>
+      </c>
+      <c r="G334" t="s">
+        <v>331</v>
+      </c>
+      <c r="H334" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I334" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="335" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A335" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B335" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C335" t="s">
+        <v>1891</v>
+      </c>
+      <c r="D335" t="s">
+        <v>932</v>
+      </c>
+      <c r="E335" t="s">
+        <v>933</v>
+      </c>
+      <c r="F335">
+        <v>2001</v>
+      </c>
+      <c r="G335" t="s">
+        <v>332</v>
+      </c>
+      <c r="H335" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I335" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="336" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A336" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B336" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C336" t="s">
+        <v>1892</v>
+      </c>
+      <c r="D336" t="s">
+        <v>932</v>
+      </c>
+      <c r="E336" t="s">
+        <v>933</v>
+      </c>
+      <c r="F336">
+        <v>2001</v>
+      </c>
+      <c r="G336" t="s">
+        <v>333</v>
+      </c>
+      <c r="H336" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I336" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="337" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A337" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B337" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C337" t="s">
+        <v>1893</v>
+      </c>
+      <c r="D337" t="s">
+        <v>932</v>
+      </c>
+      <c r="E337" t="s">
+        <v>933</v>
+      </c>
+      <c r="F337">
+        <v>2001</v>
+      </c>
+      <c r="G337" t="s">
+        <v>334</v>
+      </c>
+      <c r="H337" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I337" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="338" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A338" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B338" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C338" t="s">
+        <v>1894</v>
+      </c>
+      <c r="D338" t="s">
+        <v>932</v>
+      </c>
+      <c r="E338" t="s">
+        <v>933</v>
+      </c>
+      <c r="F338">
+        <v>2001</v>
+      </c>
+      <c r="G338" t="s">
+        <v>335</v>
+      </c>
+      <c r="H338" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I338" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="339" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A339" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B339" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C339" t="s">
+        <v>1895</v>
+      </c>
+      <c r="D339" t="s">
+        <v>932</v>
+      </c>
+      <c r="E339" t="s">
+        <v>933</v>
+      </c>
+      <c r="F339">
+        <v>1995</v>
+      </c>
+      <c r="G339" t="s">
+        <v>336</v>
+      </c>
+      <c r="H339" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I339" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="340" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A340" t="s">
+        <v>1268</v>
+      </c>
+      <c r="B340" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C340" t="s">
+        <v>1896</v>
+      </c>
+      <c r="D340" t="s">
+        <v>932</v>
+      </c>
+      <c r="E340" t="s">
+        <v>933</v>
+      </c>
+      <c r="F340">
+        <v>2017</v>
+      </c>
+      <c r="G340" t="s">
+        <v>337</v>
+      </c>
+      <c r="H340" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I340" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="341" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A341" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B341" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C341" t="s">
+        <v>1897</v>
+      </c>
+      <c r="D341" t="s">
+        <v>932</v>
+      </c>
+      <c r="E341" t="s">
+        <v>933</v>
+      </c>
+      <c r="F341">
+        <v>2009</v>
+      </c>
+      <c r="G341" t="s">
+        <v>338</v>
+      </c>
+      <c r="H341" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I341" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="342" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A342" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B342" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C342" t="s">
+        <v>1898</v>
+      </c>
+      <c r="D342" t="s">
+        <v>932</v>
+      </c>
+      <c r="E342" t="s">
+        <v>933</v>
+      </c>
+      <c r="F342">
+        <v>2001</v>
+      </c>
+      <c r="G342" t="s">
+        <v>339</v>
+      </c>
+      <c r="H342" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I342" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="343" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A343" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B343" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C343" t="s">
+        <v>1899</v>
+      </c>
+      <c r="D343" t="s">
+        <v>932</v>
+      </c>
+      <c r="E343" t="s">
+        <v>933</v>
+      </c>
+      <c r="F343">
+        <v>1978</v>
+      </c>
+      <c r="G343" t="s">
+        <v>340</v>
+      </c>
+      <c r="H343" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I343" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="344" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A344" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B344" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C344" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D344" t="s">
+        <v>932</v>
+      </c>
+      <c r="E344" t="s">
+        <v>933</v>
+      </c>
+      <c r="F344">
+        <v>2009</v>
+      </c>
+      <c r="G344" t="s">
+        <v>341</v>
+      </c>
+      <c r="H344" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I344" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="345" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A345" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B345" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C345" t="s">
+        <v>1901</v>
+      </c>
+      <c r="D345" t="s">
+        <v>932</v>
+      </c>
+      <c r="E345" t="s">
+        <v>933</v>
+      </c>
+      <c r="F345">
+        <v>2021</v>
+      </c>
+      <c r="G345" t="s">
+        <v>342</v>
+      </c>
+      <c r="H345" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I345" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="346" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A346" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B346" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C346" t="s">
+        <v>1902</v>
+      </c>
+      <c r="D346" t="s">
+        <v>932</v>
+      </c>
+      <c r="E346" t="s">
+        <v>933</v>
+      </c>
+      <c r="F346">
+        <v>2000</v>
+      </c>
+      <c r="G346" t="s">
+        <v>343</v>
+      </c>
+      <c r="H346" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I346" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="347" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A347" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B347" t="s">
+        <v>1544</v>
+      </c>
+      <c r="C347" t="s">
+        <v>1903</v>
+      </c>
+      <c r="D347" t="s">
+        <v>932</v>
+      </c>
+      <c r="E347" t="s">
+        <v>933</v>
+      </c>
+      <c r="F347">
+        <v>2000</v>
+      </c>
+      <c r="G347" t="s">
+        <v>344</v>
+      </c>
+      <c r="H347" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I347" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="348" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A348" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B348" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C348" t="s">
+        <v>1904</v>
+      </c>
+      <c r="D348" t="s">
+        <v>932</v>
+      </c>
+      <c r="E348" t="s">
+        <v>933</v>
+      </c>
+      <c r="F348">
+        <v>2005</v>
+      </c>
+      <c r="G348" t="s">
+        <v>345</v>
+      </c>
+      <c r="H348" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I348" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="349" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A349" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B349" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C349" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D349" t="s">
+        <v>932</v>
+      </c>
+      <c r="E349" t="s">
+        <v>933</v>
+      </c>
+      <c r="F349">
+        <v>2018</v>
+      </c>
+      <c r="G349" t="s">
+        <v>346</v>
+      </c>
+      <c r="H349" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I349" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="350" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A350" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B350" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C350" t="s">
+        <v>1905</v>
+      </c>
+      <c r="D350" t="s">
+        <v>932</v>
+      </c>
+      <c r="E350" t="s">
+        <v>933</v>
+      </c>
+      <c r="F350">
+        <v>2018</v>
+      </c>
+      <c r="G350" t="s">
+        <v>347</v>
+      </c>
+      <c r="H350" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I350" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="351" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A351" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B351" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C351" t="s">
+        <v>1906</v>
+      </c>
+      <c r="D351" t="s">
+        <v>932</v>
+      </c>
+      <c r="E351" t="s">
+        <v>933</v>
+      </c>
+      <c r="F351">
+        <v>1993</v>
+      </c>
+      <c r="G351" t="s">
+        <v>348</v>
+      </c>
+      <c r="H351" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I351" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="352" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A352" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B352" t="s">
+        <v>1549</v>
+      </c>
+      <c r="C352" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D352" t="s">
+        <v>932</v>
+      </c>
+      <c r="E352" t="s">
+        <v>933</v>
+      </c>
+      <c r="F352">
+        <v>2019</v>
+      </c>
+      <c r="G352" t="s">
+        <v>349</v>
+      </c>
+      <c r="H352" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I352" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="353" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A353" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B353" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C353" t="s">
+        <v>1908</v>
+      </c>
+      <c r="D353" t="s">
+        <v>932</v>
+      </c>
+      <c r="E353" t="s">
+        <v>933</v>
+      </c>
+      <c r="F353">
+        <v>2019</v>
+      </c>
+      <c r="G353" t="s">
+        <v>350</v>
+      </c>
+      <c r="H353" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I353" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="354" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A354" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B354" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C354" t="s">
+        <v>1909</v>
+      </c>
+      <c r="D354" t="s">
+        <v>932</v>
+      </c>
+      <c r="E354" t="s">
+        <v>933</v>
+      </c>
+      <c r="F354">
+        <v>2018</v>
+      </c>
+      <c r="G354" t="s">
+        <v>351</v>
+      </c>
+      <c r="H354" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I354" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="355" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A355" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B355" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C355" t="s">
+        <v>1910</v>
+      </c>
+      <c r="D355" t="s">
+        <v>932</v>
+      </c>
+      <c r="E355" t="s">
+        <v>933</v>
+      </c>
+      <c r="F355">
+        <v>2020</v>
+      </c>
+      <c r="G355" t="s">
+        <v>352</v>
+      </c>
+      <c r="H355" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I355" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="356" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A356" t="s">
+        <v>1284</v>
+      </c>
+      <c r="B356" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C356" t="s">
+        <v>1911</v>
+      </c>
+      <c r="D356" t="s">
+        <v>932</v>
+      </c>
+      <c r="E356" t="s">
+        <v>933</v>
+      </c>
+      <c r="F356">
+        <v>2018</v>
+      </c>
+      <c r="G356" t="s">
+        <v>353</v>
+      </c>
+      <c r="H356" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I356" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="357" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A357" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B357" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C357" t="s">
+        <v>1912</v>
+      </c>
+      <c r="D357" t="s">
+        <v>932</v>
+      </c>
+      <c r="E357" t="s">
+        <v>933</v>
+      </c>
+      <c r="F357">
+        <v>2009</v>
+      </c>
+      <c r="G357" t="s">
+        <v>354</v>
+      </c>
+      <c r="H357" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I357" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="358" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A358" t="s">
+        <v>1286</v>
+      </c>
+      <c r="B358" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C358" t="s">
+        <v>1913</v>
+      </c>
+      <c r="D358" t="s">
+        <v>932</v>
+      </c>
+      <c r="E358" t="s">
+        <v>933</v>
+      </c>
+      <c r="F358">
+        <v>2006</v>
+      </c>
+      <c r="G358" t="s">
+        <v>355</v>
+      </c>
+      <c r="H358" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I358" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="359" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A359" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B359" t="s">
+        <v>1462</v>
+      </c>
+      <c r="C359" t="s">
+        <v>1914</v>
+      </c>
+      <c r="D359" t="s">
+        <v>932</v>
+      </c>
+      <c r="E359" t="s">
+        <v>933</v>
+      </c>
+      <c r="F359">
+        <v>1988</v>
+      </c>
+      <c r="G359" t="s">
+        <v>356</v>
+      </c>
+      <c r="H359" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I359" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="360" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A360" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B360" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C360" t="s">
+        <v>1915</v>
+      </c>
+      <c r="D360" t="s">
+        <v>932</v>
+      </c>
+      <c r="E360" t="s">
+        <v>933</v>
+      </c>
+      <c r="F360">
+        <v>1988</v>
+      </c>
+      <c r="G360" t="s">
+        <v>357</v>
+      </c>
+      <c r="H360" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I360" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="361" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A361" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B361" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C361" t="s">
+        <v>1916</v>
+      </c>
+      <c r="D361" t="s">
+        <v>932</v>
+      </c>
+      <c r="E361" t="s">
+        <v>933</v>
+      </c>
+      <c r="F361">
+        <v>2009</v>
+      </c>
+      <c r="G361" t="s">
+        <v>358</v>
+      </c>
+      <c r="H361" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I361" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="362" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A362" t="s">
+        <v>1290</v>
+      </c>
+      <c r="B362" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C362" t="s">
+        <v>1917</v>
+      </c>
+      <c r="D362" t="s">
+        <v>932</v>
+      </c>
+      <c r="E362" t="s">
+        <v>933</v>
+      </c>
+      <c r="F362">
+        <v>2009</v>
+      </c>
+      <c r="G362" t="s">
+        <v>359</v>
+      </c>
+      <c r="H362" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I362" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="363" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A363" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B363" t="s">
+        <v>1554</v>
+      </c>
+      <c r="C363" t="s">
+        <v>1918</v>
+      </c>
+      <c r="D363" t="s">
+        <v>932</v>
+      </c>
+      <c r="E363" t="s">
+        <v>933</v>
+      </c>
+      <c r="F363">
+        <v>2009</v>
+      </c>
+      <c r="G363" t="s">
+        <v>360</v>
+      </c>
+      <c r="H363" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I363" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="364" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A364" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B364" t="s">
+        <v>1554</v>
+      </c>
+      <c r="C364" t="s">
+        <v>1919</v>
+      </c>
+      <c r="D364" t="s">
+        <v>932</v>
+      </c>
+      <c r="E364" t="s">
+        <v>933</v>
+      </c>
+      <c r="F364">
+        <v>2009</v>
+      </c>
+      <c r="G364" t="s">
+        <v>361</v>
+      </c>
+      <c r="H364" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I364" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="365" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A365" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B365" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C365" t="s">
+        <v>1920</v>
+      </c>
+      <c r="D365" t="s">
+        <v>932</v>
+      </c>
+      <c r="E365" t="s">
+        <v>933</v>
+      </c>
+      <c r="F365">
+        <v>2009</v>
+      </c>
+      <c r="G365" t="s">
+        <v>362</v>
+      </c>
+      <c r="H365" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I365" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="366" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A366" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B366" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C366" t="s">
+        <v>1921</v>
+      </c>
+      <c r="D366" t="s">
+        <v>932</v>
+      </c>
+      <c r="E366" t="s">
+        <v>933</v>
+      </c>
+      <c r="F366">
+        <v>2009</v>
+      </c>
+      <c r="G366" t="s">
+        <v>363</v>
+      </c>
+      <c r="H366" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I366" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="367" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A367" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B367" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C367" t="s">
+        <v>1922</v>
+      </c>
+      <c r="D367" t="s">
+        <v>932</v>
+      </c>
+      <c r="E367" t="s">
+        <v>933</v>
+      </c>
+      <c r="F367">
+        <v>2009</v>
+      </c>
+      <c r="G367" t="s">
+        <v>364</v>
+      </c>
+      <c r="H367" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I367" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="368" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A368" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B368" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C368" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D368" t="s">
+        <v>932</v>
+      </c>
+      <c r="E368" t="s">
+        <v>933</v>
+      </c>
+      <c r="F368">
+        <v>2009</v>
+      </c>
+      <c r="G368" t="s">
+        <v>365</v>
+      </c>
+      <c r="H368" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I368" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="369" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A369" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B369" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C369" t="s">
+        <v>1923</v>
+      </c>
+      <c r="D369" t="s">
+        <v>932</v>
+      </c>
+      <c r="E369" t="s">
+        <v>933</v>
+      </c>
+      <c r="F369">
+        <v>2017</v>
+      </c>
+      <c r="G369" t="s">
+        <v>366</v>
+      </c>
+      <c r="H369" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I369" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="370" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A370" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B370" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C370" t="s">
+        <v>1924</v>
+      </c>
+      <c r="D370" t="s">
+        <v>932</v>
+      </c>
+      <c r="E370" t="s">
+        <v>933</v>
+      </c>
+      <c r="F370">
+        <v>2021</v>
+      </c>
+      <c r="G370" t="s">
+        <v>367</v>
+      </c>
+      <c r="H370" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I370" t="s">
         <v>831</v>
       </c>
-      <c r="E5" s="29" t="s">
+    </row>
+    <row r="371" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A371" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B371" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C371" t="s">
+        <v>1925</v>
+      </c>
+      <c r="D371" t="s">
+        <v>932</v>
+      </c>
+      <c r="E371" t="s">
+        <v>933</v>
+      </c>
+      <c r="F371">
+        <v>2012</v>
+      </c>
+      <c r="G371" t="s">
+        <v>368</v>
+      </c>
+      <c r="H371" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I371" t="s">
         <v>832</v>
       </c>
-      <c r="F5" s="29" t="s">
-[...40 lines deleted...]
-      <c r="I6" s="18">
+    </row>
+    <row r="372" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A372" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B372" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C372" t="s">
+        <v>1926</v>
+      </c>
+      <c r="D372" t="s">
+        <v>932</v>
+      </c>
+      <c r="E372" t="s">
+        <v>933</v>
+      </c>
+      <c r="F372">
+        <v>2020</v>
+      </c>
+      <c r="G372" t="s">
+        <v>369</v>
+      </c>
+      <c r="H372" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I372" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="373" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A373" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B373" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C373" t="s">
+        <v>1927</v>
+      </c>
+      <c r="D373" t="s">
+        <v>932</v>
+      </c>
+      <c r="E373" t="s">
+        <v>933</v>
+      </c>
+      <c r="F373">
+        <v>2019</v>
+      </c>
+      <c r="G373" t="s">
+        <v>370</v>
+      </c>
+      <c r="H373" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I373" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="374" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A374" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B374" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C374" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D374" t="s">
+        <v>932</v>
+      </c>
+      <c r="E374" t="s">
+        <v>933</v>
+      </c>
+      <c r="F374">
+        <v>2022</v>
+      </c>
+      <c r="G374" t="s">
+        <v>371</v>
+      </c>
+      <c r="H374" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I374" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="375" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A375" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B375" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C375" t="s">
+        <v>1929</v>
+      </c>
+      <c r="D375" t="s">
+        <v>932</v>
+      </c>
+      <c r="E375" t="s">
+        <v>933</v>
+      </c>
+      <c r="F375">
+        <v>2022</v>
+      </c>
+      <c r="G375" t="s">
+        <v>372</v>
+      </c>
+      <c r="H375" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I375" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="376" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A376" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B376" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C376" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D376" t="s">
+        <v>932</v>
+      </c>
+      <c r="E376" t="s">
+        <v>933</v>
+      </c>
+      <c r="F376">
+        <v>2020</v>
+      </c>
+      <c r="G376" t="s">
+        <v>373</v>
+      </c>
+      <c r="H376" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I376" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="377" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A377" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B377" t="s">
+        <v>1558</v>
+      </c>
+      <c r="C377" t="s">
+        <v>1931</v>
+      </c>
+      <c r="D377" t="s">
+        <v>932</v>
+      </c>
+      <c r="E377" t="s">
+        <v>933</v>
+      </c>
+      <c r="F377">
+        <v>2019</v>
+      </c>
+      <c r="G377" t="s">
+        <v>374</v>
+      </c>
+      <c r="H377" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I377" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="378" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A378" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B378" t="s">
+        <v>1558</v>
+      </c>
+      <c r="C378" t="s">
+        <v>1932</v>
+      </c>
+      <c r="D378" t="s">
+        <v>932</v>
+      </c>
+      <c r="E378" t="s">
+        <v>933</v>
+      </c>
+      <c r="F378">
+        <v>2014</v>
+      </c>
+      <c r="G378" t="s">
+        <v>375</v>
+      </c>
+      <c r="H378" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I378" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="379" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A379" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B379" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C379" t="s">
+        <v>1933</v>
+      </c>
+      <c r="D379" t="s">
+        <v>932</v>
+      </c>
+      <c r="E379" t="s">
+        <v>933</v>
+      </c>
+      <c r="F379">
+        <v>2018</v>
+      </c>
+      <c r="G379" t="s">
+        <v>376</v>
+      </c>
+      <c r="H379" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I379" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="380" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A380" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B380" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C380" t="s">
+        <v>1934</v>
+      </c>
+      <c r="D380" t="s">
+        <v>932</v>
+      </c>
+      <c r="E380" t="s">
+        <v>933</v>
+      </c>
+      <c r="F380">
+        <v>2001</v>
+      </c>
+      <c r="G380" t="s">
+        <v>377</v>
+      </c>
+      <c r="H380" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I380" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="381" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A381" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B381" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C381" t="s">
+        <v>1935</v>
+      </c>
+      <c r="D381" t="s">
+        <v>932</v>
+      </c>
+      <c r="E381" t="s">
+        <v>933</v>
+      </c>
+      <c r="F381">
+        <v>1999</v>
+      </c>
+      <c r="G381" t="s">
+        <v>378</v>
+      </c>
+      <c r="H381" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I381" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="382" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A382" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B382" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C382" t="s">
+        <v>1936</v>
+      </c>
+      <c r="D382" t="s">
+        <v>932</v>
+      </c>
+      <c r="E382" t="s">
+        <v>933</v>
+      </c>
+      <c r="F382">
+        <v>2018</v>
+      </c>
+      <c r="G382" t="s">
+        <v>379</v>
+      </c>
+      <c r="H382" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I382" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="383" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A383" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B383" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C383" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D383" t="s">
+        <v>932</v>
+      </c>
+      <c r="E383" t="s">
+        <v>933</v>
+      </c>
+      <c r="F383">
+        <v>2017</v>
+      </c>
+      <c r="G383" t="s">
+        <v>380</v>
+      </c>
+      <c r="H383" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I383" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="384" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A384" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B384" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C384" t="s">
+        <v>1938</v>
+      </c>
+      <c r="D384" t="s">
+        <v>932</v>
+      </c>
+      <c r="E384" t="s">
+        <v>933</v>
+      </c>
+      <c r="F384">
+        <v>2017</v>
+      </c>
+      <c r="G384" t="s">
+        <v>381</v>
+      </c>
+      <c r="H384" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I384" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="385" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A385" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B385" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C385" t="s">
+        <v>1939</v>
+      </c>
+      <c r="D385" t="s">
+        <v>932</v>
+      </c>
+      <c r="E385" t="s">
+        <v>933</v>
+      </c>
+      <c r="F385">
+        <v>2022</v>
+      </c>
+      <c r="G385" t="s">
+        <v>382</v>
+      </c>
+      <c r="H385" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I385" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="386" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A386" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B386" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C386" t="s">
+        <v>1940</v>
+      </c>
+      <c r="D386" t="s">
+        <v>932</v>
+      </c>
+      <c r="E386" t="s">
+        <v>933</v>
+      </c>
+      <c r="F386">
+        <v>2014</v>
+      </c>
+      <c r="G386" t="s">
+        <v>383</v>
+      </c>
+      <c r="H386" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I386" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="387" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A387" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B387" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C387" t="s">
+        <v>1941</v>
+      </c>
+      <c r="D387" t="s">
+        <v>932</v>
+      </c>
+      <c r="E387" t="s">
+        <v>933</v>
+      </c>
+      <c r="F387">
+        <v>2014</v>
+      </c>
+      <c r="G387" t="s">
+        <v>384</v>
+      </c>
+      <c r="H387" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I387" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="388" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A388" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B388" t="s">
+        <v>1562</v>
+      </c>
+      <c r="C388" t="s">
+        <v>1942</v>
+      </c>
+      <c r="D388" t="s">
+        <v>932</v>
+      </c>
+      <c r="E388" t="s">
+        <v>933</v>
+      </c>
+      <c r="F388">
+        <v>2021</v>
+      </c>
+      <c r="G388" t="s">
+        <v>385</v>
+      </c>
+      <c r="H388" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I388" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="389" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A389" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B389" t="s">
+        <v>1562</v>
+      </c>
+      <c r="C389" t="s">
+        <v>1943</v>
+      </c>
+      <c r="D389" t="s">
+        <v>932</v>
+      </c>
+      <c r="E389" t="s">
+        <v>933</v>
+      </c>
+      <c r="F389">
+        <v>1979</v>
+      </c>
+      <c r="G389" t="s">
+        <v>386</v>
+      </c>
+      <c r="H389" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I389" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="390" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A390" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B390" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C390" t="s">
+        <v>1944</v>
+      </c>
+      <c r="D390" t="s">
+        <v>932</v>
+      </c>
+      <c r="E390" t="s">
+        <v>933</v>
+      </c>
+      <c r="F390">
+        <v>1979</v>
+      </c>
+      <c r="G390" t="s">
+        <v>387</v>
+      </c>
+      <c r="H390" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I390" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="391" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A391" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B391" t="s">
+        <v>1564</v>
+      </c>
+      <c r="C391" t="s">
+        <v>1945</v>
+      </c>
+      <c r="D391" t="s">
+        <v>932</v>
+      </c>
+      <c r="E391" t="s">
+        <v>933</v>
+      </c>
+      <c r="F391">
+        <v>2021</v>
+      </c>
+      <c r="G391" t="s">
+        <v>388</v>
+      </c>
+      <c r="H391" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I391" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="392" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A392" t="s">
+        <v>1320</v>
+      </c>
+      <c r="B392" t="s">
+        <v>1564</v>
+      </c>
+      <c r="C392" t="s">
+        <v>1946</v>
+      </c>
+      <c r="D392" t="s">
+        <v>932</v>
+      </c>
+      <c r="E392" t="s">
+        <v>933</v>
+      </c>
+      <c r="F392">
+        <v>2020</v>
+      </c>
+      <c r="G392" t="s">
+        <v>389</v>
+      </c>
+      <c r="H392" t="s">
+        <v>2028</v>
+      </c>
+      <c r="I392" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="393" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A393" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B393" t="s">
+        <v>1565</v>
+      </c>
+      <c r="C393" t="s">
+        <v>1947</v>
+      </c>
+      <c r="D393" t="s">
+        <v>932</v>
+      </c>
+      <c r="E393" t="s">
+        <v>933</v>
+      </c>
+      <c r="F393">
+        <v>2002</v>
+      </c>
+      <c r="G393" t="s">
+        <v>390</v>
+      </c>
+      <c r="H393" t="s">
+        <v>2029</v>
+      </c>
+      <c r="I393" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="394" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A394" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B394" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C394" t="s">
+        <v>1948</v>
+      </c>
+      <c r="D394" t="s">
+        <v>932</v>
+      </c>
+      <c r="E394" t="s">
+        <v>933</v>
+      </c>
+      <c r="F394">
+        <v>2002</v>
+      </c>
+      <c r="G394" t="s">
+        <v>391</v>
+      </c>
+      <c r="H394" t="s">
+        <v>2029</v>
+      </c>
+      <c r="I394" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="395" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A395" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B395" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C395" t="s">
+        <v>1949</v>
+      </c>
+      <c r="D395" t="s">
+        <v>932</v>
+      </c>
+      <c r="E395" t="s">
+        <v>933</v>
+      </c>
+      <c r="F395">
+        <v>1991</v>
+      </c>
+      <c r="G395" t="s">
+        <v>392</v>
+      </c>
+      <c r="H395" t="s">
+        <v>2029</v>
+      </c>
+      <c r="I395" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="396" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A396" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B396" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C396" t="s">
+        <v>1950</v>
+      </c>
+      <c r="D396" t="s">
+        <v>932</v>
+      </c>
+      <c r="E396" t="s">
+        <v>933</v>
+      </c>
+      <c r="F396">
+        <v>1999</v>
+      </c>
+      <c r="G396" t="s">
+        <v>393</v>
+      </c>
+      <c r="H396" t="s">
+        <v>2029</v>
+      </c>
+      <c r="I396" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="397" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A397" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B397" t="s">
+        <v>1567</v>
+      </c>
+      <c r="C397" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D397" t="s">
+        <v>932</v>
+      </c>
+      <c r="E397" t="s">
+        <v>933</v>
+      </c>
+      <c r="F397">
+        <v>1998</v>
+      </c>
+      <c r="G397" t="s">
+        <v>394</v>
+      </c>
+      <c r="H397" t="s">
+        <v>2029</v>
+      </c>
+      <c r="I397" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="398" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A398" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B398" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C398" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D398" t="s">
+        <v>932</v>
+      </c>
+      <c r="E398" t="s">
+        <v>933</v>
+      </c>
+      <c r="F398">
+        <v>1979</v>
+      </c>
+      <c r="G398" t="s">
+        <v>395</v>
+      </c>
+      <c r="H398" t="s">
+        <v>2029</v>
+      </c>
+      <c r="I398" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="399" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A399" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B399" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C399" t="s">
+        <v>1951</v>
+      </c>
+      <c r="D399" t="s">
+        <v>932</v>
+      </c>
+      <c r="E399" t="s">
+        <v>933</v>
+      </c>
+      <c r="F399">
+        <v>1979</v>
+      </c>
+      <c r="G399" t="s">
+        <v>396</v>
+      </c>
+      <c r="H399" t="s">
+        <v>2029</v>
+      </c>
+      <c r="I399" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="400" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A400" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B400" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C400" t="s">
+        <v>1952</v>
+      </c>
+      <c r="D400" t="s">
+        <v>932</v>
+      </c>
+      <c r="E400" t="s">
+        <v>933</v>
+      </c>
+      <c r="F400">
+        <v>2010</v>
+      </c>
+      <c r="G400" t="s">
+        <v>397</v>
+      </c>
+      <c r="H400" t="s">
+        <v>2029</v>
+      </c>
+      <c r="I400" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="401" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A401" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B401" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C401" t="s">
+        <v>1953</v>
+      </c>
+      <c r="D401" t="s">
+        <v>932</v>
+      </c>
+      <c r="E401" t="s">
+        <v>933</v>
+      </c>
+      <c r="F401">
+        <v>2009</v>
+      </c>
+      <c r="G401" t="s">
+        <v>398</v>
+      </c>
+      <c r="H401" t="s">
+        <v>2029</v>
+      </c>
+      <c r="I401" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="402" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A402" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B402" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1954</v>
+      </c>
+      <c r="D402" t="s">
+        <v>932</v>
+      </c>
+      <c r="E402" t="s">
+        <v>933</v>
+      </c>
+      <c r="F402">
+        <v>2023</v>
+      </c>
+      <c r="G402" t="s">
+        <v>399</v>
+      </c>
+      <c r="H402" t="s">
+        <v>2029</v>
+      </c>
+      <c r="I402" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="403" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A403" t="s">
+        <v>1331</v>
+      </c>
+      <c r="B403" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C403" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D403" t="s">
+        <v>932</v>
+      </c>
+      <c r="E403" t="s">
+        <v>933</v>
+      </c>
+      <c r="F403">
+        <v>2019</v>
+      </c>
+      <c r="G403" t="s">
+        <v>400</v>
+      </c>
+      <c r="H403" t="s">
+        <v>2029</v>
+      </c>
+      <c r="I403" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="404" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A404" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B404" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C404" t="s">
+        <v>1955</v>
+      </c>
+      <c r="D404" t="s">
+        <v>932</v>
+      </c>
+      <c r="E404" t="s">
+        <v>933</v>
+      </c>
+      <c r="F404">
         <v>2008</v>
       </c>
-      <c r="J6" s="19" t="s">
-[...13 lines deleted...]
-      <c r="D7" s="15" t="s">
+      <c r="G404" t="s">
+        <v>401</v>
+      </c>
+      <c r="H404" t="s">
+        <v>2029</v>
+      </c>
+      <c r="I404" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="405" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A405" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B405" t="s">
+        <v>1508</v>
+      </c>
+      <c r="C405" t="s">
+        <v>1956</v>
+      </c>
+      <c r="D405" t="s">
+        <v>932</v>
+      </c>
+      <c r="E405" t="s">
+        <v>933</v>
+      </c>
+      <c r="F405">
+        <v>2005</v>
+      </c>
+      <c r="G405" t="s">
+        <v>402</v>
+      </c>
+      <c r="H405" t="s">
+        <v>2029</v>
+      </c>
+      <c r="I405" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="406" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A406" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B406" t="s">
+        <v>1571</v>
+      </c>
+      <c r="C406" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D406" t="s">
+        <v>932</v>
+      </c>
+      <c r="E406" t="s">
+        <v>933</v>
+      </c>
+      <c r="F406">
+        <v>2001</v>
+      </c>
+      <c r="G406" t="s">
+        <v>403</v>
+      </c>
+      <c r="H406" t="s">
+        <v>2029</v>
+      </c>
+      <c r="I406" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="407" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A407" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B407" t="s">
+        <v>1571</v>
+      </c>
+      <c r="C407" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D407" t="s">
+        <v>932</v>
+      </c>
+      <c r="E407" t="s">
+        <v>933</v>
+      </c>
+      <c r="F407">
+        <v>1997</v>
+      </c>
+      <c r="G407" t="s">
+        <v>404</v>
+      </c>
+      <c r="H407" t="s">
+        <v>2029</v>
+      </c>
+      <c r="I407" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="408" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A408" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B408" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C408" t="s">
+        <v>1957</v>
+      </c>
+      <c r="D408" t="s">
+        <v>932</v>
+      </c>
+      <c r="E408" t="s">
+        <v>933</v>
+      </c>
+      <c r="F408">
+        <v>2002</v>
+      </c>
+      <c r="G408" t="s">
+        <v>405</v>
+      </c>
+      <c r="H408" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I408" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="409" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A409" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B409" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C409" t="s">
+        <v>1958</v>
+      </c>
+      <c r="D409" t="s">
+        <v>932</v>
+      </c>
+      <c r="E409" t="s">
+        <v>933</v>
+      </c>
+      <c r="F409">
+        <v>2004</v>
+      </c>
+      <c r="G409" t="s">
+        <v>406</v>
+      </c>
+      <c r="H409" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I409" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="410" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A410" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B410" t="s">
+        <v>1574</v>
+      </c>
+      <c r="C410" t="s">
+        <v>1959</v>
+      </c>
+      <c r="D410" t="s">
+        <v>932</v>
+      </c>
+      <c r="E410" t="s">
+        <v>933</v>
+      </c>
+      <c r="F410">
+        <v>1986</v>
+      </c>
+      <c r="G410" t="s">
+        <v>407</v>
+      </c>
+      <c r="H410" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I410" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="411" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A411" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B411" t="s">
+        <v>1574</v>
+      </c>
+      <c r="C411" t="s">
+        <v>1960</v>
+      </c>
+      <c r="D411" t="s">
+        <v>932</v>
+      </c>
+      <c r="E411" t="s">
+        <v>933</v>
+      </c>
+      <c r="F411">
+        <v>2011</v>
+      </c>
+      <c r="G411" t="s">
+        <v>408</v>
+      </c>
+      <c r="H411" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I411" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="412" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A412" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B412" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C412" t="s">
+        <v>1961</v>
+      </c>
+      <c r="D412" t="s">
+        <v>932</v>
+      </c>
+      <c r="E412" t="s">
+        <v>933</v>
+      </c>
+      <c r="F412">
+        <v>1999</v>
+      </c>
+      <c r="G412" t="s">
+        <v>409</v>
+      </c>
+      <c r="H412" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I412" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="413" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A413" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B413" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C413" t="s">
+        <v>1962</v>
+      </c>
+      <c r="D413" t="s">
+        <v>932</v>
+      </c>
+      <c r="E413" t="s">
+        <v>933</v>
+      </c>
+      <c r="F413">
+        <v>2009</v>
+      </c>
+      <c r="G413" t="s">
+        <v>410</v>
+      </c>
+      <c r="H413" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I413" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="414" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A414" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B414" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C414" t="s">
+        <v>1963</v>
+      </c>
+      <c r="D414" t="s">
+        <v>932</v>
+      </c>
+      <c r="E414" t="s">
+        <v>933</v>
+      </c>
+      <c r="F414">
+        <v>2010</v>
+      </c>
+      <c r="G414" t="s">
+        <v>411</v>
+      </c>
+      <c r="H414" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I414" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="415" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A415" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B415" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C415" t="s">
+        <v>1964</v>
+      </c>
+      <c r="D415" t="s">
+        <v>932</v>
+      </c>
+      <c r="E415" t="s">
+        <v>933</v>
+      </c>
+      <c r="F415">
+        <v>2008</v>
+      </c>
+      <c r="G415" t="s">
+        <v>412</v>
+      </c>
+      <c r="H415" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I415" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="416" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A416" t="s">
+        <v>1344</v>
+      </c>
+      <c r="B416" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C416" t="s">
+        <v>1965</v>
+      </c>
+      <c r="D416" t="s">
+        <v>932</v>
+      </c>
+      <c r="E416" t="s">
+        <v>933</v>
+      </c>
+      <c r="F416">
+        <v>2002</v>
+      </c>
+      <c r="G416" t="s">
+        <v>413</v>
+      </c>
+      <c r="H416" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I416" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="417" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A417" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B417" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C417" t="s">
+        <v>1966</v>
+      </c>
+      <c r="D417" t="s">
+        <v>932</v>
+      </c>
+      <c r="E417" t="s">
+        <v>933</v>
+      </c>
+      <c r="F417">
+        <v>2000</v>
+      </c>
+      <c r="G417" t="s">
+        <v>414</v>
+      </c>
+      <c r="H417" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I417" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="418" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A418" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B418" t="s">
+        <v>1578</v>
+      </c>
+      <c r="C418" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D418" t="s">
+        <v>932</v>
+      </c>
+      <c r="E418" t="s">
+        <v>933</v>
+      </c>
+      <c r="F418">
+        <v>2000</v>
+      </c>
+      <c r="G418" t="s">
+        <v>415</v>
+      </c>
+      <c r="H418" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I418" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="419" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A419" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B419" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C419" t="s">
+        <v>1967</v>
+      </c>
+      <c r="D419" t="s">
+        <v>932</v>
+      </c>
+      <c r="E419" t="s">
+        <v>933</v>
+      </c>
+      <c r="F419">
+        <v>2006</v>
+      </c>
+      <c r="G419" t="s">
+        <v>416</v>
+      </c>
+      <c r="H419" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I419" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="420" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A420" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B420" t="s">
+        <v>1580</v>
+      </c>
+      <c r="C420" t="s">
+        <v>1968</v>
+      </c>
+      <c r="D420" t="s">
+        <v>932</v>
+      </c>
+      <c r="E420" t="s">
+        <v>933</v>
+      </c>
+      <c r="F420">
+        <v>2008</v>
+      </c>
+      <c r="G420" t="s">
+        <v>417</v>
+      </c>
+      <c r="H420" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I420" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="421" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A421" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B421" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C421" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D421" t="s">
+        <v>932</v>
+      </c>
+      <c r="E421" t="s">
+        <v>933</v>
+      </c>
+      <c r="F421">
+        <v>1980</v>
+      </c>
+      <c r="G421" t="s">
+        <v>418</v>
+      </c>
+      <c r="H421" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I421" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="422" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A422" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B422" t="s">
+        <v>1582</v>
+      </c>
+      <c r="C422" t="s">
+        <v>1970</v>
+      </c>
+      <c r="D422" t="s">
+        <v>932</v>
+      </c>
+      <c r="E422" t="s">
+        <v>933</v>
+      </c>
+      <c r="F422">
+        <v>1980</v>
+      </c>
+      <c r="G422" t="s">
+        <v>419</v>
+      </c>
+      <c r="H422" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I422" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="423" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A423" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B423" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C423" t="s">
+        <v>1971</v>
+      </c>
+      <c r="D423" t="s">
+        <v>932</v>
+      </c>
+      <c r="E423" t="s">
+        <v>933</v>
+      </c>
+      <c r="F423">
+        <v>2011</v>
+      </c>
+      <c r="G423" t="s">
+        <v>420</v>
+      </c>
+      <c r="H423" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I423" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="424" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A424" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B424" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C424" t="s">
+        <v>1972</v>
+      </c>
+      <c r="D424" t="s">
+        <v>932</v>
+      </c>
+      <c r="E424" t="s">
+        <v>933</v>
+      </c>
+      <c r="F424">
+        <v>2007</v>
+      </c>
+      <c r="G424" t="s">
+        <v>421</v>
+      </c>
+      <c r="H424" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I424" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="425" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A425" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B425" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C425" t="s">
+        <v>1973</v>
+      </c>
+      <c r="D425" t="s">
+        <v>932</v>
+      </c>
+      <c r="E425" t="s">
+        <v>933</v>
+      </c>
+      <c r="F425">
+        <v>2007</v>
+      </c>
+      <c r="G425" t="s">
+        <v>422</v>
+      </c>
+      <c r="H425" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I425" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="426" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A426" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B426" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C426" t="s">
+        <v>1974</v>
+      </c>
+      <c r="D426" t="s">
+        <v>932</v>
+      </c>
+      <c r="E426" t="s">
+        <v>933</v>
+      </c>
+      <c r="F426">
+        <v>2007</v>
+      </c>
+      <c r="G426" t="s">
+        <v>423</v>
+      </c>
+      <c r="H426" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I426" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="427" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A427" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B427" t="s">
+        <v>1584</v>
+      </c>
+      <c r="C427" t="s">
+        <v>1975</v>
+      </c>
+      <c r="D427" t="s">
+        <v>932</v>
+      </c>
+      <c r="E427" t="s">
+        <v>933</v>
+      </c>
+      <c r="F427">
+        <v>2002</v>
+      </c>
+      <c r="G427" t="s">
+        <v>424</v>
+      </c>
+      <c r="H427" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I427" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="428" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A428" t="s">
+        <v>1356</v>
+      </c>
+      <c r="B428" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C428" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D428" t="s">
+        <v>932</v>
+      </c>
+      <c r="E428" t="s">
+        <v>933</v>
+      </c>
+      <c r="F428">
+        <v>2009</v>
+      </c>
+      <c r="G428" t="s">
+        <v>425</v>
+      </c>
+      <c r="H428" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I428" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="429" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A429" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B429" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C429" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D429" t="s">
+        <v>932</v>
+      </c>
+      <c r="E429" t="s">
+        <v>933</v>
+      </c>
+      <c r="F429">
+        <v>2003</v>
+      </c>
+      <c r="G429" t="s">
+        <v>426</v>
+      </c>
+      <c r="H429" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I429" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="430" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A430" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B430" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C430" t="s">
+        <v>1977</v>
+      </c>
+      <c r="D430" t="s">
+        <v>932</v>
+      </c>
+      <c r="E430" t="s">
+        <v>933</v>
+      </c>
+      <c r="F430">
         <v>2017</v>
       </c>
-      <c r="E7" s="5" t="s">
-[...5 lines deleted...]
-      <c r="G7" s="15" t="s">
+      <c r="G430" t="s">
+        <v>427</v>
+      </c>
+      <c r="H430" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I430" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="431" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A431" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B431" t="s">
+        <v>1588</v>
+      </c>
+      <c r="C431" t="s">
+        <v>1978</v>
+      </c>
+      <c r="D431" t="s">
+        <v>932</v>
+      </c>
+      <c r="E431" t="s">
+        <v>933</v>
+      </c>
+      <c r="F431">
+        <v>2009</v>
+      </c>
+      <c r="G431" t="s">
+        <v>428</v>
+      </c>
+      <c r="H431" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I431" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="432" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A432" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B432" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C432" t="s">
+        <v>1979</v>
+      </c>
+      <c r="D432" t="s">
+        <v>932</v>
+      </c>
+      <c r="E432" t="s">
+        <v>933</v>
+      </c>
+      <c r="F432">
+        <v>2003</v>
+      </c>
+      <c r="G432" t="s">
+        <v>429</v>
+      </c>
+      <c r="H432" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I432" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="433" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A433" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B433" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C433" t="s">
+        <v>1980</v>
+      </c>
+      <c r="D433" t="s">
+        <v>932</v>
+      </c>
+      <c r="E433" t="s">
+        <v>933</v>
+      </c>
+      <c r="F433">
+        <v>2003</v>
+      </c>
+      <c r="G433" t="s">
+        <v>430</v>
+      </c>
+      <c r="H433" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I433" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="434" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A434" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B434" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C434" t="s">
+        <v>1981</v>
+      </c>
+      <c r="D434" t="s">
+        <v>932</v>
+      </c>
+      <c r="E434" t="s">
+        <v>933</v>
+      </c>
+      <c r="F434">
+        <v>2003</v>
+      </c>
+      <c r="G434" t="s">
+        <v>431</v>
+      </c>
+      <c r="H434" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I434" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="435" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A435" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B435" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C435" t="s">
+        <v>1982</v>
+      </c>
+      <c r="D435" t="s">
+        <v>932</v>
+      </c>
+      <c r="E435" t="s">
+        <v>933</v>
+      </c>
+      <c r="F435">
+        <v>2003</v>
+      </c>
+      <c r="G435" t="s">
+        <v>432</v>
+      </c>
+      <c r="H435" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I435" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="436" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A436" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B436" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C436" t="s">
+        <v>1983</v>
+      </c>
+      <c r="D436" t="s">
+        <v>932</v>
+      </c>
+      <c r="E436" t="s">
+        <v>933</v>
+      </c>
+      <c r="F436">
+        <v>1982</v>
+      </c>
+      <c r="G436" t="s">
+        <v>433</v>
+      </c>
+      <c r="H436" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I436" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="437" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A437" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B437" t="s">
+        <v>1593</v>
+      </c>
+      <c r="C437" t="s">
+        <v>1984</v>
+      </c>
+      <c r="D437" t="s">
+        <v>932</v>
+      </c>
+      <c r="E437" t="s">
+        <v>933</v>
+      </c>
+      <c r="F437">
+        <v>1982</v>
+      </c>
+      <c r="G437" t="s">
+        <v>434</v>
+      </c>
+      <c r="H437" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I437" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="438" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A438" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B438" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C438" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D438" t="s">
+        <v>932</v>
+      </c>
+      <c r="E438" t="s">
+        <v>933</v>
+      </c>
+      <c r="F438">
+        <v>2006</v>
+      </c>
+      <c r="G438" t="s">
+        <v>435</v>
+      </c>
+      <c r="H438" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I438" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="439" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A439" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B439" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C439" t="s">
+        <v>1986</v>
+      </c>
+      <c r="D439" t="s">
+        <v>932</v>
+      </c>
+      <c r="E439" t="s">
+        <v>933</v>
+      </c>
+      <c r="F439">
+        <v>2008</v>
+      </c>
+      <c r="G439" t="s">
+        <v>436</v>
+      </c>
+      <c r="H439" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I439" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="440" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A440" t="s">
+        <v>1368</v>
+      </c>
+      <c r="B440" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C440" t="s">
+        <v>1987</v>
+      </c>
+      <c r="D440" t="s">
+        <v>932</v>
+      </c>
+      <c r="E440" t="s">
+        <v>933</v>
+      </c>
+      <c r="F440">
+        <v>2010</v>
+      </c>
+      <c r="G440" t="s">
+        <v>437</v>
+      </c>
+      <c r="H440" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I440" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="441" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A441" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B441" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C441" t="s">
+        <v>1988</v>
+      </c>
+      <c r="D441" t="s">
+        <v>932</v>
+      </c>
+      <c r="E441" t="s">
+        <v>933</v>
+      </c>
+      <c r="F441">
+        <v>2008</v>
+      </c>
+      <c r="G441" t="s">
+        <v>438</v>
+      </c>
+      <c r="H441" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I441" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="442" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A442" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B442" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C442" t="s">
+        <v>1989</v>
+      </c>
+      <c r="D442" t="s">
+        <v>932</v>
+      </c>
+      <c r="E442" t="s">
+        <v>933</v>
+      </c>
+      <c r="F442">
+        <v>2009</v>
+      </c>
+      <c r="G442" t="s">
+        <v>439</v>
+      </c>
+      <c r="H442" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I442" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="443" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A443" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B443" t="s">
+        <v>1596</v>
+      </c>
+      <c r="C443" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D443" t="s">
+        <v>932</v>
+      </c>
+      <c r="E443" t="s">
+        <v>933</v>
+      </c>
+      <c r="F443">
+        <v>2008</v>
+      </c>
+      <c r="G443" t="s">
+        <v>440</v>
+      </c>
+      <c r="H443" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I443" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="444" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A444" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B444" t="s">
+        <v>1596</v>
+      </c>
+      <c r="C444" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D444" t="s">
+        <v>932</v>
+      </c>
+      <c r="E444" t="s">
+        <v>933</v>
+      </c>
+      <c r="F444">
+        <v>2005</v>
+      </c>
+      <c r="G444" t="s">
+        <v>441</v>
+      </c>
+      <c r="H444" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I444" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="445" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A445" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B445" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C445" t="s">
+        <v>1990</v>
+      </c>
+      <c r="D445" t="s">
+        <v>932</v>
+      </c>
+      <c r="E445" t="s">
+        <v>933</v>
+      </c>
+      <c r="F445">
+        <v>2005</v>
+      </c>
+      <c r="G445" t="s">
+        <v>442</v>
+      </c>
+      <c r="H445" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I445" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="446" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A446" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B446" t="s">
+        <v>1597</v>
+      </c>
+      <c r="C446" t="s">
+        <v>1991</v>
+      </c>
+      <c r="D446" t="s">
+        <v>932</v>
+      </c>
+      <c r="E446" t="s">
+        <v>933</v>
+      </c>
+      <c r="F446">
+        <v>1995</v>
+      </c>
+      <c r="G446" t="s">
+        <v>443</v>
+      </c>
+      <c r="H446" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I446" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="447" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A447" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B447" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C447" t="s">
+        <v>1992</v>
+      </c>
+      <c r="D447" t="s">
+        <v>932</v>
+      </c>
+      <c r="E447" t="s">
+        <v>933</v>
+      </c>
+      <c r="F447">
+        <v>2000</v>
+      </c>
+      <c r="G447" t="s">
+        <v>444</v>
+      </c>
+      <c r="H447" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I447" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="448" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A448" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B448" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C448" t="s">
+        <v>1993</v>
+      </c>
+      <c r="D448" t="s">
+        <v>932</v>
+      </c>
+      <c r="E448" t="s">
+        <v>933</v>
+      </c>
+      <c r="F448">
+        <v>2009</v>
+      </c>
+      <c r="G448" t="s">
+        <v>445</v>
+      </c>
+      <c r="H448" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I448" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="449" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A449" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B449" t="s">
+        <v>1599</v>
+      </c>
+      <c r="C449" t="s">
+        <v>1994</v>
+      </c>
+      <c r="D449" t="s">
+        <v>932</v>
+      </c>
+      <c r="E449" t="s">
+        <v>933</v>
+      </c>
+      <c r="F449">
+        <v>2010</v>
+      </c>
+      <c r="G449" t="s">
+        <v>446</v>
+      </c>
+      <c r="H449" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I449" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="450" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A450" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B450" t="s">
+        <v>1600</v>
+      </c>
+      <c r="C450" t="s">
+        <v>1995</v>
+      </c>
+      <c r="D450" t="s">
+        <v>932</v>
+      </c>
+      <c r="E450" t="s">
+        <v>933</v>
+      </c>
+      <c r="F450">
+        <v>1988</v>
+      </c>
+      <c r="G450" t="s">
+        <v>447</v>
+      </c>
+      <c r="H450" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I450" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="451" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A451" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B451" t="s">
+        <v>1600</v>
+      </c>
+      <c r="C451" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D451" t="s">
+        <v>932</v>
+      </c>
+      <c r="E451" t="s">
+        <v>933</v>
+      </c>
+      <c r="F451">
+        <v>2020</v>
+      </c>
+      <c r="G451" t="s">
+        <v>448</v>
+      </c>
+      <c r="H451" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I451" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="452" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A452" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B452" t="s">
+        <v>1600</v>
+      </c>
+      <c r="C452" t="s">
+        <v>1997</v>
+      </c>
+      <c r="D452" t="s">
+        <v>932</v>
+      </c>
+      <c r="E452" t="s">
+        <v>933</v>
+      </c>
+      <c r="F452">
+        <v>2011</v>
+      </c>
+      <c r="G452" t="s">
+        <v>449</v>
+      </c>
+      <c r="H452" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I452" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="453" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A453" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B453" t="s">
+        <v>1601</v>
+      </c>
+      <c r="C453" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D453" t="s">
+        <v>932</v>
+      </c>
+      <c r="E453" t="s">
+        <v>933</v>
+      </c>
+      <c r="F453">
+        <v>2011</v>
+      </c>
+      <c r="G453" t="s">
+        <v>450</v>
+      </c>
+      <c r="H453" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I453" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="454" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A454" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B454" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C454" t="s">
+        <v>1998</v>
+      </c>
+      <c r="D454" t="s">
+        <v>932</v>
+      </c>
+      <c r="E454" t="s">
+        <v>933</v>
+      </c>
+      <c r="F454">
+        <v>2009</v>
+      </c>
+      <c r="G454" t="s">
+        <v>451</v>
+      </c>
+      <c r="H454" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I454" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="455" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A455" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B455" t="s">
         <v>1435</v>
       </c>
-      <c r="H7" s="17" t="s">
-[...34 lines deleted...]
-      <c r="I8" s="18">
+      <c r="C455" t="s">
+        <v>1999</v>
+      </c>
+      <c r="D455" t="s">
+        <v>932</v>
+      </c>
+      <c r="E455" t="s">
+        <v>933</v>
+      </c>
+      <c r="F455">
+        <v>2019</v>
+      </c>
+      <c r="G455" t="s">
+        <v>452</v>
+      </c>
+      <c r="H455" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I455" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="456" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A456" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B456" t="s">
+        <v>1602</v>
+      </c>
+      <c r="C456" t="s">
+        <v>2000</v>
+      </c>
+      <c r="D456" t="s">
+        <v>932</v>
+      </c>
+      <c r="E456" t="s">
+        <v>933</v>
+      </c>
+      <c r="F456">
+        <v>2004</v>
+      </c>
+      <c r="G456" t="s">
+        <v>453</v>
+      </c>
+      <c r="H456" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I456" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="457" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A457" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B457" t="s">
+        <v>1603</v>
+      </c>
+      <c r="C457" t="s">
+        <v>2001</v>
+      </c>
+      <c r="D457" t="s">
+        <v>932</v>
+      </c>
+      <c r="E457" t="s">
+        <v>933</v>
+      </c>
+      <c r="F457">
         <v>2003</v>
       </c>
-      <c r="J8" s="19" t="s">
-[...22 lines deleted...]
-      <c r="G9" s="15" t="s">
+      <c r="G457" t="s">
+        <v>454</v>
+      </c>
+      <c r="H457" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I457" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="458" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A458" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B458" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C458" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D458" t="s">
+        <v>932</v>
+      </c>
+      <c r="E458" t="s">
+        <v>933</v>
+      </c>
+      <c r="F458">
+        <v>2016</v>
+      </c>
+      <c r="G458" t="s">
+        <v>455</v>
+      </c>
+      <c r="H458" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I458" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="459" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A459" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B459" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C459" t="s">
+        <v>2002</v>
+      </c>
+      <c r="D459" t="s">
+        <v>932</v>
+      </c>
+      <c r="E459" t="s">
+        <v>933</v>
+      </c>
+      <c r="F459">
+        <v>2019</v>
+      </c>
+      <c r="G459" t="s">
+        <v>456</v>
+      </c>
+      <c r="H459" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I459" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="460" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A460" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B460" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C460" t="s">
+        <v>2003</v>
+      </c>
+      <c r="D460" t="s">
+        <v>932</v>
+      </c>
+      <c r="E460" t="s">
+        <v>933</v>
+      </c>
+      <c r="F460">
+        <v>2011</v>
+      </c>
+      <c r="G460" t="s">
+        <v>457</v>
+      </c>
+      <c r="H460" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I460" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="461" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A461" t="s">
         <v>1389</v>
       </c>
-      <c r="H9" s="17" t="s">
-[...34 lines deleted...]
-      <c r="I10" s="18">
+      <c r="B461" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C461" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D461" t="s">
+        <v>932</v>
+      </c>
+      <c r="E461" t="s">
+        <v>933</v>
+      </c>
+      <c r="F461">
+        <v>2011</v>
+      </c>
+      <c r="G461" t="s">
+        <v>458</v>
+      </c>
+      <c r="H461" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I461" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="462" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A462" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B462" t="s">
+        <v>1606</v>
+      </c>
+      <c r="C462" t="s">
+        <v>2005</v>
+      </c>
+      <c r="D462" t="s">
+        <v>932</v>
+      </c>
+      <c r="E462" t="s">
+        <v>933</v>
+      </c>
+      <c r="F462">
+        <v>2009</v>
+      </c>
+      <c r="G462" t="s">
+        <v>459</v>
+      </c>
+      <c r="H462" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I462" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="463" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A463" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B463" t="s">
+        <v>1607</v>
+      </c>
+      <c r="C463" t="s">
         <v>2006</v>
       </c>
-      <c r="J10" s="20" t="s">
-[...60 lines deleted...]
-      <c r="I12" s="18">
+      <c r="D463" t="s">
+        <v>932</v>
+      </c>
+      <c r="E463" t="s">
+        <v>933</v>
+      </c>
+      <c r="F463">
+        <v>2019</v>
+      </c>
+      <c r="G463" t="s">
+        <v>460</v>
+      </c>
+      <c r="H463" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I463" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="464" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A464" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B464" t="s">
+        <v>1608</v>
+      </c>
+      <c r="C464" t="s">
+        <v>2007</v>
+      </c>
+      <c r="D464" t="s">
+        <v>932</v>
+      </c>
+      <c r="E464" t="s">
+        <v>933</v>
+      </c>
+      <c r="F464">
+        <v>2004</v>
+      </c>
+      <c r="G464" t="s">
+        <v>461</v>
+      </c>
+      <c r="H464" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I464" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="465" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A465" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B465" t="s">
+        <v>1609</v>
+      </c>
+      <c r="C465" t="s">
+        <v>2008</v>
+      </c>
+      <c r="D465" t="s">
+        <v>932</v>
+      </c>
+      <c r="E465" t="s">
+        <v>933</v>
+      </c>
+      <c r="F465">
+        <v>2003</v>
+      </c>
+      <c r="G465" t="s">
+        <v>462</v>
+      </c>
+      <c r="H465" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I465" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="466" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A466" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B466" t="s">
+        <v>1610</v>
+      </c>
+      <c r="C466" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D466" t="s">
+        <v>932</v>
+      </c>
+      <c r="E466" t="s">
+        <v>933</v>
+      </c>
+      <c r="F466">
+        <v>2016</v>
+      </c>
+      <c r="G466" t="s">
+        <v>463</v>
+      </c>
+      <c r="H466" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I466" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="467" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A467" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B467" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C467" t="s">
+        <v>2010</v>
+      </c>
+      <c r="D467" t="s">
+        <v>932</v>
+      </c>
+      <c r="E467" t="s">
+        <v>933</v>
+      </c>
+      <c r="F467">
+        <v>2019</v>
+      </c>
+      <c r="G467" t="s">
+        <v>464</v>
+      </c>
+      <c r="H467" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I467" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="468" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A468" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B468" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C468" t="s">
         <v>2011</v>
       </c>
-      <c r="J12" s="19" t="s">
-[...1020 lines deleted...]
-      <c r="I44" s="18">
+      <c r="D468" t="s">
+        <v>932</v>
+      </c>
+      <c r="E468" t="s">
+        <v>933</v>
+      </c>
+      <c r="F468">
+        <v>2011</v>
+      </c>
+      <c r="G468" t="s">
+        <v>465</v>
+      </c>
+      <c r="H468" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I468" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="469" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A469" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B469" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C469" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D469" t="s">
+        <v>932</v>
+      </c>
+      <c r="E469" t="s">
+        <v>933</v>
+      </c>
+      <c r="F469">
         <v>1978</v>
       </c>
-      <c r="J44" s="20" t="s">
-[...4432 lines deleted...]
-      <c r="E183" s="5" t="s">
+      <c r="G469" t="s">
         <v>466</v>
       </c>
-      <c r="F183" s="16" t="s">
-[...4581 lines deleted...]
-      <c r="H326" s="17" t="s">
+      <c r="H469" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I469" t="s">
         <v>930</v>
-      </c>
-[...10421 lines deleted...]
-        <v>3423</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-</worksheet>
-[...4791 lines deleted...]
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
-      <vt:lpstr>ALL PDF</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
-      <vt:lpstr>Sheet4</vt:lpstr>
-      <vt:lpstr>Sheet3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>mariam youssef</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:creator/>
+  <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>