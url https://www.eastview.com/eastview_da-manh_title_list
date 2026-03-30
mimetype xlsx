--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -6,135 +6,135 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\Websites\eastview.com\Products\8_Product Title Lists\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{2E862378-12E9-489A-83DE-5246771B63AB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{62BC7D64-018A-4A2C-8BB8-A6E3E8CD4D07}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{8DBE1654-2FA4-42E2-838F-296B6861C5B1}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="27180" windowHeight="16440" xr2:uid="{8DBE1654-2FA4-42E2-838F-296B6861C5B1}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t>Publication Title</t>
   </si>
   <si>
     <t>Publication Title-Transliteration</t>
   </si>
   <si>
-    <t>ISSN</t>
-[...1 lines deleted...]
-  <si>
     <t>Frequency</t>
   </si>
   <si>
     <t>Language</t>
   </si>
   <si>
     <t>Place of Publication</t>
   </si>
   <si>
     <t>Full-text Start</t>
   </si>
   <si>
     <t>Full-text End</t>
   </si>
   <si>
     <t>Permanent URL</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Manhua</t>
   </si>
   <si>
     <t>Chinese</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>https://dlib.eastview.com/browse/books/7850</t>
   </si>
   <si>
     <t>Ceased</t>
   </si>
   <si>
     <t>Manhua Digital Archive</t>
   </si>
   <si>
     <t>DA-MANH</t>
   </si>
   <si>
     <t>n/a</t>
   </si>
   <si>
     <t>Manhua Digital Archive Title List</t>
+  </si>
+  <si>
+    <t>Title_ID</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -256,89 +256,89 @@
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>123825</xdr:colOff>
+      <xdr:colOff>47625</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>104775</xdr:rowOff>
+      <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>2371725</xdr:colOff>
+      <xdr:colOff>2295525</xdr:colOff>
       <xdr:row>4</xdr:row>
-      <xdr:rowOff>31750</xdr:rowOff>
+      <xdr:rowOff>22225</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3818AFBE-2764-4565-9263-65576EB0BB47}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{526FB3B0-A6C4-4B99-8EAB-A85CD61A187E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="123825" y="104775"/>
+          <a:off x="47625" y="95250"/>
           <a:ext cx="2247900" cy="841375"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
@@ -654,56 +654,56 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dlib.eastview.com/browse/books/7850" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{706D7568-904E-4377-83F5-2E1F02B965D4}">
   <dimension ref="A1:J8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="I12" sqref="I12"/>
+      <selection activeCell="A9" sqref="A9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="39.5703125" customWidth="1"/>
+    <col min="1" max="1" width="35.7109375" customWidth="1"/>
     <col min="2" max="2" width="34" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="14" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="55" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="14" bestFit="1" customWidth="1"/>
     <col min="257" max="258" width="34" bestFit="1" customWidth="1"/>
     <col min="259" max="259" width="10" bestFit="1" customWidth="1"/>
     <col min="260" max="260" width="15" bestFit="1" customWidth="1"/>
     <col min="261" max="261" width="10" bestFit="1" customWidth="1"/>
     <col min="262" max="262" width="21" bestFit="1" customWidth="1"/>
     <col min="263" max="264" width="14" bestFit="1" customWidth="1"/>
     <col min="265" max="265" width="55" bestFit="1" customWidth="1"/>
     <col min="266" max="266" width="14" bestFit="1" customWidth="1"/>
     <col min="513" max="514" width="34" bestFit="1" customWidth="1"/>
     <col min="515" max="515" width="10" bestFit="1" customWidth="1"/>
     <col min="516" max="516" width="15" bestFit="1" customWidth="1"/>
     <col min="517" max="517" width="10" bestFit="1" customWidth="1"/>
     <col min="518" max="518" width="21" bestFit="1" customWidth="1"/>
     <col min="519" max="520" width="14" bestFit="1" customWidth="1"/>
     <col min="521" max="521" width="55" bestFit="1" customWidth="1"/>
     <col min="522" max="522" width="14" bestFit="1" customWidth="1"/>
     <col min="769" max="770" width="34" bestFit="1" customWidth="1"/>
@@ -1189,51 +1189,51 @@
     <col min="16129" max="16130" width="34" bestFit="1" customWidth="1"/>
     <col min="16131" max="16131" width="10" bestFit="1" customWidth="1"/>
     <col min="16132" max="16132" width="15" bestFit="1" customWidth="1"/>
     <col min="16133" max="16133" width="10" bestFit="1" customWidth="1"/>
     <col min="16134" max="16134" width="21" bestFit="1" customWidth="1"/>
     <col min="16135" max="16136" width="14" bestFit="1" customWidth="1"/>
     <col min="16137" max="16137" width="55" bestFit="1" customWidth="1"/>
     <col min="16138" max="16138" width="14" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A1" s="9"/>
       <c r="B1" s="9"/>
       <c r="C1" s="9"/>
       <c r="D1" s="10"/>
       <c r="E1" s="10"/>
       <c r="F1" s="10"/>
       <c r="G1" s="9"/>
       <c r="H1" s="9"/>
       <c r="I1" s="9"/>
       <c r="J1" s="9"/>
     </row>
     <row r="2" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="9"/>
       <c r="B2" s="11" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C2" s="9"/>
       <c r="D2" s="10"/>
       <c r="E2" s="10"/>
       <c r="F2" s="10"/>
       <c r="G2" s="9"/>
       <c r="H2" s="9"/>
       <c r="I2" s="9"/>
       <c r="J2" s="9"/>
     </row>
     <row r="3" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="9"/>
       <c r="B3" s="12"/>
       <c r="C3" s="9"/>
       <c r="D3" s="10"/>
       <c r="E3" s="10"/>
       <c r="F3" s="10"/>
       <c r="G3" s="9"/>
       <c r="H3" s="9"/>
       <c r="I3" s="9"/>
       <c r="J3" s="9"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A4" s="9"/>
       <c r="B4" s="13"/>
@@ -1256,104 +1256,104 @@
       <c r="G5" s="9"/>
       <c r="H5" s="9"/>
       <c r="I5" s="9"/>
       <c r="J5" s="9"/>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A6" s="9"/>
       <c r="B6" s="9"/>
       <c r="C6" s="9"/>
       <c r="D6" s="10"/>
       <c r="E6" s="10"/>
       <c r="F6" s="10"/>
       <c r="G6" s="9"/>
       <c r="H6" s="9"/>
       <c r="I6" s="9"/>
       <c r="J6" s="9"/>
     </row>
     <row r="7" spans="1:10" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="1" t="s">
+      <c r="E7" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="E7" s="1" t="s">
+      <c r="F7" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="1" t="s">
+      <c r="G7" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="G7" s="1" t="s">
+      <c r="H7" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="H7" s="2" t="s">
+      <c r="I7" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="I7" s="1" t="s">
+      <c r="J7" s="1" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="B8" s="3" t="s">
+      <c r="D8" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="C8" s="4" t="s">
-[...5 lines deleted...]
-      <c r="E8" s="6" t="s">
+      <c r="F8" s="5" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="G8" s="5">
         <v>1950</v>
       </c>
       <c r="H8" s="5">
         <v>1960</v>
       </c>
       <c r="I8" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="J8" s="7" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="I8" r:id="rId1" xr:uid="{616B2733-A0D0-438F-9B39-2453BB5A47B3}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>