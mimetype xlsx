--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\Websites\eastview.com\Products\8_Product Title Lists\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{450088E7-1BF1-416F-9B70-A79D983E2FAC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C90B94EE-4917-4815-AAA6-D354EB26364D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{46599493-DA4E-4BB2-8FC1-06230FDDC147}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="27180" windowHeight="16440" xr2:uid="{46599493-DA4E-4BB2-8FC1-06230FDDC147}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="30">
   <si>
     <t>Publication Title</t>
@@ -82,90 +82,90 @@
   <si>
     <t>Weekly</t>
   </si>
   <si>
     <t>2024.12.31</t>
   </si>
   <si>
     <t>The Current Digest of the Russian Press Digital Archive Title List</t>
   </si>
   <si>
     <t>Current Digest of the Russian Press, The</t>
   </si>
   <si>
     <t>English</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>Minneapolis</t>
   </si>
   <si>
     <t>2011.01.17</t>
   </si>
   <si>
-    <t>https://dlib.eastview.com/browse/publication/6765</t>
-[...1 lines deleted...]
-  <si>
     <t>Current Digest of the Post-Soviet Press, The</t>
   </si>
   <si>
     <t>ISSN</t>
   </si>
   <si>
     <t>2159-3612</t>
   </si>
   <si>
     <t>1067-7542</t>
   </si>
   <si>
     <t>1992.02.05</t>
   </si>
   <si>
     <t>https://dlib.eastview.com/browse/publication/549166</t>
   </si>
   <si>
     <t>2011.01.01</t>
   </si>
   <si>
     <t>Current Digest of the Soviet Press, The</t>
   </si>
   <si>
     <t>0011-3425</t>
   </si>
   <si>
     <t>Columbus</t>
   </si>
   <si>
     <t>1949.02.01</t>
   </si>
   <si>
     <t>1992.01.29</t>
   </si>
   <si>
     <t>https://dlib.eastview.com/browse/publication/549146</t>
+  </si>
+  <si>
+    <t>https://dlib.eastview.com/browse/publication/553966</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -640,257 +640,257 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FA61E134-861D-4381-B652-E2711844C505}">
   <dimension ref="A2:AT15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A11" sqref="A11"/>
+      <selection activeCell="E18" sqref="E18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="39.42578125" customWidth="1"/>
     <col min="2" max="3" width="12.85546875" customWidth="1"/>
     <col min="4" max="4" width="11.85546875" customWidth="1"/>
     <col min="5" max="5" width="13.42578125" customWidth="1"/>
     <col min="6" max="6" width="23.28515625" customWidth="1"/>
     <col min="7" max="7" width="17.28515625" customWidth="1"/>
     <col min="8" max="8" width="21.42578125" customWidth="1"/>
     <col min="9" max="9" width="45.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:46" ht="23.25" x14ac:dyDescent="0.35">
       <c r="B2" s="5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:46" s="4" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>2</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>3</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>5</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>6</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="8" spans="1:46" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>14</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="J8" s="7"/>
       <c r="K8" s="7"/>
       <c r="L8" s="7"/>
       <c r="M8" s="7"/>
       <c r="N8" s="7"/>
       <c r="O8" s="7"/>
       <c r="P8" s="7"/>
       <c r="Q8" s="7"/>
       <c r="R8" s="7"/>
       <c r="S8" s="7"/>
       <c r="T8" s="7"/>
       <c r="U8" s="7"/>
       <c r="V8" s="7"/>
       <c r="W8" s="7"/>
       <c r="X8" s="7"/>
       <c r="Y8" s="7"/>
       <c r="Z8" s="7"/>
       <c r="AA8" s="7"/>
       <c r="AB8" s="7"/>
       <c r="AC8" s="7"/>
       <c r="AD8" s="7"/>
       <c r="AE8" s="7"/>
       <c r="AF8" s="7"/>
       <c r="AG8" s="7"/>
       <c r="AH8" s="7"/>
       <c r="AI8" s="7"/>
       <c r="AJ8" s="7"/>
       <c r="AK8" s="7"/>
       <c r="AL8" s="7"/>
       <c r="AM8" s="7"/>
       <c r="AN8" s="7"/>
       <c r="AO8" s="7"/>
       <c r="AP8" s="7"/>
       <c r="AQ8" s="7"/>
       <c r="AR8" s="7"/>
       <c r="AS8" s="7"/>
       <c r="AT8" s="7"/>
     </row>
     <row r="9" spans="1:46" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B9" s="9" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>14</v>
       </c>
       <c r="G9" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H9" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I9" s="1" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K9" s="7"/>
       <c r="L9" s="7"/>
       <c r="M9" s="7"/>
       <c r="N9" s="7"/>
       <c r="O9" s="7"/>
       <c r="P9" s="7"/>
       <c r="Q9" s="7"/>
       <c r="R9" s="7"/>
       <c r="S9" s="7"/>
       <c r="T9" s="7"/>
       <c r="U9" s="7"/>
       <c r="V9" s="7"/>
       <c r="W9" s="7"/>
       <c r="X9" s="7"/>
       <c r="Y9" s="7"/>
       <c r="Z9" s="7"/>
       <c r="AA9" s="7"/>
       <c r="AB9" s="7"/>
       <c r="AC9" s="7"/>
       <c r="AD9" s="7"/>
       <c r="AE9" s="7"/>
       <c r="AF9" s="7"/>
       <c r="AG9" s="7"/>
       <c r="AH9" s="7"/>
       <c r="AI9" s="7"/>
       <c r="AJ9" s="7"/>
       <c r="AK9" s="7"/>
       <c r="AL9" s="7"/>
       <c r="AM9" s="7"/>
       <c r="AN9" s="7"/>
       <c r="AO9" s="7"/>
       <c r="AP9" s="7"/>
       <c r="AQ9" s="7"/>
       <c r="AR9" s="7"/>
       <c r="AS9" s="7"/>
       <c r="AT9" s="7"/>
     </row>
     <row r="10" spans="1:46" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" s="9" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="G10" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="G10" s="2" t="s">
+      <c r="H10" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="H10" s="2" t="s">
+      <c r="I10" s="1" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:46" x14ac:dyDescent="0.25">
       <c r="B14" s="8"/>
     </row>
     <row r="15" spans="1:46" x14ac:dyDescent="0.25">
       <c r="B15" s="8"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>